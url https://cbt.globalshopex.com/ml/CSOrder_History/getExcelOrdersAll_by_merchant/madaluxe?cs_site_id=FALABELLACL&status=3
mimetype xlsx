--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,108 +80,117 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-10-10 15:45:30</t>
-[...2 lines deleted...]
-    <t>2025-10-10 00:00:00</t>
+    <t>2025-11-21 17:27:42</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11421343</t>
-[...2 lines deleted...]
-    <t>/VSP1F2421</t>
+    <t>/11440288</t>
+  </si>
+  <si>
+    <t>/VSPOY8821</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-10-07 23:32:24</t>
-[...8 lines deleted...]
-    <t>/VSPEV1921</t>
+    <t>2025-11-21 14:59:29</t>
+  </si>
+  <si>
+    <t>/11440289</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>canceled</t>
   </si>
   <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
   <si>
     <t>/VSP217121</t>
-  </si>
-[...1 lines deleted...]
-    <t>canceled</t>
   </si>
   <si>
     <t>2025-06-07 10:16:25</t>
   </si>
   <si>
     <t>2025-06-09 00:00:00</t>
   </si>
   <si>
     <t>/11334941</t>
   </si>
   <si>
     <t>/VSPCD2L21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -496,51 +505,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U5"/>
+  <dimension ref="A1:U6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -577,267 +586,324 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3014462733</v>
+        <v>3213495677</v>
       </c>
       <c r="D2">
-        <v>594783</v>
+        <v>596810</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>71.99</v>
+        <v>39.99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
-        <v>3007386487</v>
+        <v>3213480002</v>
       </c>
       <c r="D3">
-        <v>594702</v>
+        <v>596795</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>52.8</v>
+      </c>
+      <c r="I3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4">
+        <v>3212668104</v>
+      </c>
+      <c r="D4">
+        <v>596284</v>
+      </c>
+      <c r="E4" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>87</v>
+      </c>
+      <c r="I4" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5">
+        <v>2919988871</v>
+      </c>
+      <c r="D5">
+        <v>592958</v>
+      </c>
+      <c r="E5" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>79</v>
+      </c>
+      <c r="I5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6">
+        <v>2844850469</v>
+      </c>
+      <c r="D6">
+        <v>590958</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>95.99</v>
+      </c>
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L6" t="s">
+        <v>40</v>
+      </c>
+      <c r="M6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" t="s">
+        <v>30</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
+      <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>