--- v1 (2025-11-25)
+++ v2 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,90 +80,81 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-11-21 17:27:42</t>
-[...2 lines deleted...]
-    <t>2025-11-24 00:00:00</t>
+    <t>2025-11-26 21:58:58</t>
+  </si>
+  <si>
+    <t>2025-11-27 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11440288</t>
-[...2 lines deleted...]
-    <t>/VSPOY8821</t>
+    <t>/11441774</t>
+  </si>
+  <si>
+    <t>/VSPLM3021</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
-  </si>
-[...7 lines deleted...]
-    <t>/VSPOY7821</t>
   </si>
   <si>
     <t>2025-11-13 11:57:01</t>
   </si>
   <si>
     <t>2025-11-13 00:00:00</t>
   </si>
   <si>
     <t>/11435240</t>
   </si>
   <si>
     <t>/VSPCD2P21</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
@@ -505,51 +496,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U6"/>
+  <dimension ref="A1:U5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -586,324 +577,267 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3213495677</v>
+        <v>3214138520</v>
       </c>
       <c r="D2">
-        <v>596810</v>
+        <v>597228</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>39.99</v>
+        <v>213.5</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
-        <v>3213480002</v>
+        <v>3212668104</v>
       </c>
       <c r="D3">
-        <v>596795</v>
+        <v>596284</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>52.8</v>
+        <v>87</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C4">
-        <v>3212668104</v>
+        <v>2919988871</v>
       </c>
       <c r="D4">
-        <v>596284</v>
+        <v>592958</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H4">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5">
-        <v>2919988871</v>
+        <v>2844850469</v>
       </c>
       <c r="D5">
-        <v>592958</v>
+        <v>590958</v>
       </c>
       <c r="E5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H5">
-        <v>79</v>
+        <v>95.99</v>
       </c>
       <c r="I5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
-        <v>31</v>
-[...55 lines deleted...]
-      <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>