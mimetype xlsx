--- v2 (2025-11-27)
+++ v3 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,96 +80,81 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-11-26 21:58:58</t>
-[...2 lines deleted...]
-    <t>2025-11-27 00:00:00</t>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11441774</t>
-[...2 lines deleted...]
-    <t>/VSPLM3021</t>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
-    <t>pending</t>
+    <t>canceled</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
-  </si>
-[...13 lines deleted...]
-    <t>canceled</t>
   </si>
   <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-06-07 10:16:25</t>
   </si>
   <si>
     <t>2025-06-09 00:00:00</t>
   </si>
   <si>
     <t>/11334941</t>
   </si>
   <si>
     <t>/VSPCD2L21</t>
   </si>
@@ -496,51 +481,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U5"/>
+  <dimension ref="A1:U4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -577,267 +562,210 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3214138520</v>
+        <v>3212668104</v>
       </c>
       <c r="D2">
-        <v>597228</v>
+        <v>596284</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>213.5</v>
+        <v>87</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
-        <v>3212668104</v>
+        <v>2919988871</v>
       </c>
       <c r="D3">
-        <v>596284</v>
+        <v>592958</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I3" t="s">
         <v>36</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4">
+        <v>2844850469</v>
+      </c>
+      <c r="D4">
+        <v>590958</v>
+      </c>
+      <c r="E4" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>95.99</v>
+      </c>
+      <c r="I4" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
-        <v>31</v>
-[...55 lines deleted...]
-      <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>