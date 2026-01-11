--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,104 +80,287 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
+    <t>2025-12-22 01:23:54</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11455704</t>
+  </si>
+  <si>
+    <t>/VSPOY8221</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:13:18</t>
+  </si>
+  <si>
+    <t>2025-12-03 13:06:35</t>
+  </si>
+  <si>
+    <t>/VSP1R1621</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
+  </si>
+  <si>
+    <t>2025-12-04 17:15:51</t>
+  </si>
+  <si>
+    <t>2025-11-30 22:59:50</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446264</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-12-04 17:41:43</t>
+  </si>
+  <si>
+    <t>2025-11-29 22:26:01</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11444203</t>
+  </si>
+  <si>
+    <t>/SFYN01122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">					COMENTARIO: "Orden no despachada por Merchant"		</t>
+  </si>
+  <si>
+    <t>2025-12-03 18:50:01</t>
+  </si>
+  <si>
+    <t>2025-11-27 17:48:24</t>
+  </si>
+  <si>
+    <t>/VSPOY7721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:44:30</t>
+  </si>
+  <si>
+    <t>2025-11-21 17:27:42</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/11440288</t>
+  </si>
+  <si>
+    <t>/VSPOY8821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-11-25 18:05:31</t>
+  </si>
+  <si>
+    <t>2025-11-21 14:59:29</t>
+  </si>
+  <si>
+    <t>/11440289</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-25 18:05:25</t>
+  </si>
+  <si>
+    <t>2025-11-06 15:49:11</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11432729</t>
+  </si>
+  <si>
+    <t>/VSPOY9321</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:05:21</t>
+  </si>
+  <si>
+    <t>2025-11-06 11:39:39</t>
+  </si>
+  <si>
+    <t>/11432728</t>
+  </si>
+  <si>
+    <t>/VSPEV1921</t>
+  </si>
+  <si>
+    <t>2025-11-19 14:52:31</t>
+  </si>
+  <si>
+    <t>2025-10-26 14:52:08</t>
+  </si>
+  <si>
+    <t>2025-10-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11427701</t>
+  </si>
+  <si>
+    <t>/VSP1F3121</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:30:37</t>
+  </si>
+  <si>
+    <t>2025-10-24 23:08:15</t>
+  </si>
+  <si>
+    <t>2025-10-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11427023</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:41:19</t>
+  </si>
+  <si>
+    <t>2025-10-10 15:45:30</t>
+  </si>
+  <si>
+    <t>2025-10-10 00:00:00</t>
+  </si>
+  <si>
+    <t>/11421343</t>
+  </si>
+  <si>
+    <t>/VSP1F2421</t>
+  </si>
+  <si>
+    <t>2025-10-20 14:35:12</t>
+  </si>
+  <si>
     <t>2025-10-08 11:03:42</t>
   </si>
   <si>
     <t>2025-10-08 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11420313</t>
   </si>
   <si>
     <t>/VSPCD2K21</t>
   </si>
   <si>
-    <t>Pending</t>
-[...22 lines deleted...]
-  <si>
     <t>2025-10-09 15:55:49</t>
   </si>
   <si>
     <t>2025-10-07 23:46:58</t>
   </si>
   <si>
     <t>/11420198</t>
   </si>
   <si>
     <t>/VSPZQ1221</t>
   </si>
   <si>
-    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-09 15:55:47</t>
   </si>
   <si>
     <t>2025-09-25 20:45:32</t>
   </si>
   <si>
     <t>2025-09-26 00:00:00</t>
   </si>
   <si>
     <t>/11414772</t>
   </si>
   <si>
     <t>/VSP1F2921</t>
   </si>
   <si>
     <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
   </si>
   <si>
     <t>2025-09-29 14:18:35</t>
   </si>
   <si>
     <t>2025-09-25 10:39:25</t>
   </si>
   <si>
     <t>2025-09-25 00:00:00</t>
@@ -206,71 +389,65 @@
   <si>
     <t>2025-09-08 21:42:26</t>
   </si>
   <si>
     <t>2025-08-29 19:59:44</t>
   </si>
   <si>
     <t>/11395949</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-09-12 16:32:05</t>
   </si>
   <si>
     <t>2025-08-29 19:22:17</t>
   </si>
   <si>
     <t>/VSPLM4421</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
   </si>
   <si>
-    <t>unknown</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no comprada"						</t>
   </si>
   <si>
     <t>2025-09-17 20:10:13</t>
   </si>
   <si>
     <t>2025-08-29 10:09:08</t>
   </si>
   <si>
     <t>/11395948</t>
   </si>
   <si>
     <t>/VSPBH9021</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-08 21:41:54</t>
   </si>
   <si>
     <t>2025-08-29 04:50:44</t>
   </si>
   <si>
     <t>/11395947</t>
   </si>
   <si>
     <t>/VSPQ15021</t>
   </si>
   <si>
     <t>2025-09-08 21:42:58</t>
   </si>
   <si>
     <t>2025-08-27 20:58:25</t>
   </si>
   <si>
     <t>2025-08-28 00:00:00</t>
   </si>
   <si>
     <t>/11390067</t>
   </si>
   <si>
     <t>/VSP216621</t>
@@ -308,57 +485,51 @@
   <si>
     <t>2025-08-21 06:12:32</t>
   </si>
   <si>
     <t>2025-08-21 00:00:00</t>
   </si>
   <si>
     <t>/11384154</t>
   </si>
   <si>
     <t>/VSP215721</t>
   </si>
   <si>
     <t>2025-08-22 22:29:26</t>
   </si>
   <si>
     <t>2025-08-09 23:50:08</t>
   </si>
   <si>
     <t>/PWDAA0621</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...1 lines deleted...]
-  <si>
     <t>price_difference</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2025-09-17 20:10:37</t>
   </si>
   <si>
     <t>2025-08-08 21:09:16</t>
   </si>
   <si>
     <t>2025-08-09 00:00:00</t>
   </si>
   <si>
     <t>/11369970</t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
   </si>
   <si>
     <t>2025-08-12 17:32:45</t>
   </si>
   <si>
     <t>2025-07-20 19:32:49</t>
   </si>
   <si>
     <t>2025-07-22 00:00:00</t>
   </si>
@@ -799,51 +970,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U25"/>
+  <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -880,1476 +1051,2210 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3008541160</v>
+        <v>3219426210</v>
       </c>
       <c r="D2">
-        <v>594711</v>
+        <v>598877</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>95.99</v>
+        <v>52.99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
-      <c r="O2"/>
+      <c r="O2">
+        <v>887381468312</v>
+      </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
-      <c r="R2"/>
+      <c r="R2" t="s">
+        <v>33</v>
+      </c>
       <c r="S2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="U2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C3">
-        <v>3007470766</v>
+        <v>3216575936</v>
       </c>
       <c r="D3">
-        <v>594703</v>
+        <v>597838</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3"/>
       <c r="H3">
-        <v>88.99</v>
+        <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>38</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="U3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C4">
-        <v>2982700441</v>
+        <v>3215890256</v>
       </c>
       <c r="D4">
-        <v>594389</v>
+        <v>597723</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="H4">
-        <v>114</v>
+        <v>52.99</v>
       </c>
       <c r="I4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="U4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C5">
-        <v>2981872091</v>
+        <v>3215381501</v>
       </c>
       <c r="D5">
-        <v>594376</v>
+        <v>597473</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H5">
-        <v>105.99</v>
+        <v>303.99</v>
       </c>
       <c r="I5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J5" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K5" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>29</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
-      <c r="R5"/>
+      <c r="R5" t="s">
+        <v>33</v>
+      </c>
       <c r="S5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T5" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="U5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C6">
-        <v>2943008239</v>
+        <v>3214304189</v>
       </c>
       <c r="D6">
-        <v>593700</v>
+        <v>597277</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6"/>
       <c r="H6">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J6" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K6" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>29</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="R6"/>
       <c r="S6" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T6" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="U6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C7">
-        <v>2943001618</v>
+        <v>3213495677</v>
       </c>
       <c r="D7">
-        <v>593701</v>
+        <v>596810</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H7">
-        <v>79</v>
+        <v>39.99</v>
       </c>
       <c r="I7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="J7" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K7" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>29</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T7" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="U7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C8">
-        <v>2942958894</v>
+        <v>3213480002</v>
       </c>
       <c r="D8">
-        <v>593702</v>
+        <v>596795</v>
       </c>
       <c r="E8" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
-      <c r="G8"/>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
       <c r="H8">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="I8" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="K8"/>
+        <v>67</v>
+      </c>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>39</v>
+      </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="N8"/>
+        <v>29</v>
+      </c>
+      <c r="N8" t="s">
+        <v>30</v>
+      </c>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="U8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C9">
-        <v>2942321087</v>
+        <v>3211870076</v>
       </c>
       <c r="D9">
-        <v>593703</v>
+        <v>595930</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H9">
-        <v>95.99</v>
+        <v>55.2</v>
       </c>
       <c r="I9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="J9" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K9" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
       <c r="M9" t="s">
         <v>29</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T9" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="U9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C10">
-        <v>2942128191</v>
+        <v>3211819239</v>
       </c>
       <c r="D10">
-        <v>593704</v>
+        <v>595931</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="H10">
-        <v>79.2</v>
+        <v>88.99</v>
       </c>
       <c r="I10" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="J10" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K10" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L10" t="s">
         <v>28</v>
       </c>
       <c r="M10" t="s">
         <v>29</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T10" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="U10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C11">
-        <v>2940698249</v>
+        <v>3207688733</v>
       </c>
       <c r="D11">
-        <v>593571</v>
+        <v>595348</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H11">
-        <v>136</v>
+        <v>114.99</v>
       </c>
       <c r="I11" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11" t="s">
         <v>29</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T11" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="U11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C12">
-        <v>2940652802</v>
+        <v>3206227291</v>
       </c>
       <c r="D12">
-        <v>593572</v>
+        <v>595309</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
-      <c r="G12"/>
+      <c r="G12" t="s">
+        <v>86</v>
+      </c>
       <c r="H12">
-        <v>0</v>
+        <v>88.99</v>
       </c>
       <c r="I12" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="K12"/>
+        <v>77</v>
+      </c>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" t="s">
+        <v>39</v>
+      </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="N12"/>
+        <v>29</v>
+      </c>
+      <c r="N12" t="s">
+        <v>30</v>
+      </c>
       <c r="O12"/>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T12" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="U12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C13">
-        <v>2939353227</v>
+        <v>3014462733</v>
       </c>
       <c r="D13">
-        <v>593526</v>
+        <v>594783</v>
       </c>
       <c r="E13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H13">
-        <v>204</v>
+        <v>71.99</v>
       </c>
       <c r="I13" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K13" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13" t="s">
         <v>29</v>
       </c>
       <c r="N13" t="s">
         <v>30</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T13" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="U13" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C14">
-        <v>2933608492</v>
+        <v>3008541160</v>
       </c>
       <c r="D14">
-        <v>593365</v>
+        <v>594711</v>
       </c>
       <c r="E14" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H14">
-        <v>87.99</v>
+        <v>95.99</v>
       </c>
       <c r="I14" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14" t="s">
         <v>29</v>
       </c>
       <c r="N14" t="s">
         <v>30</v>
       </c>
       <c r="O14"/>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T14" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="U14" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C15">
-        <v>2922554641</v>
+        <v>3007470766</v>
       </c>
       <c r="D15">
-        <v>593048</v>
+        <v>594703</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
-      <c r="G15"/>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
       <c r="H15">
-        <v>0</v>
+        <v>88.99</v>
       </c>
       <c r="I15" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="K15"/>
+        <v>100</v>
+      </c>
+      <c r="J15" t="s">
+        <v>39</v>
+      </c>
+      <c r="K15" t="s">
+        <v>39</v>
+      </c>
       <c r="L15" t="s">
         <v>28</v>
       </c>
       <c r="M15" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="N15"/>
+        <v>29</v>
+      </c>
+      <c r="N15" t="s">
+        <v>30</v>
+      </c>
       <c r="O15"/>
       <c r="P15" t="s">
         <v>31</v>
       </c>
       <c r="Q15" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R15"/>
       <c r="S15" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="T15" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="U15" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>102</v>
       </c>
       <c r="C16">
-        <v>2921584674</v>
+        <v>2982700441</v>
       </c>
       <c r="D16">
-        <v>593021</v>
+        <v>594389</v>
       </c>
       <c r="E16" t="s">
         <v>103</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
         <v>104</v>
       </c>
       <c r="H16">
-        <v>88.99</v>
+        <v>114</v>
       </c>
       <c r="I16" t="s">
         <v>105</v>
       </c>
       <c r="J16" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K16" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L16" t="s">
         <v>28</v>
       </c>
       <c r="M16" t="s">
         <v>29</v>
       </c>
       <c r="N16" t="s">
         <v>30</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
         <v>31</v>
       </c>
       <c r="Q16" t="s">
         <v>32</v>
       </c>
       <c r="R16"/>
       <c r="S16" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T16" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="U16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C17">
-        <v>2898884330</v>
+        <v>2981872091</v>
       </c>
       <c r="D17">
-        <v>592449</v>
+        <v>594376</v>
       </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H17">
-        <v>67.15</v>
+        <v>105.99</v>
       </c>
       <c r="I17" t="s">
-        <v>59</v>
+        <v>111</v>
       </c>
       <c r="J17" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K17" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L17" t="s">
         <v>28</v>
       </c>
       <c r="M17" t="s">
         <v>29</v>
       </c>
       <c r="N17" t="s">
         <v>30</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
         <v>31</v>
       </c>
       <c r="Q17" t="s">
         <v>32</v>
       </c>
       <c r="R17"/>
       <c r="S17" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T17" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="U17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C18">
-        <v>2873828679</v>
+        <v>2943008239</v>
       </c>
       <c r="D18">
-        <v>591834</v>
+        <v>593700</v>
       </c>
       <c r="E18" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H18">
-        <v>71.99</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J18" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K18" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L18" t="s">
         <v>28</v>
       </c>
       <c r="M18" t="s">
         <v>29</v>
       </c>
       <c r="N18" t="s">
         <v>30</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
         <v>31</v>
       </c>
       <c r="Q18" t="s">
         <v>32</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s">
-        <v>115</v>
+        <v>41</v>
       </c>
       <c r="T18" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="U18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C19">
-        <v>2846259170</v>
+        <v>2943001618</v>
       </c>
       <c r="D19">
-        <v>590955</v>
+        <v>593701</v>
       </c>
       <c r="E19" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
         <v>119</v>
       </c>
       <c r="H19">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="I19" t="s">
         <v>120</v>
       </c>
       <c r="J19" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K19" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L19" t="s">
         <v>28</v>
       </c>
       <c r="M19" t="s">
         <v>29</v>
       </c>
       <c r="N19" t="s">
         <v>30</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
         <v>31</v>
       </c>
       <c r="Q19" t="s">
         <v>32</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T19" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="U19" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>122</v>
       </c>
       <c r="C20">
-        <v>2845822247</v>
+        <v>2942958894</v>
       </c>
       <c r="D20">
-        <v>590956</v>
+        <v>593702</v>
       </c>
       <c r="E20" t="s">
-        <v>118</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
-      <c r="G20" t="s">
+      <c r="G20"/>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" t="s">
         <v>123</v>
       </c>
-      <c r="H20">
-[...2 lines deleted...]
-      <c r="I20" t="s">
+      <c r="J20"/>
+      <c r="K20"/>
+      <c r="L20" t="s">
+        <v>28</v>
+      </c>
+      <c r="M20" t="s">
         <v>124</v>
       </c>
-      <c r="J20" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="N20"/>
       <c r="O20"/>
       <c r="P20" t="s">
         <v>31</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="R20"/>
       <c r="S20" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T20" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="U20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C21">
-        <v>2844805379</v>
+        <v>2942321087</v>
       </c>
       <c r="D21">
-        <v>590959</v>
+        <v>593703</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>114</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
-      <c r="G21"/>
+      <c r="G21" t="s">
+        <v>128</v>
+      </c>
       <c r="H21">
-        <v>0</v>
+        <v>95.99</v>
       </c>
       <c r="I21" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="K21"/>
+        <v>129</v>
+      </c>
+      <c r="J21" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21" t="s">
+        <v>39</v>
+      </c>
       <c r="L21" t="s">
         <v>28</v>
       </c>
       <c r="M21" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="N21"/>
+        <v>29</v>
+      </c>
+      <c r="N21" t="s">
+        <v>30</v>
+      </c>
       <c r="O21"/>
       <c r="P21" t="s">
         <v>31</v>
       </c>
       <c r="Q21" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T21" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="U21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C22">
-        <v>2837779986</v>
+        <v>2942128191</v>
       </c>
       <c r="D22">
-        <v>590816</v>
+        <v>593704</v>
       </c>
       <c r="E22" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H22">
-        <v>239</v>
+        <v>79.2</v>
       </c>
       <c r="I22" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="J22" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K22" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L22" t="s">
         <v>28</v>
       </c>
       <c r="M22" t="s">
         <v>29</v>
       </c>
       <c r="N22" t="s">
         <v>30</v>
       </c>
       <c r="O22"/>
       <c r="P22" t="s">
         <v>31</v>
       </c>
       <c r="Q22" t="s">
         <v>32</v>
       </c>
-      <c r="R22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R22"/>
       <c r="S22" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T22" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="U22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C23">
-        <v>2836890188</v>
+        <v>2940698249</v>
       </c>
       <c r="D23">
-        <v>590799</v>
+        <v>593571</v>
       </c>
       <c r="E23" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H23">
-        <v>153</v>
+        <v>136</v>
       </c>
       <c r="I23" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="J23" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K23" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L23" t="s">
         <v>28</v>
       </c>
       <c r="M23" t="s">
         <v>29</v>
       </c>
       <c r="N23" t="s">
         <v>30</v>
       </c>
       <c r="O23"/>
       <c r="P23" t="s">
         <v>31</v>
       </c>
       <c r="Q23" t="s">
         <v>32</v>
       </c>
       <c r="R23"/>
       <c r="S23" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T23" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="U23" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C24">
-        <v>2835553720</v>
+        <v>2940652802</v>
       </c>
       <c r="D24">
-        <v>590785</v>
+        <v>593572</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
-      <c r="G24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G24"/>
       <c r="H24">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="J24"/>
+      <c r="K24"/>
       <c r="L24" t="s">
         <v>28</v>
       </c>
       <c r="M24" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
         <v>31</v>
       </c>
       <c r="Q24" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="R24"/>
       <c r="S24" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="T24" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="U24" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C25">
-        <v>2817610188</v>
+        <v>2939353227</v>
       </c>
       <c r="D25">
-        <v>590486</v>
+        <v>593526</v>
       </c>
       <c r="E25" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H25">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="I25" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J25" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="K25" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25" t="s">
         <v>29</v>
       </c>
       <c r="N25" t="s">
         <v>30</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
         <v>31</v>
       </c>
       <c r="Q25" t="s">
         <v>32</v>
       </c>
       <c r="R25"/>
       <c r="S25" t="s">
+        <v>41</v>
+      </c>
+      <c r="T25" t="s">
+        <v>57</v>
+      </c>
+      <c r="U25" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26" t="s">
+        <v>149</v>
+      </c>
+      <c r="C26">
+        <v>2933608492</v>
+      </c>
+      <c r="D26">
+        <v>593365</v>
+      </c>
+      <c r="E26" t="s">
+        <v>150</v>
+      </c>
+      <c r="F26" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" t="s">
+        <v>151</v>
+      </c>
+      <c r="H26">
+        <v>87.99</v>
+      </c>
+      <c r="I26" t="s">
+        <v>152</v>
+      </c>
+      <c r="J26" t="s">
+        <v>39</v>
+      </c>
+      <c r="K26" t="s">
+        <v>39</v>
+      </c>
+      <c r="L26" t="s">
+        <v>28</v>
+      </c>
+      <c r="M26" t="s">
+        <v>29</v>
+      </c>
+      <c r="N26" t="s">
+        <v>30</v>
+      </c>
+      <c r="O26"/>
+      <c r="P26" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>32</v>
+      </c>
+      <c r="R26"/>
+      <c r="S26" t="s">
+        <v>41</v>
+      </c>
+      <c r="T26" t="s">
+        <v>68</v>
+      </c>
+      <c r="U26" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" t="s">
+        <v>21</v>
+      </c>
+      <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27">
+        <v>2922554641</v>
+      </c>
+      <c r="D27">
+        <v>593048</v>
+      </c>
+      <c r="E27" t="s">
+        <v>31</v>
+      </c>
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27" t="s">
+        <v>155</v>
+      </c>
+      <c r="J27"/>
+      <c r="K27"/>
+      <c r="L27" t="s">
+        <v>28</v>
+      </c>
+      <c r="M27" t="s">
+        <v>156</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>40</v>
+      </c>
+      <c r="R27" t="s">
         <v>33</v>
       </c>
-      <c r="T25" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="S27" t="s">
+        <v>157</v>
+      </c>
+      <c r="T27" t="s">
+        <v>42</v>
+      </c>
+      <c r="U27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28">
+        <v>2921584674</v>
+      </c>
+      <c r="D28">
+        <v>593021</v>
+      </c>
+      <c r="E28" t="s">
+        <v>160</v>
+      </c>
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" t="s">
+        <v>161</v>
+      </c>
+      <c r="H28">
+        <v>88.99</v>
+      </c>
+      <c r="I28" t="s">
+        <v>162</v>
+      </c>
+      <c r="J28" t="s">
+        <v>39</v>
+      </c>
+      <c r="K28" t="s">
+        <v>39</v>
+      </c>
+      <c r="L28" t="s">
+        <v>28</v>
+      </c>
+      <c r="M28" t="s">
+        <v>29</v>
+      </c>
+      <c r="N28" t="s">
+        <v>30</v>
+      </c>
+      <c r="O28"/>
+      <c r="P28" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>32</v>
+      </c>
+      <c r="R28"/>
+      <c r="S28" t="s">
+        <v>41</v>
+      </c>
+      <c r="T28" t="s">
+        <v>57</v>
+      </c>
+      <c r="U28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" t="s">
+        <v>164</v>
+      </c>
+      <c r="C29">
+        <v>2898884330</v>
+      </c>
+      <c r="D29">
+        <v>592449</v>
+      </c>
+      <c r="E29" t="s">
+        <v>165</v>
+      </c>
+      <c r="F29" t="s">
+        <v>24</v>
+      </c>
+      <c r="G29" t="s">
+        <v>166</v>
+      </c>
+      <c r="H29">
+        <v>67.15</v>
+      </c>
+      <c r="I29" t="s">
+        <v>120</v>
+      </c>
+      <c r="J29" t="s">
+        <v>39</v>
+      </c>
+      <c r="K29" t="s">
+        <v>39</v>
+      </c>
+      <c r="L29" t="s">
+        <v>28</v>
+      </c>
+      <c r="M29" t="s">
+        <v>29</v>
+      </c>
+      <c r="N29" t="s">
+        <v>30</v>
+      </c>
+      <c r="O29"/>
+      <c r="P29" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>32</v>
+      </c>
+      <c r="R29"/>
+      <c r="S29" t="s">
+        <v>41</v>
+      </c>
+      <c r="T29" t="s">
+        <v>68</v>
+      </c>
+      <c r="U29" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="A30" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30">
+        <v>2873828679</v>
+      </c>
+      <c r="D30">
+        <v>591834</v>
+      </c>
+      <c r="E30" t="s">
+        <v>169</v>
+      </c>
+      <c r="F30" t="s">
+        <v>24</v>
+      </c>
+      <c r="G30" t="s">
+        <v>170</v>
+      </c>
+      <c r="H30">
+        <v>71.99</v>
+      </c>
+      <c r="I30" t="s">
+        <v>171</v>
+      </c>
+      <c r="J30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K30" t="s">
+        <v>39</v>
+      </c>
+      <c r="L30" t="s">
+        <v>28</v>
+      </c>
+      <c r="M30" t="s">
+        <v>29</v>
+      </c>
+      <c r="N30" t="s">
+        <v>30</v>
+      </c>
+      <c r="O30"/>
+      <c r="P30" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>32</v>
+      </c>
+      <c r="R30"/>
+      <c r="S30" t="s">
+        <v>172</v>
+      </c>
+      <c r="T30" t="s">
+        <v>63</v>
+      </c>
+      <c r="U30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31">
+        <v>2846259170</v>
+      </c>
+      <c r="D31">
+        <v>590955</v>
+      </c>
+      <c r="E31" t="s">
+        <v>175</v>
+      </c>
+      <c r="F31" t="s">
+        <v>24</v>
+      </c>
+      <c r="G31" t="s">
+        <v>176</v>
+      </c>
+      <c r="H31">
+        <v>55.2</v>
+      </c>
+      <c r="I31" t="s">
+        <v>177</v>
+      </c>
+      <c r="J31" t="s">
+        <v>39</v>
+      </c>
+      <c r="K31" t="s">
+        <v>39</v>
+      </c>
+      <c r="L31" t="s">
+        <v>28</v>
+      </c>
+      <c r="M31" t="s">
+        <v>29</v>
+      </c>
+      <c r="N31" t="s">
+        <v>30</v>
+      </c>
+      <c r="O31"/>
+      <c r="P31" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>32</v>
+      </c>
+      <c r="R31"/>
+      <c r="S31" t="s">
+        <v>41</v>
+      </c>
+      <c r="T31" t="s">
+        <v>57</v>
+      </c>
+      <c r="U31" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" t="s">
+        <v>179</v>
+      </c>
+      <c r="C32">
+        <v>2845822247</v>
+      </c>
+      <c r="D32">
+        <v>590956</v>
+      </c>
+      <c r="E32" t="s">
+        <v>175</v>
+      </c>
+      <c r="F32" t="s">
+        <v>24</v>
+      </c>
+      <c r="G32" t="s">
+        <v>180</v>
+      </c>
+      <c r="H32">
+        <v>239</v>
+      </c>
+      <c r="I32" t="s">
+        <v>181</v>
+      </c>
+      <c r="J32" t="s">
+        <v>39</v>
+      </c>
+      <c r="K32" t="s">
+        <v>39</v>
+      </c>
+      <c r="L32" t="s">
+        <v>28</v>
+      </c>
+      <c r="M32" t="s">
+        <v>29</v>
+      </c>
+      <c r="N32" t="s">
+        <v>30</v>
+      </c>
+      <c r="O32"/>
+      <c r="P32" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>32</v>
+      </c>
+      <c r="R32"/>
+      <c r="S32" t="s">
+        <v>41</v>
+      </c>
+      <c r="T32" t="s">
+        <v>57</v>
+      </c>
+      <c r="U32" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21">
+      <c r="A33" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33">
+        <v>2844805379</v>
+      </c>
+      <c r="D33">
+        <v>590959</v>
+      </c>
+      <c r="E33" t="s">
+        <v>31</v>
+      </c>
+      <c r="F33" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" t="s">
+        <v>184</v>
+      </c>
+      <c r="J33"/>
+      <c r="K33"/>
+      <c r="L33" t="s">
+        <v>28</v>
+      </c>
+      <c r="M33" t="s">
+        <v>124</v>
+      </c>
+      <c r="N33"/>
+      <c r="O33"/>
+      <c r="P33" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>40</v>
+      </c>
+      <c r="R33"/>
+      <c r="S33" t="s">
+        <v>41</v>
+      </c>
+      <c r="T33" t="s">
+        <v>42</v>
+      </c>
+      <c r="U33" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
+      <c r="A34" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34">
+        <v>2837779986</v>
+      </c>
+      <c r="D34">
+        <v>590816</v>
+      </c>
+      <c r="E34" t="s">
+        <v>187</v>
+      </c>
+      <c r="F34" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" t="s">
+        <v>188</v>
+      </c>
+      <c r="H34">
+        <v>239</v>
+      </c>
+      <c r="I34" t="s">
+        <v>181</v>
+      </c>
+      <c r="J34" t="s">
+        <v>39</v>
+      </c>
+      <c r="K34" t="s">
+        <v>39</v>
+      </c>
+      <c r="L34" t="s">
+        <v>28</v>
+      </c>
+      <c r="M34" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" t="s">
+        <v>30</v>
+      </c>
+      <c r="O34"/>
+      <c r="P34" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>32</v>
+      </c>
+      <c r="R34" t="s">
+        <v>33</v>
+      </c>
+      <c r="S34" t="s">
+        <v>41</v>
+      </c>
+      <c r="T34" t="s">
+        <v>57</v>
+      </c>
+      <c r="U34" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35">
+        <v>2836890188</v>
+      </c>
+      <c r="D35">
+        <v>590799</v>
+      </c>
+      <c r="E35" t="s">
+        <v>187</v>
+      </c>
+      <c r="F35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" t="s">
+        <v>191</v>
+      </c>
+      <c r="H35">
+        <v>153</v>
+      </c>
+      <c r="I35" t="s">
+        <v>192</v>
+      </c>
+      <c r="J35" t="s">
+        <v>39</v>
+      </c>
+      <c r="K35" t="s">
+        <v>39</v>
+      </c>
+      <c r="L35" t="s">
+        <v>28</v>
+      </c>
+      <c r="M35" t="s">
+        <v>29</v>
+      </c>
+      <c r="N35" t="s">
+        <v>30</v>
+      </c>
+      <c r="O35"/>
+      <c r="P35" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>32</v>
+      </c>
+      <c r="R35"/>
+      <c r="S35" t="s">
+        <v>41</v>
+      </c>
+      <c r="T35" t="s">
+        <v>193</v>
+      </c>
+      <c r="U35" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
+      <c r="A36" t="s">
+        <v>21</v>
+      </c>
+      <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36">
+        <v>2835553720</v>
+      </c>
+      <c r="D36">
+        <v>590785</v>
+      </c>
+      <c r="E36" t="s">
+        <v>187</v>
+      </c>
+      <c r="F36" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" t="s">
+        <v>196</v>
+      </c>
+      <c r="H36">
+        <v>212</v>
+      </c>
+      <c r="I36" t="s">
+        <v>197</v>
+      </c>
+      <c r="J36" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" t="s">
+        <v>39</v>
+      </c>
+      <c r="L36" t="s">
+        <v>28</v>
+      </c>
+      <c r="M36" t="s">
+        <v>29</v>
+      </c>
+      <c r="N36" t="s">
+        <v>30</v>
+      </c>
+      <c r="O36"/>
+      <c r="P36" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>32</v>
+      </c>
+      <c r="R36"/>
+      <c r="S36" t="s">
+        <v>41</v>
+      </c>
+      <c r="T36" t="s">
+        <v>68</v>
+      </c>
+      <c r="U36" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21">
+      <c r="A37" t="s">
+        <v>21</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37">
+        <v>2817610188</v>
+      </c>
+      <c r="D37">
+        <v>590486</v>
+      </c>
+      <c r="E37" t="s">
+        <v>200</v>
+      </c>
+      <c r="F37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" t="s">
+        <v>201</v>
+      </c>
+      <c r="H37">
+        <v>99</v>
+      </c>
+      <c r="I37" t="s">
+        <v>202</v>
+      </c>
+      <c r="J37" t="s">
+        <v>39</v>
+      </c>
+      <c r="K37" t="s">
+        <v>39</v>
+      </c>
+      <c r="L37" t="s">
+        <v>28</v>
+      </c>
+      <c r="M37" t="s">
+        <v>29</v>
+      </c>
+      <c r="N37" t="s">
+        <v>30</v>
+      </c>
+      <c r="O37"/>
+      <c r="P37" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>32</v>
+      </c>
+      <c r="R37"/>
+      <c r="S37" t="s">
+        <v>41</v>
+      </c>
+      <c r="T37" t="s">
+        <v>68</v>
+      </c>
+      <c r="U37" t="s">
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">