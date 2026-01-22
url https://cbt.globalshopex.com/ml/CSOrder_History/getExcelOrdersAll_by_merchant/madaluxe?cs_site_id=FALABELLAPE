--- v0 (2025-10-10)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,218 +80,440 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
+    <t>2026-01-14 17:28:34</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11463705</t>
+  </si>
+  <si>
+    <t>/VSP1R1321</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-13 17:56:46</t>
+  </si>
+  <si>
+    <t>/11463418</t>
+  </si>
+  <si>
+    <t>2025-12-31 11:44:32</t>
+  </si>
+  <si>
+    <t>2025-12-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11458859</t>
+  </si>
+  <si>
+    <t>/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>2025-12-30 01:04:16</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11458442</t>
+  </si>
+  <si>
+    <t>/GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>2025-12-23 12:44:08</t>
+  </si>
+  <si>
+    <t>2025-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>/11456253</t>
+  </si>
+  <si>
+    <t>/BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>2025-12-04 10:29:47</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:53:29</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446448</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:44:10</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11444592</t>
+  </si>
+  <si>
+    <t>/VSPOQ1H21/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:38:35</t>
+  </si>
+  <si>
+    <t>/11444564</t>
+  </si>
+  <si>
+    <t>/VSP1R1321/VSPOQ1R21</t>
+  </si>
+  <si>
+    <t>2025-11-28 21:56:12</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:50:04</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/11440290</t>
+  </si>
+  <si>
+    <t>2025-11-15 15:00:26</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:19:07</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11435407</t>
+  </si>
+  <si>
+    <t>/VSPOY7421</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>In Warehouse - Processed</t>
+  </si>
+  <si>
+    <t>2025-11-08 13:55:05</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11433240</t>
+  </si>
+  <si>
+    <t>/VSP1S3421</t>
+  </si>
+  <si>
+    <t>2025-11-07 10:03:53</t>
+  </si>
+  <si>
+    <t>/VSPOQ2G21</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:13</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:55:05</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11432727</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:38:06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:46</t>
+  </si>
+  <si>
+    <t>2025-11-04 09:27:38</t>
+  </si>
+  <si>
+    <t>/11432726</t>
+  </si>
+  <si>
+    <t>/VSPOQ8021</t>
+  </si>
+  <si>
+    <t>2025-11-03 01:01:24</t>
+  </si>
+  <si>
+    <t>/11432725</t>
+  </si>
+  <si>
+    <t>2025-10-30 20:25:19</t>
+  </si>
+  <si>
+    <t>2025-10-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11429502</t>
+  </si>
+  <si>
+    <t>2025-10-27 22:41:34</t>
+  </si>
+  <si>
+    <t>2025-10-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11428362</t>
+  </si>
+  <si>
+    <t>/VSPOS5621</t>
+  </si>
+  <si>
+    <t>2025-10-23 10:20:06</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>/11426397</t>
+  </si>
+  <si>
+    <t>/VSP1F2821</t>
+  </si>
+  <si>
+    <t>2025-10-22 19:37:14</t>
+  </si>
+  <si>
+    <t>/11426234</t>
+  </si>
+  <si>
+    <t>2025-10-22 09:47:34</t>
+  </si>
+  <si>
+    <t>2025-10-22 00:00:00</t>
+  </si>
+  <si>
+    <t>/11426023</t>
+  </si>
+  <si>
+    <t>2025-10-10 23:11:58</t>
+  </si>
+  <si>
+    <t>2025-10-11 00:00:00</t>
+  </si>
+  <si>
+    <t>/11421482</t>
+  </si>
+  <si>
+    <t>/VSPOY7621</t>
+  </si>
+  <si>
     <t>2025-10-09 08:31:18</t>
   </si>
   <si>
     <t>2025-10-09 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11420740</t>
   </si>
   <si>
     <t>/VSPOQ1G21</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...16 lines deleted...]
-  <si>
     <t>2025-10-04 17:03:42</t>
   </si>
   <si>
     <t>/VSPEN5521</t>
   </si>
   <si>
-    <t>canceled</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-10-09 17:06:40</t>
   </si>
   <si>
     <t>2025-09-27 12:31:53</t>
   </si>
   <si>
     <t>2025-09-27 00:00:00</t>
   </si>
   <si>
     <t>/11415712</t>
   </si>
   <si>
-    <t>shipped</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-15 18:55:25</t>
   </si>
   <si>
     <t>2025-09-16 00:00:00</t>
   </si>
   <si>
     <t>/11408965</t>
   </si>
   <si>
     <t>/VSPLD1321</t>
   </si>
   <si>
-    <t>delivered</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-07 12:44:16</t>
   </si>
   <si>
     <t>2025-09-08 00:00:00</t>
   </si>
   <si>
     <t>/11402235</t>
   </si>
   <si>
     <t>/VSPOQ1D21/VSPOY7821</t>
   </si>
   <si>
     <t>2025-09-04 22:40:25</t>
   </si>
   <si>
     <t>2025-09-05 00:00:00</t>
   </si>
   <si>
     <t>/11399389</t>
   </si>
   <si>
-    <t>/VSPOY7421</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-29 13:52:52</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>/11395956</t>
   </si>
   <si>
-    <t>/VSPOS5621</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-26 08:51:41</t>
   </si>
   <si>
     <t>2025-08-26 00:00:00</t>
   </si>
   <si>
     <t>/11388381</t>
   </si>
   <si>
     <t>/VSPEN5921</t>
   </si>
   <si>
     <t>2025-08-23 22:26:04</t>
   </si>
   <si>
     <t>2025-08-24 00:00:00</t>
   </si>
   <si>
     <t>/11386519</t>
   </si>
   <si>
     <t>/VSPLP1421</t>
   </si>
   <si>
     <t>2025-08-22 10:58:01</t>
   </si>
   <si>
     <t>2025-08-22 00:00:00</t>
   </si>
   <si>
     <t>/11385257</t>
   </si>
   <si>
-    <t>/BB0024SA-30007767-001</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-13 08:36:05</t>
   </si>
   <si>
     <t>2025-08-13 00:00:00</t>
   </si>
   <si>
     <t>/11374324</t>
   </si>
   <si>
-    <t>/GG0470O-30006525-003</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-05 20:19:14</t>
   </si>
   <si>
     <t>2025-08-06 00:00:00</t>
   </si>
   <si>
     <t>/11367251</t>
   </si>
   <si>
     <t>/VE2E00521</t>
   </si>
   <si>
     <t>2025-08-01 09:41:11</t>
   </si>
   <si>
     <t>2025-08-01 00:00:00</t>
   </si>
   <si>
     <t>/11363553</t>
   </si>
   <si>
     <t>/VSP1R1521</t>
   </si>
   <si>
     <t>2025-07-25 18:15:28</t>
@@ -308,159 +530,150 @@
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-08-01 17:06:14</t>
   </si>
   <si>
     <t>2025-07-24 20:31:32</t>
   </si>
   <si>
     <t>2025-07-25 00:00:00</t>
   </si>
   <si>
     <t>/11357733</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-08-01 17:10:01</t>
   </si>
   <si>
     <t>2025-07-21 21:37:32</t>
   </si>
   <si>
     <t>2025-07-22 00:00:00</t>
   </si>
   <si>
     <t>/11356520</t>
   </si>
   <si>
     <t>2025-07-17 23:31:26</t>
   </si>
   <si>
     <t>2025-07-18 00:00:00</t>
   </si>
   <si>
     <t>/11354414</t>
   </si>
   <si>
     <t>/VSPOQ1N21</t>
   </si>
   <si>
     <t>2025-07-15 23:49:47</t>
   </si>
   <si>
     <t>2025-07-16 00:00:00</t>
   </si>
   <si>
     <t>/11353446</t>
   </si>
   <si>
     <t>2025-07-15 04:10:43</t>
   </si>
   <si>
     <t>2025-07-15 00:00:00</t>
   </si>
   <si>
     <t>/11352972</t>
   </si>
   <si>
-    <t>/VSP1S3421</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-11 10:23:01</t>
   </si>
   <si>
     <t>2025-07-11 00:00:00</t>
   </si>
   <si>
     <t>/11350942</t>
   </si>
   <si>
     <t>/VSPOY7821</t>
   </si>
   <si>
     <t>2025-07-08 15:20:56</t>
   </si>
   <si>
     <t>2025-07-09 00:00:00</t>
   </si>
   <si>
     <t>/11349741</t>
   </si>
   <si>
     <t>/VSPHF2221</t>
   </si>
   <si>
     <t>2025-07-07 15:16:29</t>
   </si>
   <si>
     <t>2025-07-07 00:00:00</t>
   </si>
   <si>
     <t>/11348808</t>
   </si>
   <si>
     <t>/VSPBH8321</t>
   </si>
   <si>
     <t xml:space="preserve">				 COMENTARIO: "Orden no despachada por Merchant"			</t>
   </si>
   <si>
     <t>2025-07-09 13:55:38</t>
   </si>
   <si>
     <t>2025-07-07 12:34:34</t>
   </si>
   <si>
     <t>/11348809</t>
   </si>
   <si>
-    <t>/VSPOY7621</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-06 01:53:46</t>
   </si>
   <si>
     <t>/11348658</t>
-  </si>
-[...1 lines deleted...]
-    <t>/VSPOY8421</t>
   </si>
   <si>
     <t>2025-07-06 01:48:07</t>
   </si>
   <si>
     <t>/11348654</t>
   </si>
   <si>
     <t>/VSPOQ9221</t>
   </si>
   <si>
     <t>2025-06-30 20:45:20</t>
   </si>
   <si>
     <t>2025-07-01 00:00:00</t>
   </si>
   <si>
     <t>/11346173</t>
   </si>
   <si>
     <t>/VSPCD1A21</t>
   </si>
   <si>
     <t>2025-06-27 16:26:50</t>
   </si>
@@ -970,51 +1183,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U45"/>
+  <dimension ref="A1:U70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1051,2645 +1264,4102 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3012876680</v>
+        <v>3221712532</v>
       </c>
       <c r="D2">
-        <v>594742</v>
+        <v>599699</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>63.2</v>
+        <v>52.8</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>885055897013</v>
+        <v>397791295905</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
-        <v>2996088570</v>
+        <v>3221610766</v>
       </c>
       <c r="D3">
-        <v>594621</v>
+        <v>599670</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
-      <c r="G3"/>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
       <c r="H3">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="I3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="K3"/>
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="O3"/>
+        <v>27</v>
+      </c>
+      <c r="N3" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3">
+        <v>397753261480</v>
+      </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="R3"/>
-      <c r="S3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S3"/>
+      <c r="T3"/>
       <c r="U3" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C4">
-        <v>2985047531</v>
+        <v>3220271151</v>
       </c>
       <c r="D4">
-        <v>594438</v>
+        <v>599224</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H4">
-        <v>91.99</v>
+        <v>59.2</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>27</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>393698136509</v>
+        <v>397354299607</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C5">
-        <v>2967797468</v>
+        <v>3220155249</v>
       </c>
       <c r="D5">
-        <v>594133</v>
+        <v>599155</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="H5">
-        <v>104.99</v>
+        <v>75.99</v>
       </c>
       <c r="I5" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M5" t="s">
         <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>393282179512</v>
+        <v>397279726065</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C6">
-        <v>2955131834</v>
+        <v>3219573693</v>
       </c>
       <c r="D6">
-        <v>593919</v>
+        <v>598947</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H6">
-        <v>108</v>
+        <v>100.99</v>
       </c>
       <c r="I6" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>392980482230</v>
+        <v>397115120387</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C7">
-        <v>2952002709</v>
+        <v>3216714817</v>
       </c>
       <c r="D7">
-        <v>593817</v>
+        <v>597928</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7"/>
       <c r="H7">
-        <v>52.99</v>
+        <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
         <v>27</v>
       </c>
       <c r="L7" t="s">
+        <v>39</v>
+      </c>
+      <c r="M7" t="s">
+        <v>27</v>
+      </c>
+      <c r="N7" t="s">
+        <v>30</v>
+      </c>
+      <c r="O7">
+        <v>396240445640</v>
+      </c>
+      <c r="P7" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q7" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="C8">
-        <v>2942595906</v>
+        <v>3216460437</v>
       </c>
       <c r="D8">
-        <v>593697</v>
+        <v>597750</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="H8">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="I8" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>392749542801</v>
+        <v>396138476268</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C9">
-        <v>2939069815</v>
+        <v>3215587718</v>
       </c>
       <c r="D9">
-        <v>593518</v>
+        <v>597534</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="H9">
-        <v>109.99</v>
+        <v>118.4</v>
       </c>
       <c r="I9" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>27</v>
       </c>
       <c r="L9" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>392533330360</v>
+        <v>396016438189</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="C10">
-        <v>2936432726</v>
+        <v>3215585100</v>
       </c>
       <c r="D10">
-        <v>593451</v>
+        <v>597526</v>
       </c>
       <c r="E10" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="H10">
-        <v>114.99</v>
+        <v>114.4</v>
       </c>
       <c r="I10" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="J10" t="s">
         <v>27</v>
       </c>
       <c r="K10" t="s">
         <v>27</v>
       </c>
       <c r="L10" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>392475976637</v>
+        <v>396017284145</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="C11">
-        <v>2934907785</v>
+        <v>3214971109</v>
       </c>
       <c r="D11">
-        <v>593408</v>
+        <v>597393</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11">
-        <v>100.99</v>
+        <v>0</v>
       </c>
       <c r="I11" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="J11" t="s">
         <v>27</v>
       </c>
       <c r="K11" t="s">
         <v>27</v>
       </c>
       <c r="L11" t="s">
+        <v>39</v>
+      </c>
+      <c r="M11" t="s">
+        <v>27</v>
+      </c>
+      <c r="N11" t="s">
+        <v>30</v>
+      </c>
+      <c r="O11">
+        <v>395930698858</v>
+      </c>
+      <c r="P11" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q11" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="C12">
-        <v>2925943262</v>
+        <v>3213425222</v>
       </c>
       <c r="D12">
-        <v>593146</v>
+        <v>596756</v>
       </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>75.99</v>
+        <v>100.99</v>
       </c>
       <c r="I12" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
         <v>27</v>
       </c>
       <c r="L12" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
-        <v>392082993332</v>
+        <v>395710863358</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="C13">
-        <v>2918449099</v>
+        <v>3212868969</v>
       </c>
       <c r="D13">
-        <v>592906</v>
+        <v>596397</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13"/>
       <c r="H13">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="I13" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="J13" t="s">
         <v>27</v>
       </c>
       <c r="K13" t="s">
         <v>27</v>
       </c>
       <c r="L13" t="s">
+        <v>39</v>
+      </c>
+      <c r="M13" t="s">
+        <v>27</v>
+      </c>
+      <c r="N13" t="s">
+        <v>30</v>
+      </c>
+      <c r="O13">
+        <v>395449971913</v>
+      </c>
+      <c r="P13" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q13" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="C14">
-        <v>2911756214</v>
+        <v>3212699000</v>
       </c>
       <c r="D14">
-        <v>592785</v>
+        <v>596299</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="H14">
-        <v>52.8</v>
+        <v>52.99</v>
       </c>
       <c r="I14" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="J14" t="s">
         <v>27</v>
       </c>
       <c r="K14" t="s">
         <v>27</v>
       </c>
       <c r="L14" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="M14" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="N14" t="s">
         <v>30</v>
       </c>
       <c r="O14">
-        <v>391680775541</v>
+        <v>395324846339</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="C15">
-        <v>2904307687</v>
+        <v>3212214216</v>
       </c>
       <c r="D15">
-        <v>592559</v>
+        <v>595992</v>
       </c>
       <c r="E15" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="H15">
-        <v>67.32</v>
+        <v>87.99</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K15" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M15" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>30</v>
       </c>
-      <c r="O15"/>
+      <c r="O15">
+        <v>395159711330</v>
+      </c>
       <c r="P15" t="s">
         <v>31</v>
       </c>
       <c r="Q15" t="s">
         <v>32</v>
       </c>
       <c r="R15"/>
-      <c r="S15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S15"/>
+      <c r="T15"/>
       <c r="U15" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="C16">
-        <v>2903399285</v>
+        <v>3212101410</v>
       </c>
       <c r="D16">
-        <v>592522</v>
+        <v>595935</v>
       </c>
       <c r="E16" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G16"/>
       <c r="H16">
-        <v>67.32</v>
+        <v>0</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="J16"/>
+      <c r="K16"/>
       <c r="L16" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="M16" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
         <v>31</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="R16"/>
       <c r="S16" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="T16" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="U16" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="C17">
-        <v>2900134158</v>
+        <v>3211371411</v>
       </c>
       <c r="D17">
-        <v>592451</v>
+        <v>595936</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>84</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="H17">
-        <v>68</v>
+        <v>59.2</v>
       </c>
       <c r="I17" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="J17" t="s">
         <v>27</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
       <c r="L17" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>30</v>
       </c>
       <c r="O17">
-        <v>391312480128</v>
+        <v>395097627173</v>
       </c>
       <c r="P17" t="s">
         <v>31</v>
       </c>
       <c r="Q17" t="s">
         <v>32</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
       <c r="C18">
-        <v>2895980625</v>
+        <v>3211368031</v>
       </c>
       <c r="D18">
-        <v>592314</v>
+        <v>595937</v>
       </c>
       <c r="E18" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
-      <c r="G18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G18"/>
       <c r="H18">
-        <v>45.9</v>
+        <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="J18"/>
+      <c r="K18"/>
       <c r="L18" t="s">
+        <v>71</v>
+      </c>
+      <c r="M18" t="s">
+        <v>79</v>
+      </c>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q18" t="s">
         <v>49</v>
       </c>
-      <c r="M18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R18"/>
-      <c r="S18"/>
-      <c r="T18"/>
+      <c r="S18" t="s">
+        <v>80</v>
+      </c>
+      <c r="T18" t="s">
+        <v>87</v>
+      </c>
       <c r="U18" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="C19">
-        <v>2891377838</v>
+        <v>3211354325</v>
       </c>
       <c r="D19">
-        <v>592239</v>
+        <v>595938</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="H19">
-        <v>68</v>
+        <v>52.8</v>
       </c>
       <c r="I19" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="J19" t="s">
         <v>27</v>
       </c>
       <c r="K19" t="s">
         <v>27</v>
       </c>
       <c r="L19" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>30</v>
       </c>
       <c r="O19">
-        <v>391095960562</v>
+        <v>395097663610</v>
       </c>
       <c r="P19" t="s">
         <v>31</v>
       </c>
       <c r="Q19" t="s">
         <v>32</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="C20">
-        <v>2889002247</v>
+        <v>3211069040</v>
       </c>
       <c r="D20">
-        <v>592216</v>
+        <v>595939</v>
       </c>
       <c r="E20" t="s">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="H20">
-        <v>74.8</v>
+        <v>52.8</v>
       </c>
       <c r="I20" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
       <c r="J20" t="s">
         <v>27</v>
       </c>
       <c r="K20" t="s">
         <v>27</v>
       </c>
       <c r="L20" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>30</v>
       </c>
       <c r="O20">
-        <v>391055837031</v>
+        <v>395097594866</v>
       </c>
       <c r="P20" t="s">
         <v>31</v>
       </c>
       <c r="Q20" t="s">
         <v>32</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="C21">
-        <v>2883153269</v>
+        <v>3210802212</v>
       </c>
       <c r="D21">
-        <v>592102</v>
+        <v>595525</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="H21">
-        <v>52.8</v>
+        <v>87.99</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>76</v>
       </c>
       <c r="J21" t="s">
         <v>27</v>
       </c>
       <c r="K21" t="s">
         <v>27</v>
       </c>
       <c r="L21" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>30</v>
       </c>
       <c r="O21">
-        <v>390943162656</v>
+        <v>394842945776</v>
       </c>
       <c r="P21" t="s">
         <v>31</v>
       </c>
       <c r="Q21" t="s">
         <v>32</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="C22">
-        <v>2879851517</v>
+        <v>3209491962</v>
       </c>
       <c r="D22">
-        <v>592016</v>
+        <v>595406</v>
       </c>
       <c r="E22" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="H22">
-        <v>95.99</v>
+        <v>79.99</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="J22" t="s">
         <v>27</v>
       </c>
       <c r="K22" t="s">
         <v>27</v>
       </c>
       <c r="L22" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M22" t="s">
         <v>27</v>
       </c>
       <c r="N22" t="s">
         <v>30</v>
       </c>
       <c r="O22">
-        <v>390856114630</v>
+        <v>394721629597</v>
       </c>
       <c r="P22" t="s">
         <v>31</v>
       </c>
       <c r="Q22" t="s">
         <v>32</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="C23">
-        <v>2878353312</v>
+        <v>3204517749</v>
       </c>
       <c r="D23">
-        <v>591987</v>
+        <v>595251</v>
       </c>
       <c r="E23" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="H23">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="I23" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="J23" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K23" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L23" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M23" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>30</v>
       </c>
-      <c r="O23"/>
+      <c r="O23">
+        <v>394576547285</v>
+      </c>
       <c r="P23" t="s">
         <v>31</v>
       </c>
       <c r="Q23" t="s">
         <v>32</v>
       </c>
       <c r="R23"/>
-      <c r="S23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S23"/>
+      <c r="T23"/>
       <c r="U23" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="C24">
-        <v>2878160082</v>
+        <v>3203445301</v>
       </c>
       <c r="D24">
-        <v>591981</v>
+        <v>595240</v>
       </c>
       <c r="E24" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="H24">
-        <v>52.99</v>
+        <v>79.99</v>
       </c>
       <c r="I24" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="J24" t="s">
         <v>27</v>
       </c>
       <c r="K24" t="s">
         <v>27</v>
       </c>
       <c r="L24" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M24" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>30</v>
       </c>
       <c r="O24">
-        <v>390761210703</v>
+        <v>394566175272</v>
       </c>
       <c r="P24" t="s">
         <v>31</v>
       </c>
       <c r="Q24" t="s">
         <v>32</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="C25">
-        <v>2876614549</v>
+        <v>3202636055</v>
       </c>
       <c r="D25">
-        <v>591935</v>
+        <v>595230</v>
       </c>
       <c r="E25" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="H25">
         <v>52.8</v>
       </c>
       <c r="I25" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="J25" t="s">
         <v>27</v>
       </c>
       <c r="K25" t="s">
         <v>27</v>
       </c>
       <c r="L25" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>30</v>
       </c>
       <c r="O25">
-        <v>390741586288</v>
+        <v>394542759507</v>
       </c>
       <c r="P25" t="s">
         <v>31</v>
       </c>
       <c r="Q25" t="s">
         <v>32</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>110</v>
       </c>
       <c r="C26">
-        <v>2876613179</v>
+        <v>3014797163</v>
       </c>
       <c r="D26">
-        <v>591936</v>
+        <v>594797</v>
       </c>
       <c r="E26" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="H26">
-        <v>50.99</v>
+        <v>52.99</v>
       </c>
       <c r="I26" t="s">
-        <v>137</v>
+        <v>113</v>
       </c>
       <c r="J26" t="s">
         <v>27</v>
       </c>
       <c r="K26" t="s">
         <v>27</v>
       </c>
       <c r="L26" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>30</v>
       </c>
       <c r="O26">
-        <v>390738095970</v>
+        <v>394186781415</v>
       </c>
       <c r="P26" t="s">
         <v>31</v>
       </c>
       <c r="Q26" t="s">
         <v>32</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="C27">
-        <v>2870292727</v>
+        <v>3012876680</v>
       </c>
       <c r="D27">
-        <v>591718</v>
+        <v>594742</v>
       </c>
       <c r="E27" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="H27">
-        <v>58.99</v>
+        <v>63.2</v>
       </c>
       <c r="I27" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="J27" t="s">
         <v>27</v>
       </c>
       <c r="K27" t="s">
         <v>27</v>
       </c>
       <c r="L27" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>30</v>
       </c>
       <c r="O27">
-        <v>390843108976</v>
+        <v>885055897013</v>
       </c>
       <c r="P27" t="s">
         <v>31</v>
       </c>
       <c r="Q27" t="s">
         <v>32</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="C28">
-        <v>2866384939</v>
+        <v>2996088570</v>
       </c>
       <c r="D28">
-        <v>591578</v>
+        <v>594621</v>
       </c>
       <c r="E28" t="s">
-        <v>143</v>
+        <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
-      <c r="G28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G28"/>
       <c r="H28">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="J28"/>
+      <c r="K28"/>
       <c r="L28" t="s">
+        <v>71</v>
+      </c>
+      <c r="M28" t="s">
+        <v>79</v>
+      </c>
+      <c r="N28"/>
+      <c r="O28"/>
+      <c r="P28" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q28" t="s">
         <v>49</v>
       </c>
-      <c r="M28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R28"/>
-      <c r="S28"/>
-      <c r="T28"/>
+      <c r="S28" t="s">
+        <v>80</v>
+      </c>
+      <c r="T28" t="s">
+        <v>87</v>
+      </c>
       <c r="U28" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="C29">
-        <v>2862941317</v>
+        <v>2985047531</v>
       </c>
       <c r="D29">
-        <v>591472</v>
+        <v>594438</v>
       </c>
       <c r="E29" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="H29">
-        <v>119.99</v>
+        <v>91.99</v>
       </c>
       <c r="I29" t="s">
-        <v>148</v>
+        <v>119</v>
       </c>
       <c r="J29" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K29" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L29" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="M29" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>30</v>
       </c>
-      <c r="O29"/>
+      <c r="O29">
+        <v>393698136509</v>
+      </c>
       <c r="P29" t="s">
         <v>31</v>
       </c>
       <c r="Q29" t="s">
         <v>32</v>
       </c>
       <c r="R29"/>
-      <c r="S29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S29"/>
+      <c r="T29"/>
       <c r="U29" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>150</v>
+        <v>124</v>
       </c>
       <c r="C30">
-        <v>2860946322</v>
+        <v>2967797468</v>
       </c>
       <c r="D30">
-        <v>591465</v>
+        <v>594133</v>
       </c>
       <c r="E30" t="s">
-        <v>151</v>
+        <v>125</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="H30">
-        <v>79.99</v>
+        <v>104.99</v>
       </c>
       <c r="I30" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="J30" t="s">
         <v>27</v>
       </c>
       <c r="K30" t="s">
         <v>27</v>
       </c>
       <c r="L30" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>30</v>
       </c>
       <c r="O30">
-        <v>390343587194</v>
+        <v>393282179512</v>
       </c>
       <c r="P30" t="s">
         <v>31</v>
       </c>
       <c r="Q30" t="s">
         <v>32</v>
       </c>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>153</v>
+        <v>128</v>
       </c>
       <c r="C31">
-        <v>2860680156</v>
+        <v>2955131834</v>
       </c>
       <c r="D31">
-        <v>591467</v>
+        <v>593919</v>
       </c>
       <c r="E31" t="s">
-        <v>151</v>
+        <v>129</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>130</v>
       </c>
       <c r="H31">
-        <v>82.99</v>
+        <v>108</v>
       </c>
       <c r="I31" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
       <c r="J31" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K31" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L31" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M31" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>30</v>
       </c>
-      <c r="O31"/>
+      <c r="O31">
+        <v>392980482230</v>
+      </c>
       <c r="P31" t="s">
         <v>31</v>
       </c>
       <c r="Q31" t="s">
         <v>32</v>
       </c>
       <c r="R31"/>
-      <c r="S31" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S31"/>
+      <c r="T31"/>
       <c r="U31" t="s">
-        <v>156</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="C32">
-        <v>2858970664</v>
+        <v>2952002709</v>
       </c>
       <c r="D32">
-        <v>591353</v>
+        <v>593817</v>
       </c>
       <c r="E32" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="H32">
-        <v>79.99</v>
+        <v>52.99</v>
       </c>
       <c r="I32" t="s">
-        <v>160</v>
+        <v>70</v>
       </c>
       <c r="J32" t="s">
         <v>27</v>
       </c>
       <c r="K32" t="s">
         <v>27</v>
       </c>
       <c r="L32" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N32" t="s">
         <v>30</v>
       </c>
       <c r="O32">
-        <v>390270601928</v>
+        <v>392897327167</v>
       </c>
       <c r="P32" t="s">
         <v>31</v>
       </c>
       <c r="Q32" t="s">
         <v>32</v>
       </c>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="C33">
-        <v>2853272715</v>
+        <v>2942595906</v>
       </c>
       <c r="D33">
-        <v>591202</v>
+        <v>593697</v>
       </c>
       <c r="E33" t="s">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>163</v>
+        <v>137</v>
       </c>
       <c r="H33">
         <v>79.99</v>
       </c>
       <c r="I33" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="J33" t="s">
         <v>27</v>
       </c>
       <c r="K33" t="s">
         <v>27</v>
       </c>
       <c r="L33" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>30</v>
       </c>
       <c r="O33">
-        <v>390038713411</v>
+        <v>392749542801</v>
       </c>
       <c r="P33" t="s">
         <v>31</v>
       </c>
       <c r="Q33" t="s">
         <v>32</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>164</v>
+        <v>138</v>
       </c>
       <c r="C34">
-        <v>2852845513</v>
+        <v>2939069815</v>
       </c>
       <c r="D34">
-        <v>591192</v>
+        <v>593518</v>
       </c>
       <c r="E34" t="s">
-        <v>162</v>
+        <v>139</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>165</v>
+        <v>140</v>
       </c>
       <c r="H34">
-        <v>52.8</v>
+        <v>109.99</v>
       </c>
       <c r="I34" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="J34" t="s">
         <v>27</v>
       </c>
       <c r="K34" t="s">
         <v>27</v>
       </c>
       <c r="L34" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>30</v>
       </c>
       <c r="O34">
-        <v>390038672462</v>
+        <v>392533330360</v>
       </c>
       <c r="P34" t="s">
         <v>31</v>
       </c>
       <c r="Q34" t="s">
         <v>32</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="C35">
-        <v>2852663382</v>
+        <v>2936432726</v>
       </c>
       <c r="D35">
-        <v>591182</v>
+        <v>593451</v>
       </c>
       <c r="E35" t="s">
-        <v>162</v>
+        <v>143</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="H35">
-        <v>52.99</v>
+        <v>114.99</v>
       </c>
       <c r="I35" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="J35" t="s">
         <v>27</v>
       </c>
       <c r="K35" t="s">
         <v>27</v>
       </c>
       <c r="L35" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>30</v>
       </c>
       <c r="O35">
-        <v>390038881094</v>
+        <v>392475976637</v>
       </c>
       <c r="P35" t="s">
         <v>31</v>
       </c>
       <c r="Q35" t="s">
         <v>32</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="C36">
-        <v>2848997589</v>
+        <v>2934907785</v>
       </c>
       <c r="D36">
-        <v>591039</v>
+        <v>593408</v>
       </c>
       <c r="E36" t="s">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H36">
-        <v>52.99</v>
+        <v>100.99</v>
       </c>
       <c r="I36" t="s">
-        <v>171</v>
+        <v>47</v>
       </c>
       <c r="J36" t="s">
         <v>27</v>
       </c>
       <c r="K36" t="s">
         <v>27</v>
       </c>
       <c r="L36" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>30</v>
       </c>
       <c r="O36">
-        <v>289701976612</v>
+        <v>883791862399</v>
       </c>
       <c r="P36" t="s">
         <v>31</v>
       </c>
       <c r="Q36" t="s">
         <v>32</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>172</v>
+        <v>149</v>
       </c>
       <c r="C37">
-        <v>2848628252</v>
+        <v>2925943262</v>
       </c>
       <c r="D37">
-        <v>591030</v>
+        <v>593146</v>
       </c>
       <c r="E37" t="s">
-        <v>169</v>
+        <v>150</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="H37">
-        <v>279</v>
+        <v>75.99</v>
       </c>
       <c r="I37" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="J37" t="s">
         <v>27</v>
       </c>
       <c r="K37" t="s">
         <v>27</v>
       </c>
       <c r="L37" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M37" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N37" t="s">
         <v>30</v>
       </c>
-      <c r="O37" t="s">
-        <v>174</v>
+      <c r="O37">
+        <v>392082993332</v>
       </c>
       <c r="P37" t="s">
         <v>31</v>
       </c>
       <c r="Q37" t="s">
         <v>32</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>175</v>
+        <v>152</v>
       </c>
       <c r="C38">
-        <v>2847720443</v>
+        <v>2918449099</v>
       </c>
       <c r="D38">
-        <v>591008</v>
+        <v>592906</v>
       </c>
       <c r="E38" t="s">
-        <v>176</v>
+        <v>153</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" t="s">
-        <v>177</v>
+        <v>154</v>
       </c>
       <c r="H38">
-        <v>95.99</v>
+        <v>279</v>
       </c>
       <c r="I38" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="J38" t="s">
         <v>27</v>
       </c>
       <c r="K38" t="s">
         <v>27</v>
       </c>
       <c r="L38" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M38" t="s">
         <v>29</v>
       </c>
       <c r="N38" t="s">
         <v>30</v>
       </c>
       <c r="O38">
-        <v>289613106111</v>
+        <v>883577618803</v>
       </c>
       <c r="P38" t="s">
         <v>31</v>
       </c>
       <c r="Q38" t="s">
         <v>32</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="C39">
-        <v>2847131945</v>
+        <v>2911756214</v>
       </c>
       <c r="D39">
-        <v>590982</v>
+        <v>592785</v>
       </c>
       <c r="E39" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="H39">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="I39" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="J39" t="s">
         <v>27</v>
       </c>
       <c r="K39" t="s">
         <v>27</v>
       </c>
       <c r="L39" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>30</v>
       </c>
       <c r="O39">
-        <v>881959957110</v>
+        <v>391680775541</v>
       </c>
       <c r="P39" t="s">
         <v>31</v>
       </c>
       <c r="Q39" t="s">
         <v>32</v>
       </c>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="C40">
-        <v>2844865283</v>
+        <v>2904307687</v>
       </c>
       <c r="D40">
-        <v>590960</v>
+        <v>592559</v>
       </c>
       <c r="E40" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>183</v>
+        <v>162</v>
       </c>
       <c r="H40">
-        <v>57.6</v>
+        <v>67.32</v>
       </c>
       <c r="I40" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="J40" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="K40" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="L40" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="M40" t="s">
-        <v>91</v>
+        <v>165</v>
       </c>
       <c r="N40" t="s">
         <v>30</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
         <v>31</v>
       </c>
       <c r="Q40" t="s">
         <v>32</v>
       </c>
       <c r="R40"/>
       <c r="S40" t="s">
-        <v>92</v>
+        <v>166</v>
       </c>
       <c r="T40" t="s">
-        <v>99</v>
+        <v>167</v>
       </c>
       <c r="U40" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="C41">
-        <v>2839748619</v>
+        <v>2903399285</v>
       </c>
       <c r="D41">
-        <v>590830</v>
+        <v>592522</v>
       </c>
       <c r="E41" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="H41">
-        <v>52.8</v>
+        <v>67.32</v>
       </c>
       <c r="I41" t="s">
-        <v>134</v>
+        <v>163</v>
       </c>
       <c r="J41" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="K41" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="L41" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="N41" t="s">
         <v>30</v>
       </c>
-      <c r="O41">
-[...1 lines deleted...]
-      </c>
+      <c r="O41"/>
       <c r="P41" t="s">
         <v>31</v>
       </c>
       <c r="Q41" t="s">
         <v>32</v>
       </c>
-      <c r="R41"/>
-[...1 lines deleted...]
-      <c r="T41"/>
+      <c r="R41" t="s">
+        <v>172</v>
+      </c>
+      <c r="S41" t="s">
+        <v>166</v>
+      </c>
+      <c r="T41" t="s">
+        <v>173</v>
+      </c>
       <c r="U41" t="s">
-        <v>31</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="C42">
-        <v>2835325329</v>
+        <v>2900134158</v>
       </c>
       <c r="D42">
-        <v>590784</v>
+        <v>592451</v>
       </c>
       <c r="E42" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="H42">
-        <v>52.8</v>
+        <v>68</v>
       </c>
       <c r="I42" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="J42" t="s">
         <v>27</v>
       </c>
       <c r="K42" t="s">
         <v>27</v>
       </c>
       <c r="L42" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>30</v>
       </c>
       <c r="O42">
-        <v>289409738869</v>
+        <v>391312480128</v>
       </c>
       <c r="P42" t="s">
         <v>31</v>
       </c>
       <c r="Q42" t="s">
         <v>32</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C43">
-        <v>2829440219</v>
+        <v>2895980625</v>
       </c>
       <c r="D43">
-        <v>590732</v>
+        <v>592314</v>
       </c>
       <c r="E43" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="H43">
-        <v>79.99</v>
+        <v>45.9</v>
       </c>
       <c r="I43" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="J43" t="s">
         <v>27</v>
       </c>
       <c r="K43" t="s">
         <v>27</v>
       </c>
       <c r="L43" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>30</v>
       </c>
       <c r="O43">
-        <v>289332009229</v>
+        <v>391182742722</v>
       </c>
       <c r="P43" t="s">
         <v>31</v>
       </c>
       <c r="Q43" t="s">
         <v>32</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="C44">
-        <v>2824467579</v>
+        <v>2891377838</v>
       </c>
       <c r="D44">
-        <v>590637</v>
+        <v>592239</v>
       </c>
       <c r="E44" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="H44">
-        <v>79.2</v>
+        <v>68</v>
       </c>
       <c r="I44" t="s">
-        <v>198</v>
+        <v>100</v>
       </c>
       <c r="J44" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K44" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="L44" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M44" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>30</v>
       </c>
-      <c r="O44"/>
+      <c r="O44">
+        <v>391095960562</v>
+      </c>
       <c r="P44" t="s">
         <v>31</v>
       </c>
       <c r="Q44" t="s">
         <v>32</v>
       </c>
       <c r="R44"/>
-      <c r="S44" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S44"/>
+      <c r="T44"/>
       <c r="U44" t="s">
-        <v>199</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="C45">
-        <v>2820199334</v>
+        <v>2889002247</v>
       </c>
       <c r="D45">
-        <v>590516</v>
+        <v>592216</v>
       </c>
       <c r="E45" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="H45">
-        <v>88.99</v>
+        <v>74.8</v>
       </c>
       <c r="I45" t="s">
-        <v>203</v>
+        <v>76</v>
       </c>
       <c r="J45" t="s">
         <v>27</v>
       </c>
       <c r="K45" t="s">
         <v>27</v>
       </c>
       <c r="L45" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>30</v>
       </c>
       <c r="O45">
-        <v>289147262976</v>
+        <v>391055837031</v>
       </c>
       <c r="P45" t="s">
         <v>31</v>
       </c>
       <c r="Q45" t="s">
         <v>32</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21">
+      <c r="A46" t="s">
+        <v>21</v>
+      </c>
+      <c r="B46" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46">
+        <v>2883153269</v>
+      </c>
+      <c r="D46">
+        <v>592102</v>
+      </c>
+      <c r="E46" t="s">
+        <v>189</v>
+      </c>
+      <c r="F46" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" t="s">
+        <v>190</v>
+      </c>
+      <c r="H46">
+        <v>52.8</v>
+      </c>
+      <c r="I46" t="s">
+        <v>191</v>
+      </c>
+      <c r="J46" t="s">
+        <v>27</v>
+      </c>
+      <c r="K46" t="s">
+        <v>27</v>
+      </c>
+      <c r="L46" t="s">
+        <v>39</v>
+      </c>
+      <c r="M46" t="s">
+        <v>27</v>
+      </c>
+      <c r="N46" t="s">
+        <v>30</v>
+      </c>
+      <c r="O46">
+        <v>390943162656</v>
+      </c>
+      <c r="P46" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>32</v>
+      </c>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46"/>
+      <c r="U46" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21">
+      <c r="A47" t="s">
+        <v>21</v>
+      </c>
+      <c r="B47" t="s">
+        <v>192</v>
+      </c>
+      <c r="C47">
+        <v>2879851517</v>
+      </c>
+      <c r="D47">
+        <v>592016</v>
+      </c>
+      <c r="E47" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" t="s">
+        <v>194</v>
+      </c>
+      <c r="H47">
+        <v>95.99</v>
+      </c>
+      <c r="I47" t="s">
+        <v>195</v>
+      </c>
+      <c r="J47" t="s">
+        <v>27</v>
+      </c>
+      <c r="K47" t="s">
+        <v>27</v>
+      </c>
+      <c r="L47" t="s">
+        <v>39</v>
+      </c>
+      <c r="M47" t="s">
+        <v>27</v>
+      </c>
+      <c r="N47" t="s">
+        <v>30</v>
+      </c>
+      <c r="O47">
+        <v>390856114630</v>
+      </c>
+      <c r="P47" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>32</v>
+      </c>
+      <c r="R47"/>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21">
+      <c r="A48" t="s">
+        <v>21</v>
+      </c>
+      <c r="B48" t="s">
+        <v>196</v>
+      </c>
+      <c r="C48">
+        <v>2878353312</v>
+      </c>
+      <c r="D48">
+        <v>591987</v>
+      </c>
+      <c r="E48" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48" t="s">
+        <v>198</v>
+      </c>
+      <c r="H48">
+        <v>87.99</v>
+      </c>
+      <c r="I48" t="s">
+        <v>199</v>
+      </c>
+      <c r="J48" t="s">
+        <v>164</v>
+      </c>
+      <c r="K48" t="s">
+        <v>164</v>
+      </c>
+      <c r="L48" t="s">
+        <v>71</v>
+      </c>
+      <c r="M48" t="s">
+        <v>165</v>
+      </c>
+      <c r="N48" t="s">
+        <v>30</v>
+      </c>
+      <c r="O48"/>
+      <c r="P48" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>32</v>
+      </c>
+      <c r="R48"/>
+      <c r="S48" t="s">
+        <v>166</v>
+      </c>
+      <c r="T48" t="s">
+        <v>200</v>
+      </c>
+      <c r="U48" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21">
+      <c r="A49" t="s">
+        <v>21</v>
+      </c>
+      <c r="B49" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49">
+        <v>2878160082</v>
+      </c>
+      <c r="D49">
+        <v>591981</v>
+      </c>
+      <c r="E49" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" t="s">
+        <v>24</v>
+      </c>
+      <c r="G49" t="s">
+        <v>203</v>
+      </c>
+      <c r="H49">
+        <v>52.99</v>
+      </c>
+      <c r="I49" t="s">
+        <v>113</v>
+      </c>
+      <c r="J49" t="s">
+        <v>27</v>
+      </c>
+      <c r="K49" t="s">
+        <v>27</v>
+      </c>
+      <c r="L49" t="s">
+        <v>39</v>
+      </c>
+      <c r="M49" t="s">
+        <v>29</v>
+      </c>
+      <c r="N49" t="s">
+        <v>30</v>
+      </c>
+      <c r="O49">
+        <v>390761210703</v>
+      </c>
+      <c r="P49" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>32</v>
+      </c>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49"/>
+      <c r="U49" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21">
+      <c r="A50" t="s">
+        <v>21</v>
+      </c>
+      <c r="B50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50">
+        <v>2876614549</v>
+      </c>
+      <c r="D50">
+        <v>591935</v>
+      </c>
+      <c r="E50" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" t="s">
+        <v>205</v>
+      </c>
+      <c r="H50">
+        <v>52.8</v>
+      </c>
+      <c r="I50" t="s">
+        <v>53</v>
+      </c>
+      <c r="J50" t="s">
+        <v>27</v>
+      </c>
+      <c r="K50" t="s">
+        <v>27</v>
+      </c>
+      <c r="L50" t="s">
+        <v>39</v>
+      </c>
+      <c r="M50" t="s">
+        <v>27</v>
+      </c>
+      <c r="N50" t="s">
+        <v>30</v>
+      </c>
+      <c r="O50">
+        <v>390741586288</v>
+      </c>
+      <c r="P50" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>32</v>
+      </c>
+      <c r="R50"/>
+      <c r="S50"/>
+      <c r="T50"/>
+      <c r="U50" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21">
+      <c r="A51" t="s">
+        <v>21</v>
+      </c>
+      <c r="B51" t="s">
+        <v>206</v>
+      </c>
+      <c r="C51">
+        <v>2876613179</v>
+      </c>
+      <c r="D51">
+        <v>591936</v>
+      </c>
+      <c r="E51" t="s">
+        <v>197</v>
+      </c>
+      <c r="F51" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" t="s">
+        <v>207</v>
+      </c>
+      <c r="H51">
+        <v>50.99</v>
+      </c>
+      <c r="I51" t="s">
+        <v>208</v>
+      </c>
+      <c r="J51" t="s">
+        <v>27</v>
+      </c>
+      <c r="K51" t="s">
+        <v>27</v>
+      </c>
+      <c r="L51" t="s">
+        <v>39</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>30</v>
+      </c>
+      <c r="O51">
+        <v>390738095970</v>
+      </c>
+      <c r="P51" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>32</v>
+      </c>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
+      <c r="U51" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21">
+      <c r="A52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B52" t="s">
+        <v>209</v>
+      </c>
+      <c r="C52">
+        <v>2870292727</v>
+      </c>
+      <c r="D52">
+        <v>591718</v>
+      </c>
+      <c r="E52" t="s">
+        <v>210</v>
+      </c>
+      <c r="F52" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" t="s">
+        <v>211</v>
+      </c>
+      <c r="H52">
+        <v>58.99</v>
+      </c>
+      <c r="I52" t="s">
+        <v>212</v>
+      </c>
+      <c r="J52" t="s">
+        <v>27</v>
+      </c>
+      <c r="K52" t="s">
+        <v>27</v>
+      </c>
+      <c r="L52" t="s">
+        <v>39</v>
+      </c>
+      <c r="M52" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" t="s">
+        <v>30</v>
+      </c>
+      <c r="O52">
+        <v>390843108976</v>
+      </c>
+      <c r="P52" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>32</v>
+      </c>
+      <c r="R52"/>
+      <c r="S52"/>
+      <c r="T52"/>
+      <c r="U52" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53" t="s">
+        <v>21</v>
+      </c>
+      <c r="B53" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53">
+        <v>2866384939</v>
+      </c>
+      <c r="D53">
+        <v>591578</v>
+      </c>
+      <c r="E53" t="s">
+        <v>214</v>
+      </c>
+      <c r="F53" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" t="s">
+        <v>215</v>
+      </c>
+      <c r="H53">
+        <v>79.99</v>
+      </c>
+      <c r="I53" t="s">
+        <v>100</v>
+      </c>
+      <c r="J53" t="s">
+        <v>27</v>
+      </c>
+      <c r="K53" t="s">
+        <v>27</v>
+      </c>
+      <c r="L53" t="s">
+        <v>39</v>
+      </c>
+      <c r="M53" t="s">
+        <v>27</v>
+      </c>
+      <c r="N53" t="s">
+        <v>30</v>
+      </c>
+      <c r="O53">
+        <v>390511250523</v>
+      </c>
+      <c r="P53" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>32</v>
+      </c>
+      <c r="R53"/>
+      <c r="S53"/>
+      <c r="T53"/>
+      <c r="U53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
+      <c r="A54" t="s">
+        <v>21</v>
+      </c>
+      <c r="B54" t="s">
+        <v>216</v>
+      </c>
+      <c r="C54">
+        <v>2862941317</v>
+      </c>
+      <c r="D54">
+        <v>591472</v>
+      </c>
+      <c r="E54" t="s">
+        <v>217</v>
+      </c>
+      <c r="F54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54">
+        <v>119.99</v>
+      </c>
+      <c r="I54" t="s">
+        <v>219</v>
+      </c>
+      <c r="J54" t="s">
+        <v>164</v>
+      </c>
+      <c r="K54" t="s">
+        <v>164</v>
+      </c>
+      <c r="L54" t="s">
+        <v>71</v>
+      </c>
+      <c r="M54" t="s">
+        <v>165</v>
+      </c>
+      <c r="N54" t="s">
+        <v>30</v>
+      </c>
+      <c r="O54"/>
+      <c r="P54" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>32</v>
+      </c>
+      <c r="R54"/>
+      <c r="S54" t="s">
+        <v>166</v>
+      </c>
+      <c r="T54" t="s">
+        <v>167</v>
+      </c>
+      <c r="U54" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
+      <c r="A55" t="s">
+        <v>21</v>
+      </c>
+      <c r="B55" t="s">
+        <v>221</v>
+      </c>
+      <c r="C55">
+        <v>2860946322</v>
+      </c>
+      <c r="D55">
+        <v>591465</v>
+      </c>
+      <c r="E55" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" t="s">
+        <v>24</v>
+      </c>
+      <c r="G55" t="s">
+        <v>223</v>
+      </c>
+      <c r="H55">
+        <v>79.99</v>
+      </c>
+      <c r="I55" t="s">
+        <v>100</v>
+      </c>
+      <c r="J55" t="s">
+        <v>27</v>
+      </c>
+      <c r="K55" t="s">
+        <v>27</v>
+      </c>
+      <c r="L55" t="s">
+        <v>39</v>
+      </c>
+      <c r="M55" t="s">
+        <v>27</v>
+      </c>
+      <c r="N55" t="s">
+        <v>30</v>
+      </c>
+      <c r="O55">
+        <v>390343587194</v>
+      </c>
+      <c r="P55" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>32</v>
+      </c>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
+      <c r="U55" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21">
+      <c r="A56" t="s">
+        <v>21</v>
+      </c>
+      <c r="B56" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56">
+        <v>2860680156</v>
+      </c>
+      <c r="D56">
+        <v>591467</v>
+      </c>
+      <c r="E56" t="s">
+        <v>222</v>
+      </c>
+      <c r="F56" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" t="s">
+        <v>225</v>
+      </c>
+      <c r="H56">
+        <v>82.99</v>
+      </c>
+      <c r="I56" t="s">
+        <v>226</v>
+      </c>
+      <c r="J56" t="s">
+        <v>164</v>
+      </c>
+      <c r="K56" t="s">
+        <v>164</v>
+      </c>
+      <c r="L56" t="s">
+        <v>71</v>
+      </c>
+      <c r="M56" t="s">
+        <v>165</v>
+      </c>
+      <c r="N56" t="s">
+        <v>30</v>
+      </c>
+      <c r="O56"/>
+      <c r="P56" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>32</v>
+      </c>
+      <c r="R56"/>
+      <c r="S56" t="s">
+        <v>166</v>
+      </c>
+      <c r="T56" t="s">
+        <v>173</v>
+      </c>
+      <c r="U56" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21">
+      <c r="A57" t="s">
+        <v>21</v>
+      </c>
+      <c r="B57" t="s">
+        <v>228</v>
+      </c>
+      <c r="C57">
+        <v>2858970664</v>
+      </c>
+      <c r="D57">
+        <v>591353</v>
+      </c>
+      <c r="E57" t="s">
+        <v>229</v>
+      </c>
+      <c r="F57" t="s">
+        <v>24</v>
+      </c>
+      <c r="G57" t="s">
+        <v>230</v>
+      </c>
+      <c r="H57">
+        <v>79.99</v>
+      </c>
+      <c r="I57" t="s">
+        <v>231</v>
+      </c>
+      <c r="J57" t="s">
+        <v>27</v>
+      </c>
+      <c r="K57" t="s">
+        <v>27</v>
+      </c>
+      <c r="L57" t="s">
+        <v>39</v>
+      </c>
+      <c r="M57" t="s">
+        <v>27</v>
+      </c>
+      <c r="N57" t="s">
+        <v>30</v>
+      </c>
+      <c r="O57">
+        <v>390270601928</v>
+      </c>
+      <c r="P57" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>32</v>
+      </c>
+      <c r="R57"/>
+      <c r="S57"/>
+      <c r="T57"/>
+      <c r="U57" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21">
+      <c r="A58" t="s">
+        <v>21</v>
+      </c>
+      <c r="B58" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58">
+        <v>2853272715</v>
+      </c>
+      <c r="D58">
+        <v>591202</v>
+      </c>
+      <c r="E58" t="s">
+        <v>233</v>
+      </c>
+      <c r="F58" t="s">
+        <v>24</v>
+      </c>
+      <c r="G58" t="s">
+        <v>234</v>
+      </c>
+      <c r="H58">
+        <v>79.99</v>
+      </c>
+      <c r="I58" t="s">
+        <v>100</v>
+      </c>
+      <c r="J58" t="s">
+        <v>27</v>
+      </c>
+      <c r="K58" t="s">
+        <v>27</v>
+      </c>
+      <c r="L58" t="s">
+        <v>39</v>
+      </c>
+      <c r="M58" t="s">
+        <v>27</v>
+      </c>
+      <c r="N58" t="s">
+        <v>30</v>
+      </c>
+      <c r="O58">
+        <v>390038713411</v>
+      </c>
+      <c r="P58" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>32</v>
+      </c>
+      <c r="R58"/>
+      <c r="S58"/>
+      <c r="T58"/>
+      <c r="U58" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21">
+      <c r="A59" t="s">
+        <v>21</v>
+      </c>
+      <c r="B59" t="s">
+        <v>235</v>
+      </c>
+      <c r="C59">
+        <v>2852845513</v>
+      </c>
+      <c r="D59">
+        <v>591192</v>
+      </c>
+      <c r="E59" t="s">
+        <v>233</v>
+      </c>
+      <c r="F59" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" t="s">
+        <v>236</v>
+      </c>
+      <c r="H59">
+        <v>52.8</v>
+      </c>
+      <c r="I59" t="s">
+        <v>191</v>
+      </c>
+      <c r="J59" t="s">
+        <v>27</v>
+      </c>
+      <c r="K59" t="s">
+        <v>27</v>
+      </c>
+      <c r="L59" t="s">
+        <v>39</v>
+      </c>
+      <c r="M59" t="s">
+        <v>27</v>
+      </c>
+      <c r="N59" t="s">
+        <v>30</v>
+      </c>
+      <c r="O59">
+        <v>390038672462</v>
+      </c>
+      <c r="P59" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>32</v>
+      </c>
+      <c r="R59"/>
+      <c r="S59"/>
+      <c r="T59"/>
+      <c r="U59" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21">
+      <c r="A60" t="s">
+        <v>21</v>
+      </c>
+      <c r="B60" t="s">
+        <v>237</v>
+      </c>
+      <c r="C60">
+        <v>2852663382</v>
+      </c>
+      <c r="D60">
+        <v>591182</v>
+      </c>
+      <c r="E60" t="s">
+        <v>233</v>
+      </c>
+      <c r="F60" t="s">
+        <v>24</v>
+      </c>
+      <c r="G60" t="s">
+        <v>238</v>
+      </c>
+      <c r="H60">
+        <v>52.99</v>
+      </c>
+      <c r="I60" t="s">
+        <v>113</v>
+      </c>
+      <c r="J60" t="s">
+        <v>27</v>
+      </c>
+      <c r="K60" t="s">
+        <v>27</v>
+      </c>
+      <c r="L60" t="s">
+        <v>39</v>
+      </c>
+      <c r="M60" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" t="s">
+        <v>30</v>
+      </c>
+      <c r="O60">
+        <v>390038881094</v>
+      </c>
+      <c r="P60" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>32</v>
+      </c>
+      <c r="R60"/>
+      <c r="S60"/>
+      <c r="T60"/>
+      <c r="U60" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21">
+      <c r="A61" t="s">
+        <v>21</v>
+      </c>
+      <c r="B61" t="s">
+        <v>239</v>
+      </c>
+      <c r="C61">
+        <v>2848997589</v>
+      </c>
+      <c r="D61">
+        <v>591039</v>
+      </c>
+      <c r="E61" t="s">
+        <v>240</v>
+      </c>
+      <c r="F61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G61" t="s">
+        <v>241</v>
+      </c>
+      <c r="H61">
+        <v>52.99</v>
+      </c>
+      <c r="I61" t="s">
+        <v>242</v>
+      </c>
+      <c r="J61" t="s">
+        <v>27</v>
+      </c>
+      <c r="K61" t="s">
+        <v>27</v>
+      </c>
+      <c r="L61" t="s">
+        <v>39</v>
+      </c>
+      <c r="M61" t="s">
+        <v>27</v>
+      </c>
+      <c r="N61" t="s">
+        <v>30</v>
+      </c>
+      <c r="O61">
+        <v>289701976612</v>
+      </c>
+      <c r="P61" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>32</v>
+      </c>
+      <c r="R61"/>
+      <c r="S61"/>
+      <c r="T61"/>
+      <c r="U61" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21">
+      <c r="A62" t="s">
+        <v>21</v>
+      </c>
+      <c r="B62" t="s">
+        <v>243</v>
+      </c>
+      <c r="C62">
+        <v>2848628252</v>
+      </c>
+      <c r="D62">
+        <v>591030</v>
+      </c>
+      <c r="E62" t="s">
+        <v>240</v>
+      </c>
+      <c r="F62" t="s">
+        <v>24</v>
+      </c>
+      <c r="G62" t="s">
+        <v>244</v>
+      </c>
+      <c r="H62">
+        <v>279</v>
+      </c>
+      <c r="I62" t="s">
+        <v>155</v>
+      </c>
+      <c r="J62" t="s">
+        <v>27</v>
+      </c>
+      <c r="K62" t="s">
+        <v>27</v>
+      </c>
+      <c r="L62" t="s">
+        <v>39</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>30</v>
+      </c>
+      <c r="O62" t="s">
+        <v>245</v>
+      </c>
+      <c r="P62" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>32</v>
+      </c>
+      <c r="R62"/>
+      <c r="S62"/>
+      <c r="T62"/>
+      <c r="U62" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21">
+      <c r="A63" t="s">
+        <v>21</v>
+      </c>
+      <c r="B63" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63">
+        <v>2847720443</v>
+      </c>
+      <c r="D63">
+        <v>591008</v>
+      </c>
+      <c r="E63" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" t="s">
+        <v>24</v>
+      </c>
+      <c r="G63" t="s">
+        <v>248</v>
+      </c>
+      <c r="H63">
+        <v>95.99</v>
+      </c>
+      <c r="I63" t="s">
+        <v>249</v>
+      </c>
+      <c r="J63" t="s">
+        <v>27</v>
+      </c>
+      <c r="K63" t="s">
+        <v>27</v>
+      </c>
+      <c r="L63" t="s">
+        <v>39</v>
+      </c>
+      <c r="M63" t="s">
+        <v>29</v>
+      </c>
+      <c r="N63" t="s">
+        <v>30</v>
+      </c>
+      <c r="O63">
+        <v>289613106111</v>
+      </c>
+      <c r="P63" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>32</v>
+      </c>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63"/>
+      <c r="U63" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
+      <c r="A64" t="s">
+        <v>21</v>
+      </c>
+      <c r="B64" t="s">
+        <v>250</v>
+      </c>
+      <c r="C64">
+        <v>2847131945</v>
+      </c>
+      <c r="D64">
+        <v>590982</v>
+      </c>
+      <c r="E64" t="s">
+        <v>251</v>
+      </c>
+      <c r="F64" t="s">
+        <v>24</v>
+      </c>
+      <c r="G64" t="s">
+        <v>252</v>
+      </c>
+      <c r="H64">
+        <v>52.99</v>
+      </c>
+      <c r="I64" t="s">
+        <v>242</v>
+      </c>
+      <c r="J64" t="s">
+        <v>27</v>
+      </c>
+      <c r="K64" t="s">
+        <v>27</v>
+      </c>
+      <c r="L64" t="s">
+        <v>39</v>
+      </c>
+      <c r="M64" t="s">
+        <v>27</v>
+      </c>
+      <c r="N64" t="s">
+        <v>30</v>
+      </c>
+      <c r="O64">
+        <v>881959957110</v>
+      </c>
+      <c r="P64" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>32</v>
+      </c>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
+      <c r="U64" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21">
+      <c r="A65" t="s">
+        <v>21</v>
+      </c>
+      <c r="B65" t="s">
+        <v>253</v>
+      </c>
+      <c r="C65">
+        <v>2844865283</v>
+      </c>
+      <c r="D65">
+        <v>590960</v>
+      </c>
+      <c r="E65" t="s">
+        <v>251</v>
+      </c>
+      <c r="F65" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" t="s">
+        <v>254</v>
+      </c>
+      <c r="H65">
+        <v>57.6</v>
+      </c>
+      <c r="I65" t="s">
+        <v>255</v>
+      </c>
+      <c r="J65" t="s">
+        <v>164</v>
+      </c>
+      <c r="K65" t="s">
+        <v>164</v>
+      </c>
+      <c r="L65" t="s">
+        <v>71</v>
+      </c>
+      <c r="M65" t="s">
+        <v>165</v>
+      </c>
+      <c r="N65" t="s">
+        <v>30</v>
+      </c>
+      <c r="O65"/>
+      <c r="P65" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>32</v>
+      </c>
+      <c r="R65"/>
+      <c r="S65" t="s">
+        <v>166</v>
+      </c>
+      <c r="T65" t="s">
+        <v>173</v>
+      </c>
+      <c r="U65" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21">
+      <c r="A66" t="s">
+        <v>21</v>
+      </c>
+      <c r="B66" t="s">
+        <v>257</v>
+      </c>
+      <c r="C66">
+        <v>2839748619</v>
+      </c>
+      <c r="D66">
+        <v>590830</v>
+      </c>
+      <c r="E66" t="s">
+        <v>258</v>
+      </c>
+      <c r="F66" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" t="s">
+        <v>259</v>
+      </c>
+      <c r="H66">
+        <v>52.8</v>
+      </c>
+      <c r="I66" t="s">
+        <v>53</v>
+      </c>
+      <c r="J66" t="s">
+        <v>27</v>
+      </c>
+      <c r="K66" t="s">
+        <v>27</v>
+      </c>
+      <c r="L66" t="s">
+        <v>39</v>
+      </c>
+      <c r="M66" t="s">
+        <v>27</v>
+      </c>
+      <c r="N66" t="s">
+        <v>30</v>
+      </c>
+      <c r="O66">
+        <v>289458478976</v>
+      </c>
+      <c r="P66" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>32</v>
+      </c>
+      <c r="R66"/>
+      <c r="S66"/>
+      <c r="T66"/>
+      <c r="U66" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
+      <c r="A67" t="s">
+        <v>21</v>
+      </c>
+      <c r="B67" t="s">
+        <v>260</v>
+      </c>
+      <c r="C67">
+        <v>2835325329</v>
+      </c>
+      <c r="D67">
+        <v>590784</v>
+      </c>
+      <c r="E67" t="s">
+        <v>261</v>
+      </c>
+      <c r="F67" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" t="s">
+        <v>262</v>
+      </c>
+      <c r="H67">
+        <v>52.8</v>
+      </c>
+      <c r="I67" t="s">
+        <v>191</v>
+      </c>
+      <c r="J67" t="s">
+        <v>27</v>
+      </c>
+      <c r="K67" t="s">
+        <v>27</v>
+      </c>
+      <c r="L67" t="s">
+        <v>39</v>
+      </c>
+      <c r="M67" t="s">
+        <v>27</v>
+      </c>
+      <c r="N67" t="s">
+        <v>30</v>
+      </c>
+      <c r="O67">
+        <v>289409738869</v>
+      </c>
+      <c r="P67" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>32</v>
+      </c>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67"/>
+      <c r="U67" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
+      <c r="A68" t="s">
+        <v>21</v>
+      </c>
+      <c r="B68" t="s">
+        <v>263</v>
+      </c>
+      <c r="C68">
+        <v>2829440219</v>
+      </c>
+      <c r="D68">
+        <v>590732</v>
+      </c>
+      <c r="E68" t="s">
+        <v>264</v>
+      </c>
+      <c r="F68" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" t="s">
+        <v>265</v>
+      </c>
+      <c r="H68">
+        <v>79.99</v>
+      </c>
+      <c r="I68" t="s">
+        <v>266</v>
+      </c>
+      <c r="J68" t="s">
+        <v>27</v>
+      </c>
+      <c r="K68" t="s">
+        <v>27</v>
+      </c>
+      <c r="L68" t="s">
+        <v>39</v>
+      </c>
+      <c r="M68" t="s">
+        <v>27</v>
+      </c>
+      <c r="N68" t="s">
+        <v>30</v>
+      </c>
+      <c r="O68">
+        <v>289332009229</v>
+      </c>
+      <c r="P68" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>32</v>
+      </c>
+      <c r="R68"/>
+      <c r="S68"/>
+      <c r="T68"/>
+      <c r="U68" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
+      <c r="A69" t="s">
+        <v>21</v>
+      </c>
+      <c r="B69" t="s">
+        <v>267</v>
+      </c>
+      <c r="C69">
+        <v>2824467579</v>
+      </c>
+      <c r="D69">
+        <v>590637</v>
+      </c>
+      <c r="E69" t="s">
+        <v>264</v>
+      </c>
+      <c r="F69" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" t="s">
+        <v>268</v>
+      </c>
+      <c r="H69">
+        <v>79.2</v>
+      </c>
+      <c r="I69" t="s">
+        <v>269</v>
+      </c>
+      <c r="J69" t="s">
+        <v>164</v>
+      </c>
+      <c r="K69" t="s">
+        <v>164</v>
+      </c>
+      <c r="L69" t="s">
+        <v>71</v>
+      </c>
+      <c r="M69" t="s">
+        <v>165</v>
+      </c>
+      <c r="N69" t="s">
+        <v>30</v>
+      </c>
+      <c r="O69"/>
+      <c r="P69" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>32</v>
+      </c>
+      <c r="R69"/>
+      <c r="S69" t="s">
+        <v>166</v>
+      </c>
+      <c r="T69" t="s">
+        <v>173</v>
+      </c>
+      <c r="U69" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21">
+      <c r="A70" t="s">
+        <v>21</v>
+      </c>
+      <c r="B70" t="s">
+        <v>271</v>
+      </c>
+      <c r="C70">
+        <v>2820199334</v>
+      </c>
+      <c r="D70">
+        <v>590516</v>
+      </c>
+      <c r="E70" t="s">
+        <v>272</v>
+      </c>
+      <c r="F70" t="s">
+        <v>24</v>
+      </c>
+      <c r="G70" t="s">
+        <v>273</v>
+      </c>
+      <c r="H70">
+        <v>88.99</v>
+      </c>
+      <c r="I70" t="s">
+        <v>274</v>
+      </c>
+      <c r="J70" t="s">
+        <v>27</v>
+      </c>
+      <c r="K70" t="s">
+        <v>27</v>
+      </c>
+      <c r="L70" t="s">
+        <v>39</v>
+      </c>
+      <c r="M70" t="s">
+        <v>27</v>
+      </c>
+      <c r="N70" t="s">
+        <v>30</v>
+      </c>
+      <c r="O70">
+        <v>289147262976</v>
+      </c>
+      <c r="P70" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>32</v>
+      </c>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>