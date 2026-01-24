--- v0 (2025-10-10)
+++ v1 (2026-01-24)
@@ -80,69 +80,69 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
-    <t>2025-10-09 08:31:18</t>
-[...2 lines deleted...]
-    <t>2025-10-09 00:00:00</t>
+    <t>2026-01-14 17:28:34</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11420740</t>
-[...2 lines deleted...]
-    <t>/VSPOQ1G21</t>
+    <t>/11463705</t>
+  </si>
+  <si>
+    <t>/VSP1R1321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
-    <t>pending</t>
+    <t>shipped</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
     <t>2025-09-04 22:40:25</t>
   </si>
   <si>
     <t>2025-09-05 00:00:00</t>
   </si>
   <si>
     <t>/11399389</t>
   </si>
   <si>
     <t>/VSPOY7421</t>
   </si>
@@ -601,87 +601,87 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>3012876680</v>
+        <v>3221712532</v>
       </c>
       <c r="D2">
-        <v>594742</v>
+        <v>599699</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>63.2</v>
+        <v>52.8</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>885055897013</v>
+        <v>397791295905</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3">
         <v>2952002709</v>
       </c>
       <c r="D3">