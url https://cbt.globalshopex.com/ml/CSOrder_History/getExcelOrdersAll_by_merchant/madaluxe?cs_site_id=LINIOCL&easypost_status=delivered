--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -21567,51 +21567,51 @@
       <c r="J253" t="s">
         <v>27</v>
       </c>
       <c r="K253" t="s">
         <v>27</v>
       </c>
       <c r="L253" t="s">
         <v>28</v>
       </c>
       <c r="M253" t="s">
         <v>411</v>
       </c>
       <c r="N253" t="s">
         <v>29</v>
       </c>
       <c r="O253">
         <v>396814385022</v>
       </c>
       <c r="P253" t="s">
         <v>30</v>
       </c>
       <c r="Q253" t="s">
         <v>31</v>
       </c>
       <c r="R253" t="s">
-        <v>27</v>
+        <v>412</v>
       </c>
       <c r="S253" t="s">
         <v>437</v>
       </c>
       <c r="T253" t="s">
         <v>821</v>
       </c>
       <c r="U253" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" t="s">
         <v>21</v>
       </c>
       <c r="B254" t="s">
         <v>823</v>
       </c>
       <c r="C254">
         <v>216534212</v>
       </c>
       <c r="D254">
         <v>551363</v>
       </c>
       <c r="E254" t="s">
@@ -21632,51 +21632,51 @@
       <c r="J254" t="s">
         <v>27</v>
       </c>
       <c r="K254" t="s">
         <v>27</v>
       </c>
       <c r="L254" t="s">
         <v>28</v>
       </c>
       <c r="M254" t="s">
         <v>411</v>
       </c>
       <c r="N254" t="s">
         <v>29</v>
       </c>
       <c r="O254">
         <v>396816919053</v>
       </c>
       <c r="P254" t="s">
         <v>30</v>
       </c>
       <c r="Q254" t="s">
         <v>31</v>
       </c>
       <c r="R254" t="s">
-        <v>27</v>
+        <v>412</v>
       </c>
       <c r="S254" t="s">
         <v>437</v>
       </c>
       <c r="T254" t="s">
         <v>722</v>
       </c>
       <c r="U254" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" t="s">
         <v>21</v>
       </c>
       <c r="B255" t="s">
         <v>826</v>
       </c>
       <c r="C255">
         <v>231834212</v>
       </c>
       <c r="D255">
         <v>551357</v>
       </c>
       <c r="E255" t="s">