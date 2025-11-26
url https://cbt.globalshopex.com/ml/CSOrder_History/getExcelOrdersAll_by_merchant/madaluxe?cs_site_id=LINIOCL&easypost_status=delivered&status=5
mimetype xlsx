--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1946,51 +1946,51 @@
       <c r="J11" t="s">
         <v>27</v>
       </c>
       <c r="K11" t="s">
         <v>27</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11" t="s">
         <v>29</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
         <v>396814385022</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>41</v>
       </c>
       <c r="T11" t="s">
         <v>83</v>
       </c>
       <c r="U11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>85</v>
       </c>
       <c r="C12">
         <v>216534212</v>
       </c>
       <c r="D12">
         <v>551363</v>
       </c>
       <c r="E12" t="s">
@@ -2011,51 +2011,51 @@
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
         <v>27</v>
       </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12" t="s">
         <v>29</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
         <v>396816919053</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="S12" t="s">
         <v>41</v>
       </c>
       <c r="T12" t="s">
         <v>73</v>
       </c>
       <c r="U12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
         <v>89</v>
       </c>
       <c r="C13">
         <v>275994212</v>
       </c>
       <c r="D13">
         <v>551107</v>
       </c>
       <c r="E13" t="s">