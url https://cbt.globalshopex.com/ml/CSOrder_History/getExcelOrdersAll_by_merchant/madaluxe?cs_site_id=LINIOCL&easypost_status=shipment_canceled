--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -83,101 +83,101 @@
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LINIOCL</t>
   </si>
   <si>
     <t>2025-05-20 16:46:51</t>
   </si>
   <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSPOY8521</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
+  </si>
+  <si>
+    <t>2025-05-22 16:22:44</t>
+  </si>
+  <si>
+    <t>2025-05-20 12:53:34</t>
+  </si>
+  <si>
     <t>2025-05-20 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...20 lines deleted...]
-    <t>--</t>
+    <t>/11326145</t>
+  </si>
+  <si>
+    <t>/VSPBH8321</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-05-28 18:24:20</t>
   </si>
   <si>
     <t>2025-04-30 13:01:58</t>
   </si>
   <si>
     <t>2025-05-02 00:00:00</t>
   </si>
   <si>
     <t>/11318307</t>
   </si>
   <si>
     <t>/VSP970721/VSPCD2H21</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-05-14 18:59:02</t>
   </si>
   <si>
     <t>2025-04-26 20:26:35</t>
@@ -191,53 +191,50 @@
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t>2025-05-05 18:06:09</t>
   </si>
   <si>
     <t>2025-04-23 04:21:58</t>
   </si>
   <si>
     <t>/11318305</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>2025-05-05 18:05:34</t>
   </si>
   <si>
     <t>2025-04-20 22:30:00</t>
   </si>
   <si>
-    <t>/11318304</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"						</t>
   </si>
   <si>
     <t>2025-05-05 18:05:01</t>
   </si>
   <si>
     <t>2025-04-18 22:22:18</t>
   </si>
   <si>
     <t>/11318303</t>
   </si>
   <si>
     <t>/VSPCD2E21</t>
   </si>
   <si>
     <t>2025-05-05 18:02:33</t>
   </si>
   <si>
     <t>2025-04-18 01:59:49</t>
   </si>
   <si>
     <t>/11318302</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"</t>
@@ -354,53 +351,50 @@
     <t>2024-10-31 15:20:56</t>
   </si>
   <si>
     <t>2024-10-31 00:00:00</t>
   </si>
   <si>
     <t>/11196473</t>
   </si>
   <si>
     <t>/GG1149S-30012724-006-70374-NS</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
   </si>
   <si>
     <t>2024-11-04 20:24:10</t>
   </si>
   <si>
     <t>2024-10-19 18:20:43</t>
   </si>
   <si>
     <t>/VSP1F2621</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2024-10-21 17:07:56</t>
   </si>
   <si>
     <t>2024-10-02 18:02:10</t>
   </si>
   <si>
     <t>/VSPBH3018</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
   </si>
   <si>
     <t>2024-10-03 16:44:32</t>
   </si>
   <si>
     <t>2024-08-26 13:20:47</t>
   </si>
   <si>
     <t>2024-09-05 00:00:00</t>
   </si>
@@ -1446,4040 +1440,4036 @@
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
         <v>2813375664</v>
       </c>
       <c r="D2">
         <v>590286</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2"/>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" t="s">
         <v>25</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>26</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q2" t="s">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s">
+        <v>31</v>
+      </c>
+      <c r="S2" t="s">
         <v>32</v>
       </c>
-      <c r="R2" t="s">
+      <c r="T2" t="s">
         <v>33</v>
       </c>
-      <c r="S2" t="s">
+      <c r="U2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C3">
         <v>2813182021</v>
       </c>
       <c r="D3">
         <v>590283</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3">
         <v>87.99</v>
       </c>
       <c r="I3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" t="s">
         <v>27</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>28</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q3" t="s">
+        <v>39</v>
+      </c>
+      <c r="R3" t="s">
+        <v>31</v>
+      </c>
+      <c r="S3" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>40</v>
       </c>
       <c r="U3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4">
         <v>2793997211</v>
       </c>
       <c r="D4">
         <v>589704</v>
       </c>
       <c r="E4" t="s">
         <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4">
         <v>279.99</v>
       </c>
       <c r="I4" t="s">
         <v>45</v>
       </c>
       <c r="J4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" t="s">
         <v>27</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>28</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q4" t="s">
+        <v>39</v>
+      </c>
+      <c r="R4" t="s">
+        <v>31</v>
+      </c>
+      <c r="S4" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>46</v>
       </c>
       <c r="U4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5">
         <v>2791261132</v>
       </c>
       <c r="D5">
         <v>589705</v>
       </c>
       <c r="E5" t="s">
         <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
         <v>138.4</v>
       </c>
       <c r="I5" t="s">
         <v>50</v>
       </c>
       <c r="J5" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" t="s">
+        <v>26</v>
+      </c>
+      <c r="L5" t="s">
         <v>27</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>28</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>51</v>
       </c>
       <c r="T5" t="s">
         <v>40</v>
       </c>
       <c r="U5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6">
         <v>2787609078</v>
       </c>
       <c r="D6">
         <v>589706</v>
       </c>
       <c r="E6" t="s">
         <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
         <v>80.99</v>
       </c>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>56</v>
       </c>
       <c r="L6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M6" t="s">
         <v>28</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O6">
         <v>288366257309</v>
       </c>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>51</v>
       </c>
       <c r="T6" t="s">
         <v>40</v>
       </c>
       <c r="U6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7">
         <v>2786262061</v>
       </c>
       <c r="D7">
         <v>589707</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7"/>
       <c r="H7">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="I7" t="s">
         <v>55</v>
       </c>
       <c r="J7" t="s">
         <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>56</v>
       </c>
       <c r="L7" t="s">
+        <v>27</v>
+      </c>
+      <c r="M7" t="s">
         <v>28</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O7">
         <v>288365662405</v>
       </c>
       <c r="P7" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S7" t="s">
         <v>51</v>
       </c>
       <c r="T7" t="s">
+        <v>59</v>
+      </c>
+      <c r="U7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C8">
         <v>2785288999</v>
       </c>
       <c r="D8">
         <v>589708</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H8">
         <v>79.99</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J8" t="s">
         <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>56</v>
       </c>
       <c r="L8" t="s">
+        <v>27</v>
+      </c>
+      <c r="M8" t="s">
         <v>28</v>
       </c>
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O8">
         <v>288366902974</v>
       </c>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R8" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S8" t="s">
         <v>51</v>
       </c>
       <c r="T8" t="s">
         <v>40</v>
       </c>
       <c r="U8" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C9">
         <v>2784892161</v>
       </c>
       <c r="D9">
         <v>589709</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H9">
         <v>80.99</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>56</v>
       </c>
       <c r="K9" t="s">
         <v>56</v>
       </c>
       <c r="L9" t="s">
+        <v>27</v>
+      </c>
+      <c r="M9" t="s">
         <v>28</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O9">
         <v>288365991638</v>
       </c>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R9" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S9" t="s">
         <v>51</v>
       </c>
       <c r="T9" t="s">
+        <v>67</v>
+      </c>
+      <c r="U9" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10">
         <v>2780402506</v>
       </c>
       <c r="D10">
         <v>589710</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="H10">
         <v>52.8</v>
       </c>
       <c r="I10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J10" t="s">
         <v>56</v>
       </c>
       <c r="K10" t="s">
         <v>56</v>
       </c>
       <c r="L10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M10" t="s">
         <v>28</v>
       </c>
-      <c r="M10" t="s">
+      <c r="N10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O10">
         <v>288365822771</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R10" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S10" t="s">
         <v>51</v>
       </c>
       <c r="T10" t="s">
         <v>46</v>
       </c>
       <c r="U10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C11">
         <v>215547532</v>
       </c>
       <c r="D11">
         <v>588348</v>
       </c>
       <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H11">
         <v>138.4</v>
       </c>
       <c r="I11" t="s">
         <v>50</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M11" t="s">
+        <v>28</v>
+      </c>
+      <c r="N11" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q11" t="s">
+        <v>39</v>
+      </c>
+      <c r="R11" t="s">
+        <v>31</v>
+      </c>
+      <c r="S11" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>46</v>
       </c>
       <c r="U11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C12">
         <v>265714532</v>
       </c>
       <c r="D12">
         <v>587454</v>
       </c>
       <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H12">
         <v>138.4</v>
       </c>
       <c r="I12" t="s">
         <v>50</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M12" t="s">
+        <v>28</v>
+      </c>
+      <c r="N12" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q12" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S12" t="s">
         <v>51</v>
       </c>
       <c r="T12" t="s">
+        <v>81</v>
+      </c>
+      <c r="U12" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C13">
         <v>288975732</v>
       </c>
       <c r="D13">
         <v>586356</v>
       </c>
       <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="H13">
         <v>138.4</v>
       </c>
       <c r="I13" t="s">
         <v>50</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s">
+        <v>28</v>
+      </c>
+      <c r="N13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S13" t="s">
         <v>51</v>
       </c>
       <c r="T13" t="s">
         <v>46</v>
       </c>
       <c r="U13" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C14">
         <v>222376732</v>
       </c>
       <c r="D14">
         <v>584549</v>
       </c>
       <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="H14">
         <v>71.99</v>
       </c>
       <c r="I14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L14" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M14" t="s">
+        <v>28</v>
+      </c>
+      <c r="N14" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S14" t="s">
         <v>51</v>
       </c>
       <c r="T14" t="s">
+        <v>91</v>
+      </c>
+      <c r="U14" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C15">
         <v>218266732</v>
       </c>
       <c r="D15">
         <v>584350</v>
       </c>
       <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="H15">
         <v>88.99</v>
       </c>
       <c r="I15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J15" t="s">
         <v>56</v>
       </c>
       <c r="K15" t="s">
         <v>56</v>
       </c>
       <c r="L15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M15" t="s">
+        <v>28</v>
+      </c>
+      <c r="N15" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O15">
         <v>283862905362</v>
       </c>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S15" t="s">
         <v>51</v>
       </c>
       <c r="T15" t="s">
+        <v>97</v>
+      </c>
+      <c r="U15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C16">
         <v>277924732</v>
       </c>
       <c r="D16">
         <v>583517</v>
       </c>
       <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="H16">
         <v>71.99</v>
       </c>
       <c r="I16" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J16" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K16" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L16" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M16" t="s">
+        <v>28</v>
+      </c>
+      <c r="N16" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S16" t="s">
         <v>51</v>
       </c>
       <c r="T16" t="s">
+        <v>102</v>
+      </c>
+      <c r="U16" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C17">
         <v>285297932</v>
       </c>
       <c r="D17">
         <v>579830</v>
       </c>
       <c r="E17" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="H17">
         <v>183.99</v>
       </c>
       <c r="I17" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J17" t="s">
         <v>56</v>
       </c>
       <c r="K17" t="s">
         <v>56</v>
       </c>
       <c r="L17" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M17" t="s">
+        <v>28</v>
+      </c>
+      <c r="N17" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O17">
         <v>281301776096</v>
       </c>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R17" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S17" t="s">
         <v>51</v>
       </c>
       <c r="T17" t="s">
+        <v>108</v>
+      </c>
+      <c r="U17" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C18">
         <v>261239932</v>
       </c>
       <c r="D18">
         <v>579176</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18"/>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M18" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q18" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S18" t="s">
         <v>51</v>
       </c>
       <c r="T18" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="U18" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C19">
         <v>296494932</v>
       </c>
       <c r="D19">
         <v>578192</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19"/>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M19" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q19" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R19" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S19" t="s">
         <v>51</v>
       </c>
       <c r="T19" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="U19" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C20">
         <v>241574632</v>
       </c>
       <c r="D20">
         <v>576749</v>
       </c>
       <c r="E20" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="H20">
         <v>58.99</v>
       </c>
       <c r="I20" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J20" t="s">
         <v>56</v>
       </c>
       <c r="K20" t="s">
         <v>56</v>
       </c>
       <c r="L20" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M20" t="s">
+        <v>28</v>
+      </c>
+      <c r="N20" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O20">
         <v>279181927213</v>
       </c>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R20" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S20" t="s">
         <v>51</v>
       </c>
       <c r="T20" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="U20" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C21">
         <v>296424232</v>
       </c>
       <c r="D21">
         <v>572635</v>
       </c>
       <c r="E21" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="H21">
         <v>127.99</v>
       </c>
       <c r="I21" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J21" t="s">
         <v>56</v>
       </c>
       <c r="K21" t="s">
         <v>56</v>
       </c>
       <c r="L21" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M21" t="s">
+        <v>28</v>
+      </c>
+      <c r="N21" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O21">
         <v>276460592446</v>
       </c>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q21" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R21" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S21" t="s">
+        <v>129</v>
+      </c>
+      <c r="T21" t="s">
+        <v>130</v>
+      </c>
+      <c r="U21" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C22">
         <v>249293432</v>
       </c>
       <c r="D22">
         <v>572447</v>
       </c>
       <c r="E22" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="H22">
         <v>87.99</v>
       </c>
       <c r="I22" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J22" t="s">
         <v>56</v>
       </c>
       <c r="K22" t="s">
         <v>56</v>
       </c>
       <c r="L22" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M22" t="s">
+        <v>28</v>
+      </c>
+      <c r="N22" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O22">
         <v>276259405651</v>
       </c>
       <c r="P22" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q22" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R22" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S22" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="T22" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="U22" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C23">
         <v>296323432</v>
       </c>
       <c r="D23">
         <v>572403</v>
       </c>
       <c r="E23" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H23">
         <v>127.99</v>
       </c>
       <c r="I23" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J23" t="s">
         <v>56</v>
       </c>
       <c r="K23" t="s">
         <v>56</v>
       </c>
       <c r="L23" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M23" t="s">
+        <v>28</v>
+      </c>
+      <c r="N23" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O23">
         <v>276262257649</v>
       </c>
       <c r="P23" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q23" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R23" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S23" t="s">
         <v>51</v>
       </c>
       <c r="T23" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="U23" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C24">
         <v>219664312</v>
       </c>
       <c r="D24">
         <v>569467</v>
       </c>
       <c r="E24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24"/>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M24" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q24" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S24" t="s">
         <v>51</v>
       </c>
       <c r="T24" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="U24" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C25">
         <v>218883112</v>
       </c>
       <c r="D25">
         <v>569328</v>
       </c>
       <c r="E25" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25"/>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M25" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q25" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S25" t="s">
         <v>51</v>
       </c>
       <c r="T25" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="U25" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C26">
         <v>272523112</v>
       </c>
       <c r="D26">
         <v>569251</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H26">
         <v>52.8</v>
       </c>
       <c r="I26" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J26" t="s">
         <v>56</v>
       </c>
       <c r="K26" t="s">
         <v>56</v>
       </c>
       <c r="L26" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M26" t="s">
+        <v>28</v>
+      </c>
+      <c r="N26" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O26">
         <v>272691635100</v>
       </c>
       <c r="P26" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R26" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S26" t="s">
         <v>51</v>
       </c>
       <c r="T26" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="U26" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C27">
         <v>257424112</v>
       </c>
       <c r="D27">
         <v>567117</v>
       </c>
       <c r="E27" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H27">
         <v>111.2</v>
       </c>
       <c r="I27" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J27" t="s">
         <v>56</v>
       </c>
       <c r="K27" t="s">
         <v>56</v>
       </c>
       <c r="L27" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M27" t="s">
+        <v>28</v>
+      </c>
+      <c r="N27" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O27">
         <v>270317343625</v>
       </c>
       <c r="P27" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q27" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R27" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S27" t="s">
         <v>51</v>
       </c>
       <c r="T27" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="U27" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C28">
         <v>292423512</v>
       </c>
       <c r="D28">
         <v>566810</v>
       </c>
       <c r="E28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28"/>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M28" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q28" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R28" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S28" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T28" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="U28" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C29">
         <v>242423512</v>
       </c>
       <c r="D29">
         <v>566808</v>
       </c>
       <c r="E29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29"/>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M29" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q29" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R29" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S29" t="s">
         <v>51</v>
       </c>
       <c r="T29" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="U29" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C30">
         <v>284274512</v>
       </c>
       <c r="D30">
         <v>564562</v>
       </c>
       <c r="E30" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30"/>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M30" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q30" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R30" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S30" t="s">
         <v>51</v>
       </c>
       <c r="T30" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="U30" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C31">
         <v>256474512</v>
       </c>
       <c r="D31">
         <v>564561</v>
       </c>
       <c r="E31" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="H31">
         <v>80.1</v>
       </c>
       <c r="I31" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="J31" t="s">
         <v>56</v>
       </c>
       <c r="K31" t="s">
         <v>56</v>
       </c>
       <c r="L31" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M31" t="s">
+        <v>28</v>
+      </c>
+      <c r="N31" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O31">
         <v>787412319528</v>
       </c>
       <c r="P31" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q31" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R31" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S31" t="s">
         <v>51</v>
       </c>
       <c r="T31" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="U31" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C32">
         <v>252416712</v>
       </c>
       <c r="D32">
         <v>562565</v>
       </c>
       <c r="E32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32"/>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M32" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R32" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S32" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T32" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="U32" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C33">
         <v>293891912</v>
       </c>
       <c r="D33">
         <v>559044</v>
       </c>
       <c r="E33" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="H33">
         <v>320</v>
       </c>
       <c r="I33" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J33" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K33" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L33" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M33" t="s">
+        <v>28</v>
+      </c>
+      <c r="N33" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O33"/>
       <c r="P33" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q33" t="s">
+        <v>39</v>
+      </c>
+      <c r="R33" t="s">
+        <v>31</v>
+      </c>
+      <c r="S33" t="s">
         <v>32</v>
       </c>
-      <c r="R33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T33" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="U33" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C34">
         <v>295621912</v>
       </c>
       <c r="D34">
         <v>558965</v>
       </c>
       <c r="E34" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H34">
         <v>60</v>
       </c>
       <c r="I34" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L34" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M34" t="s">
+        <v>28</v>
+      </c>
+      <c r="N34" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q34" t="s">
+        <v>39</v>
+      </c>
+      <c r="R34" t="s">
+        <v>31</v>
+      </c>
+      <c r="S34" t="s">
         <v>32</v>
       </c>
-      <c r="R34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T34" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="U34" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C35">
         <v>229466912</v>
       </c>
       <c r="D35">
         <v>557164</v>
       </c>
       <c r="E35" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35"/>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M35" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q35" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S35" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T35" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="U35" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C36">
         <v>219865612</v>
       </c>
       <c r="D36">
         <v>555388</v>
       </c>
       <c r="E36" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="H36">
         <v>93.2</v>
       </c>
       <c r="I36" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="J36" t="s">
         <v>56</v>
       </c>
       <c r="K36" t="s">
         <v>56</v>
       </c>
       <c r="L36" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M36" t="s">
+        <v>28</v>
+      </c>
+      <c r="N36" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O36">
         <v>780371430251</v>
       </c>
       <c r="P36" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q36" t="s">
+        <v>39</v>
+      </c>
+      <c r="R36" t="s">
+        <v>31</v>
+      </c>
+      <c r="S36" t="s">
         <v>32</v>
       </c>
-      <c r="R36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T36" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="U36" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C37">
         <v>264465612</v>
       </c>
       <c r="D37">
         <v>555362</v>
       </c>
       <c r="E37" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H37">
         <v>94.7</v>
       </c>
       <c r="I37" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="J37" t="s">
         <v>56</v>
       </c>
       <c r="K37" t="s">
         <v>56</v>
       </c>
       <c r="L37" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M37" t="s">
+        <v>28</v>
+      </c>
+      <c r="N37" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O37">
         <v>780348330824</v>
       </c>
       <c r="P37" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q37" t="s">
+        <v>39</v>
+      </c>
+      <c r="R37" t="s">
+        <v>31</v>
+      </c>
+      <c r="S37" t="s">
         <v>32</v>
       </c>
-      <c r="R37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T37" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="U37" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C38">
         <v>228127612</v>
       </c>
       <c r="D38">
         <v>554940</v>
       </c>
       <c r="E38" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H38">
         <v>109.53</v>
       </c>
       <c r="I38" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="J38" t="s">
         <v>56</v>
       </c>
       <c r="K38" t="s">
         <v>56</v>
       </c>
       <c r="L38" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M38" t="s">
+        <v>28</v>
+      </c>
+      <c r="N38" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O38">
         <v>399724560488</v>
       </c>
       <c r="P38" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q38" t="s">
+        <v>39</v>
+      </c>
+      <c r="R38" t="s">
+        <v>31</v>
+      </c>
+      <c r="S38" t="s">
         <v>32</v>
       </c>
-      <c r="R38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T38" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U38" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C39">
         <v>225949612</v>
       </c>
       <c r="D39">
         <v>554281</v>
       </c>
       <c r="E39" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H39">
         <v>228</v>
       </c>
       <c r="I39" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J39" t="s">
         <v>56</v>
       </c>
       <c r="K39" t="s">
         <v>56</v>
       </c>
       <c r="L39" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M39" t="s">
+        <v>28</v>
+      </c>
+      <c r="N39" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O39">
         <v>399193163398</v>
       </c>
       <c r="P39" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q39" t="s">
+        <v>39</v>
+      </c>
+      <c r="R39" t="s">
+        <v>31</v>
+      </c>
+      <c r="S39" t="s">
         <v>32</v>
       </c>
-      <c r="R39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T39" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U39" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C40">
         <v>288321212</v>
       </c>
       <c r="D40">
         <v>553981</v>
       </c>
       <c r="E40" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H40">
         <v>40.2</v>
       </c>
       <c r="I40" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J40" t="s">
         <v>56</v>
       </c>
       <c r="K40" t="s">
         <v>56</v>
       </c>
       <c r="L40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M40" t="s">
+        <v>28</v>
+      </c>
+      <c r="N40" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O40">
         <v>398972909827</v>
       </c>
       <c r="P40" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q40" t="s">
+        <v>39</v>
+      </c>
+      <c r="R40" t="s">
+        <v>31</v>
+      </c>
+      <c r="S40" t="s">
         <v>32</v>
       </c>
-      <c r="R40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T40" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U40" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C41">
         <v>268641212</v>
       </c>
       <c r="D41">
         <v>553955</v>
       </c>
       <c r="E41" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="H41">
         <v>41.1</v>
       </c>
       <c r="I41" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="J41" t="s">
         <v>56</v>
       </c>
       <c r="K41" t="s">
         <v>56</v>
       </c>
       <c r="L41" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M41" t="s">
+        <v>28</v>
+      </c>
+      <c r="N41" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O41">
         <v>398941496753</v>
       </c>
       <c r="P41" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q41" t="s">
+        <v>39</v>
+      </c>
+      <c r="R41" t="s">
+        <v>31</v>
+      </c>
+      <c r="S41" t="s">
         <v>32</v>
       </c>
-      <c r="R41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T41" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U41" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C42">
         <v>246958212</v>
       </c>
       <c r="D42">
         <v>552907</v>
       </c>
       <c r="E42" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="H42">
         <v>93.8</v>
       </c>
       <c r="I42" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J42" t="s">
         <v>56</v>
       </c>
       <c r="K42" t="s">
         <v>56</v>
       </c>
       <c r="L42" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M42" t="s">
+        <v>28</v>
+      </c>
+      <c r="N42" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O42">
         <v>397999148259</v>
       </c>
       <c r="P42" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q42" t="s">
+        <v>39</v>
+      </c>
+      <c r="R42" t="s">
+        <v>31</v>
+      </c>
+      <c r="S42" t="s">
         <v>32</v>
       </c>
-      <c r="R42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T42" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U42" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C43">
         <v>281586212</v>
       </c>
       <c r="D43">
         <v>552127</v>
       </c>
       <c r="E43" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="H43">
         <v>98</v>
       </c>
       <c r="I43" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J43" t="s">
         <v>56</v>
       </c>
       <c r="K43" t="s">
         <v>56</v>
       </c>
       <c r="L43" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M43" t="s">
+        <v>28</v>
+      </c>
+      <c r="N43" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O43">
         <v>397401606334</v>
       </c>
       <c r="P43" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q43" t="s">
+        <v>39</v>
+      </c>
+      <c r="R43" t="s">
+        <v>31</v>
+      </c>
+      <c r="S43" t="s">
         <v>32</v>
       </c>
-      <c r="R43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T43" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U43" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C44">
         <v>265293412</v>
       </c>
       <c r="D44">
         <v>550875</v>
       </c>
       <c r="E44" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="H44">
         <v>98</v>
       </c>
       <c r="I44" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="J44" t="s">
         <v>56</v>
       </c>
       <c r="K44" t="s">
         <v>56</v>
       </c>
       <c r="L44" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M44" t="s">
+        <v>28</v>
+      </c>
+      <c r="N44" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O44">
         <v>396463219346</v>
       </c>
       <c r="P44" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q44" t="s">
+        <v>39</v>
+      </c>
+      <c r="R44" t="s">
+        <v>31</v>
+      </c>
+      <c r="S44" t="s">
         <v>32</v>
       </c>
-      <c r="R44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T44" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U44" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C45">
         <v>227863412</v>
       </c>
       <c r="D45">
         <v>550852</v>
       </c>
       <c r="E45" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45"/>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M45" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q45" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S45" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T45" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U45" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C46">
         <v>298957412</v>
       </c>
       <c r="D46">
         <v>549708</v>
       </c>
       <c r="E46" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F46" t="s">
         <v>24</v>
       </c>
       <c r="G46" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H46">
         <v>98</v>
       </c>
       <c r="I46" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J46" t="s">
         <v>56</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
       <c r="L46" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M46" t="s">
+        <v>28</v>
+      </c>
+      <c r="N46" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O46">
         <v>395542337243</v>
       </c>
       <c r="P46" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q46" t="s">
+        <v>39</v>
+      </c>
+      <c r="R46" t="s">
+        <v>31</v>
+      </c>
+      <c r="S46" t="s">
         <v>32</v>
       </c>
-      <c r="R46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T46" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U46" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C47">
         <v>294399412</v>
       </c>
       <c r="D47">
         <v>548438</v>
       </c>
       <c r="E47" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F47" t="s">
         <v>24</v>
       </c>
       <c r="G47"/>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M47" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q47" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R47" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S47" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T47" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U47" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C48">
         <v>286949412</v>
       </c>
       <c r="D48">
         <v>548184</v>
       </c>
       <c r="E48" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="H48">
         <v>101.15</v>
       </c>
       <c r="I48" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J48" t="s">
         <v>56</v>
       </c>
       <c r="K48" t="s">
         <v>56</v>
       </c>
       <c r="L48" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M48" t="s">
+        <v>28</v>
+      </c>
+      <c r="N48" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O48">
         <v>394334795589</v>
       </c>
       <c r="P48" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q48" t="s">
+        <v>39</v>
+      </c>
+      <c r="R48" t="s">
+        <v>31</v>
+      </c>
+      <c r="S48" t="s">
         <v>32</v>
       </c>
-      <c r="R48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T48" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U48" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C49">
         <v>279112412</v>
       </c>
       <c r="D49">
         <v>547136</v>
       </c>
       <c r="E49" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H49">
         <v>109</v>
       </c>
       <c r="I49" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="J49" t="s">
         <v>56</v>
       </c>
       <c r="K49" t="s">
         <v>56</v>
       </c>
       <c r="L49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M49" t="s">
+        <v>28</v>
+      </c>
+      <c r="N49" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O49">
         <v>393625264930</v>
       </c>
       <c r="P49" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q49" t="s">
+        <v>39</v>
+      </c>
+      <c r="R49" t="s">
+        <v>31</v>
+      </c>
+      <c r="S49" t="s">
         <v>32</v>
       </c>
-      <c r="R49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T49" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U49" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C50">
         <v>239492412</v>
       </c>
       <c r="D50">
         <v>546328</v>
       </c>
       <c r="E50" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F50" t="s">
         <v>24</v>
       </c>
       <c r="G50"/>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M50" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q50" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R50" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S50" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T50" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U50" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C51">
         <v>288222412</v>
       </c>
       <c r="D51">
         <v>545693</v>
       </c>
       <c r="E51" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F51" t="s">
         <v>24</v>
       </c>
       <c r="G51"/>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M51" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q51" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R51" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S51" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T51" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U51" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C52">
         <v>287925352</v>
       </c>
       <c r="D52">
         <v>542907</v>
       </c>
       <c r="E52" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F52" t="s">
         <v>24</v>
       </c>
       <c r="G52" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="H52">
         <v>99</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J52" t="s">
         <v>56</v>
       </c>
       <c r="K52" t="s">
         <v>56</v>
       </c>
       <c r="L52" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M52" t="s">
+        <v>28</v>
+      </c>
+      <c r="N52" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O52">
         <v>391248267075</v>
       </c>
       <c r="P52" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q52" t="s">
+        <v>39</v>
+      </c>
+      <c r="R52" t="s">
+        <v>31</v>
+      </c>
+      <c r="S52" t="s">
         <v>32</v>
       </c>
-      <c r="R52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T52" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U52" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C53">
         <v>281625352</v>
       </c>
       <c r="D53">
         <v>542899</v>
       </c>
       <c r="E53" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F53" t="s">
         <v>24</v>
       </c>
       <c r="G53" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="H53">
         <v>109</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="J53" t="s">
         <v>56</v>
       </c>
       <c r="K53" t="s">
         <v>56</v>
       </c>
       <c r="L53" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M53" t="s">
+        <v>28</v>
+      </c>
+      <c r="N53" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O53">
         <v>391244167880</v>
       </c>
       <c r="P53" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q53" t="s">
+        <v>39</v>
+      </c>
+      <c r="R53" t="s">
+        <v>31</v>
+      </c>
+      <c r="S53" t="s">
         <v>32</v>
       </c>
-      <c r="R53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T53" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U53" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C54">
         <v>294445352</v>
       </c>
       <c r="D54">
         <v>542817</v>
       </c>
       <c r="E54" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="H54">
         <v>56.96</v>
       </c>
       <c r="I54" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="J54" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K54" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L54" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M54" t="s">
+        <v>28</v>
+      </c>
+      <c r="N54" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O54"/>
       <c r="P54" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q54" t="s">
+        <v>39</v>
+      </c>
+      <c r="R54" t="s">
+        <v>31</v>
+      </c>
+      <c r="S54" t="s">
         <v>32</v>
       </c>
-      <c r="R54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T54" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U54" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C55">
         <v>268577352</v>
       </c>
       <c r="D55">
         <v>542612</v>
       </c>
       <c r="E55" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55"/>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M55" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q55" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R55" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S55" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T55" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U55" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C56">
         <v>222197352</v>
       </c>
       <c r="D56">
         <v>542449</v>
       </c>
       <c r="E56" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="H56">
         <v>95.2</v>
       </c>
       <c r="I56" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="J56" t="s">
         <v>56</v>
       </c>
       <c r="K56" t="s">
         <v>56</v>
       </c>
       <c r="L56" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M56" t="s">
+        <v>28</v>
+      </c>
+      <c r="N56" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O56">
         <v>391098169144</v>
       </c>
       <c r="P56" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q56" t="s">
+        <v>39</v>
+      </c>
+      <c r="R56" t="s">
+        <v>31</v>
+      </c>
+      <c r="S56" t="s">
         <v>32</v>
       </c>
-      <c r="R56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T56" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U56" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C57">
         <v>258727352</v>
       </c>
       <c r="D57">
         <v>542242</v>
       </c>
       <c r="E57" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="H57">
         <v>38.5</v>
       </c>
       <c r="I57" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J57" t="s">
         <v>56</v>
       </c>
       <c r="K57" t="s">
         <v>56</v>
       </c>
       <c r="L57" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M57" t="s">
+        <v>28</v>
+      </c>
+      <c r="N57" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O57">
         <v>390940233701</v>
       </c>
       <c r="P57" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q57" t="s">
+        <v>39</v>
+      </c>
+      <c r="R57" t="s">
+        <v>31</v>
+      </c>
+      <c r="S57" t="s">
         <v>32</v>
       </c>
-      <c r="R57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T57" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U57" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C58">
         <v>251878352</v>
       </c>
       <c r="D58">
         <v>541849</v>
       </c>
       <c r="E58" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F58" t="s">
         <v>24</v>
       </c>
       <c r="G58"/>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M58" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q58" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R58" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S58" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T58" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U58" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C59">
         <v>257978352</v>
       </c>
       <c r="D59">
         <v>541840</v>
       </c>
       <c r="E59" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F59" t="s">
         <v>24</v>
       </c>
       <c r="G59"/>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M59" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q59" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R59" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S59" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T59" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U59" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C60">
         <v>284299152</v>
       </c>
       <c r="D60">
         <v>539695</v>
       </c>
       <c r="E60" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="F60" t="s">
         <v>24</v>
       </c>
       <c r="G60" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H60">
         <v>94.8</v>
       </c>
       <c r="I60" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="J60" t="s">
         <v>56</v>
       </c>
       <c r="K60" t="s">
         <v>56</v>
       </c>
       <c r="L60" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M60" t="s">
+        <v>28</v>
+      </c>
+      <c r="N60" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O60">
         <v>278819777643</v>
       </c>
       <c r="P60" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q60" t="s">
+        <v>39</v>
+      </c>
+      <c r="R60" t="s">
+        <v>31</v>
+      </c>
+      <c r="S60" t="s">
         <v>32</v>
       </c>
-      <c r="R60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T60" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U60" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C61">
         <v>214762552</v>
       </c>
       <c r="D61">
         <v>539528</v>
       </c>
       <c r="E61" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="H61">
         <v>73.6</v>
       </c>
       <c r="I61" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="J61" t="s">
         <v>56</v>
       </c>
       <c r="K61" t="s">
         <v>56</v>
       </c>
       <c r="L61" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M61" t="s">
+        <v>28</v>
+      </c>
+      <c r="N61" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O61">
         <v>278701345790</v>
       </c>
       <c r="P61" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q61" t="s">
+        <v>39</v>
+      </c>
+      <c r="R61" t="s">
+        <v>31</v>
+      </c>
+      <c r="S61" t="s">
         <v>32</v>
       </c>
-      <c r="R61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T61" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U61" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C62">
         <v>238293752</v>
       </c>
       <c r="D62">
         <v>539501</v>
       </c>
       <c r="E62" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="H62">
         <v>94.8</v>
       </c>
       <c r="I62" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="J62" t="s">
         <v>56</v>
       </c>
       <c r="K62" t="s">
         <v>56</v>
       </c>
       <c r="L62" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M62" t="s">
+        <v>28</v>
+      </c>
+      <c r="N62" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O62">
         <v>278673640510</v>
       </c>
       <c r="P62" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q62" t="s">
+        <v>39</v>
+      </c>
+      <c r="R62" t="s">
+        <v>31</v>
+      </c>
+      <c r="S62" t="s">
         <v>32</v>
       </c>
-      <c r="R62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T62" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U62" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C63">
         <v>253935752</v>
       </c>
       <c r="D63">
         <v>539469</v>
       </c>
       <c r="E63" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="H63">
         <v>119</v>
       </c>
       <c r="I63" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J63" t="s">
         <v>56</v>
       </c>
       <c r="K63" t="s">
         <v>56</v>
       </c>
       <c r="L63" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M63" t="s">
+        <v>28</v>
+      </c>
+      <c r="N63" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="O63">
         <v>278693913777</v>
       </c>
       <c r="P63" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q63" t="s">
+        <v>39</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+      <c r="S63" t="s">
         <v>32</v>
       </c>
-      <c r="R63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T63" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="U63" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C64">
         <v>253665572</v>
       </c>
       <c r="D64">
         <v>533507</v>
       </c>
       <c r="E64" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F64" t="s">
         <v>24</v>
       </c>
       <c r="G64"/>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M64" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q64" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R64" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S64" t="s">
+        <v>320</v>
+      </c>
+      <c r="T64" t="s">
+        <v>321</v>
+      </c>
+      <c r="U64" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C65">
         <v>221665572</v>
       </c>
       <c r="D65">
         <v>533506</v>
       </c>
       <c r="E65" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F65" t="s">
         <v>24</v>
       </c>
       <c r="G65"/>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="J65"/>
       <c r="K65"/>
       <c r="L65" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M65" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q65" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R65" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S65" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="T65" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="U65" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C66">
         <v>256845572</v>
       </c>
       <c r="D66">
         <v>533501</v>
       </c>
       <c r="E66" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F66" t="s">
         <v>24</v>
       </c>
       <c r="G66"/>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="J66"/>
       <c r="K66"/>
       <c r="L66" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M66" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q66" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S66" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="T66" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="U66" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">