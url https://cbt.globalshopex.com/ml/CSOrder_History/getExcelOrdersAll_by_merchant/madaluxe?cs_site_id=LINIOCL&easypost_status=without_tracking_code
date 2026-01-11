--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -137,69 +137,66 @@
   <si>
     <t>2025-05-06 00:00:00</t>
   </si>
   <si>
     <t>/11319937</t>
   </si>
   <si>
     <t>/VSPLM4421/VSP470221</t>
   </si>
   <si>
     <t>2025-05-04 21:06:03</t>
   </si>
   <si>
     <t>2025-05-05 00:00:00</t>
   </si>
   <si>
     <t>/11319492</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2025-05-04 02:26:21</t>
   </si>
   <si>
-    <t>/11319471</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
+    <t>unknown</t>
+  </si>
+  <si>
     <t>2025-05-02 11:24:51</t>
   </si>
   <si>
+    <t>/VSPVP1121</t>
+  </si>
+  <si>
+    <t>2025-05-01 21:03:13</t>
+  </si>
+  <si>
     <t>2025-05-02 00:00:00</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-05-01 21:03:13</t>
   </si>
   <si>
     <t>/11318308</t>
   </si>
   <si>
     <t>2022-11-21 12:40:58</t>
   </si>
   <si>
     <t>2022-11-21 00:00:00</t>
   </si>
   <si>
     <t>/10891453</t>
   </si>
   <si>
     <t>/GG0582S-30008087-004/VSPBH7921</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -779,240 +776,236 @@
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5">
         <v>2797036562</v>
       </c>
       <c r="D5">
         <v>589804</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
-      <c r="G5" t="s">
+      <c r="G5"/>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5">
         <v>288364827696</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6">
         <v>2795574286</v>
       </c>
       <c r="D6">
         <v>589701</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6"/>
       <c r="H6">
-        <v>103.99</v>
+        <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
         <v>288365775290</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C7">
         <v>2795159447</v>
       </c>
       <c r="D7">
         <v>589702</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H7">
         <v>80.99</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
         <v>27</v>
       </c>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7">
         <v>288365156726</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C8">
         <v>241827352</v>
       </c>
       <c r="D8">
         <v>542233</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H8">
         <v>243.4</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8">
         <v>390933960172</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>