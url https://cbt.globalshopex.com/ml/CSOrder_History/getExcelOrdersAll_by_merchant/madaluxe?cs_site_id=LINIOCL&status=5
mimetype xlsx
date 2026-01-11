--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="666">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="664">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -83,101 +83,101 @@
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LINIOCL</t>
   </si>
   <si>
     <t>2025-05-20 16:46:51</t>
   </si>
   <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSPOY8521</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
+  </si>
+  <si>
+    <t>2025-05-22 16:22:44</t>
+  </si>
+  <si>
+    <t>2025-05-20 12:53:34</t>
+  </si>
+  <si>
     <t>2025-05-20 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...20 lines deleted...]
-    <t>--</t>
+    <t>/11326145</t>
+  </si>
+  <si>
+    <t>/VSPBH8321</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-05-28 18:24:20</t>
   </si>
   <si>
     <t>2025-04-30 13:01:58</t>
   </si>
   <si>
     <t>2025-05-02 00:00:00</t>
   </si>
   <si>
     <t>/11318307</t>
   </si>
   <si>
     <t>/VSP970721/VSPCD2H21</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-05-14 18:59:02</t>
   </si>
   <si>
     <t>2025-04-26 20:26:35</t>
@@ -191,53 +191,50 @@
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t>2025-05-05 18:06:09</t>
   </si>
   <si>
     <t>2025-04-23 04:21:58</t>
   </si>
   <si>
     <t>/11318305</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>2025-05-05 18:05:34</t>
   </si>
   <si>
     <t>2025-04-20 22:30:00</t>
   </si>
   <si>
-    <t>/11318304</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"						</t>
   </si>
   <si>
     <t>2025-05-05 18:05:01</t>
   </si>
   <si>
     <t>2025-04-18 22:22:18</t>
   </si>
   <si>
     <t>/11318303</t>
   </si>
   <si>
     <t>/VSPCD2E21</t>
   </si>
   <si>
     <t>2025-05-05 18:02:33</t>
   </si>
   <si>
     <t>2025-04-18 01:59:49</t>
   </si>
   <si>
     <t>/11318302</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"</t>
@@ -402,53 +399,50 @@
     <t>2024-10-19 19:20:47</t>
   </si>
   <si>
     <t>2024-10-20 00:00:00</t>
   </si>
   <si>
     <t>/11189726</t>
   </si>
   <si>
     <t>/VSP470821</t>
   </si>
   <si>
     <t>"ORDEN SE ENVIARÁ A OFICINA"</t>
   </si>
   <si>
     <t>2024-11-14 18:54:20</t>
   </si>
   <si>
     <t>2024-10-19 18:20:43</t>
   </si>
   <si>
     <t>/VSP1F2621</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2024-10-21 17:07:56</t>
   </si>
   <si>
     <t>2024-10-15 23:07:10</t>
   </si>
   <si>
     <t>2024-10-16 00:00:00</t>
   </si>
   <si>
     <t>/11188146</t>
   </si>
   <si>
     <t>/VSPEV2021</t>
   </si>
   <si>
     <t xml:space="preserve">						COMENTARIO: "Orden en Miami para devolución a Merchant"	</t>
   </si>
   <si>
     <t>2024-12-20 20:32:24</t>
   </si>
@@ -2453,8395 +2447,8391 @@
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
         <v>2813375664</v>
       </c>
       <c r="D2">
         <v>590286</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2"/>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" t="s">
         <v>25</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>26</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="K2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q2" t="s">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s">
+        <v>31</v>
+      </c>
+      <c r="S2" t="s">
         <v>32</v>
       </c>
-      <c r="R2" t="s">
+      <c r="T2" t="s">
         <v>33</v>
       </c>
-      <c r="S2" t="s">
+      <c r="U2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C3">
         <v>2813182021</v>
       </c>
       <c r="D3">
         <v>590283</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3">
         <v>87.99</v>
       </c>
       <c r="I3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" t="s">
         <v>27</v>
       </c>
-      <c r="K3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q3" t="s">
+        <v>39</v>
+      </c>
+      <c r="R3" t="s">
+        <v>31</v>
+      </c>
+      <c r="S3" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>40</v>
       </c>
       <c r="U3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4">
         <v>2793997211</v>
       </c>
       <c r="D4">
         <v>589704</v>
       </c>
       <c r="E4" t="s">
         <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4">
         <v>279.99</v>
       </c>
       <c r="I4" t="s">
         <v>45</v>
       </c>
       <c r="J4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" t="s">
         <v>27</v>
       </c>
-      <c r="K4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q4" t="s">
+        <v>39</v>
+      </c>
+      <c r="R4" t="s">
+        <v>31</v>
+      </c>
+      <c r="S4" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>46</v>
       </c>
       <c r="U4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5">
         <v>2791261132</v>
       </c>
       <c r="D5">
         <v>589705</v>
       </c>
       <c r="E5" t="s">
         <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
         <v>138.4</v>
       </c>
       <c r="I5" t="s">
         <v>50</v>
       </c>
       <c r="J5" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" t="s">
+        <v>26</v>
+      </c>
+      <c r="L5" t="s">
         <v>27</v>
       </c>
-      <c r="K5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>51</v>
       </c>
       <c r="T5" t="s">
         <v>40</v>
       </c>
       <c r="U5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6">
         <v>2787609078</v>
       </c>
       <c r="D6">
         <v>589706</v>
       </c>
       <c r="E6" t="s">
         <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
         <v>80.99</v>
       </c>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>56</v>
       </c>
       <c r="L6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O6">
         <v>288366257309</v>
       </c>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>51</v>
       </c>
       <c r="T6" t="s">
         <v>40</v>
       </c>
       <c r="U6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7">
         <v>2786262061</v>
       </c>
       <c r="D7">
         <v>589707</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7"/>
       <c r="H7">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="I7" t="s">
         <v>55</v>
       </c>
       <c r="J7" t="s">
         <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>56</v>
       </c>
       <c r="L7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O7">
         <v>288365662405</v>
       </c>
       <c r="P7" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S7" t="s">
         <v>51</v>
       </c>
       <c r="T7" t="s">
+        <v>59</v>
+      </c>
+      <c r="U7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C8">
         <v>2785288999</v>
       </c>
       <c r="D8">
         <v>589708</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H8">
         <v>79.99</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J8" t="s">
         <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>56</v>
       </c>
       <c r="L8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O8">
         <v>288366902974</v>
       </c>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R8" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S8" t="s">
         <v>51</v>
       </c>
       <c r="T8" t="s">
         <v>40</v>
       </c>
       <c r="U8" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C9">
         <v>2784892161</v>
       </c>
       <c r="D9">
         <v>589709</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H9">
         <v>80.99</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>56</v>
       </c>
       <c r="K9" t="s">
         <v>56</v>
       </c>
       <c r="L9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O9">
         <v>288365991638</v>
       </c>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R9" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S9" t="s">
         <v>51</v>
       </c>
       <c r="T9" t="s">
+        <v>67</v>
+      </c>
+      <c r="U9" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10">
         <v>2780402506</v>
       </c>
       <c r="D10">
         <v>589710</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="H10">
         <v>52.8</v>
       </c>
       <c r="I10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J10" t="s">
         <v>56</v>
       </c>
       <c r="K10" t="s">
         <v>56</v>
       </c>
       <c r="L10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O10">
         <v>288365822771</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R10" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S10" t="s">
         <v>51</v>
       </c>
       <c r="T10" t="s">
         <v>46</v>
       </c>
       <c r="U10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C11">
         <v>215547532</v>
       </c>
       <c r="D11">
         <v>588348</v>
       </c>
       <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H11">
         <v>138.4</v>
       </c>
       <c r="I11" t="s">
         <v>50</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q11" t="s">
+        <v>39</v>
+      </c>
+      <c r="R11" t="s">
+        <v>31</v>
+      </c>
+      <c r="S11" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>46</v>
       </c>
       <c r="U11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C12">
         <v>265714532</v>
       </c>
       <c r="D12">
         <v>587454</v>
       </c>
       <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H12">
         <v>138.4</v>
       </c>
       <c r="I12" t="s">
         <v>50</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q12" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S12" t="s">
         <v>51</v>
       </c>
       <c r="T12" t="s">
+        <v>81</v>
+      </c>
+      <c r="U12" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C13">
         <v>288975732</v>
       </c>
       <c r="D13">
         <v>586356</v>
       </c>
       <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="H13">
         <v>138.4</v>
       </c>
       <c r="I13" t="s">
         <v>50</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S13" t="s">
         <v>51</v>
       </c>
       <c r="T13" t="s">
         <v>46</v>
       </c>
       <c r="U13" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C14">
         <v>222376732</v>
       </c>
       <c r="D14">
         <v>584549</v>
       </c>
       <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="H14">
         <v>71.99</v>
       </c>
       <c r="I14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L14" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S14" t="s">
         <v>51</v>
       </c>
       <c r="T14" t="s">
+        <v>91</v>
+      </c>
+      <c r="U14" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C15">
         <v>218266732</v>
       </c>
       <c r="D15">
         <v>584350</v>
       </c>
       <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="H15">
         <v>88.99</v>
       </c>
       <c r="I15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J15" t="s">
         <v>56</v>
       </c>
       <c r="K15" t="s">
         <v>56</v>
       </c>
       <c r="L15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M15" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O15">
         <v>283862905362</v>
       </c>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S15" t="s">
         <v>51</v>
       </c>
       <c r="T15" t="s">
+        <v>97</v>
+      </c>
+      <c r="U15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C16">
         <v>277924732</v>
       </c>
       <c r="D16">
         <v>583517</v>
       </c>
       <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="H16">
         <v>71.99</v>
       </c>
       <c r="I16" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J16" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K16" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L16" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M16" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S16" t="s">
         <v>51</v>
       </c>
       <c r="T16" t="s">
+        <v>102</v>
+      </c>
+      <c r="U16" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C17">
         <v>296924732</v>
       </c>
       <c r="D17">
         <v>583516</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H17">
         <v>80</v>
       </c>
       <c r="I17" t="s">
+        <v>106</v>
+      </c>
+      <c r="J17" t="s">
+        <v>56</v>
+      </c>
+      <c r="K17" t="s">
+        <v>56</v>
+      </c>
+      <c r="L17" t="s">
         <v>107</v>
       </c>
-      <c r="J17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M17" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O17">
         <v>283317102696</v>
       </c>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R17" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S17" t="s">
         <v>51</v>
       </c>
       <c r="T17" t="s">
+        <v>108</v>
+      </c>
+      <c r="U17" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C18">
         <v>269418832</v>
       </c>
       <c r="D18">
         <v>582495</v>
       </c>
       <c r="E18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="H18">
         <v>79.99</v>
       </c>
       <c r="I18" t="s">
         <v>55</v>
       </c>
       <c r="J18" t="s">
         <v>56</v>
       </c>
       <c r="K18" t="s">
         <v>56</v>
       </c>
       <c r="L18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M18" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O18">
         <v>282563591697</v>
       </c>
       <c r="P18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q18" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R18" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S18" t="s">
         <v>51</v>
       </c>
       <c r="T18" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="U18" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C19">
         <v>285297932</v>
       </c>
       <c r="D19">
         <v>579830</v>
       </c>
       <c r="E19" t="s">
+        <v>115</v>
+      </c>
+      <c r="F19" t="s">
+        <v>24</v>
+      </c>
+      <c r="G19" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="H19">
         <v>183.99</v>
       </c>
       <c r="I19" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J19" t="s">
         <v>56</v>
       </c>
       <c r="K19" t="s">
         <v>56</v>
       </c>
       <c r="L19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O19">
         <v>281301776096</v>
       </c>
       <c r="P19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R19" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S19" t="s">
         <v>51</v>
       </c>
       <c r="T19" t="s">
+        <v>118</v>
+      </c>
+      <c r="U19" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C20">
         <v>228639932</v>
       </c>
       <c r="D20">
         <v>579180</v>
       </c>
       <c r="E20" t="s">
+        <v>121</v>
+      </c>
+      <c r="F20" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="H20">
         <v>272</v>
       </c>
       <c r="I20" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J20" t="s">
         <v>56</v>
       </c>
       <c r="K20" t="s">
         <v>56</v>
       </c>
       <c r="L20" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M20" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N20" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O20">
         <v>280868183397</v>
       </c>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R20" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S20" t="s">
         <v>51</v>
       </c>
       <c r="T20" t="s">
+        <v>124</v>
+      </c>
+      <c r="U20" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C21">
         <v>261239932</v>
       </c>
       <c r="D21">
         <v>579176</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21"/>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M21" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q21" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R21" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S21" t="s">
         <v>51</v>
       </c>
       <c r="T21" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="U21" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C22">
         <v>263689932</v>
       </c>
       <c r="D22">
         <v>578899</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H22">
         <v>88.99</v>
       </c>
       <c r="I22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J22" t="s">
         <v>56</v>
       </c>
       <c r="K22" t="s">
         <v>56</v>
       </c>
       <c r="L22" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O22">
         <v>280716509399</v>
       </c>
       <c r="P22" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q22" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R22" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S22" t="s">
         <v>51</v>
       </c>
       <c r="T22" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="U22" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C23">
         <v>241772932</v>
       </c>
       <c r="D23">
         <v>578226</v>
       </c>
       <c r="E23" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H23">
         <v>103.2</v>
       </c>
       <c r="I23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J23" t="s">
         <v>56</v>
       </c>
       <c r="K23" t="s">
         <v>56</v>
       </c>
       <c r="L23" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M23" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O23">
         <v>280232267444</v>
       </c>
       <c r="P23" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q23" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R23" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S23" t="s">
         <v>51</v>
       </c>
       <c r="T23" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="U23" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C24">
         <v>296494932</v>
       </c>
       <c r="D24">
         <v>578192</v>
       </c>
       <c r="E24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24"/>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q24" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S24" t="s">
         <v>51</v>
       </c>
       <c r="T24" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="U24" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C25">
         <v>272843632</v>
       </c>
       <c r="D25">
         <v>578129</v>
       </c>
       <c r="E25" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="H25">
         <v>127.99</v>
       </c>
       <c r="I25" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J25" t="s">
         <v>56</v>
       </c>
       <c r="K25" t="s">
         <v>56</v>
       </c>
       <c r="L25" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M25" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O25">
         <v>280172996040</v>
       </c>
       <c r="P25" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q25" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S25" t="s">
         <v>51</v>
       </c>
       <c r="T25" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="U25" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C26">
         <v>285385632</v>
       </c>
       <c r="D26">
         <v>578052</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H26">
         <v>478.4</v>
       </c>
       <c r="I26" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J26" t="s">
         <v>56</v>
       </c>
       <c r="K26" t="s">
         <v>56</v>
       </c>
       <c r="L26" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M26" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O26">
         <v>280126648121</v>
       </c>
       <c r="P26" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R26" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S26" t="s">
         <v>51</v>
       </c>
       <c r="T26" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="U26" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C27">
         <v>244879632</v>
       </c>
       <c r="D27">
         <v>577462</v>
       </c>
       <c r="E27" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="H27">
         <v>136</v>
       </c>
       <c r="I27" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="J27" t="s">
         <v>56</v>
       </c>
       <c r="K27" t="s">
         <v>56</v>
       </c>
       <c r="L27" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M27" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O27">
         <v>279706844063</v>
       </c>
       <c r="P27" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q27" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R27" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S27" t="s">
         <v>51</v>
       </c>
       <c r="T27" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="U27" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C28">
         <v>241574632</v>
       </c>
       <c r="D28">
         <v>576749</v>
       </c>
       <c r="E28" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H28">
         <v>58.99</v>
       </c>
       <c r="I28" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J28" t="s">
         <v>56</v>
       </c>
       <c r="K28" t="s">
         <v>56</v>
       </c>
       <c r="L28" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M28" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O28">
         <v>279181927213</v>
       </c>
       <c r="P28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q28" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R28" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S28" t="s">
         <v>51</v>
       </c>
       <c r="T28" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="U28" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C29">
         <v>225753232</v>
       </c>
       <c r="D29">
         <v>575679</v>
       </c>
       <c r="E29" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="H29">
         <v>127.99</v>
       </c>
       <c r="I29" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J29" t="s">
         <v>56</v>
       </c>
       <c r="K29" t="s">
         <v>56</v>
       </c>
       <c r="L29" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M29" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O29">
         <v>278481095578</v>
       </c>
       <c r="P29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q29" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R29" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S29" t="s">
         <v>51</v>
       </c>
       <c r="T29" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="U29" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C30">
         <v>252735232</v>
       </c>
       <c r="D30">
         <v>574891</v>
       </c>
       <c r="E30" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H30">
         <v>71.99</v>
       </c>
       <c r="I30" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J30" t="s">
         <v>56</v>
       </c>
       <c r="K30" t="s">
         <v>56</v>
       </c>
       <c r="L30" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M30" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O30">
         <v>278011730311</v>
       </c>
       <c r="P30" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q30" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R30" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S30" t="s">
         <v>51</v>
       </c>
       <c r="T30" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="U30" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C31">
         <v>286975232</v>
       </c>
       <c r="D31">
         <v>574789</v>
       </c>
       <c r="E31" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="H31">
         <v>167.98</v>
       </c>
       <c r="I31" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J31" t="s">
         <v>56</v>
       </c>
       <c r="K31" t="s">
         <v>56</v>
       </c>
       <c r="L31" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O31">
         <v>277923715758</v>
       </c>
       <c r="P31" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q31" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R31" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S31" t="s">
         <v>51</v>
       </c>
       <c r="T31" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="U31" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C32">
         <v>226216232</v>
       </c>
       <c r="D32">
         <v>573589</v>
       </c>
       <c r="E32" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="H32">
         <v>68</v>
       </c>
       <c r="I32" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="J32" t="s">
         <v>56</v>
       </c>
       <c r="K32" t="s">
         <v>56</v>
       </c>
       <c r="L32" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M32" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O32">
         <v>277220227315</v>
       </c>
       <c r="P32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R32" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S32" t="s">
         <v>51</v>
       </c>
       <c r="T32" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="U32" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C33">
         <v>296424232</v>
       </c>
       <c r="D33">
         <v>572635</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H33">
         <v>127.99</v>
       </c>
       <c r="I33" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J33" t="s">
         <v>56</v>
       </c>
       <c r="K33" t="s">
         <v>56</v>
       </c>
       <c r="L33" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M33" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O33">
         <v>276460592446</v>
       </c>
       <c r="P33" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q33" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R33" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S33" t="s">
+        <v>194</v>
+      </c>
+      <c r="T33" t="s">
+        <v>195</v>
+      </c>
+      <c r="U33" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C34">
         <v>249293432</v>
       </c>
       <c r="D34">
         <v>572447</v>
       </c>
       <c r="E34" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="H34">
         <v>87.99</v>
       </c>
       <c r="I34" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J34" t="s">
         <v>56</v>
       </c>
       <c r="K34" t="s">
         <v>56</v>
       </c>
       <c r="L34" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M34" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O34">
         <v>276259405651</v>
       </c>
       <c r="P34" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q34" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R34" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S34" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="T34" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="U34" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C35">
         <v>296323432</v>
       </c>
       <c r="D35">
         <v>572403</v>
       </c>
       <c r="E35" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H35">
         <v>127.99</v>
       </c>
       <c r="I35" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J35" t="s">
         <v>56</v>
       </c>
       <c r="K35" t="s">
         <v>56</v>
       </c>
       <c r="L35" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M35" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O35">
         <v>276262257649</v>
       </c>
       <c r="P35" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q35" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R35" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S35" t="s">
         <v>51</v>
       </c>
       <c r="T35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="U35" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C36">
         <v>262491432</v>
       </c>
       <c r="D36">
         <v>572181</v>
       </c>
       <c r="E36" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="H36">
         <v>81.92</v>
       </c>
       <c r="I36" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J36" t="s">
         <v>56</v>
       </c>
       <c r="K36" t="s">
         <v>56</v>
       </c>
       <c r="L36" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M36" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N36" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O36">
         <v>275927566024</v>
       </c>
       <c r="P36" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q36" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R36" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S36" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="T36" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="U36" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C37">
         <v>253121312</v>
       </c>
       <c r="D37">
         <v>571302</v>
       </c>
       <c r="E37" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="H37">
         <v>87.99</v>
       </c>
       <c r="I37" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J37" t="s">
         <v>56</v>
       </c>
       <c r="K37" t="s">
         <v>56</v>
       </c>
       <c r="L37" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M37" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N37" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O37">
         <v>274989965042</v>
       </c>
       <c r="P37" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q37" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R37" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S37" t="s">
         <v>51</v>
       </c>
       <c r="T37" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="U37" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C38">
         <v>253486312</v>
       </c>
       <c r="D38">
         <v>569972</v>
       </c>
       <c r="E38" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H38">
         <v>129.6</v>
       </c>
       <c r="I38" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J38" t="s">
         <v>56</v>
       </c>
       <c r="K38" t="s">
         <v>56</v>
       </c>
       <c r="L38" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M38" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N38" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O38">
         <v>273475715002</v>
       </c>
       <c r="P38" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q38" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R38" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S38" t="s">
         <v>51</v>
       </c>
       <c r="T38" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="U38" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C39">
         <v>219664312</v>
       </c>
       <c r="D39">
         <v>569467</v>
       </c>
       <c r="E39" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39"/>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M39" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q39" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R39" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S39" t="s">
         <v>51</v>
       </c>
       <c r="T39" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="U39" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C40">
         <v>218883112</v>
       </c>
       <c r="D40">
         <v>569328</v>
       </c>
       <c r="E40" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40"/>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M40" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q40" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R40" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S40" t="s">
         <v>51</v>
       </c>
       <c r="T40" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="U40" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C41">
         <v>272523112</v>
       </c>
       <c r="D41">
         <v>569251</v>
       </c>
       <c r="E41" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="H41">
         <v>52.8</v>
       </c>
       <c r="I41" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J41" t="s">
         <v>56</v>
       </c>
       <c r="K41" t="s">
         <v>56</v>
       </c>
       <c r="L41" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M41" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N41" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O41">
         <v>272691635100</v>
       </c>
       <c r="P41" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q41" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R41" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S41" t="s">
         <v>51</v>
       </c>
       <c r="T41" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="U41" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C42">
         <v>257424112</v>
       </c>
       <c r="D42">
         <v>567117</v>
       </c>
       <c r="E42" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="H42">
         <v>111.2</v>
       </c>
       <c r="I42" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J42" t="s">
         <v>56</v>
       </c>
       <c r="K42" t="s">
         <v>56</v>
       </c>
       <c r="L42" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M42" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N42" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O42">
         <v>270317343625</v>
       </c>
       <c r="P42" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q42" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R42" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S42" t="s">
         <v>51</v>
       </c>
       <c r="T42" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U42" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C43">
         <v>292423512</v>
       </c>
       <c r="D43">
         <v>566810</v>
       </c>
       <c r="E43" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43"/>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M43" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q43" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R43" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S43" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T43" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="U43" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C44">
         <v>242423512</v>
       </c>
       <c r="D44">
         <v>566808</v>
       </c>
       <c r="E44" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
       <c r="G44"/>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q44" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S44" t="s">
         <v>51</v>
       </c>
       <c r="T44" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U44" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C45">
         <v>252977512</v>
       </c>
       <c r="D45">
         <v>566096</v>
       </c>
       <c r="E45" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="H45">
         <v>79</v>
       </c>
       <c r="I45" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J45" t="s">
         <v>56</v>
       </c>
       <c r="K45" t="s">
         <v>56</v>
       </c>
       <c r="L45" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M45" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O45">
         <v>788769585057</v>
       </c>
       <c r="P45" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q45" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R45" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S45" t="s">
         <v>51</v>
       </c>
       <c r="T45" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="U45" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C46">
         <v>284274512</v>
       </c>
       <c r="D46">
         <v>564562</v>
       </c>
       <c r="E46" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F46" t="s">
         <v>24</v>
       </c>
       <c r="G46"/>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M46" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q46" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R46" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S46" t="s">
         <v>51</v>
       </c>
       <c r="T46" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="U46" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C47">
         <v>256474512</v>
       </c>
       <c r="D47">
         <v>564561</v>
       </c>
       <c r="E47" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="F47" t="s">
         <v>24</v>
       </c>
       <c r="G47" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="H47">
         <v>80.1</v>
       </c>
       <c r="I47" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="J47" t="s">
         <v>56</v>
       </c>
       <c r="K47" t="s">
         <v>56</v>
       </c>
       <c r="L47" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M47" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N47" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O47">
         <v>787412319528</v>
       </c>
       <c r="P47" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q47" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R47" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S47" t="s">
         <v>51</v>
       </c>
       <c r="T47" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="U47" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C48">
         <v>252416712</v>
       </c>
       <c r="D48">
         <v>562565</v>
       </c>
       <c r="E48" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48"/>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M48" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q48" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R48" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S48" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T48" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="U48" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C49">
         <v>293891912</v>
       </c>
       <c r="D49">
         <v>559044</v>
       </c>
       <c r="E49" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="H49">
         <v>320</v>
       </c>
       <c r="I49" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="J49" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K49" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M49" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O49"/>
       <c r="P49" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q49" t="s">
+        <v>39</v>
+      </c>
+      <c r="R49" t="s">
+        <v>31</v>
+      </c>
+      <c r="S49" t="s">
         <v>32</v>
       </c>
-      <c r="R49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T49" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="U49" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C50">
         <v>295621912</v>
       </c>
       <c r="D50">
         <v>558965</v>
       </c>
       <c r="E50" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F50" t="s">
         <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="H50">
         <v>60</v>
       </c>
       <c r="I50" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="J50" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K50" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L50" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M50" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N50" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q50" t="s">
+        <v>39</v>
+      </c>
+      <c r="R50" t="s">
+        <v>31</v>
+      </c>
+      <c r="S50" t="s">
         <v>32</v>
       </c>
-      <c r="R50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T50" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="U50" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C51">
         <v>222235912</v>
       </c>
       <c r="D51">
         <v>558895</v>
       </c>
       <c r="E51" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="F51" t="s">
         <v>24</v>
       </c>
       <c r="G51" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="H51">
         <v>52.8</v>
       </c>
       <c r="I51" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J51" t="s">
         <v>56</v>
       </c>
       <c r="K51" t="s">
         <v>56</v>
       </c>
       <c r="L51" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M51" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N51" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O51">
         <v>783326596655</v>
       </c>
       <c r="P51" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q51" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R51" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S51" t="s">
         <v>51</v>
       </c>
       <c r="T51" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U51" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C52">
         <v>269497912</v>
       </c>
       <c r="D52">
         <v>558178</v>
       </c>
       <c r="E52" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F52" t="s">
         <v>24</v>
       </c>
       <c r="G52" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="H52">
         <v>62</v>
       </c>
       <c r="I52" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J52" t="s">
         <v>56</v>
       </c>
       <c r="K52" t="s">
         <v>56</v>
       </c>
       <c r="L52" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M52" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N52" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O52">
         <v>782676466119</v>
       </c>
       <c r="P52" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q52" t="s">
+        <v>39</v>
+      </c>
+      <c r="R52" t="s">
+        <v>31</v>
+      </c>
+      <c r="S52" t="s">
         <v>32</v>
       </c>
-      <c r="R52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T52" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U52" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C53">
         <v>229466912</v>
       </c>
       <c r="D53">
         <v>557164</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F53" t="s">
         <v>24</v>
       </c>
       <c r="G53"/>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M53" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q53" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R53" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S53" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T53" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U53" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C54">
         <v>295762912</v>
       </c>
       <c r="D54">
         <v>556852</v>
       </c>
       <c r="E54" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="H54">
         <v>67.95</v>
       </c>
       <c r="I54" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J54" t="s">
         <v>56</v>
       </c>
       <c r="K54" t="s">
         <v>56</v>
       </c>
       <c r="L54" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M54" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N54" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O54">
         <v>781532590894</v>
       </c>
       <c r="P54" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q54" t="s">
+        <v>39</v>
+      </c>
+      <c r="R54" t="s">
+        <v>31</v>
+      </c>
+      <c r="S54" t="s">
         <v>32</v>
       </c>
-      <c r="R54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T54" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U54" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C55">
         <v>271222912</v>
       </c>
       <c r="D55">
         <v>556803</v>
       </c>
       <c r="E55" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="H55">
         <v>87.3</v>
       </c>
       <c r="I55" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="J55" t="s">
         <v>56</v>
       </c>
       <c r="K55" t="s">
         <v>56</v>
       </c>
       <c r="L55" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M55" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O55">
         <v>781530668116</v>
       </c>
       <c r="P55" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q55" t="s">
+        <v>39</v>
+      </c>
+      <c r="R55" t="s">
+        <v>31</v>
+      </c>
+      <c r="S55" t="s">
         <v>32</v>
       </c>
-      <c r="R55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T55" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U55" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C56">
         <v>219865612</v>
       </c>
       <c r="D56">
         <v>555388</v>
       </c>
       <c r="E56" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="H56">
         <v>93.2</v>
       </c>
       <c r="I56" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J56" t="s">
         <v>56</v>
       </c>
       <c r="K56" t="s">
         <v>56</v>
       </c>
       <c r="L56" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M56" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N56" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O56">
         <v>780371430251</v>
       </c>
       <c r="P56" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q56" t="s">
+        <v>39</v>
+      </c>
+      <c r="R56" t="s">
+        <v>31</v>
+      </c>
+      <c r="S56" t="s">
         <v>32</v>
       </c>
-      <c r="R56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T56" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U56" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C57">
         <v>264465612</v>
       </c>
       <c r="D57">
         <v>555362</v>
       </c>
       <c r="E57" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="H57">
         <v>94.7</v>
       </c>
       <c r="I57" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="J57" t="s">
         <v>56</v>
       </c>
       <c r="K57" t="s">
         <v>56</v>
       </c>
       <c r="L57" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M57" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N57" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O57">
         <v>780348330824</v>
       </c>
       <c r="P57" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q57" t="s">
+        <v>39</v>
+      </c>
+      <c r="R57" t="s">
+        <v>31</v>
+      </c>
+      <c r="S57" t="s">
         <v>32</v>
       </c>
-      <c r="R57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T57" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U57" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C58">
         <v>228127612</v>
       </c>
       <c r="D58">
         <v>554940</v>
       </c>
       <c r="E58" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F58" t="s">
         <v>24</v>
       </c>
       <c r="G58" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="H58">
         <v>109.53</v>
       </c>
       <c r="I58" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J58" t="s">
         <v>56</v>
       </c>
       <c r="K58" t="s">
         <v>56</v>
       </c>
       <c r="L58" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M58" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N58" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O58">
         <v>399724560488</v>
       </c>
       <c r="P58" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q58" t="s">
+        <v>39</v>
+      </c>
+      <c r="R58" t="s">
+        <v>31</v>
+      </c>
+      <c r="S58" t="s">
         <v>32</v>
       </c>
-      <c r="R58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T58" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U58" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C59">
         <v>274498612</v>
       </c>
       <c r="D59">
         <v>554595</v>
       </c>
       <c r="E59" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="F59" t="s">
         <v>24</v>
       </c>
       <c r="G59" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="H59">
         <v>188</v>
       </c>
       <c r="I59" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="J59" t="s">
         <v>56</v>
       </c>
       <c r="K59" t="s">
         <v>56</v>
       </c>
       <c r="L59" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M59" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N59" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O59">
         <v>399498475530</v>
       </c>
       <c r="P59" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q59" t="s">
+        <v>39</v>
+      </c>
+      <c r="R59" t="s">
+        <v>31</v>
+      </c>
+      <c r="S59" t="s">
         <v>32</v>
       </c>
-      <c r="R59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T59" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="U59" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C60">
         <v>225949612</v>
       </c>
       <c r="D60">
         <v>554281</v>
       </c>
       <c r="E60" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F60" t="s">
         <v>24</v>
       </c>
       <c r="G60" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="H60">
         <v>228</v>
       </c>
       <c r="I60" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="J60" t="s">
         <v>56</v>
       </c>
       <c r="K60" t="s">
         <v>56</v>
       </c>
       <c r="L60" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M60" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N60" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O60">
         <v>399193163398</v>
       </c>
       <c r="P60" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q60" t="s">
+        <v>39</v>
+      </c>
+      <c r="R60" t="s">
+        <v>31</v>
+      </c>
+      <c r="S60" t="s">
         <v>32</v>
       </c>
-      <c r="R60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T60" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U60" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C61">
         <v>254773212</v>
       </c>
       <c r="D61">
         <v>554047</v>
       </c>
       <c r="E61" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="H61">
         <v>41.4</v>
       </c>
       <c r="I61" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J61" t="s">
         <v>56</v>
       </c>
       <c r="K61" t="s">
         <v>56</v>
       </c>
       <c r="L61" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M61" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N61" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O61">
         <v>398939925651</v>
       </c>
       <c r="P61" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q61" t="s">
+        <v>39</v>
+      </c>
+      <c r="R61" t="s">
+        <v>31</v>
+      </c>
+      <c r="S61" t="s">
         <v>32</v>
       </c>
-      <c r="R61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T61" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U61" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C62">
         <v>288321212</v>
       </c>
       <c r="D62">
         <v>553981</v>
       </c>
       <c r="E62" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="H62">
         <v>40.2</v>
       </c>
       <c r="I62" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J62" t="s">
         <v>56</v>
       </c>
       <c r="K62" t="s">
         <v>56</v>
       </c>
       <c r="L62" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M62" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N62" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O62">
         <v>398972909827</v>
       </c>
       <c r="P62" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q62" t="s">
+        <v>39</v>
+      </c>
+      <c r="R62" t="s">
+        <v>31</v>
+      </c>
+      <c r="S62" t="s">
         <v>32</v>
       </c>
-      <c r="R62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T62" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U62" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C63">
         <v>268641212</v>
       </c>
       <c r="D63">
         <v>553955</v>
       </c>
       <c r="E63" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="F63" t="s">
         <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="H63">
         <v>41.1</v>
       </c>
       <c r="I63" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="J63" t="s">
         <v>56</v>
       </c>
       <c r="K63" t="s">
         <v>56</v>
       </c>
       <c r="L63" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M63" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N63" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O63">
         <v>398941496753</v>
       </c>
       <c r="P63" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q63" t="s">
+        <v>39</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+      <c r="S63" t="s">
         <v>32</v>
       </c>
-      <c r="R63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T63" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U63" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C64">
         <v>259345212</v>
       </c>
       <c r="D64">
         <v>553607</v>
       </c>
       <c r="E64" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="F64" t="s">
         <v>24</v>
       </c>
       <c r="G64" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="H64">
         <v>98.8</v>
       </c>
       <c r="I64" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="J64" t="s">
         <v>56</v>
       </c>
       <c r="K64" t="s">
         <v>56</v>
       </c>
       <c r="L64" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M64" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N64" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O64">
         <v>398597174443</v>
       </c>
       <c r="P64" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q64" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R64" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S64" t="s">
         <v>51</v>
       </c>
       <c r="T64" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="U64" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C65">
         <v>278567212</v>
       </c>
       <c r="D65">
         <v>553186</v>
       </c>
       <c r="E65" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F65" t="s">
         <v>24</v>
       </c>
       <c r="G65" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="H65">
         <v>398</v>
       </c>
       <c r="I65" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J65" t="s">
         <v>56</v>
       </c>
       <c r="K65" t="s">
         <v>56</v>
       </c>
       <c r="L65" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M65" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N65" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O65">
         <v>398216315610</v>
       </c>
       <c r="P65" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q65" t="s">
+        <v>39</v>
+      </c>
+      <c r="R65" t="s">
+        <v>31</v>
+      </c>
+      <c r="S65" t="s">
         <v>32</v>
       </c>
-      <c r="R65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T65" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="U65" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C66">
         <v>246958212</v>
       </c>
       <c r="D66">
         <v>552907</v>
       </c>
       <c r="E66" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="F66" t="s">
         <v>24</v>
       </c>
       <c r="G66" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="H66">
         <v>93.8</v>
       </c>
       <c r="I66" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="J66" t="s">
         <v>56</v>
       </c>
       <c r="K66" t="s">
         <v>56</v>
       </c>
       <c r="L66" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M66" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N66" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O66">
         <v>397999148259</v>
       </c>
       <c r="P66" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q66" t="s">
+        <v>39</v>
+      </c>
+      <c r="R66" t="s">
+        <v>31</v>
+      </c>
+      <c r="S66" t="s">
         <v>32</v>
       </c>
-      <c r="R66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T66" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U66" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C67">
         <v>281586212</v>
       </c>
       <c r="D67">
         <v>552127</v>
       </c>
       <c r="E67" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F67" t="s">
         <v>24</v>
       </c>
       <c r="G67" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="H67">
         <v>98</v>
       </c>
       <c r="I67" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J67" t="s">
         <v>56</v>
       </c>
       <c r="K67" t="s">
         <v>56</v>
       </c>
       <c r="L67" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M67" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N67" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O67">
         <v>397401606334</v>
       </c>
       <c r="P67" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q67" t="s">
+        <v>39</v>
+      </c>
+      <c r="R67" t="s">
+        <v>31</v>
+      </c>
+      <c r="S67" t="s">
         <v>32</v>
       </c>
-      <c r="R67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T67" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U67" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C68">
         <v>266792212</v>
       </c>
       <c r="D68">
         <v>551590</v>
       </c>
       <c r="E68" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="F68" t="s">
         <v>24</v>
       </c>
       <c r="G68" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="H68">
         <v>38.6</v>
       </c>
       <c r="I68" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="J68" t="s">
         <v>56</v>
       </c>
       <c r="K68" t="s">
         <v>56</v>
       </c>
       <c r="L68" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M68" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N68" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O68">
         <v>396979853053</v>
       </c>
       <c r="P68" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q68" t="s">
+        <v>39</v>
+      </c>
+      <c r="R68" t="s">
+        <v>31</v>
+      </c>
+      <c r="S68" t="s">
         <v>32</v>
       </c>
-      <c r="R68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T68" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="U68" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C69">
         <v>294134212</v>
       </c>
       <c r="D69">
         <v>551370</v>
       </c>
       <c r="E69" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="F69" t="s">
         <v>24</v>
       </c>
       <c r="G69" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="H69">
         <v>61</v>
       </c>
       <c r="I69" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J69" t="s">
         <v>56</v>
       </c>
       <c r="K69" t="s">
         <v>56</v>
       </c>
       <c r="L69" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M69" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N69" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O69">
         <v>396814385022</v>
       </c>
       <c r="P69" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q69" t="s">
+        <v>39</v>
+      </c>
+      <c r="R69" t="s">
+        <v>31</v>
+      </c>
+      <c r="S69" t="s">
         <v>32</v>
       </c>
-      <c r="R69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T69" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="U69" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C70">
         <v>216534212</v>
       </c>
       <c r="D70">
         <v>551363</v>
       </c>
       <c r="E70" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="H70">
         <v>53.3</v>
       </c>
       <c r="I70" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="J70" t="s">
         <v>56</v>
       </c>
       <c r="K70" t="s">
         <v>56</v>
       </c>
       <c r="L70" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M70" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N70" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O70">
         <v>396816919053</v>
       </c>
       <c r="P70" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q70" t="s">
+        <v>39</v>
+      </c>
+      <c r="R70" t="s">
+        <v>31</v>
+      </c>
+      <c r="S70" t="s">
         <v>32</v>
       </c>
-      <c r="R70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T70" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="U70" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C71">
         <v>275994212</v>
       </c>
       <c r="D71">
         <v>551107</v>
       </c>
       <c r="E71" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="F71" t="s">
         <v>24</v>
       </c>
       <c r="G71" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H71">
         <v>98</v>
       </c>
       <c r="I71" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J71" t="s">
         <v>56</v>
       </c>
       <c r="K71" t="s">
         <v>56</v>
       </c>
       <c r="L71" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M71" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N71" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O71">
         <v>396653466466</v>
       </c>
       <c r="P71" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q71" t="s">
+        <v>39</v>
+      </c>
+      <c r="R71" t="s">
+        <v>31</v>
+      </c>
+      <c r="S71" t="s">
         <v>32</v>
       </c>
-      <c r="R71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T71" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="U71" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C72">
         <v>288813412</v>
       </c>
       <c r="D72">
         <v>551003</v>
       </c>
       <c r="E72" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="F72" t="s">
         <v>24</v>
       </c>
       <c r="G72" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="H72">
         <v>98</v>
       </c>
       <c r="I72" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J72" t="s">
         <v>56</v>
       </c>
       <c r="K72" t="s">
         <v>56</v>
       </c>
       <c r="L72" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M72" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N72" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O72">
         <v>396539716636</v>
       </c>
       <c r="P72" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q72" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R72" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S72" t="s">
         <v>51</v>
       </c>
       <c r="T72" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="U72" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C73">
         <v>298253412</v>
       </c>
       <c r="D73">
         <v>550967</v>
       </c>
       <c r="E73" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="F73" t="s">
         <v>24</v>
       </c>
       <c r="G73" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="H73">
         <v>79</v>
       </c>
       <c r="I73" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="J73" t="s">
         <v>56</v>
       </c>
       <c r="K73" t="s">
         <v>56</v>
       </c>
       <c r="L73" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M73" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N73" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O73">
         <v>396539116103</v>
       </c>
       <c r="P73" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q73" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R73" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S73" t="s">
         <v>51</v>
       </c>
       <c r="T73" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="U73" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C74">
         <v>265293412</v>
       </c>
       <c r="D74">
         <v>550875</v>
       </c>
       <c r="E74" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="F74" t="s">
         <v>24</v>
       </c>
       <c r="G74" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="H74">
         <v>98</v>
       </c>
       <c r="I74" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="J74" t="s">
         <v>56</v>
       </c>
       <c r="K74" t="s">
         <v>56</v>
       </c>
       <c r="L74" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M74" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N74" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O74">
         <v>396463219346</v>
       </c>
       <c r="P74" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q74" t="s">
+        <v>39</v>
+      </c>
+      <c r="R74" t="s">
+        <v>31</v>
+      </c>
+      <c r="S74" t="s">
         <v>32</v>
       </c>
-      <c r="R74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T74" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U74" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C75">
         <v>227863412</v>
       </c>
       <c r="D75">
         <v>550852</v>
       </c>
       <c r="E75" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F75" t="s">
         <v>24</v>
       </c>
       <c r="G75"/>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="J75"/>
       <c r="K75"/>
       <c r="L75" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M75" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q75" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R75" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S75" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T75" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U75" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C76">
         <v>254663412</v>
       </c>
       <c r="D76">
         <v>550842</v>
       </c>
       <c r="E76" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F76" t="s">
         <v>24</v>
       </c>
       <c r="G76" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H76">
         <v>99</v>
       </c>
       <c r="I76" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J76" t="s">
         <v>56</v>
       </c>
       <c r="K76" t="s">
         <v>56</v>
       </c>
       <c r="L76" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M76" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O76">
         <v>396455142593</v>
       </c>
       <c r="P76" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q76" t="s">
+        <v>39</v>
+      </c>
+      <c r="R76" t="s">
+        <v>31</v>
+      </c>
+      <c r="S76" t="s">
         <v>32</v>
       </c>
-      <c r="R76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T76" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="U76" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C77">
         <v>242111412</v>
       </c>
       <c r="D77">
         <v>550724</v>
       </c>
       <c r="E77" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="F77" t="s">
         <v>24</v>
       </c>
       <c r="G77" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="H77">
         <v>43.3</v>
       </c>
       <c r="I77" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="J77" t="s">
         <v>56</v>
       </c>
       <c r="K77" t="s">
         <v>56</v>
       </c>
       <c r="L77" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M77" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N77" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O77">
         <v>396363764236</v>
       </c>
       <c r="P77" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q77" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R77" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S77" t="s">
         <v>51</v>
       </c>
       <c r="T77" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="U77" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C78">
         <v>229291412</v>
       </c>
       <c r="D78">
         <v>550421</v>
       </c>
       <c r="E78" t="s">
+        <v>417</v>
+      </c>
+      <c r="F78" t="s">
+        <v>418</v>
+      </c>
+      <c r="G78" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="H78">
         <v>139.78</v>
       </c>
       <c r="I78" t="s">
+        <v>420</v>
+      </c>
+      <c r="J78" t="s">
+        <v>56</v>
+      </c>
+      <c r="K78" t="s">
+        <v>421</v>
+      </c>
+      <c r="L78" t="s">
+        <v>156</v>
+      </c>
+      <c r="M78" t="s">
+        <v>28</v>
+      </c>
+      <c r="N78" t="s">
         <v>422</v>
       </c>
-      <c r="J78" t="s">
-[...2 lines deleted...]
-      <c r="K78" t="s">
+      <c r="O78" t="s">
         <v>423</v>
       </c>
-      <c r="L78" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P78" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q78" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S78" t="s">
         <v>51</v>
       </c>
       <c r="T78" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="U78" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C79">
         <v>299675412</v>
       </c>
       <c r="D79">
         <v>550039</v>
       </c>
       <c r="E79" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="F79" t="s">
         <v>24</v>
       </c>
       <c r="G79" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H79">
         <v>104.2</v>
       </c>
       <c r="I79" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J79" t="s">
         <v>56</v>
       </c>
       <c r="K79" t="s">
         <v>56</v>
       </c>
       <c r="L79" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M79" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N79" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O79">
         <v>395786383317</v>
       </c>
       <c r="P79" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q79" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R79" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S79" t="s">
         <v>51</v>
       </c>
       <c r="T79" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="U79" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C80">
         <v>285637412</v>
       </c>
       <c r="D80">
         <v>549769</v>
       </c>
       <c r="E80" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F80" t="s">
         <v>24</v>
       </c>
       <c r="G80" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="H80">
         <v>93.2</v>
       </c>
       <c r="I80" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J80" t="s">
         <v>56</v>
       </c>
       <c r="K80" t="s">
         <v>56</v>
       </c>
       <c r="L80" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M80" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N80" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O80">
         <v>395585771665</v>
       </c>
       <c r="P80" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q80" t="s">
+        <v>39</v>
+      </c>
+      <c r="R80" t="s">
+        <v>31</v>
+      </c>
+      <c r="S80" t="s">
         <v>32</v>
       </c>
-      <c r="R80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T80" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U80" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C81">
         <v>215417412</v>
       </c>
       <c r="D81">
         <v>549739</v>
       </c>
       <c r="E81" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="F81" t="s">
         <v>24</v>
       </c>
       <c r="G81" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="H81">
         <v>98</v>
       </c>
       <c r="I81" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J81" t="s">
         <v>56</v>
       </c>
       <c r="K81" t="s">
         <v>56</v>
       </c>
       <c r="L81" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M81" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N81" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O81">
         <v>395550996372</v>
       </c>
       <c r="P81" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q81" t="s">
+        <v>39</v>
+      </c>
+      <c r="R81" t="s">
+        <v>31</v>
+      </c>
+      <c r="S81" t="s">
         <v>32</v>
       </c>
-      <c r="R81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T81" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="U81" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C82">
         <v>298957412</v>
       </c>
       <c r="D82">
         <v>549708</v>
       </c>
       <c r="E82" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="F82" t="s">
         <v>24</v>
       </c>
       <c r="G82" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="H82">
         <v>98</v>
       </c>
       <c r="I82" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J82" t="s">
         <v>56</v>
       </c>
       <c r="K82" t="s">
         <v>56</v>
       </c>
       <c r="L82" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M82" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N82" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O82">
         <v>395542337243</v>
       </c>
       <c r="P82" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q82" t="s">
+        <v>39</v>
+      </c>
+      <c r="R82" t="s">
+        <v>31</v>
+      </c>
+      <c r="S82" t="s">
         <v>32</v>
       </c>
-      <c r="R82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T82" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U82" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C83">
         <v>261377412</v>
       </c>
       <c r="D83">
         <v>549691</v>
       </c>
       <c r="E83" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="F83" t="s">
         <v>24</v>
       </c>
       <c r="G83" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="H83">
         <v>88.8</v>
       </c>
       <c r="I83" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J83" t="s">
         <v>56</v>
       </c>
       <c r="K83" t="s">
         <v>56</v>
       </c>
       <c r="L83" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M83" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N83" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O83">
         <v>395505470744</v>
       </c>
       <c r="P83" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q83" t="s">
+        <v>39</v>
+      </c>
+      <c r="R83" t="s">
+        <v>31</v>
+      </c>
+      <c r="S83" t="s">
         <v>32</v>
       </c>
-      <c r="R83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T83" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U83" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C84">
         <v>217478412</v>
       </c>
       <c r="D84">
         <v>549203</v>
       </c>
       <c r="E84" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="F84" t="s">
         <v>24</v>
       </c>
       <c r="G84" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="H84">
         <v>80.5</v>
       </c>
       <c r="I84" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="J84" t="s">
         <v>56</v>
       </c>
       <c r="K84" t="s">
         <v>56</v>
       </c>
       <c r="L84" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M84" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N84" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O84">
         <v>395092325023</v>
       </c>
       <c r="P84" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q84" t="s">
+        <v>39</v>
+      </c>
+      <c r="R84" t="s">
+        <v>31</v>
+      </c>
+      <c r="S84" t="s">
         <v>32</v>
       </c>
-      <c r="R84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T84" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="U84" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C85">
         <v>243489412</v>
       </c>
       <c r="D85">
         <v>548448</v>
       </c>
       <c r="E85" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="F85" t="s">
         <v>24</v>
       </c>
       <c r="G85" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="H85">
         <v>92.65</v>
       </c>
       <c r="I85" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="J85" t="s">
         <v>56</v>
       </c>
       <c r="K85" t="s">
         <v>56</v>
       </c>
       <c r="L85" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M85" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O85">
         <v>394563313340</v>
       </c>
       <c r="P85" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q85" t="s">
+        <v>39</v>
+      </c>
+      <c r="R85" t="s">
+        <v>31</v>
+      </c>
+      <c r="S85" t="s">
         <v>32</v>
       </c>
-      <c r="R85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T85" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U85" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C86">
         <v>294399412</v>
       </c>
       <c r="D86">
         <v>548438</v>
       </c>
       <c r="E86" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F86" t="s">
         <v>24</v>
       </c>
       <c r="G86"/>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="J86"/>
       <c r="K86"/>
       <c r="L86" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M86" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q86" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R86" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S86" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T86" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U86" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C87">
         <v>232349412</v>
       </c>
       <c r="D87">
         <v>548220</v>
       </c>
       <c r="E87" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F87" t="s">
         <v>24</v>
       </c>
       <c r="G87" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="H87">
         <v>90.9</v>
       </c>
       <c r="I87" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="J87" t="s">
         <v>56</v>
       </c>
       <c r="K87" t="s">
         <v>56</v>
       </c>
       <c r="L87" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M87" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N87" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O87">
         <v>394352500230</v>
       </c>
       <c r="P87" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q87" t="s">
+        <v>39</v>
+      </c>
+      <c r="R87" t="s">
+        <v>31</v>
+      </c>
+      <c r="S87" t="s">
         <v>32</v>
       </c>
-      <c r="R87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T87" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="U87" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C88">
         <v>215749412</v>
       </c>
       <c r="D88">
         <v>548198</v>
       </c>
       <c r="E88" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F88" t="s">
         <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="H88">
         <v>98</v>
       </c>
       <c r="I88" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J88" t="s">
         <v>56</v>
       </c>
       <c r="K88" t="s">
         <v>56</v>
       </c>
       <c r="L88" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M88" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N88" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O88">
         <v>394334826103</v>
       </c>
       <c r="P88" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q88" t="s">
+        <v>39</v>
+      </c>
+      <c r="R88" t="s">
+        <v>31</v>
+      </c>
+      <c r="S88" t="s">
         <v>32</v>
       </c>
-      <c r="R88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T88" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U88" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C89">
         <v>286949412</v>
       </c>
       <c r="D89">
         <v>548184</v>
       </c>
       <c r="E89" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F89" t="s">
         <v>24</v>
       </c>
       <c r="G89" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="H89">
         <v>101.15</v>
       </c>
       <c r="I89" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="J89" t="s">
         <v>56</v>
       </c>
       <c r="K89" t="s">
         <v>56</v>
       </c>
       <c r="L89" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M89" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O89">
         <v>394334795589</v>
       </c>
       <c r="P89" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q89" t="s">
+        <v>39</v>
+      </c>
+      <c r="R89" t="s">
+        <v>31</v>
+      </c>
+      <c r="S89" t="s">
         <v>32</v>
       </c>
-      <c r="R89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T89" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U89" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C90">
         <v>244536412</v>
       </c>
       <c r="D90">
         <v>548141</v>
       </c>
       <c r="E90" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="F90" t="s">
         <v>24</v>
       </c>
       <c r="G90" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="H90">
         <v>101.15</v>
       </c>
       <c r="I90" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="J90" t="s">
         <v>56</v>
       </c>
       <c r="K90" t="s">
         <v>56</v>
       </c>
       <c r="L90" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M90" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N90" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O90">
         <v>394284196570</v>
       </c>
       <c r="P90" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q90" t="s">
+        <v>39</v>
+      </c>
+      <c r="R90" t="s">
+        <v>31</v>
+      </c>
+      <c r="S90" t="s">
         <v>32</v>
       </c>
-      <c r="R90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T90" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U90" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C91">
         <v>216216412</v>
       </c>
       <c r="D91">
         <v>548036</v>
       </c>
       <c r="E91" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="H91">
         <v>100.63</v>
       </c>
       <c r="I91" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J91" t="s">
         <v>56</v>
       </c>
       <c r="K91" t="s">
         <v>56</v>
       </c>
       <c r="L91" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M91" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N91" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O91">
         <v>394239615420</v>
       </c>
       <c r="P91" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q91" t="s">
+        <v>39</v>
+      </c>
+      <c r="R91" t="s">
+        <v>31</v>
+      </c>
+      <c r="S91" t="s">
         <v>32</v>
       </c>
-      <c r="R91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T91" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U91" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C92">
         <v>299186412</v>
       </c>
       <c r="D92">
         <v>547831</v>
       </c>
       <c r="E92" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="F92" t="s">
         <v>24</v>
       </c>
       <c r="G92" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="H92">
         <v>72.69</v>
       </c>
       <c r="I92" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="J92" t="s">
         <v>56</v>
       </c>
       <c r="K92" t="s">
         <v>56</v>
       </c>
       <c r="L92" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M92" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N92" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O92">
         <v>394112226633</v>
       </c>
       <c r="P92" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q92" t="s">
+        <v>39</v>
+      </c>
+      <c r="R92" t="s">
+        <v>31</v>
+      </c>
+      <c r="S92" t="s">
         <v>32</v>
       </c>
-      <c r="R92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T92" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U92" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C93">
         <v>285526412</v>
       </c>
       <c r="D93">
         <v>547533</v>
       </c>
       <c r="E93" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="F93" t="s">
         <v>24</v>
       </c>
       <c r="G93" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="H93">
         <v>89</v>
       </c>
       <c r="I93" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J93" t="s">
         <v>56</v>
       </c>
       <c r="K93" t="s">
         <v>56</v>
       </c>
       <c r="L93" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M93" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N93" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O93">
         <v>393891220021</v>
       </c>
       <c r="P93" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q93" t="s">
+        <v>39</v>
+      </c>
+      <c r="R93" t="s">
+        <v>31</v>
+      </c>
+      <c r="S93" t="s">
         <v>32</v>
       </c>
-      <c r="R93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T93" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U93" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C94">
         <v>235146412</v>
       </c>
       <c r="D94">
         <v>547412</v>
       </c>
       <c r="E94" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="F94" t="s">
         <v>24</v>
       </c>
       <c r="G94" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="H94">
         <v>79</v>
       </c>
       <c r="I94" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="J94" t="s">
         <v>56</v>
       </c>
       <c r="K94" t="s">
         <v>56</v>
       </c>
       <c r="L94" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M94" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N94" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O94">
         <v>393805912030</v>
       </c>
       <c r="P94" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q94" t="s">
+        <v>39</v>
+      </c>
+      <c r="R94" t="s">
+        <v>31</v>
+      </c>
+      <c r="S94" t="s">
         <v>32</v>
       </c>
-      <c r="R94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T94" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U94" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C95">
         <v>246646412</v>
       </c>
       <c r="D95">
         <v>547319</v>
       </c>
       <c r="E95" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="F95" t="s">
         <v>24</v>
       </c>
       <c r="G95" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="H95">
         <v>59</v>
       </c>
       <c r="I95" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J95" t="s">
         <v>56</v>
       </c>
       <c r="K95" t="s">
         <v>56</v>
       </c>
       <c r="L95" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M95" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N95" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O95">
         <v>393748544712</v>
       </c>
       <c r="P95" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q95" t="s">
+        <v>39</v>
+      </c>
+      <c r="R95" t="s">
+        <v>31</v>
+      </c>
+      <c r="S95" t="s">
         <v>32</v>
       </c>
-      <c r="R95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T95" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="U95" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C96">
         <v>279112412</v>
       </c>
       <c r="D96">
         <v>547136</v>
       </c>
       <c r="E96" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="F96" t="s">
         <v>24</v>
       </c>
       <c r="G96" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="H96">
         <v>109</v>
       </c>
       <c r="I96" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="J96" t="s">
         <v>56</v>
       </c>
       <c r="K96" t="s">
         <v>56</v>
       </c>
       <c r="L96" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M96" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N96" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O96">
         <v>393625264930</v>
       </c>
       <c r="P96" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q96" t="s">
+        <v>39</v>
+      </c>
+      <c r="R96" t="s">
+        <v>31</v>
+      </c>
+      <c r="S96" t="s">
         <v>32</v>
       </c>
-      <c r="R96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T96" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U96" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="C97">
         <v>232952412</v>
       </c>
       <c r="D97">
         <v>546968</v>
       </c>
       <c r="E97" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="F97" t="s">
         <v>24</v>
       </c>
       <c r="G97" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="H97">
         <v>129</v>
       </c>
       <c r="I97" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="J97" t="s">
         <v>56</v>
       </c>
       <c r="K97" t="s">
         <v>56</v>
       </c>
       <c r="L97" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M97" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O97">
         <v>393526821227</v>
       </c>
       <c r="P97" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q97" t="s">
+        <v>39</v>
+      </c>
+      <c r="R97" t="s">
+        <v>31</v>
+      </c>
+      <c r="S97" t="s">
         <v>32</v>
       </c>
-      <c r="R97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T97" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U97" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C98">
         <v>293382412</v>
       </c>
       <c r="D98">
         <v>546611</v>
       </c>
       <c r="E98" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="F98" t="s">
         <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="H98">
         <v>112.4</v>
       </c>
       <c r="I98" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="J98" t="s">
         <v>56</v>
       </c>
       <c r="K98" t="s">
         <v>56</v>
       </c>
       <c r="L98" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M98" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N98" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O98">
         <v>393242491882</v>
       </c>
       <c r="P98" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q98" t="s">
+        <v>39</v>
+      </c>
+      <c r="R98" t="s">
+        <v>31</v>
+      </c>
+      <c r="S98" t="s">
         <v>32</v>
       </c>
-      <c r="R98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T98" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U98" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C99">
         <v>254582412</v>
       </c>
       <c r="D99">
         <v>546388</v>
       </c>
       <c r="E99" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="F99" t="s">
         <v>24</v>
       </c>
       <c r="G99" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H99">
         <v>156.5</v>
       </c>
       <c r="I99" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="J99" t="s">
         <v>56</v>
       </c>
       <c r="K99" t="s">
         <v>56</v>
       </c>
       <c r="L99" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M99" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O99">
         <v>393078425361</v>
       </c>
       <c r="P99" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q99" t="s">
+        <v>39</v>
+      </c>
+      <c r="R99" t="s">
+        <v>31</v>
+      </c>
+      <c r="S99" t="s">
         <v>32</v>
       </c>
-      <c r="R99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T99" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U99" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C100">
         <v>292692412</v>
       </c>
       <c r="D100">
         <v>546332</v>
       </c>
       <c r="E100" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="F100" t="s">
         <v>24</v>
       </c>
       <c r="G100" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="H100">
         <v>59</v>
       </c>
       <c r="I100" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="J100" t="s">
         <v>56</v>
       </c>
       <c r="K100" t="s">
         <v>56</v>
       </c>
       <c r="L100" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M100" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N100" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O100">
         <v>393029478713</v>
       </c>
       <c r="P100" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q100" t="s">
+        <v>39</v>
+      </c>
+      <c r="R100" t="s">
+        <v>31</v>
+      </c>
+      <c r="S100" t="s">
         <v>32</v>
       </c>
-      <c r="R100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T100" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="U100" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C101">
         <v>239492412</v>
       </c>
       <c r="D101">
         <v>546328</v>
       </c>
       <c r="E101" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F101" t="s">
         <v>24</v>
       </c>
       <c r="G101"/>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J101"/>
       <c r="K101"/>
       <c r="L101" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M101" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q101" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R101" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S101" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T101" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U101" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C102">
         <v>288222412</v>
       </c>
       <c r="D102">
         <v>545693</v>
       </c>
       <c r="E102" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F102" t="s">
         <v>24</v>
       </c>
       <c r="G102"/>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="J102"/>
       <c r="K102"/>
       <c r="L102" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M102" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q102" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R102" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S102" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T102" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U102" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C103">
         <v>299951352</v>
       </c>
       <c r="D103">
         <v>543804</v>
       </c>
       <c r="E103" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="F103" t="s">
         <v>24</v>
       </c>
       <c r="G103" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="H103">
         <v>89</v>
       </c>
       <c r="I103" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="J103" t="s">
         <v>56</v>
       </c>
       <c r="K103" t="s">
         <v>56</v>
       </c>
       <c r="L103" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M103" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N103" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O103">
         <v>391649950054</v>
       </c>
       <c r="P103" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q103" t="s">
+        <v>39</v>
+      </c>
+      <c r="R103" t="s">
+        <v>31</v>
+      </c>
+      <c r="S103" t="s">
         <v>32</v>
       </c>
-      <c r="R103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T103" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="U103" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C104">
         <v>279951352</v>
       </c>
       <c r="D104">
         <v>543803</v>
       </c>
       <c r="E104" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="F104" t="s">
         <v>24</v>
       </c>
       <c r="G104" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="H104">
         <v>93.3</v>
       </c>
       <c r="I104" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="J104" t="s">
         <v>56</v>
       </c>
       <c r="K104" t="s">
         <v>56</v>
       </c>
       <c r="L104" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M104" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N104" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O104">
         <v>391655470390</v>
       </c>
       <c r="P104" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q104" t="s">
+        <v>39</v>
+      </c>
+      <c r="R104" t="s">
+        <v>31</v>
+      </c>
+      <c r="S104" t="s">
         <v>32</v>
       </c>
-      <c r="R104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T104" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="U104" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C105">
         <v>252951352</v>
       </c>
       <c r="D105">
         <v>543793</v>
       </c>
       <c r="E105" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="F105" t="s">
         <v>24</v>
       </c>
       <c r="G105" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="H105">
         <v>93.3</v>
       </c>
       <c r="I105" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="J105" t="s">
         <v>56</v>
       </c>
       <c r="K105" t="s">
         <v>56</v>
       </c>
       <c r="L105" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M105" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N105" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O105">
         <v>391654833437</v>
       </c>
       <c r="P105" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q105" t="s">
+        <v>39</v>
+      </c>
+      <c r="R105" t="s">
+        <v>31</v>
+      </c>
+      <c r="S105" t="s">
         <v>32</v>
       </c>
-      <c r="R105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T105" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="U105" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C106">
         <v>295955352</v>
       </c>
       <c r="D106">
         <v>543167</v>
       </c>
       <c r="E106" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F106" t="s">
         <v>24</v>
       </c>
       <c r="G106" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="H106">
         <v>69.76</v>
       </c>
       <c r="I106" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="J106" t="s">
         <v>56</v>
       </c>
       <c r="K106" t="s">
         <v>56</v>
       </c>
       <c r="L106" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M106" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N106" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O106">
         <v>391330478870</v>
       </c>
       <c r="P106" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q106" t="s">
+        <v>39</v>
+      </c>
+      <c r="R106" t="s">
+        <v>31</v>
+      </c>
+      <c r="S106" t="s">
         <v>32</v>
       </c>
-      <c r="R106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T106" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="U106" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C107">
         <v>296955352</v>
       </c>
       <c r="D107">
         <v>543166</v>
       </c>
       <c r="E107" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F107" t="s">
         <v>24</v>
       </c>
       <c r="G107" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="H107">
         <v>60.8</v>
       </c>
       <c r="I107" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="J107" t="s">
         <v>56</v>
       </c>
       <c r="K107" t="s">
         <v>56</v>
       </c>
       <c r="L107" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M107" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N107" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O107">
         <v>391383076778</v>
       </c>
       <c r="P107" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q107" t="s">
+        <v>39</v>
+      </c>
+      <c r="R107" t="s">
+        <v>31</v>
+      </c>
+      <c r="S107" t="s">
         <v>32</v>
       </c>
-      <c r="R107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T107" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U107" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C108">
         <v>287925352</v>
       </c>
       <c r="D108">
         <v>542907</v>
       </c>
       <c r="E108" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F108" t="s">
         <v>24</v>
       </c>
       <c r="G108" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="H108">
         <v>99</v>
       </c>
       <c r="I108" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="J108" t="s">
         <v>56</v>
       </c>
       <c r="K108" t="s">
         <v>56</v>
       </c>
       <c r="L108" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M108" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N108" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O108">
         <v>391248267075</v>
       </c>
       <c r="P108" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q108" t="s">
+        <v>39</v>
+      </c>
+      <c r="R108" t="s">
+        <v>31</v>
+      </c>
+      <c r="S108" t="s">
         <v>32</v>
       </c>
-      <c r="R108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T108" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U108" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C109">
         <v>281625352</v>
       </c>
       <c r="D109">
         <v>542899</v>
       </c>
       <c r="E109" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F109" t="s">
         <v>24</v>
       </c>
       <c r="G109" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="H109">
         <v>109</v>
       </c>
       <c r="I109" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="J109" t="s">
         <v>56</v>
       </c>
       <c r="K109" t="s">
         <v>56</v>
       </c>
       <c r="L109" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M109" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N109" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O109">
         <v>391244167880</v>
       </c>
       <c r="P109" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q109" t="s">
+        <v>39</v>
+      </c>
+      <c r="R109" t="s">
+        <v>31</v>
+      </c>
+      <c r="S109" t="s">
         <v>32</v>
       </c>
-      <c r="R109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T109" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U109" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C110">
         <v>261425352</v>
       </c>
       <c r="D110">
         <v>542886</v>
       </c>
       <c r="E110" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F110" t="s">
         <v>24</v>
       </c>
       <c r="G110" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="H110">
         <v>111</v>
       </c>
       <c r="I110" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="J110" t="s">
         <v>56</v>
       </c>
       <c r="K110" t="s">
         <v>56</v>
       </c>
       <c r="L110" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M110" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N110" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O110">
         <v>391239779012</v>
       </c>
       <c r="P110" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q110" t="s">
+        <v>39</v>
+      </c>
+      <c r="R110" t="s">
+        <v>31</v>
+      </c>
+      <c r="S110" t="s">
         <v>32</v>
       </c>
-      <c r="R110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T110" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="U110" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C111">
         <v>294445352</v>
       </c>
       <c r="D111">
         <v>542817</v>
       </c>
       <c r="E111" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F111" t="s">
         <v>24</v>
       </c>
       <c r="G111" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="H111">
         <v>56.96</v>
       </c>
       <c r="I111" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="J111" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K111" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L111" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M111" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N111" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q111" t="s">
+        <v>39</v>
+      </c>
+      <c r="R111" t="s">
+        <v>31</v>
+      </c>
+      <c r="S111" t="s">
         <v>32</v>
       </c>
-      <c r="R111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T111" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U111" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C112">
         <v>294137352</v>
       </c>
       <c r="D112">
         <v>542802</v>
       </c>
       <c r="E112" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F112" t="s">
         <v>24</v>
       </c>
       <c r="G112" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="H112">
         <v>82.56</v>
       </c>
       <c r="I112" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J112" t="s">
         <v>56</v>
       </c>
       <c r="K112" t="s">
         <v>56</v>
       </c>
       <c r="L112" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M112" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N112" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O112">
         <v>391248567511</v>
       </c>
       <c r="P112" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q112" t="s">
+        <v>39</v>
+      </c>
+      <c r="R112" t="s">
+        <v>31</v>
+      </c>
+      <c r="S112" t="s">
         <v>32</v>
       </c>
-      <c r="R112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T112" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="U112" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C113">
         <v>231577352</v>
       </c>
       <c r="D113">
         <v>542613</v>
       </c>
       <c r="E113" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="F113" t="s">
         <v>24</v>
       </c>
       <c r="G113" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="H113">
         <v>89</v>
       </c>
       <c r="I113" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J113" t="s">
         <v>56</v>
       </c>
       <c r="K113" t="s">
         <v>56</v>
       </c>
       <c r="L113" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M113" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N113" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O113">
         <v>391107219770</v>
       </c>
       <c r="P113" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q113" t="s">
+        <v>39</v>
+      </c>
+      <c r="R113" t="s">
+        <v>31</v>
+      </c>
+      <c r="S113" t="s">
         <v>32</v>
       </c>
-      <c r="R113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T113" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="U113" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C114">
         <v>268577352</v>
       </c>
       <c r="D114">
         <v>542612</v>
       </c>
       <c r="E114" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F114" t="s">
         <v>24</v>
       </c>
       <c r="G114"/>
       <c r="H114">
         <v>0</v>
       </c>
       <c r="I114" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J114"/>
       <c r="K114"/>
       <c r="L114" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M114" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q114" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R114" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S114" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T114" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U114" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C115">
         <v>222197352</v>
       </c>
       <c r="D115">
         <v>542449</v>
       </c>
       <c r="E115" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="F115" t="s">
         <v>24</v>
       </c>
       <c r="G115" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H115">
         <v>95.2</v>
       </c>
       <c r="I115" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="J115" t="s">
         <v>56</v>
       </c>
       <c r="K115" t="s">
         <v>56</v>
       </c>
       <c r="L115" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M115" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N115" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O115">
         <v>391098169144</v>
       </c>
       <c r="P115" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q115" t="s">
+        <v>39</v>
+      </c>
+      <c r="R115" t="s">
+        <v>31</v>
+      </c>
+      <c r="S115" t="s">
         <v>32</v>
       </c>
-      <c r="R115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T115" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U115" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
         <v>21</v>
       </c>
       <c r="B116" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C116">
         <v>258727352</v>
       </c>
       <c r="D116">
         <v>542242</v>
       </c>
       <c r="E116" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F116" t="s">
         <v>24</v>
       </c>
       <c r="G116" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="H116">
         <v>38.5</v>
       </c>
       <c r="I116" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J116" t="s">
         <v>56</v>
       </c>
       <c r="K116" t="s">
         <v>56</v>
       </c>
       <c r="L116" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M116" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N116" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O116">
         <v>390940233701</v>
       </c>
       <c r="P116" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q116" t="s">
+        <v>39</v>
+      </c>
+      <c r="R116" t="s">
+        <v>31</v>
+      </c>
+      <c r="S116" t="s">
         <v>32</v>
       </c>
-      <c r="R116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T116" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U116" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
         <v>21</v>
       </c>
       <c r="B117" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C117">
         <v>265627352</v>
       </c>
       <c r="D117">
         <v>542183</v>
       </c>
       <c r="E117" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F117" t="s">
         <v>24</v>
       </c>
       <c r="G117" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="H117">
         <v>38.5</v>
       </c>
       <c r="I117" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="J117" t="s">
         <v>56</v>
       </c>
       <c r="K117" t="s">
         <v>56</v>
       </c>
       <c r="L117" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M117" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N117" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O117">
         <v>390915257498</v>
       </c>
       <c r="P117" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q117" t="s">
+        <v>39</v>
+      </c>
+      <c r="R117" t="s">
+        <v>31</v>
+      </c>
+      <c r="S117" t="s">
         <v>32</v>
       </c>
-      <c r="R117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T117" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="U117" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
         <v>21</v>
       </c>
       <c r="B118" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C118">
         <v>251878352</v>
       </c>
       <c r="D118">
         <v>541849</v>
       </c>
       <c r="E118" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F118" t="s">
         <v>24</v>
       </c>
       <c r="G118"/>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J118"/>
       <c r="K118"/>
       <c r="L118" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M118" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q118" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R118" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S118" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T118" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U118" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
         <v>21</v>
       </c>
       <c r="B119" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C119">
         <v>257978352</v>
       </c>
       <c r="D119">
         <v>541840</v>
       </c>
       <c r="E119" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F119" t="s">
         <v>24</v>
       </c>
       <c r="G119"/>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="J119"/>
       <c r="K119"/>
       <c r="L119" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M119" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q119" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R119" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S119" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="T119" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U119" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
         <v>21</v>
       </c>
       <c r="B120" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="C120">
         <v>296268352</v>
       </c>
       <c r="D120">
         <v>541604</v>
       </c>
       <c r="E120" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="F120" t="s">
         <v>24</v>
       </c>
       <c r="G120" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="H120">
         <v>89</v>
       </c>
       <c r="I120" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="J120" t="s">
         <v>56</v>
       </c>
       <c r="K120" t="s">
         <v>56</v>
       </c>
       <c r="L120" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M120" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N120" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O120">
         <v>390591769853</v>
       </c>
       <c r="P120" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q120" t="s">
+        <v>39</v>
+      </c>
+      <c r="R120" t="s">
+        <v>31</v>
+      </c>
+      <c r="S120" t="s">
         <v>32</v>
       </c>
-      <c r="R120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T120" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U120" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
         <v>21</v>
       </c>
       <c r="B121" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="C121">
         <v>277948352</v>
       </c>
       <c r="D121">
         <v>541481</v>
       </c>
       <c r="E121" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="F121" t="s">
         <v>24</v>
       </c>
       <c r="G121" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="H121">
         <v>82.4</v>
       </c>
       <c r="I121" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="J121" t="s">
         <v>56</v>
       </c>
       <c r="K121" t="s">
         <v>56</v>
       </c>
       <c r="L121" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M121" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N121" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O121">
         <v>390481609288</v>
       </c>
       <c r="P121" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q121" t="s">
+        <v>39</v>
+      </c>
+      <c r="R121" t="s">
+        <v>31</v>
+      </c>
+      <c r="S121" t="s">
         <v>32</v>
       </c>
-      <c r="R121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T121" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U121" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
         <v>21</v>
       </c>
       <c r="B122" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C122">
         <v>298279352</v>
       </c>
       <c r="D122">
         <v>541287</v>
       </c>
       <c r="E122" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="F122" t="s">
         <v>24</v>
       </c>
       <c r="G122" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="H122">
         <v>75.9</v>
       </c>
       <c r="I122" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="J122" t="s">
         <v>56</v>
       </c>
       <c r="K122" t="s">
         <v>56</v>
       </c>
       <c r="L122" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M122" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N122" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O122">
         <v>390307240774</v>
       </c>
       <c r="P122" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q122" t="s">
+        <v>39</v>
+      </c>
+      <c r="R122" t="s">
+        <v>31</v>
+      </c>
+      <c r="S122" t="s">
         <v>32</v>
       </c>
-      <c r="R122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T122" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U122" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
         <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="C123">
         <v>216862352</v>
       </c>
       <c r="D123">
         <v>540740</v>
       </c>
       <c r="E123" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="F123" t="s">
         <v>24</v>
       </c>
       <c r="G123" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="H123">
         <v>72.6</v>
       </c>
       <c r="I123" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="J123" t="s">
         <v>56</v>
       </c>
       <c r="K123" t="s">
         <v>56</v>
       </c>
       <c r="L123" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M123" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N123" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O123">
         <v>279678316868</v>
       </c>
       <c r="P123" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q123" t="s">
+        <v>39</v>
+      </c>
+      <c r="R123" t="s">
+        <v>31</v>
+      </c>
+      <c r="S123" t="s">
         <v>32</v>
       </c>
-      <c r="R123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T123" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="U123" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
         <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C124">
         <v>263168152</v>
       </c>
       <c r="D124">
         <v>539827</v>
       </c>
       <c r="E124" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="F124" t="s">
         <v>24</v>
       </c>
       <c r="G124" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="H124">
         <v>65.9</v>
       </c>
       <c r="I124" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="J124" t="s">
         <v>56</v>
       </c>
       <c r="K124" t="s">
         <v>56</v>
       </c>
       <c r="L124" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M124" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N124" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O124">
         <v>278882241526</v>
       </c>
       <c r="P124" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q124" t="s">
+        <v>39</v>
+      </c>
+      <c r="R124" t="s">
+        <v>31</v>
+      </c>
+      <c r="S124" t="s">
         <v>32</v>
       </c>
-      <c r="R124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T124" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="U124" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
         <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="C125">
         <v>284299152</v>
       </c>
       <c r="D125">
         <v>539695</v>
       </c>
       <c r="E125" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="F125" t="s">
         <v>24</v>
       </c>
       <c r="G125" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="H125">
         <v>94.8</v>
       </c>
       <c r="I125" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J125" t="s">
         <v>56</v>
       </c>
       <c r="K125" t="s">
         <v>56</v>
       </c>
       <c r="L125" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M125" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N125" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O125">
         <v>278819777643</v>
       </c>
       <c r="P125" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q125" t="s">
+        <v>39</v>
+      </c>
+      <c r="R125" t="s">
+        <v>31</v>
+      </c>
+      <c r="S125" t="s">
         <v>32</v>
       </c>
-      <c r="R125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T125" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U125" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
         <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C126">
         <v>275692152</v>
       </c>
       <c r="D126">
         <v>539660</v>
       </c>
       <c r="E126" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F126" t="s">
         <v>24</v>
       </c>
       <c r="G126" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="H126">
         <v>66</v>
       </c>
       <c r="I126" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="J126" t="s">
         <v>56</v>
       </c>
       <c r="K126" t="s">
         <v>56</v>
       </c>
       <c r="L126" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M126" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N126" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O126">
         <v>278818065840</v>
       </c>
       <c r="P126" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q126" t="s">
+        <v>39</v>
+      </c>
+      <c r="R126" t="s">
+        <v>31</v>
+      </c>
+      <c r="S126" t="s">
         <v>32</v>
       </c>
-      <c r="R126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T126" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="U126" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
         <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C127">
         <v>285235552</v>
       </c>
       <c r="D127">
         <v>539615</v>
       </c>
       <c r="E127" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F127" t="s">
         <v>24</v>
       </c>
       <c r="G127" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="H127">
         <v>489</v>
       </c>
       <c r="I127" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="J127" t="s">
         <v>56</v>
       </c>
       <c r="K127" t="s">
         <v>56</v>
       </c>
       <c r="L127" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M127" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N127" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O127">
         <v>278773620911</v>
       </c>
       <c r="P127" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q127" t="s">
+        <v>39</v>
+      </c>
+      <c r="R127" t="s">
+        <v>31</v>
+      </c>
+      <c r="S127" t="s">
         <v>32</v>
       </c>
-      <c r="R127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T127" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U127" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
         <v>21</v>
       </c>
       <c r="B128" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C128">
         <v>214762552</v>
       </c>
       <c r="D128">
         <v>539528</v>
       </c>
       <c r="E128" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>24</v>
       </c>
       <c r="G128" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="H128">
         <v>73.6</v>
       </c>
       <c r="I128" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="J128" t="s">
         <v>56</v>
       </c>
       <c r="K128" t="s">
         <v>56</v>
       </c>
       <c r="L128" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M128" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N128" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O128">
         <v>278701345790</v>
       </c>
       <c r="P128" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q128" t="s">
+        <v>39</v>
+      </c>
+      <c r="R128" t="s">
+        <v>31</v>
+      </c>
+      <c r="S128" t="s">
         <v>32</v>
       </c>
-      <c r="R128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T128" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U128" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
         <v>21</v>
       </c>
       <c r="B129" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="C129">
         <v>238293752</v>
       </c>
       <c r="D129">
         <v>539501</v>
       </c>
       <c r="E129" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="F129" t="s">
         <v>24</v>
       </c>
       <c r="G129" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="H129">
         <v>94.8</v>
       </c>
       <c r="I129" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="J129" t="s">
         <v>56</v>
       </c>
       <c r="K129" t="s">
         <v>56</v>
       </c>
       <c r="L129" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M129" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N129" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O129">
         <v>278673640510</v>
       </c>
       <c r="P129" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q129" t="s">
+        <v>39</v>
+      </c>
+      <c r="R129" t="s">
+        <v>31</v>
+      </c>
+      <c r="S129" t="s">
         <v>32</v>
       </c>
-      <c r="R129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T129" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U129" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
         <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="C130">
         <v>253935752</v>
       </c>
       <c r="D130">
         <v>539469</v>
       </c>
       <c r="E130" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="F130" t="s">
         <v>24</v>
       </c>
       <c r="G130" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="H130">
         <v>119</v>
       </c>
       <c r="I130" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J130" t="s">
         <v>56</v>
       </c>
       <c r="K130" t="s">
         <v>56</v>
       </c>
       <c r="L130" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M130" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N130" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O130">
         <v>278693913777</v>
       </c>
       <c r="P130" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q130" t="s">
+        <v>39</v>
+      </c>
+      <c r="R130" t="s">
+        <v>31</v>
+      </c>
+      <c r="S130" t="s">
         <v>32</v>
       </c>
-      <c r="R130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T130" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="U130" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
         <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C131">
         <v>253665572</v>
       </c>
       <c r="D131">
         <v>533507</v>
       </c>
       <c r="E131" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F131" t="s">
         <v>24</v>
       </c>
       <c r="G131"/>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="J131"/>
       <c r="K131"/>
       <c r="L131" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M131" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q131" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R131" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S131" t="s">
+        <v>654</v>
+      </c>
+      <c r="T131" t="s">
+        <v>655</v>
+      </c>
+      <c r="U131" t="s">
         <v>656</v>
-      </c>
-[...4 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
         <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C132">
         <v>221665572</v>
       </c>
       <c r="D132">
         <v>533506</v>
       </c>
       <c r="E132" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F132" t="s">
         <v>24</v>
       </c>
       <c r="G132"/>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="J132"/>
       <c r="K132"/>
       <c r="L132" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M132" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q132" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R132" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S132" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="T132" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="U132" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
         <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C133">
         <v>256845572</v>
       </c>
       <c r="D133">
         <v>533501</v>
       </c>
       <c r="E133" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F133" t="s">
         <v>24</v>
       </c>
       <c r="G133"/>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="J133"/>
       <c r="K133"/>
       <c r="L133" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M133" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q133" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="R133" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="S133" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="T133" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="U133" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">