--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -83,135 +83,117 @@
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LINIOPE</t>
   </si>
   <si>
     <t>2025-02-01 19:00:42</t>
   </si>
   <si>
-    <t>2025-02-02 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11266436</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPLN1321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
-    <t>--</t>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-02-24 15:28:51</t>
+  </si>
+  <si>
+    <t>2024-12-27 09:40:43</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>failed</t>
+  </si>
+  <si>
+    <t>2024-11-28 03:40:28</t>
+  </si>
+  <si>
+    <t>/VSP1R2121</t>
+  </si>
+  <si>
+    <t>2024-08-16 17:20:33</t>
+  </si>
+  <si>
+    <t>2024-08-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11157914</t>
+  </si>
+  <si>
+    <t>/VSPGN2619</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...49 lines deleted...]
-  <si>
     <t>2024-08-15 09:40:50</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>2024-07-19 12:01:40</t>
   </si>
   <si>
     <t>2024-07-21 00:00:00</t>
   </si>
   <si>
     <t>/11143202</t>
   </si>
   <si>
     <t>/VSPEV2021</t>
   </si>
   <si>
     <t>2024-04-13 13:16:24</t>
   </si>
   <si>
     <t>2024-04-13 00:00:00</t>
   </si>
   <si>
     <t>/11092723</t>
   </si>
   <si>
     <t>/VSPCD1G21</t>
   </si>
@@ -975,2116 +957,2110 @@
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
         <v>212641232</v>
       </c>
       <c r="D2">
         <v>586421</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2"/>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" t="s">
         <v>25</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>26</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="M2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O2">
         <v>771847800265</v>
       </c>
       <c r="P2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s">
         <v>31</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="S2" t="s">
         <v>32</v>
       </c>
-      <c r="R2" t="s">
+      <c r="T2" t="s">
         <v>33</v>
       </c>
-      <c r="S2" t="s">
+      <c r="U2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C3">
         <v>262437232</v>
       </c>
       <c r="D3">
         <v>584476</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3"/>
       <c r="H3">
-        <v>120.99</v>
+        <v>0</v>
       </c>
       <c r="I3" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O3">
         <v>283762270001</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C4">
         <v>226848232</v>
       </c>
       <c r="D4">
         <v>581703</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4"/>
       <c r="H4">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="I4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O4">
         <v>282442066371</v>
       </c>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C5">
         <v>228543432</v>
       </c>
       <c r="D5">
         <v>575542</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>89</v>
       </c>
       <c r="I5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O5">
         <v>278456169470</v>
       </c>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C6">
         <v>241443432</v>
       </c>
       <c r="D6">
         <v>575436</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6"/>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O6">
         <v>278336072192</v>
       </c>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C7">
         <v>285775432</v>
       </c>
       <c r="D7">
         <v>573738</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="H7">
         <v>74.8</v>
       </c>
       <c r="I7" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="J7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L7" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O7">
         <v>277374822231</v>
       </c>
       <c r="P7" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C8">
         <v>298682432</v>
       </c>
       <c r="D8">
         <v>569893</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="H8">
         <v>79.99</v>
       </c>
       <c r="I8" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="J8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O8">
         <v>273412553621</v>
       </c>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C9">
         <v>245997312</v>
       </c>
       <c r="D9">
         <v>565286</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="H9">
         <v>99</v>
       </c>
       <c r="I9" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="J9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L9" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O9">
         <v>788039556015</v>
       </c>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C10">
         <v>243627312</v>
       </c>
       <c r="D10">
         <v>565068</v>
       </c>
       <c r="E10" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H10">
         <v>149</v>
       </c>
       <c r="I10" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="J10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O10">
         <v>787800174946</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C11">
         <v>265298312</v>
       </c>
       <c r="D11">
         <v>564129</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H11">
         <v>71.1</v>
       </c>
       <c r="I11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L11" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O11">
         <v>787079951630</v>
       </c>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q11" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="C12">
         <v>286959312</v>
       </c>
       <c r="D12">
         <v>563688</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="H12">
         <v>89.1</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L12" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O12">
         <v>786848973549</v>
       </c>
       <c r="P12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q12" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="C13">
         <v>265579312</v>
       </c>
       <c r="D13">
         <v>563616</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H13">
         <v>89.1</v>
       </c>
       <c r="I13" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L13" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O13">
         <v>786827142193</v>
       </c>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C14">
         <v>215332312</v>
       </c>
       <c r="D14">
         <v>561527</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="H14">
         <v>134.1</v>
       </c>
       <c r="I14" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L14" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O14">
         <v>785634660770</v>
       </c>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C15">
         <v>259914312</v>
       </c>
       <c r="D15">
         <v>560582</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="H15">
         <v>98.1</v>
       </c>
       <c r="I15" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="J15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O15">
         <v>784782847869</v>
       </c>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q15" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C16">
         <v>263774312</v>
       </c>
       <c r="D16">
         <v>560261</v>
       </c>
       <c r="E16" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="H16">
         <v>54</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="J16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" t="s">
+        <v>26</v>
+      </c>
+      <c r="L16" t="s">
         <v>27</v>
       </c>
-      <c r="K16" t="s">
-[...2 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>28</v>
       </c>
-      <c r="M16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O16">
         <v>784491542291</v>
       </c>
       <c r="P16" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>44</v>
+      </c>
+      <c r="R16" t="s">
         <v>31</v>
       </c>
-      <c r="Q16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S16" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="T16" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="U16" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C17">
         <v>259474312</v>
       </c>
       <c r="D17">
         <v>560173</v>
       </c>
       <c r="E17" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="H17">
         <v>93.6</v>
       </c>
       <c r="I17" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="J17" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K17" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M17" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O17">
         <v>784481371512</v>
       </c>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C18">
         <v>244233112</v>
       </c>
       <c r="D18">
         <v>559295</v>
       </c>
       <c r="E18" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H18">
         <v>83.2</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="J18" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K18" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O18">
         <v>783588198801</v>
       </c>
       <c r="P18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q18" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C19">
         <v>283353112</v>
       </c>
       <c r="D19">
         <v>559180</v>
       </c>
       <c r="E19" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="H19">
         <v>99</v>
       </c>
       <c r="I19" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="J19" t="s">
+        <v>26</v>
+      </c>
+      <c r="K19" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" t="s">
         <v>27</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>28</v>
       </c>
-      <c r="M19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O19">
         <v>783502281295</v>
       </c>
       <c r="P19" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>44</v>
+      </c>
+      <c r="R19" t="s">
         <v>31</v>
       </c>
-      <c r="Q19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S19" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="T19" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="U19" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C20">
         <v>294683112</v>
       </c>
       <c r="D20">
         <v>558876</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="H20">
         <v>99.43</v>
       </c>
       <c r="I20" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="J20" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K20" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M20" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O20">
         <v>783234945076</v>
       </c>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C21">
         <v>232493112</v>
       </c>
       <c r="D21">
         <v>558640</v>
       </c>
       <c r="E21" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="H21">
         <v>43.2</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="J21" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K21" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M21" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O21">
         <v>783003025752</v>
       </c>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q21" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C22">
         <v>264363112</v>
       </c>
       <c r="D22">
         <v>558635</v>
       </c>
       <c r="E22" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="H22">
         <v>100.8</v>
       </c>
       <c r="I22" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="J22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L22" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O22">
         <v>783006441440</v>
       </c>
       <c r="P22" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q22" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="C23">
         <v>258781112</v>
       </c>
       <c r="D23">
         <v>557660</v>
       </c>
       <c r="E23" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H23">
         <v>108</v>
       </c>
       <c r="I23" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="J23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L23" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O23">
         <v>782259262548</v>
       </c>
       <c r="P23" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q23" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C24">
         <v>227335112</v>
       </c>
       <c r="D24">
         <v>556910</v>
       </c>
       <c r="E24" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="H24">
         <v>37.26</v>
       </c>
       <c r="I24" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="J24" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K24" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L24" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M24" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N24" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O24">
         <v>781569486680</v>
       </c>
       <c r="P24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q24" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C25">
         <v>259735112</v>
       </c>
       <c r="D25">
         <v>556854</v>
       </c>
       <c r="E25" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="H25">
         <v>88.2</v>
       </c>
       <c r="I25" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="J25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L25" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O25">
         <v>781532262922</v>
       </c>
       <c r="P25" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q25" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="C26">
         <v>221235112</v>
       </c>
       <c r="D26">
         <v>556793</v>
       </c>
       <c r="E26" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H26">
         <v>85.23</v>
       </c>
       <c r="I26" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="J26" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K26" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L26" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M26" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O26">
         <v>781529192547</v>
       </c>
       <c r="P26" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C27">
         <v>276915112</v>
       </c>
       <c r="D27">
         <v>556736</v>
       </c>
       <c r="E27" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="H27">
         <v>68.67</v>
       </c>
       <c r="I27" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="J27" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K27" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L27" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M27" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O27">
         <v>781462884496</v>
       </c>
       <c r="P27" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q27" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C28">
         <v>246175112</v>
       </c>
       <c r="D28">
         <v>556597</v>
       </c>
       <c r="E28" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="H28">
         <v>42.57</v>
       </c>
       <c r="I28" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="J28" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K28" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L28" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M28" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O28">
         <v>781350057645</v>
       </c>
       <c r="P28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q28" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C29">
         <v>259675112</v>
       </c>
       <c r="D29">
         <v>556554</v>
       </c>
       <c r="E29" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="H29">
         <v>245</v>
       </c>
       <c r="I29" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="J29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L29" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O29">
         <v>781294171420</v>
       </c>
       <c r="P29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q29" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C30">
         <v>267345112</v>
       </c>
       <c r="D30">
         <v>556088</v>
       </c>
       <c r="E30" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="H30">
         <v>94.5</v>
       </c>
       <c r="I30" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="J30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O30">
         <v>780901390872</v>
       </c>
       <c r="P30" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q30" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C31">
         <v>266737112</v>
       </c>
       <c r="D31">
         <v>556039</v>
       </c>
       <c r="E31" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="H31">
         <v>109.53</v>
       </c>
       <c r="I31" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="J31" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K31" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L31" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M31" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O31">
         <v>780814797739</v>
       </c>
       <c r="P31" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q31" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="C32">
         <v>219177112</v>
       </c>
       <c r="D32">
         <v>555929</v>
       </c>
       <c r="E32" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="H32">
         <v>89.1</v>
       </c>
       <c r="I32" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="J32" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K32" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L32" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O32">
         <v>780733746914</v>
       </c>
       <c r="P32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="C33">
         <v>288567112</v>
       </c>
       <c r="D33">
         <v>555495</v>
       </c>
       <c r="E33" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="H33">
         <v>74.7</v>
       </c>
       <c r="I33" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="J33" t="s">
+        <v>26</v>
+      </c>
+      <c r="K33" t="s">
+        <v>26</v>
+      </c>
+      <c r="L33" t="s">
         <v>27</v>
       </c>
-      <c r="K33" t="s">
-[...2 lines deleted...]
-      <c r="L33" t="s">
+      <c r="M33" t="s">
         <v>28</v>
       </c>
-      <c r="M33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O33">
         <v>780457733306</v>
       </c>
       <c r="P33" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>44</v>
+      </c>
+      <c r="R33" t="s">
         <v>31</v>
       </c>
-      <c r="Q33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S33" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="T33" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="U33" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C34">
         <v>249667112</v>
       </c>
       <c r="D34">
         <v>555394</v>
       </c>
       <c r="E34" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="H34">
         <v>52.5</v>
       </c>
       <c r="I34" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="J34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L34" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O34">
         <v>780370583090</v>
       </c>
       <c r="P34" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q34" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C35">
         <v>217518112</v>
       </c>
       <c r="D35">
         <v>554540</v>
       </c>
       <c r="E35" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="H35">
         <v>245</v>
       </c>
       <c r="I35" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="J35" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K35" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L35" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O35">
         <v>399414770360</v>
       </c>
       <c r="P35" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q35" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C36">
         <v>239733152</v>
       </c>
       <c r="D36">
         <v>545720</v>
       </c>
       <c r="E36" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="H36">
         <v>297.5</v>
       </c>
       <c r="I36" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="J36" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K36" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="L36" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M36" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N36" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O36">
         <v>392714521500</v>
       </c>
       <c r="P36" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="Q36" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">