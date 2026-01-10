--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -140,54 +140,54 @@
   <si>
     <t>/11323150</t>
   </si>
   <si>
     <t>/VSP1R1521</t>
   </si>
   <si>
     <t>2025-05-12 10:12:10</t>
   </si>
   <si>
     <t>/11323149</t>
   </si>
   <si>
     <t>/VSPHK0820</t>
   </si>
   <si>
     <t>2025-05-09 20:41:58</t>
   </si>
   <si>
     <t>/11323151</t>
   </si>
   <si>
     <t>2025-05-09 17:18:32</t>
   </si>
   <si>
-    <t>/11323152</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -813,87 +813,85 @@
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
       <c r="C6">
         <v>2802266653</v>
       </c>
       <c r="D6">
         <v>590050</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
-      <c r="G6" t="s">
+      <c r="G6"/>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
         <v>288626103388</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>