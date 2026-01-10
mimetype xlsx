--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -101,74 +101,71 @@
   <si>
     <t>LINIOPE</t>
   </si>
   <si>
     <t>2025-04-24 22:40:40</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSP263321</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
   </si>
   <si>
     <t>2025-04-25 15:41:16</t>
   </si>
   <si>
     <t>2025-03-30 22:22:29</t>
   </si>
   <si>
     <t>/VSPOQ1M21</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, api error, )</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...1 lines deleted...]
-  <si>
     <t>price_difference</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2025-04-08 21:21:29</t>
   </si>
   <si>
     <t>2025-03-30 15:40:39</t>
   </si>
   <si>
     <t>2025-03-31 00:00:00</t>
   </si>
   <si>
     <t>/11301706</t>
   </si>
   <si>
     <t>/VSP1R2121</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
@@ -245,56 +242,50 @@
   <si>
     <t>2025-04-04 20:33:53</t>
   </si>
   <si>
     <t>2025-03-22 23:20:31</t>
   </si>
   <si>
     <t>2025-03-24 00:00:00</t>
   </si>
   <si>
     <t>/11298541</t>
   </si>
   <si>
     <t>/VSPCD2P21</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
   </si>
   <si>
     <t>2025-04-04 20:02:19</t>
   </si>
   <si>
     <t>2025-02-01 19:00:42</t>
   </si>
   <si>
-    <t>2025-02-02 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPLN1321</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
   </si>
   <si>
     <t>2025-02-24 15:28:51</t>
   </si>
   <si>
     <t>2024-10-09 17:00:30</t>
   </si>
   <si>
     <t>2024-10-10 00:00:00</t>
   </si>
   <si>
     <t>/11184681</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
   </si>
   <si>
     <t>2024-10-11 16:40:58</t>
@@ -435,56 +426,50 @@
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA </t>
   </si>
   <si>
     <t>2023-12-16 14:13:29</t>
   </si>
   <si>
     <t>2023-12-04 10:58:47</t>
   </si>
   <si>
     <t>2023-12-04 00:00:00</t>
   </si>
   <si>
     <t>/11032557</t>
   </si>
   <si>
     <t>/VSP1S2821</t>
   </si>
   <si>
     <t xml:space="preserve">					ARREPENTIMIENTO DE COMPRA 		</t>
   </si>
   <si>
     <t>2023-12-05 20:51:11</t>
   </si>
   <si>
     <t>2023-11-24 23:48:25</t>
-  </si>
-[...4 lines deleted...]
-    <t>/11027318</t>
   </si>
   <si>
     <t>/VSPHJ1821</t>
   </si>
   <si>
     <t xml:space="preserve">				ARREPENTIMIENTO DE COMPRA 			</t>
   </si>
   <si>
     <t>2023-11-29 21:18:32</t>
   </si>
   <si>
     <t>2023-11-21 22:39:25</t>
   </si>
   <si>
     <t>2023-11-22 00:00:00</t>
   </si>
   <si>
     <t>/11025286</t>
   </si>
   <si>
     <t>/SOQ090016</t>
   </si>
   <si>
     <t>2023-11-27 16:26:10</t>
   </si>
@@ -1366,2787 +1351,2783 @@
       </c>
       <c r="G3"/>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3" t="s">
         <v>35</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>23</v>
       </c>
       <c r="Q3" t="s">
         <v>28</v>
       </c>
       <c r="R3" t="s">
+        <v>29</v>
+      </c>
+      <c r="S3" t="s">
         <v>36</v>
       </c>
-      <c r="S3" t="s">
+      <c r="T3" t="s">
         <v>37</v>
       </c>
-      <c r="T3" t="s">
+      <c r="U3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C4">
         <v>241513232</v>
       </c>
       <c r="D4">
         <v>588529</v>
       </c>
       <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H4">
         <v>55.2</v>
       </c>
       <c r="I4" t="s">
+        <v>42</v>
+      </c>
+      <c r="J4" t="s">
         <v>43</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M4" t="s">
         <v>44</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>23</v>
       </c>
       <c r="Q4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R4" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S4" t="s">
         <v>30</v>
       </c>
       <c r="T4" t="s">
+        <v>47</v>
+      </c>
+      <c r="U4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C5">
         <v>256853232</v>
       </c>
       <c r="D5">
         <v>588450</v>
       </c>
       <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="H5">
         <v>63.99</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
       <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" t="s">
         <v>44</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R5" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S5" t="s">
+        <v>52</v>
+      </c>
+      <c r="T5" t="s">
         <v>53</v>
       </c>
-      <c r="T5" t="s">
+      <c r="U5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C6">
         <v>266453232</v>
       </c>
       <c r="D6">
         <v>588397</v>
       </c>
       <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="H6">
         <v>59.99</v>
       </c>
       <c r="I6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" t="s">
+        <v>26</v>
+      </c>
+      <c r="M6" t="s">
         <v>44</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R6" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S6" t="s">
+        <v>52</v>
+      </c>
+      <c r="T6" t="s">
         <v>53</v>
       </c>
-      <c r="T6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C7">
         <v>275773232</v>
       </c>
       <c r="D7">
         <v>588355</v>
       </c>
       <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H7">
         <v>63.99</v>
       </c>
       <c r="I7" t="s">
         <v>34</v>
       </c>
       <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>43</v>
+      </c>
+      <c r="L7" t="s">
+        <v>26</v>
+      </c>
+      <c r="M7" t="s">
         <v>44</v>
       </c>
-      <c r="K7" t="s">
-[...5 lines deleted...]
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>23</v>
       </c>
       <c r="Q7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R7" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S7" t="s">
+        <v>63</v>
+      </c>
+      <c r="T7" t="s">
         <v>64</v>
       </c>
-      <c r="T7" t="s">
+      <c r="U7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C8">
         <v>255973232</v>
       </c>
       <c r="D8">
         <v>588321</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="H8">
         <v>59.99</v>
       </c>
       <c r="I8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>43</v>
+      </c>
+      <c r="L8" t="s">
+        <v>26</v>
+      </c>
+      <c r="M8" t="s">
         <v>44</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>23</v>
       </c>
       <c r="Q8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R8" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C9">
         <v>267583232</v>
       </c>
       <c r="D9">
         <v>588265</v>
       </c>
       <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H9">
         <v>128.99</v>
       </c>
       <c r="I9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>43</v>
+      </c>
+      <c r="L9" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" t="s">
         <v>44</v>
       </c>
-      <c r="K9" t="s">
-[...5 lines deleted...]
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
         <v>23</v>
       </c>
       <c r="Q9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R9" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T9" t="s">
+        <v>73</v>
+      </c>
+      <c r="U9" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C10">
         <v>212641232</v>
       </c>
       <c r="D10">
         <v>586421</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10"/>
       <c r="H10">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="I10" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
+        <v>44</v>
+      </c>
+      <c r="N10" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O10">
         <v>771847800265</v>
       </c>
       <c r="P10" t="s">
         <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="R10" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S10" t="s">
         <v>30</v>
       </c>
       <c r="T10" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="U10" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C11">
         <v>224282232</v>
       </c>
       <c r="D11">
         <v>578562</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="H11">
         <v>95.99</v>
       </c>
       <c r="I11" t="s">
         <v>25</v>
       </c>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K11" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O11">
         <v>280503863778</v>
       </c>
       <c r="P11" t="s">
         <v>23</v>
       </c>
       <c r="Q11" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R11" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S11" t="s">
         <v>30</v>
       </c>
       <c r="T11" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="U11" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C12">
         <v>224895432</v>
       </c>
       <c r="D12">
         <v>573688</v>
       </c>
       <c r="E12" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="H12">
         <v>68</v>
       </c>
       <c r="I12" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J12" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K12" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O12">
         <v>277286615901</v>
       </c>
       <c r="P12" t="s">
         <v>23</v>
       </c>
       <c r="Q12" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R12" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S12" t="s">
         <v>30</v>
       </c>
       <c r="T12" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="U12" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C13">
         <v>226178432</v>
       </c>
       <c r="D13">
         <v>572476</v>
       </c>
       <c r="E13" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="H13">
         <v>79.99</v>
       </c>
       <c r="I13" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J13" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K13" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O13">
         <v>276263676181</v>
       </c>
       <c r="P13" t="s">
         <v>23</v>
       </c>
       <c r="Q13" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S13" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T13" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="U13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C14">
         <v>251278432</v>
       </c>
       <c r="D14">
         <v>572437</v>
       </c>
       <c r="E14" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="H14">
         <v>79.99</v>
       </c>
       <c r="I14" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K14" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
+        <v>44</v>
+      </c>
+      <c r="N14" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O14">
         <v>276259322515</v>
       </c>
       <c r="P14" t="s">
         <v>23</v>
       </c>
       <c r="Q14" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R14" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T14" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="U14" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C15">
         <v>291419432</v>
       </c>
       <c r="D15">
         <v>571787</v>
       </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="H15">
         <v>79.99</v>
       </c>
       <c r="I15" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J15" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K15" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
+        <v>44</v>
+      </c>
+      <c r="N15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O15">
         <v>275498103418</v>
       </c>
       <c r="P15" t="s">
         <v>23</v>
       </c>
       <c r="Q15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R15" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S15" t="s">
         <v>30</v>
       </c>
       <c r="T15" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="U15" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C16">
         <v>226296432</v>
       </c>
       <c r="D16">
         <v>570391</v>
       </c>
       <c r="E16" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="H16">
         <v>103.99</v>
       </c>
       <c r="I16" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="J16" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K16" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N16" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O16">
         <v>273869262570</v>
       </c>
       <c r="P16" t="s">
         <v>23</v>
       </c>
       <c r="Q16" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R16" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S16" t="s">
         <v>30</v>
       </c>
       <c r="T16" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="U16" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C17">
         <v>224994432</v>
       </c>
       <c r="D17">
         <v>568876</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17"/>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17" t="s">
         <v>23</v>
       </c>
       <c r="Q17" t="s">
         <v>28</v>
       </c>
       <c r="R17" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S17" t="s">
         <v>30</v>
       </c>
       <c r="T17" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="U17" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C18">
         <v>278724432</v>
       </c>
       <c r="D18">
         <v>568754</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18"/>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18" t="s">
         <v>23</v>
       </c>
       <c r="Q18" t="s">
         <v>28</v>
       </c>
       <c r="R18" t="s">
+        <v>29</v>
+      </c>
+      <c r="S18" t="s">
         <v>36</v>
       </c>
-      <c r="S18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T18" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="U18" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C19">
         <v>293225312</v>
       </c>
       <c r="D19">
         <v>565853</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19"/>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19" t="s">
         <v>23</v>
       </c>
       <c r="Q19" t="s">
         <v>28</v>
       </c>
       <c r="R19" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S19" t="s">
         <v>30</v>
       </c>
       <c r="T19" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="U19" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C20">
         <v>243287312</v>
       </c>
       <c r="D20">
         <v>565359</v>
       </c>
       <c r="E20" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="H20">
         <v>89</v>
       </c>
       <c r="I20" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="J20" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K20" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
+        <v>44</v>
+      </c>
+      <c r="N20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O20">
         <v>788187891557</v>
       </c>
       <c r="P20" t="s">
         <v>23</v>
       </c>
       <c r="Q20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R20" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S20" t="s">
         <v>30</v>
       </c>
       <c r="T20" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="U20" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C21">
         <v>223158312</v>
       </c>
       <c r="D21">
         <v>564698</v>
       </c>
       <c r="E21" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="H21">
         <v>69</v>
       </c>
       <c r="I21" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="J21" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K21" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
+        <v>44</v>
+      </c>
+      <c r="N21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O21">
         <v>787442535599</v>
       </c>
       <c r="P21" t="s">
         <v>23</v>
       </c>
       <c r="Q21" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R21" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S21" t="s">
         <v>30</v>
       </c>
       <c r="T21" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="U21" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C22">
         <v>238439312</v>
       </c>
       <c r="D22">
         <v>563795</v>
       </c>
       <c r="E22" t="s">
-        <v>141</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
-      <c r="G22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G22"/>
       <c r="H22">
-        <v>71.1</v>
+        <v>0</v>
       </c>
       <c r="I22" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="J22" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K22" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
+        <v>44</v>
+      </c>
+      <c r="N22" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O22">
         <v>786984513944</v>
       </c>
       <c r="P22" t="s">
         <v>23</v>
       </c>
       <c r="Q22" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="R22" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S22" t="s">
         <v>30</v>
       </c>
       <c r="T22" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="U22" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C23">
         <v>273689312</v>
       </c>
       <c r="D23">
         <v>563411</v>
       </c>
       <c r="E23" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="H23">
         <v>29</v>
       </c>
       <c r="I23" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="J23" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K23" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
+        <v>44</v>
+      </c>
+      <c r="N23" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O23">
         <v>786759056741</v>
       </c>
       <c r="P23" t="s">
         <v>23</v>
       </c>
       <c r="Q23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R23" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S23" t="s">
         <v>30</v>
       </c>
       <c r="T23" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="U23" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C24">
         <v>275836312</v>
       </c>
       <c r="D24">
         <v>562788</v>
       </c>
       <c r="E24" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H24">
         <v>99</v>
       </c>
       <c r="I24" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="J24" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K24" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
+        <v>44</v>
+      </c>
+      <c r="N24" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O24">
         <v>786388232907</v>
       </c>
       <c r="P24" t="s">
         <v>23</v>
       </c>
       <c r="Q24" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R24" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S24" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T24" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="U24" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C25">
         <v>242754312</v>
       </c>
       <c r="D25">
         <v>560446</v>
       </c>
       <c r="E25" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="H25">
         <v>54</v>
       </c>
       <c r="I25" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="J25" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K25" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
+        <v>44</v>
+      </c>
+      <c r="N25" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O25">
         <v>784656573099</v>
       </c>
       <c r="P25" t="s">
         <v>23</v>
       </c>
       <c r="Q25" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R25" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S25" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T25" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="U25" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C26">
         <v>263774312</v>
       </c>
       <c r="D26">
         <v>560261</v>
       </c>
       <c r="E26" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="H26">
         <v>54</v>
       </c>
       <c r="I26" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="J26" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K26" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
+        <v>44</v>
+      </c>
+      <c r="N26" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O26">
         <v>784491542291</v>
       </c>
       <c r="P26" t="s">
         <v>23</v>
       </c>
       <c r="Q26" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R26" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S26" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T26" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="U26" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C27">
         <v>283353112</v>
       </c>
       <c r="D27">
         <v>559180</v>
       </c>
       <c r="E27" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="H27">
         <v>99</v>
       </c>
       <c r="I27" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="J27" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K27" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
+        <v>44</v>
+      </c>
+      <c r="N27" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O27">
         <v>783502281295</v>
       </c>
       <c r="P27" t="s">
         <v>23</v>
       </c>
       <c r="Q27" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R27" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S27" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T27" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="U27" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C28">
         <v>236493112</v>
       </c>
       <c r="D28">
         <v>558656</v>
       </c>
       <c r="E28" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H28">
         <v>120</v>
       </c>
       <c r="I28" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="J28" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K28" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
+        <v>44</v>
+      </c>
+      <c r="N28" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O28">
         <v>783021101963</v>
       </c>
       <c r="P28" t="s">
         <v>23</v>
       </c>
       <c r="Q28" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R28" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T28" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="U28" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C29">
         <v>257763112</v>
       </c>
       <c r="D29">
         <v>558595</v>
       </c>
       <c r="E29" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="H29">
         <v>121.7</v>
       </c>
       <c r="I29" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="J29" t="s">
+        <v>43</v>
+      </c>
+      <c r="K29" t="s">
+        <v>43</v>
+      </c>
+      <c r="L29" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" t="s">
         <v>44</v>
       </c>
-      <c r="K29" t="s">
-[...5 lines deleted...]
-      <c r="M29" t="s">
+      <c r="N29" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O29"/>
       <c r="P29" t="s">
         <v>23</v>
       </c>
       <c r="Q29" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R29" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S29" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T29" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="U29" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C30">
         <v>254571112</v>
       </c>
       <c r="D30">
         <v>557809</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30"/>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30" t="s">
         <v>23</v>
       </c>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
       <c r="R30" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S30" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T30" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="U30" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C31">
         <v>213561112</v>
       </c>
       <c r="D31">
         <v>557376</v>
       </c>
       <c r="E31" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="H31">
         <v>79</v>
       </c>
       <c r="I31" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="J31" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K31" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
+        <v>44</v>
+      </c>
+      <c r="N31" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O31">
         <v>782007374780</v>
       </c>
       <c r="P31" t="s">
         <v>23</v>
       </c>
       <c r="Q31" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R31" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S31" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T31" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="U31" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C32">
         <v>214755112</v>
       </c>
       <c r="D32">
         <v>556665</v>
       </c>
       <c r="E32" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="H32">
         <v>48.33</v>
       </c>
       <c r="I32" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="J32" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K32" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
+        <v>44</v>
+      </c>
+      <c r="N32" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O32">
         <v>781401808150</v>
       </c>
       <c r="P32" t="s">
         <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R32" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S32" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T32" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U32" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C33">
         <v>235995112</v>
       </c>
       <c r="D33">
         <v>556366</v>
       </c>
       <c r="E33" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="H33">
         <v>109</v>
       </c>
       <c r="I33" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="J33" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K33" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
+        <v>44</v>
+      </c>
+      <c r="N33" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O33">
         <v>781105558121</v>
       </c>
       <c r="P33" t="s">
         <v>23</v>
       </c>
       <c r="Q33" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R33" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S33" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T33" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="U33" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C34">
         <v>286165112</v>
       </c>
       <c r="D34">
         <v>556258</v>
       </c>
       <c r="E34" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="H34">
         <v>98</v>
       </c>
       <c r="I34" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="J34" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K34" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
+        <v>44</v>
+      </c>
+      <c r="N34" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O34">
         <v>780980486553</v>
       </c>
       <c r="P34" t="s">
         <v>23</v>
       </c>
       <c r="Q34" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R34" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S34" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T34" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U34" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C35">
         <v>217465112</v>
       </c>
       <c r="D35">
         <v>556156</v>
       </c>
       <c r="E35" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="H35">
         <v>72.27</v>
       </c>
       <c r="I35" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J35" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K35" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
+        <v>44</v>
+      </c>
+      <c r="N35" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O35">
         <v>780906651599</v>
       </c>
       <c r="P35" t="s">
         <v>23</v>
       </c>
       <c r="Q35" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R35" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S35" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T35" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="U35" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C36">
         <v>284857112</v>
       </c>
       <c r="D36">
         <v>555970</v>
       </c>
       <c r="E36" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="H36">
         <v>130.82</v>
       </c>
       <c r="I36" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="J36" t="s">
+        <v>43</v>
+      </c>
+      <c r="K36" t="s">
+        <v>43</v>
+      </c>
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
         <v>44</v>
       </c>
-      <c r="K36" t="s">
-[...5 lines deleted...]
-      <c r="M36" t="s">
+      <c r="N36" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O36"/>
       <c r="P36" t="s">
         <v>23</v>
       </c>
       <c r="Q36" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R36" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S36" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T36" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="U36" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C37">
         <v>253687112</v>
       </c>
       <c r="D37">
         <v>555812</v>
       </c>
       <c r="E37" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="H37">
         <v>81.81</v>
       </c>
       <c r="I37" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="J37" t="s">
+        <v>43</v>
+      </c>
+      <c r="K37" t="s">
+        <v>43</v>
+      </c>
+      <c r="L37" t="s">
+        <v>26</v>
+      </c>
+      <c r="M37" t="s">
         <v>44</v>
       </c>
-      <c r="K37" t="s">
-[...5 lines deleted...]
-      <c r="M37" t="s">
+      <c r="N37" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O37"/>
       <c r="P37" t="s">
         <v>23</v>
       </c>
       <c r="Q37" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R37" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S37" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T37" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U37" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C38">
         <v>288567112</v>
       </c>
       <c r="D38">
         <v>555495</v>
       </c>
       <c r="E38" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="H38">
         <v>74.7</v>
       </c>
       <c r="I38" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="J38" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K38" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
+        <v>44</v>
+      </c>
+      <c r="N38" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O38">
         <v>780457733306</v>
       </c>
       <c r="P38" t="s">
         <v>23</v>
       </c>
       <c r="Q38" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R38" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S38" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T38" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U38" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C39">
         <v>214967112</v>
       </c>
       <c r="D39">
         <v>555409</v>
       </c>
       <c r="E39" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="H39">
         <v>108</v>
       </c>
       <c r="I39" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="J39" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K39" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
+        <v>44</v>
+      </c>
+      <c r="N39" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O39">
         <v>780371473324</v>
       </c>
       <c r="P39" t="s">
         <v>23</v>
       </c>
       <c r="Q39" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R39" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S39" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T39" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U39" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C40">
         <v>239667112</v>
       </c>
       <c r="D40">
         <v>555395</v>
       </c>
       <c r="E40" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="H40">
         <v>58</v>
       </c>
       <c r="I40" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="J40" t="s">
+        <v>43</v>
+      </c>
+      <c r="K40" t="s">
+        <v>43</v>
+      </c>
+      <c r="L40" t="s">
+        <v>26</v>
+      </c>
+      <c r="M40" t="s">
         <v>44</v>
       </c>
-      <c r="K40" t="s">
-[...5 lines deleted...]
-      <c r="M40" t="s">
+      <c r="N40" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
         <v>23</v>
       </c>
       <c r="Q40" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R40" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S40" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T40" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="U40" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C41">
         <v>232127112</v>
       </c>
       <c r="D41">
         <v>555246</v>
       </c>
       <c r="E41" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="H41">
         <v>97.92</v>
       </c>
       <c r="I41" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="J41" t="s">
+        <v>43</v>
+      </c>
+      <c r="K41" t="s">
+        <v>43</v>
+      </c>
+      <c r="L41" t="s">
+        <v>26</v>
+      </c>
+      <c r="M41" t="s">
         <v>44</v>
       </c>
-      <c r="K41" t="s">
-[...5 lines deleted...]
-      <c r="M41" t="s">
+      <c r="N41" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
         <v>23</v>
       </c>
       <c r="Q41" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R41" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S41" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T41" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="U41" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C42">
         <v>261727112</v>
       </c>
       <c r="D42">
         <v>555203</v>
       </c>
       <c r="E42" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="H42">
         <v>142.29</v>
       </c>
       <c r="I42" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="J42" t="s">
+        <v>43</v>
+      </c>
+      <c r="K42" t="s">
+        <v>43</v>
+      </c>
+      <c r="L42" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42" t="s">
         <v>44</v>
       </c>
-      <c r="K42" t="s">
-[...5 lines deleted...]
-      <c r="M42" t="s">
+      <c r="N42" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O42"/>
       <c r="P42" t="s">
         <v>23</v>
       </c>
       <c r="Q42" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R42" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S42" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T42" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="U42" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C43">
         <v>227627112</v>
       </c>
       <c r="D43">
         <v>555124</v>
       </c>
       <c r="E43" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="H43">
         <v>128.07</v>
       </c>
       <c r="I43" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="J43" t="s">
+        <v>43</v>
+      </c>
+      <c r="K43" t="s">
+        <v>43</v>
+      </c>
+      <c r="L43" t="s">
+        <v>26</v>
+      </c>
+      <c r="M43" t="s">
         <v>44</v>
       </c>
-      <c r="K43" t="s">
-[...5 lines deleted...]
-      <c r="M43" t="s">
+      <c r="N43" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O43"/>
       <c r="P43" t="s">
         <v>23</v>
       </c>
       <c r="Q43" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R43" t="s">
         <v>29</v>
       </c>
       <c r="S43" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T43" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="U43" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C44">
         <v>221647112</v>
       </c>
       <c r="D44">
         <v>554871</v>
       </c>
       <c r="E44" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="H44">
         <v>176.4</v>
       </c>
       <c r="I44" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="J44" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K44" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
+        <v>44</v>
+      </c>
+      <c r="N44" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O44">
         <v>399674230283</v>
       </c>
       <c r="P44" t="s">
         <v>23</v>
       </c>
       <c r="Q44" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R44" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S44" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T44" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="U44" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="C45">
         <v>234738112</v>
       </c>
       <c r="D45">
         <v>555886</v>
       </c>
       <c r="E45" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H45">
         <v>81.81</v>
       </c>
       <c r="I45" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="J45" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K45" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
+        <v>44</v>
+      </c>
+      <c r="N45" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O45">
         <v>780711896148</v>
       </c>
       <c r="P45" t="s">
         <v>23</v>
       </c>
       <c r="Q45" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R45" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S45" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T45" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="U45" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C46">
         <v>265969852</v>
       </c>
       <c r="D46">
         <v>542448</v>
       </c>
       <c r="E46" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="F46" t="s">
         <v>24</v>
       </c>
       <c r="G46" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="H46">
         <v>68.8</v>
       </c>
       <c r="I46" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="J46" t="s">
+        <v>43</v>
+      </c>
+      <c r="K46" t="s">
+        <v>43</v>
+      </c>
+      <c r="L46" t="s">
+        <v>26</v>
+      </c>
+      <c r="M46" t="s">
         <v>44</v>
       </c>
-      <c r="K46" t="s">
-[...5 lines deleted...]
-      <c r="M46" t="s">
+      <c r="N46" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
         <v>23</v>
       </c>
       <c r="Q46" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="R46" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="S46" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T46" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="U46" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">