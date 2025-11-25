--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1033">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1030">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -230,51 +230,51 @@
   <si>
     <t>/11321393</t>
   </si>
   <si>
     <t>/VSPEN5321</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>2025-05-09 05:55:54</t>
   </si>
   <si>
     <t>/11321496</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-05-12 21:32:07</t>
   </si>
   <si>
     <t>2025-05-05 08:01:50</t>
   </si>
   <si>
     <t>2025-05-05 00:00:00</t>
   </si>
   <si>
     <t>/11319425</t>
   </si>
   <si>
     <t>/VSP1P1621</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"						</t>
   </si>
   <si>
     <t>2025-06-05 16:56:19</t>
   </si>
@@ -485,53 +485,50 @@
   <si>
     <t>2025-04-17 04:20:57</t>
   </si>
   <si>
     <t>/11309864</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
   </si>
   <si>
     <t>2025-05-02 22:00:44</t>
   </si>
   <si>
     <t>2025-04-14 10:11:57</t>
   </si>
   <si>
     <t>2025-04-15 00:00:00</t>
   </si>
   <si>
     <t>/11308325</t>
   </si>
   <si>
     <t>/VSPHF2221</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-02 22:00:33</t>
   </si>
   <si>
     <t>2025-04-12 08:35:23</t>
   </si>
   <si>
     <t>2025-04-14 00:00:00</t>
   </si>
   <si>
     <t>/11307898</t>
   </si>
   <si>
     <t>/VSPHK0820</t>
   </si>
   <si>
     <t>2025-04-09 01:46:24</t>
   </si>
   <si>
     <t>2025-04-09 00:00:00</t>
   </si>
   <si>
     <t>/11305716</t>
   </si>
   <si>
     <t>/VSPCD2K21</t>
@@ -1682,53 +1679,50 @@
   <si>
     <t>/11226171</t>
   </si>
   <si>
     <t>/VSPOY9921</t>
   </si>
   <si>
     <t>2024-12-06 03:19:38</t>
   </si>
   <si>
     <t>/11226004</t>
   </si>
   <si>
     <t>2024-12-06 02:09:05</t>
   </si>
   <si>
     <t>/11225954</t>
   </si>
   <si>
     <t>2024-12-06 01:41:49</t>
   </si>
   <si>
     <t>/11225915</t>
   </si>
   <si>
-    <t>Cancelled</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-10 19:33:50</t>
   </si>
   <si>
     <t>2024-12-05 07:28:22</t>
   </si>
   <si>
     <t>COMENTARIO: "Orden no comprada"</t>
   </si>
   <si>
     <t>2024-12-10 19:33:09</t>
   </si>
   <si>
     <t>2024-12-05 06:31:19</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
   </si>
   <si>
     <t>2024-12-10 19:32:38</t>
   </si>
   <si>
     <t>2024-12-05 04:36:49</t>
   </si>
   <si>
     <t>2024-12-05 00:00:00</t>
@@ -2499,53 +2493,50 @@
     <t>/11146064</t>
   </si>
   <si>
     <t>/VSPEV1821</t>
   </si>
   <si>
     <t>2024-07-26 03:40:19</t>
   </si>
   <si>
     <t>1590036749-A</t>
   </si>
   <si>
     <t>/11146065</t>
   </si>
   <si>
     <t>2024-07-26 03:39:26</t>
   </si>
   <si>
     <t>3840032861-A</t>
   </si>
   <si>
     <t>/11146066</t>
   </si>
   <si>
     <t>/VSPOY8321</t>
-  </si>
-[...1 lines deleted...]
-    <t>In International Hub - OK</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
   </si>
   <si>
     <t>2024-08-05 21:36:34</t>
   </si>
   <si>
     <t>2024-07-26 03:38:49</t>
   </si>
   <si>
     <t>3820038785-A</t>
   </si>
   <si>
     <t>/11146067</t>
   </si>
   <si>
     <t>2024-07-26 03:17:12</t>
   </si>
   <si>
     <t>1980036999-A</t>
   </si>
   <si>
     <t>/11146068</t>
   </si>
@@ -5589,14953 +5580,14953 @@
       <c r="J36" t="s">
         <v>27</v>
       </c>
       <c r="K36" t="s">
         <v>27</v>
       </c>
       <c r="L36" t="s">
         <v>28</v>
       </c>
       <c r="M36" t="s">
         <v>71</v>
       </c>
       <c r="N36" t="s">
         <v>30</v>
       </c>
       <c r="O36">
         <v>288030355012</v>
       </c>
       <c r="P36" t="s">
         <v>31</v>
       </c>
       <c r="Q36" t="s">
         <v>32</v>
       </c>
       <c r="R36" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S36" t="s">
         <v>37</v>
       </c>
       <c r="T36" t="s">
         <v>151</v>
       </c>
       <c r="U36" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C37">
         <v>7290064818</v>
       </c>
       <c r="D37">
         <v>588947</v>
       </c>
       <c r="E37" t="s">
+        <v>159</v>
+      </c>
+      <c r="F37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="H37">
         <v>79.99</v>
       </c>
       <c r="I37" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J37" t="s">
         <v>27</v>
       </c>
       <c r="K37" t="s">
         <v>27</v>
       </c>
       <c r="L37" t="s">
         <v>28</v>
       </c>
       <c r="M37" t="s">
         <v>29</v>
       </c>
       <c r="N37" t="s">
         <v>30</v>
       </c>
       <c r="O37">
         <v>880865796162</v>
       </c>
       <c r="P37" t="s">
         <v>31</v>
       </c>
       <c r="Q37" t="s">
         <v>32</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C38">
         <v>3850064446</v>
       </c>
       <c r="D38">
         <v>588800</v>
       </c>
       <c r="E38" t="s">
+        <v>163</v>
+      </c>
+      <c r="F38" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="H38">
         <v>95.99</v>
       </c>
       <c r="I38" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J38" t="s">
         <v>27</v>
       </c>
       <c r="K38" t="s">
         <v>27</v>
       </c>
       <c r="L38" t="s">
         <v>132</v>
       </c>
       <c r="M38" t="s">
         <v>29</v>
       </c>
       <c r="N38" t="s">
         <v>30</v>
       </c>
       <c r="O38">
         <v>288030771590</v>
       </c>
       <c r="P38" t="s">
         <v>31</v>
       </c>
       <c r="Q38" t="s">
         <v>32</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
+        <v>166</v>
+      </c>
+      <c r="C39" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D39">
         <v>588797</v>
       </c>
       <c r="E39" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="H39">
         <v>103.99</v>
       </c>
       <c r="I39" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J39" t="s">
         <v>27</v>
       </c>
       <c r="K39" t="s">
         <v>27</v>
       </c>
       <c r="L39" t="s">
         <v>28</v>
       </c>
       <c r="M39" t="s">
         <v>71</v>
       </c>
       <c r="N39" t="s">
         <v>30</v>
       </c>
       <c r="O39">
         <v>880865681568</v>
       </c>
       <c r="P39" t="s">
         <v>31</v>
       </c>
       <c r="Q39" t="s">
         <v>32</v>
       </c>
       <c r="R39" t="s">
         <v>72</v>
       </c>
       <c r="S39" t="s">
         <v>37</v>
       </c>
       <c r="T39" t="s">
         <v>73</v>
       </c>
       <c r="U39" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C40">
         <v>8940064577</v>
       </c>
       <c r="D40">
         <v>588733</v>
       </c>
       <c r="E40" t="s">
+        <v>172</v>
+      </c>
+      <c r="F40" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="H40">
         <v>140.99</v>
       </c>
       <c r="I40" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J40" t="s">
         <v>27</v>
       </c>
       <c r="K40" t="s">
         <v>27</v>
       </c>
       <c r="L40" t="s">
         <v>132</v>
       </c>
       <c r="M40" t="s">
         <v>29</v>
       </c>
       <c r="N40" t="s">
         <v>30</v>
       </c>
       <c r="O40">
         <v>880865627446</v>
       </c>
       <c r="P40" t="s">
         <v>31</v>
       </c>
       <c r="Q40" t="s">
         <v>32</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C41">
         <v>4500064310</v>
       </c>
       <c r="D41">
         <v>588716</v>
       </c>
       <c r="E41" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H41">
         <v>79.99</v>
       </c>
       <c r="I41" t="s">
         <v>140</v>
       </c>
       <c r="J41" t="s">
         <v>27</v>
       </c>
       <c r="K41" t="s">
         <v>27</v>
       </c>
       <c r="L41" t="s">
         <v>28</v>
       </c>
       <c r="M41" t="s">
         <v>29</v>
       </c>
       <c r="N41" t="s">
         <v>30</v>
       </c>
       <c r="O41">
         <v>288030582868</v>
       </c>
       <c r="P41" t="s">
         <v>31</v>
       </c>
       <c r="Q41" t="s">
         <v>32</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C42">
         <v>3510065589</v>
       </c>
       <c r="D42">
         <v>588692</v>
       </c>
       <c r="E42" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H42">
         <v>58.99</v>
       </c>
       <c r="I42" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J42" t="s">
         <v>27</v>
       </c>
       <c r="K42" t="s">
         <v>27</v>
       </c>
       <c r="L42" t="s">
         <v>132</v>
       </c>
       <c r="M42" t="s">
         <v>29</v>
       </c>
       <c r="N42" t="s">
         <v>30</v>
       </c>
       <c r="O42">
         <v>880869004000</v>
       </c>
       <c r="P42" t="s">
         <v>31</v>
       </c>
       <c r="Q42" t="s">
         <v>32</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C43">
         <v>5150064191</v>
       </c>
       <c r="D43">
         <v>588643</v>
       </c>
       <c r="E43" t="s">
+        <v>181</v>
+      </c>
+      <c r="F43" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="H43">
         <v>119.99</v>
       </c>
       <c r="I43" t="s">
         <v>26</v>
       </c>
       <c r="J43" t="s">
         <v>27</v>
       </c>
       <c r="K43" t="s">
         <v>27</v>
       </c>
       <c r="L43" t="s">
         <v>28</v>
       </c>
       <c r="M43" t="s">
         <v>29</v>
       </c>
       <c r="N43" t="s">
         <v>30</v>
       </c>
       <c r="O43">
         <v>288029203659</v>
       </c>
       <c r="P43" t="s">
         <v>31</v>
       </c>
       <c r="Q43" t="s">
         <v>32</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C44">
         <v>3200064081</v>
       </c>
       <c r="D44">
         <v>588599</v>
       </c>
       <c r="E44" t="s">
+        <v>184</v>
+      </c>
+      <c r="F44" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H44">
         <v>99.99</v>
       </c>
       <c r="I44" t="s">
         <v>46</v>
       </c>
       <c r="J44" t="s">
         <v>27</v>
       </c>
       <c r="K44" t="s">
         <v>27</v>
       </c>
       <c r="L44" t="s">
         <v>28</v>
       </c>
       <c r="M44" t="s">
         <v>29</v>
       </c>
       <c r="N44" t="s">
         <v>30</v>
       </c>
       <c r="O44">
         <v>288026285947</v>
       </c>
       <c r="P44" t="s">
         <v>31</v>
       </c>
       <c r="Q44" t="s">
         <v>32</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C45">
         <v>2510063927</v>
       </c>
       <c r="D45">
         <v>588511</v>
       </c>
       <c r="E45" t="s">
+        <v>187</v>
+      </c>
+      <c r="F45" t="s">
+        <v>24</v>
+      </c>
+      <c r="G45" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="H45">
         <v>89.99</v>
       </c>
       <c r="I45" t="s">
         <v>109</v>
       </c>
       <c r="J45" t="s">
         <v>27</v>
       </c>
       <c r="K45" t="s">
         <v>27</v>
       </c>
       <c r="L45" t="s">
         <v>28</v>
       </c>
       <c r="M45" t="s">
         <v>29</v>
       </c>
       <c r="N45" t="s">
         <v>30</v>
       </c>
       <c r="O45">
         <v>288030957515</v>
       </c>
       <c r="P45" t="s">
         <v>31</v>
       </c>
       <c r="Q45" t="s">
         <v>32</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
+        <v>189</v>
+      </c>
+      <c r="C46" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D46">
         <v>588428</v>
       </c>
       <c r="E46" t="s">
+        <v>191</v>
+      </c>
+      <c r="F46" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="H46">
         <v>79.99</v>
       </c>
       <c r="I46" t="s">
         <v>50</v>
       </c>
       <c r="J46" t="s">
         <v>27</v>
       </c>
       <c r="K46" t="s">
         <v>27</v>
       </c>
       <c r="L46" t="s">
         <v>28</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>30</v>
       </c>
       <c r="O46">
         <v>880868947467</v>
       </c>
       <c r="P46" t="s">
         <v>31</v>
       </c>
       <c r="Q46" t="s">
         <v>32</v>
       </c>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C47">
         <v>1230063823</v>
       </c>
       <c r="D47">
         <v>588318</v>
       </c>
       <c r="E47" t="s">
+        <v>194</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="H47">
         <v>79.99</v>
       </c>
       <c r="I47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J47" t="s">
         <v>66</v>
       </c>
       <c r="K47" t="s">
         <v>66</v>
       </c>
       <c r="L47" t="s">
         <v>28</v>
       </c>
       <c r="M47" t="s">
         <v>67</v>
       </c>
       <c r="N47" t="s">
         <v>30</v>
       </c>
       <c r="O47"/>
       <c r="P47" t="s">
         <v>31</v>
       </c>
       <c r="Q47" t="s">
         <v>32</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C48">
         <v>6240063653</v>
       </c>
       <c r="D48">
         <v>588260</v>
       </c>
       <c r="E48" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="H48">
         <v>58.99</v>
       </c>
       <c r="I48" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J48" t="s">
         <v>27</v>
       </c>
       <c r="K48" t="s">
         <v>27</v>
       </c>
       <c r="L48" t="s">
         <v>28</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>30</v>
       </c>
       <c r="O48">
         <v>880607888478</v>
       </c>
       <c r="P48" t="s">
         <v>31</v>
       </c>
       <c r="Q48" t="s">
         <v>32</v>
       </c>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C49">
         <v>4470063774</v>
       </c>
       <c r="D49">
         <v>588303</v>
       </c>
       <c r="E49" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="H49">
         <v>114.99</v>
       </c>
       <c r="I49" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J49" t="s">
         <v>27</v>
       </c>
       <c r="K49" t="s">
         <v>27</v>
       </c>
       <c r="L49" t="s">
         <v>132</v>
       </c>
       <c r="M49" t="s">
         <v>29</v>
       </c>
       <c r="N49" t="s">
         <v>30</v>
       </c>
       <c r="O49">
         <v>287643379899</v>
       </c>
       <c r="P49" t="s">
         <v>31</v>
       </c>
       <c r="Q49" t="s">
         <v>32</v>
       </c>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
+        <v>202</v>
+      </c>
+      <c r="C50" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D50">
         <v>588088</v>
       </c>
       <c r="E50" t="s">
+        <v>204</v>
+      </c>
+      <c r="F50" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="H50">
         <v>63</v>
       </c>
       <c r="I50" t="s">
         <v>93</v>
       </c>
       <c r="J50" t="s">
         <v>27</v>
       </c>
       <c r="K50" t="s">
         <v>27</v>
       </c>
       <c r="L50" t="s">
         <v>28</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>30</v>
       </c>
       <c r="O50">
         <v>286582758293</v>
       </c>
       <c r="P50" t="s">
         <v>31</v>
       </c>
       <c r="Q50" t="s">
         <v>32</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C51">
         <v>1620062938</v>
       </c>
       <c r="D51">
         <v>588059</v>
       </c>
       <c r="E51" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="H51">
         <v>118.99</v>
       </c>
       <c r="I51" t="s">
         <v>78</v>
       </c>
       <c r="J51" t="s">
         <v>27</v>
       </c>
       <c r="K51" t="s">
         <v>27</v>
       </c>
       <c r="L51" t="s">
         <v>28</v>
       </c>
       <c r="M51" t="s">
         <v>27</v>
       </c>
       <c r="N51" t="s">
         <v>30</v>
       </c>
       <c r="O51">
         <v>880607855042</v>
       </c>
       <c r="P51" t="s">
         <v>31</v>
       </c>
       <c r="Q51" t="s">
         <v>32</v>
       </c>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C52">
         <v>8680062982</v>
       </c>
       <c r="D52">
         <v>587993</v>
       </c>
       <c r="E52" t="s">
+        <v>210</v>
+      </c>
+      <c r="F52" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="H52">
         <v>79.99</v>
       </c>
       <c r="I52" t="s">
         <v>70</v>
       </c>
       <c r="J52" t="s">
         <v>66</v>
       </c>
       <c r="K52" t="s">
         <v>66</v>
       </c>
       <c r="L52" t="s">
         <v>28</v>
       </c>
       <c r="M52" t="s">
         <v>71</v>
       </c>
       <c r="N52" t="s">
         <v>30</v>
       </c>
       <c r="O52"/>
       <c r="P52" t="s">
         <v>31</v>
       </c>
       <c r="Q52" t="s">
         <v>32</v>
       </c>
       <c r="R52" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S52" t="s">
+        <v>212</v>
+      </c>
+      <c r="T52" t="s">
         <v>213</v>
       </c>
-      <c r="T52" t="s">
+      <c r="U52" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
+        <v>215</v>
+      </c>
+      <c r="C53" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D53">
         <v>587898</v>
       </c>
       <c r="E53" t="s">
+        <v>217</v>
+      </c>
+      <c r="F53" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="H53">
         <v>55.2</v>
       </c>
       <c r="I53" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J53" t="s">
         <v>66</v>
       </c>
       <c r="K53" t="s">
         <v>66</v>
       </c>
       <c r="L53" t="s">
         <v>28</v>
       </c>
       <c r="M53" t="s">
         <v>35</v>
       </c>
       <c r="N53" t="s">
         <v>30</v>
       </c>
       <c r="O53"/>
       <c r="P53" t="s">
         <v>31</v>
       </c>
       <c r="Q53" t="s">
         <v>32</v>
       </c>
       <c r="R53"/>
       <c r="S53" t="s">
         <v>37</v>
       </c>
       <c r="T53" t="s">
+        <v>220</v>
+      </c>
+      <c r="U53" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D54">
         <v>587818</v>
       </c>
       <c r="E54" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="H54">
         <v>118.99</v>
       </c>
       <c r="I54" t="s">
         <v>78</v>
       </c>
       <c r="J54" t="s">
         <v>66</v>
       </c>
       <c r="K54" t="s">
         <v>66</v>
       </c>
       <c r="L54" t="s">
         <v>28</v>
       </c>
       <c r="M54" t="s">
         <v>71</v>
       </c>
       <c r="N54" t="s">
         <v>30</v>
       </c>
       <c r="O54"/>
       <c r="P54" t="s">
         <v>31</v>
       </c>
       <c r="Q54" t="s">
         <v>32</v>
       </c>
       <c r="R54" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S54" t="s">
+        <v>212</v>
+      </c>
+      <c r="T54" t="s">
         <v>213</v>
       </c>
-      <c r="T54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U54" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C55">
         <v>2730062074</v>
       </c>
       <c r="D55">
         <v>587786</v>
       </c>
       <c r="E55" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" t="s">
+        <v>24</v>
+      </c>
+      <c r="G55" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
       <c r="H55">
         <v>79</v>
       </c>
       <c r="I55" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J55" t="s">
         <v>66</v>
       </c>
       <c r="K55" t="s">
         <v>66</v>
       </c>
       <c r="L55" t="s">
         <v>28</v>
       </c>
       <c r="M55" t="s">
         <v>71</v>
       </c>
       <c r="N55" t="s">
         <v>30</v>
       </c>
       <c r="O55"/>
       <c r="P55" t="s">
         <v>31</v>
       </c>
       <c r="Q55" t="s">
         <v>32</v>
       </c>
       <c r="R55" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S55" t="s">
+        <v>212</v>
+      </c>
+      <c r="T55" t="s">
         <v>213</v>
       </c>
-      <c r="T55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U55" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C56">
         <v>5920062222</v>
       </c>
       <c r="D56">
         <v>587764</v>
       </c>
       <c r="E56" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="H56">
         <v>199.2</v>
       </c>
       <c r="I56" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J56" t="s">
         <v>66</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
       <c r="L56" t="s">
         <v>28</v>
       </c>
       <c r="M56" t="s">
         <v>67</v>
       </c>
       <c r="N56" t="s">
         <v>30</v>
       </c>
       <c r="O56"/>
       <c r="P56" t="s">
         <v>31</v>
       </c>
       <c r="Q56" t="s">
         <v>32</v>
       </c>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C57">
         <v>7230061898</v>
       </c>
       <c r="D57">
         <v>587679</v>
       </c>
       <c r="E57" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" t="s">
+        <v>24</v>
+      </c>
+      <c r="G57" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="H57">
         <v>118.99</v>
       </c>
       <c r="I57" t="s">
         <v>78</v>
       </c>
       <c r="J57" t="s">
         <v>66</v>
       </c>
       <c r="K57" t="s">
         <v>66</v>
       </c>
       <c r="L57" t="s">
         <v>28</v>
       </c>
       <c r="M57" t="s">
         <v>67</v>
       </c>
       <c r="N57" t="s">
         <v>30</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
         <v>31</v>
       </c>
       <c r="Q57" t="s">
         <v>32</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C58">
         <v>7160061927</v>
       </c>
       <c r="D58">
         <v>587618</v>
       </c>
       <c r="E58" t="s">
+        <v>240</v>
+      </c>
+      <c r="F58" t="s">
+        <v>24</v>
+      </c>
+      <c r="G58" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="H58">
         <v>125.99</v>
       </c>
       <c r="I58" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J58" t="s">
         <v>27</v>
       </c>
       <c r="K58" t="s">
         <v>27</v>
       </c>
       <c r="L58" t="s">
         <v>28</v>
       </c>
       <c r="M58" t="s">
         <v>29</v>
       </c>
       <c r="N58" t="s">
         <v>30</v>
       </c>
       <c r="O58">
         <v>286098653879</v>
       </c>
       <c r="P58" t="s">
         <v>31</v>
       </c>
       <c r="Q58" t="s">
         <v>32</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D59">
         <v>587578</v>
       </c>
       <c r="E59" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="H59">
         <v>119</v>
       </c>
       <c r="I59" t="s">
         <v>26</v>
       </c>
       <c r="J59" t="s">
         <v>66</v>
       </c>
       <c r="K59" t="s">
         <v>66</v>
       </c>
       <c r="L59" t="s">
         <v>28</v>
       </c>
       <c r="M59" t="s">
         <v>67</v>
       </c>
       <c r="N59" t="s">
         <v>30</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
         <v>31</v>
       </c>
       <c r="Q59" t="s">
         <v>32</v>
       </c>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C60">
         <v>6360061677</v>
       </c>
       <c r="D60">
         <v>587545</v>
       </c>
       <c r="E60" t="s">
+        <v>248</v>
+      </c>
+      <c r="F60" t="s">
+        <v>24</v>
+      </c>
+      <c r="G60" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="H60">
         <v>79.99</v>
       </c>
       <c r="I60" t="s">
         <v>83</v>
       </c>
       <c r="J60" t="s">
         <v>66</v>
       </c>
       <c r="K60" t="s">
         <v>66</v>
       </c>
       <c r="L60" t="s">
         <v>28</v>
       </c>
       <c r="M60" t="s">
         <v>71</v>
       </c>
       <c r="N60" t="s">
         <v>30</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
         <v>31</v>
       </c>
       <c r="Q60" t="s">
         <v>32</v>
       </c>
       <c r="R60" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S60" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T60" t="s">
         <v>73</v>
       </c>
       <c r="U60" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C61">
         <v>7820061495</v>
       </c>
       <c r="D61">
         <v>587514</v>
       </c>
       <c r="E61" t="s">
+        <v>252</v>
+      </c>
+      <c r="F61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G61" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H61">
         <v>79</v>
       </c>
       <c r="I61" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J61" t="s">
         <v>66</v>
       </c>
       <c r="K61" t="s">
         <v>66</v>
       </c>
       <c r="L61" t="s">
         <v>28</v>
       </c>
       <c r="M61" t="s">
         <v>71</v>
       </c>
       <c r="N61" t="s">
         <v>30</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
         <v>31</v>
       </c>
       <c r="Q61" t="s">
         <v>32</v>
       </c>
       <c r="R61" t="s">
         <v>72</v>
       </c>
       <c r="S61" t="s">
+        <v>212</v>
+      </c>
+      <c r="T61" t="s">
         <v>213</v>
       </c>
-      <c r="T61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U61" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C62">
         <v>2100061552</v>
       </c>
       <c r="D62">
         <v>587377</v>
       </c>
       <c r="E62" t="s">
+        <v>256</v>
+      </c>
+      <c r="F62" t="s">
+        <v>24</v>
+      </c>
+      <c r="G62" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="H62">
         <v>115.19</v>
       </c>
       <c r="I62" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="J62" t="s">
         <v>66</v>
       </c>
       <c r="K62" t="s">
         <v>66</v>
       </c>
       <c r="L62" t="s">
         <v>28</v>
       </c>
       <c r="M62" t="s">
         <v>67</v>
       </c>
       <c r="N62" t="s">
         <v>30</v>
       </c>
       <c r="O62"/>
       <c r="P62" t="s">
         <v>31</v>
       </c>
       <c r="Q62" t="s">
         <v>32</v>
       </c>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C63">
         <v>2040061753</v>
       </c>
       <c r="D63">
         <v>587376</v>
       </c>
       <c r="E63" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="F63" t="s">
         <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="H63">
         <v>55.2</v>
       </c>
       <c r="I63" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J63" t="s">
         <v>66</v>
       </c>
       <c r="K63" t="s">
         <v>66</v>
       </c>
       <c r="L63" t="s">
         <v>28</v>
       </c>
       <c r="M63" t="s">
         <v>67</v>
       </c>
       <c r="N63" t="s">
         <v>30</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
         <v>31</v>
       </c>
       <c r="Q63" t="s">
         <v>32</v>
       </c>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C64">
         <v>8460063198</v>
       </c>
       <c r="D64">
         <v>587402</v>
       </c>
       <c r="E64" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="F64" t="s">
         <v>24</v>
       </c>
       <c r="G64" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="H64">
         <v>94.99</v>
       </c>
       <c r="I64" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J64" t="s">
         <v>66</v>
       </c>
       <c r="K64" t="s">
         <v>66</v>
       </c>
       <c r="L64" t="s">
         <v>28</v>
       </c>
       <c r="M64" t="s">
         <v>67</v>
       </c>
       <c r="N64" t="s">
         <v>30</v>
       </c>
       <c r="O64"/>
       <c r="P64" t="s">
         <v>31</v>
       </c>
       <c r="Q64" t="s">
         <v>32</v>
       </c>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C65">
         <v>4610063356</v>
       </c>
       <c r="D65">
         <v>587150</v>
       </c>
       <c r="E65" t="s">
+        <v>266</v>
+      </c>
+      <c r="F65" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="H65">
         <v>55.2</v>
       </c>
       <c r="I65" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J65" t="s">
         <v>66</v>
       </c>
       <c r="K65" t="s">
         <v>66</v>
       </c>
       <c r="L65" t="s">
         <v>28</v>
       </c>
       <c r="M65" t="s">
         <v>71</v>
       </c>
       <c r="N65" t="s">
         <v>30</v>
       </c>
       <c r="O65"/>
       <c r="P65" t="s">
         <v>31</v>
       </c>
       <c r="Q65" t="s">
         <v>32</v>
       </c>
       <c r="R65" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S65" t="s">
+        <v>212</v>
+      </c>
+      <c r="T65" t="s">
         <v>213</v>
       </c>
-      <c r="T65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U65" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C66">
         <v>3790065034</v>
       </c>
       <c r="D66">
         <v>587039</v>
       </c>
       <c r="E66" t="s">
+        <v>271</v>
+      </c>
+      <c r="F66" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="H66">
         <v>89</v>
       </c>
       <c r="I66" t="s">
         <v>61</v>
       </c>
       <c r="J66" t="s">
         <v>66</v>
       </c>
       <c r="K66" t="s">
         <v>66</v>
       </c>
       <c r="L66" t="s">
         <v>28</v>
       </c>
       <c r="M66" t="s">
         <v>67</v>
       </c>
       <c r="N66" t="s">
         <v>30</v>
       </c>
       <c r="O66"/>
       <c r="P66" t="s">
         <v>31</v>
       </c>
       <c r="Q66" t="s">
         <v>32</v>
       </c>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D67">
         <v>587046</v>
       </c>
       <c r="E67" t="s">
+        <v>275</v>
+      </c>
+      <c r="F67" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="H67">
         <v>79</v>
       </c>
       <c r="I67" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J67" t="s">
         <v>66</v>
       </c>
       <c r="K67" t="s">
         <v>66</v>
       </c>
       <c r="L67" t="s">
         <v>28</v>
       </c>
       <c r="M67" t="s">
         <v>71</v>
       </c>
       <c r="N67" t="s">
         <v>30</v>
       </c>
       <c r="O67"/>
       <c r="P67" t="s">
         <v>31</v>
       </c>
       <c r="Q67" t="s">
         <v>32</v>
       </c>
       <c r="R67" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S67" t="s">
+        <v>212</v>
+      </c>
+      <c r="T67" t="s">
         <v>213</v>
       </c>
-      <c r="T67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U67" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C68">
         <v>3210060363</v>
       </c>
       <c r="D68">
         <v>586975</v>
       </c>
       <c r="E68" t="s">
+        <v>279</v>
+      </c>
+      <c r="F68" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="H68">
         <v>99.99</v>
       </c>
       <c r="I68" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J68" t="s">
         <v>27</v>
       </c>
       <c r="K68" t="s">
         <v>27</v>
       </c>
       <c r="L68" t="s">
         <v>28</v>
       </c>
       <c r="M68" t="s">
         <v>29</v>
       </c>
       <c r="N68" t="s">
         <v>30</v>
       </c>
       <c r="O68">
         <v>285505837087</v>
       </c>
       <c r="P68" t="s">
         <v>31</v>
       </c>
       <c r="Q68" t="s">
         <v>32</v>
       </c>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C69">
         <v>6620060499</v>
       </c>
       <c r="D69">
         <v>586895</v>
       </c>
       <c r="E69" t="s">
+        <v>283</v>
+      </c>
+      <c r="F69" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H69">
         <v>79</v>
       </c>
       <c r="I69" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J69" t="s">
         <v>27</v>
       </c>
       <c r="K69" t="s">
         <v>27</v>
       </c>
       <c r="L69" t="s">
         <v>28</v>
       </c>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>30</v>
       </c>
       <c r="O69">
         <v>285403546787</v>
       </c>
       <c r="P69" t="s">
         <v>31</v>
       </c>
       <c r="Q69" t="s">
         <v>32</v>
       </c>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
+        <v>285</v>
+      </c>
+      <c r="C70" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D70">
         <v>586903</v>
       </c>
       <c r="E70" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="H70">
         <v>79</v>
       </c>
       <c r="I70" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J70" t="s">
         <v>27</v>
       </c>
       <c r="K70" t="s">
         <v>27</v>
       </c>
       <c r="L70" t="s">
         <v>28</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>30</v>
       </c>
       <c r="O70">
         <v>285406129186</v>
       </c>
       <c r="P70" t="s">
         <v>31</v>
       </c>
       <c r="Q70" t="s">
         <v>32</v>
       </c>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C71">
         <v>8640060253</v>
       </c>
       <c r="D71">
         <v>586875</v>
       </c>
       <c r="E71" t="s">
+        <v>289</v>
+      </c>
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="H71">
         <v>153</v>
       </c>
       <c r="I71" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J71" t="s">
         <v>27</v>
       </c>
       <c r="K71" t="s">
         <v>27</v>
       </c>
       <c r="L71" t="s">
         <v>28</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>30</v>
       </c>
       <c r="O71">
         <v>285383518108</v>
       </c>
       <c r="P71" t="s">
         <v>31</v>
       </c>
       <c r="Q71" t="s">
         <v>32</v>
       </c>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C72">
         <v>4170062785</v>
       </c>
       <c r="D72">
         <v>586858</v>
       </c>
       <c r="E72" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="F72" t="s">
         <v>24</v>
       </c>
       <c r="G72" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="H72">
         <v>87.99</v>
       </c>
       <c r="I72" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J72" t="s">
         <v>66</v>
       </c>
       <c r="K72" t="s">
         <v>66</v>
       </c>
       <c r="L72" t="s">
         <v>28</v>
       </c>
       <c r="M72" t="s">
         <v>67</v>
       </c>
       <c r="N72" t="s">
         <v>30</v>
       </c>
       <c r="O72"/>
       <c r="P72" t="s">
         <v>31</v>
       </c>
       <c r="Q72" t="s">
         <v>32</v>
       </c>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C73">
         <v>7710060906</v>
       </c>
       <c r="D73">
         <v>586850</v>
       </c>
       <c r="E73" t="s">
+        <v>296</v>
+      </c>
+      <c r="F73" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="H73">
         <v>55.2</v>
       </c>
       <c r="I73" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J73" t="s">
         <v>27</v>
       </c>
       <c r="K73" t="s">
         <v>27</v>
       </c>
       <c r="L73" t="s">
         <v>28</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>30</v>
       </c>
       <c r="O73">
         <v>285339986194</v>
       </c>
       <c r="P73" t="s">
         <v>31</v>
       </c>
       <c r="Q73" t="s">
         <v>32</v>
       </c>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C74">
         <v>5080060581</v>
       </c>
       <c r="D74">
         <v>586820</v>
       </c>
       <c r="E74" t="s">
+        <v>300</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="H74">
         <v>79</v>
       </c>
       <c r="I74" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J74" t="s">
         <v>27</v>
       </c>
       <c r="K74" t="s">
         <v>27</v>
       </c>
       <c r="L74" t="s">
         <v>132</v>
       </c>
       <c r="M74" t="s">
         <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>30</v>
       </c>
       <c r="O74">
         <v>285341404444</v>
       </c>
       <c r="P74" t="s">
         <v>31</v>
       </c>
       <c r="Q74" t="s">
         <v>32</v>
       </c>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
+        <v>302</v>
+      </c>
+      <c r="C75" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D75">
         <v>586786</v>
       </c>
       <c r="E75" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="F75" t="s">
         <v>24</v>
       </c>
       <c r="G75" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H75">
         <v>89.99</v>
       </c>
       <c r="I75" t="s">
         <v>109</v>
       </c>
       <c r="J75" t="s">
         <v>27</v>
       </c>
       <c r="K75" t="s">
         <v>27</v>
       </c>
       <c r="L75" t="s">
         <v>28</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>30</v>
       </c>
       <c r="O75">
         <v>285285774776</v>
       </c>
       <c r="P75" t="s">
         <v>31</v>
       </c>
       <c r="Q75" t="s">
         <v>32</v>
       </c>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C76">
         <v>4930060123</v>
       </c>
       <c r="D76">
         <v>586807</v>
       </c>
       <c r="E76" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="F76" t="s">
         <v>24</v>
       </c>
       <c r="G76" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="H76">
         <v>96.99</v>
       </c>
       <c r="I76" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J76" t="s">
         <v>27</v>
       </c>
       <c r="K76" t="s">
         <v>27</v>
       </c>
       <c r="L76" t="s">
         <v>28</v>
       </c>
       <c r="M76" t="s">
         <v>27</v>
       </c>
       <c r="N76" t="s">
         <v>30</v>
       </c>
       <c r="O76">
         <v>771993216627</v>
       </c>
       <c r="P76" t="s">
         <v>31</v>
       </c>
       <c r="Q76" t="s">
         <v>32</v>
       </c>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
+        <v>308</v>
+      </c>
+      <c r="C77" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="D77">
         <v>586663</v>
       </c>
       <c r="E77" t="s">
+        <v>310</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="H77">
         <v>103.99</v>
       </c>
       <c r="I77" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J77" t="s">
         <v>27</v>
       </c>
       <c r="K77" t="s">
         <v>27</v>
       </c>
       <c r="L77" t="s">
         <v>132</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>30</v>
       </c>
       <c r="O77">
         <v>771992305648</v>
       </c>
       <c r="P77" t="s">
         <v>31</v>
       </c>
       <c r="Q77" t="s">
         <v>32</v>
       </c>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="D78">
         <v>586657</v>
       </c>
       <c r="E78" t="s">
+        <v>315</v>
+      </c>
+      <c r="F78" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="H78">
         <v>96.99</v>
       </c>
       <c r="I78" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J78" t="s">
         <v>27</v>
       </c>
       <c r="K78" t="s">
         <v>27</v>
       </c>
       <c r="L78" t="s">
         <v>28</v>
       </c>
       <c r="M78" t="s">
         <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>30</v>
       </c>
       <c r="O78">
         <v>285171750769</v>
       </c>
       <c r="P78" t="s">
         <v>31</v>
       </c>
       <c r="Q78" t="s">
         <v>32</v>
       </c>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C79">
         <v>8200059949</v>
       </c>
       <c r="D79">
         <v>586619</v>
       </c>
       <c r="E79" t="s">
+        <v>318</v>
+      </c>
+      <c r="F79" t="s">
+        <v>24</v>
+      </c>
+      <c r="G79" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
       <c r="H79">
         <v>89</v>
       </c>
       <c r="I79" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="J79" t="s">
         <v>27</v>
       </c>
       <c r="K79" t="s">
         <v>27</v>
       </c>
       <c r="L79" t="s">
         <v>132</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>30</v>
       </c>
       <c r="O79">
         <v>285139464065</v>
       </c>
       <c r="P79" t="s">
         <v>31</v>
       </c>
       <c r="Q79" t="s">
         <v>32</v>
       </c>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C80">
         <v>7950060116</v>
       </c>
       <c r="D80">
         <v>586618</v>
       </c>
       <c r="E80" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F80" t="s">
         <v>24</v>
       </c>
       <c r="G80" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H80">
         <v>99.99</v>
       </c>
       <c r="I80" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J80" t="s">
         <v>27</v>
       </c>
       <c r="K80" t="s">
         <v>27</v>
       </c>
       <c r="L80" t="s">
         <v>28</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>30</v>
       </c>
       <c r="O80">
         <v>285139352231</v>
       </c>
       <c r="P80" t="s">
         <v>31</v>
       </c>
       <c r="Q80" t="s">
         <v>32</v>
       </c>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C81">
         <v>4200060319</v>
       </c>
       <c r="D81">
         <v>586513</v>
       </c>
       <c r="E81" t="s">
+        <v>324</v>
+      </c>
+      <c r="F81" t="s">
+        <v>24</v>
+      </c>
+      <c r="G81" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
       <c r="H81">
         <v>79.99</v>
       </c>
       <c r="I81" t="s">
         <v>83</v>
       </c>
       <c r="J81" t="s">
         <v>27</v>
       </c>
       <c r="K81" t="s">
         <v>27</v>
       </c>
       <c r="L81" t="s">
         <v>132</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>30</v>
       </c>
       <c r="O81">
         <v>285072514048</v>
       </c>
       <c r="P81" t="s">
         <v>31</v>
       </c>
       <c r="Q81" t="s">
         <v>32</v>
       </c>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C82">
         <v>2840060003</v>
       </c>
       <c r="D82">
         <v>586508</v>
       </c>
       <c r="E82" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="F82" t="s">
         <v>24</v>
       </c>
       <c r="G82" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H82">
         <v>99</v>
       </c>
       <c r="I82" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J82" t="s">
         <v>27</v>
       </c>
       <c r="K82" t="s">
         <v>27</v>
       </c>
       <c r="L82" t="s">
         <v>28</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>30</v>
       </c>
       <c r="O82">
         <v>771872609154</v>
       </c>
       <c r="P82" t="s">
         <v>31</v>
       </c>
       <c r="Q82" t="s">
         <v>32</v>
       </c>
       <c r="R82"/>
       <c r="S82"/>
       <c r="T82"/>
       <c r="U82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C83">
         <v>4900059919</v>
       </c>
       <c r="D83">
         <v>586427</v>
       </c>
       <c r="E83" t="s">
+        <v>330</v>
+      </c>
+      <c r="F83" t="s">
+        <v>24</v>
+      </c>
+      <c r="G83" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="H83">
         <v>63</v>
       </c>
       <c r="I83" t="s">
         <v>93</v>
       </c>
       <c r="J83" t="s">
         <v>27</v>
       </c>
       <c r="K83" t="s">
         <v>27</v>
       </c>
       <c r="L83" t="s">
         <v>28</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>30</v>
       </c>
       <c r="O83">
         <v>285025669751</v>
       </c>
       <c r="P83" t="s">
         <v>31</v>
       </c>
       <c r="Q83" t="s">
         <v>32</v>
       </c>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C84">
         <v>4300059654</v>
       </c>
       <c r="D84">
         <v>586425</v>
       </c>
       <c r="E84" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F84" t="s">
         <v>24</v>
       </c>
       <c r="G84" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="H84">
         <v>80.99</v>
       </c>
       <c r="I84" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J84" t="s">
         <v>27</v>
       </c>
       <c r="K84" t="s">
         <v>27</v>
       </c>
       <c r="L84" t="s">
         <v>28</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>30</v>
       </c>
       <c r="O84">
         <v>771847851299</v>
       </c>
       <c r="P84" t="s">
         <v>31</v>
       </c>
       <c r="Q84" t="s">
         <v>32</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C85">
         <v>2530060434</v>
       </c>
       <c r="D85">
         <v>586376</v>
       </c>
       <c r="E85" t="s">
+        <v>336</v>
+      </c>
+      <c r="F85" t="s">
+        <v>24</v>
+      </c>
+      <c r="G85" t="s">
         <v>337</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="H85">
         <v>87.99</v>
       </c>
       <c r="I85" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J85" t="s">
         <v>27</v>
       </c>
       <c r="K85" t="s">
         <v>27</v>
       </c>
       <c r="L85" t="s">
         <v>28</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>30</v>
       </c>
       <c r="O85">
         <v>771847713825</v>
       </c>
       <c r="P85" t="s">
         <v>31</v>
       </c>
       <c r="Q85" t="s">
         <v>32</v>
       </c>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C86">
         <v>8810059530</v>
       </c>
       <c r="D86">
         <v>586417</v>
       </c>
       <c r="E86" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F86" t="s">
         <v>24</v>
       </c>
       <c r="G86" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="H86">
         <v>109</v>
       </c>
       <c r="I86" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J86" t="s">
         <v>27</v>
       </c>
       <c r="K86" t="s">
         <v>27</v>
       </c>
       <c r="L86" t="s">
         <v>28</v>
       </c>
       <c r="M86" t="s">
         <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>30</v>
       </c>
       <c r="O86">
         <v>285025780303</v>
       </c>
       <c r="P86" t="s">
         <v>31</v>
       </c>
       <c r="Q86" t="s">
         <v>32</v>
       </c>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C87">
         <v>1490059643</v>
       </c>
       <c r="D87">
         <v>586370</v>
       </c>
       <c r="E87" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="F87" t="s">
         <v>24</v>
       </c>
       <c r="G87" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="H87">
         <v>89</v>
       </c>
       <c r="I87" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J87" t="s">
         <v>27</v>
       </c>
       <c r="K87" t="s">
         <v>27</v>
       </c>
       <c r="L87" t="s">
         <v>132</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>30</v>
       </c>
       <c r="O87">
         <v>285052879935</v>
       </c>
       <c r="P87" t="s">
         <v>31</v>
       </c>
       <c r="Q87" t="s">
         <v>32</v>
       </c>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C88">
         <v>6710059185</v>
       </c>
       <c r="D88">
         <v>586322</v>
       </c>
       <c r="E88" t="s">
+        <v>345</v>
+      </c>
+      <c r="F88" t="s">
+        <v>24</v>
+      </c>
+      <c r="G88" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="H88">
         <v>79.2</v>
       </c>
       <c r="I88" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J88" t="s">
         <v>27</v>
       </c>
       <c r="K88" t="s">
         <v>27</v>
       </c>
       <c r="L88" t="s">
         <v>28</v>
       </c>
       <c r="M88" t="s">
         <v>71</v>
       </c>
       <c r="N88" t="s">
         <v>30</v>
       </c>
       <c r="O88">
         <v>284936885553</v>
       </c>
       <c r="P88" t="s">
         <v>31</v>
       </c>
       <c r="Q88" t="s">
         <v>32</v>
       </c>
       <c r="R88" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S88" t="s">
         <v>37</v>
       </c>
       <c r="T88" t="s">
         <v>73</v>
       </c>
       <c r="U88" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C89">
         <v>2360059693</v>
       </c>
       <c r="D89">
         <v>586102</v>
       </c>
       <c r="E89" t="s">
+        <v>350</v>
+      </c>
+      <c r="F89" t="s">
+        <v>24</v>
+      </c>
+      <c r="G89" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
       <c r="H89">
         <v>63.2</v>
       </c>
       <c r="I89" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J89" t="s">
         <v>27</v>
       </c>
       <c r="K89" t="s">
         <v>27</v>
       </c>
       <c r="L89" t="s">
         <v>28</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>30</v>
       </c>
       <c r="O89">
         <v>284852455347</v>
       </c>
       <c r="P89" t="s">
         <v>31</v>
       </c>
       <c r="Q89" t="s">
         <v>32</v>
       </c>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C90">
         <v>1040059217</v>
       </c>
       <c r="D90">
         <v>586078</v>
       </c>
       <c r="E90" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="F90" t="s">
         <v>24</v>
       </c>
       <c r="G90" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="H90">
         <v>96.99</v>
       </c>
       <c r="I90" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J90" t="s">
         <v>27</v>
       </c>
       <c r="K90" t="s">
         <v>27</v>
       </c>
       <c r="L90" t="s">
         <v>132</v>
       </c>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>30</v>
       </c>
       <c r="O90">
         <v>284831987256</v>
       </c>
       <c r="P90" t="s">
         <v>31</v>
       </c>
       <c r="Q90" t="s">
         <v>32</v>
       </c>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C91">
         <v>5010059517</v>
       </c>
       <c r="D91">
         <v>586074</v>
       </c>
       <c r="E91" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="H91">
         <v>119.99</v>
       </c>
       <c r="I91" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J91" t="s">
         <v>27</v>
       </c>
       <c r="K91" t="s">
         <v>27</v>
       </c>
       <c r="L91" t="s">
         <v>28</v>
       </c>
       <c r="M91" t="s">
         <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>30</v>
       </c>
       <c r="O91">
         <v>284854562138</v>
       </c>
       <c r="P91" t="s">
         <v>31</v>
       </c>
       <c r="Q91" t="s">
         <v>32</v>
       </c>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C92">
         <v>3750058816</v>
       </c>
       <c r="D92">
         <v>585996</v>
       </c>
       <c r="E92" t="s">
+        <v>359</v>
+      </c>
+      <c r="F92" t="s">
+        <v>24</v>
+      </c>
+      <c r="G92" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="H92">
         <v>79.99</v>
       </c>
       <c r="I92" t="s">
         <v>70</v>
       </c>
       <c r="J92" t="s">
         <v>27</v>
       </c>
       <c r="K92" t="s">
         <v>27</v>
       </c>
       <c r="L92" t="s">
         <v>132</v>
       </c>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>30</v>
       </c>
       <c r="O92">
         <v>284782594998</v>
       </c>
       <c r="P92" t="s">
         <v>31</v>
       </c>
       <c r="Q92" t="s">
         <v>32</v>
       </c>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
+        <v>361</v>
+      </c>
+      <c r="C93" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="D93">
         <v>585991</v>
       </c>
       <c r="E93" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="F93" t="s">
         <v>24</v>
       </c>
       <c r="G93" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="H93">
         <v>126.2</v>
       </c>
       <c r="I93" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="J93" t="s">
         <v>27</v>
       </c>
       <c r="K93" t="s">
         <v>27</v>
       </c>
       <c r="L93" t="s">
         <v>132</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>30</v>
       </c>
       <c r="O93">
         <v>284781824721</v>
       </c>
       <c r="P93" t="s">
         <v>31</v>
       </c>
       <c r="Q93" t="s">
         <v>32</v>
       </c>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C94">
         <v>3070112048</v>
       </c>
       <c r="D94">
         <v>585986</v>
       </c>
       <c r="E94" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="F94" t="s">
         <v>24</v>
       </c>
       <c r="G94" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="H94">
         <v>89.99</v>
       </c>
       <c r="I94" t="s">
         <v>109</v>
       </c>
       <c r="J94" t="s">
         <v>27</v>
       </c>
       <c r="K94" t="s">
         <v>27</v>
       </c>
       <c r="L94" t="s">
         <v>28</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>30</v>
       </c>
       <c r="O94">
         <v>284782016268</v>
       </c>
       <c r="P94" t="s">
         <v>31</v>
       </c>
       <c r="Q94" t="s">
         <v>32</v>
       </c>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C95">
         <v>4230058309</v>
       </c>
       <c r="D95">
         <v>585942</v>
       </c>
       <c r="E95" t="s">
+        <v>368</v>
+      </c>
+      <c r="F95" t="s">
+        <v>24</v>
+      </c>
+      <c r="G95" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="H95">
         <v>99</v>
       </c>
       <c r="I95" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J95" t="s">
         <v>27</v>
       </c>
       <c r="K95" t="s">
         <v>27</v>
       </c>
       <c r="L95" t="s">
         <v>28</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>30</v>
       </c>
       <c r="O95">
         <v>771666025885</v>
       </c>
       <c r="P95" t="s">
         <v>31</v>
       </c>
       <c r="Q95" t="s">
         <v>32</v>
       </c>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C96">
         <v>5930058878</v>
       </c>
       <c r="D96">
         <v>585887</v>
       </c>
       <c r="E96" t="s">
+        <v>371</v>
+      </c>
+      <c r="F96" t="s">
+        <v>24</v>
+      </c>
+      <c r="G96" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
       <c r="H96">
         <v>79</v>
       </c>
       <c r="I96" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J96" t="s">
         <v>27</v>
       </c>
       <c r="K96" t="s">
         <v>27</v>
       </c>
       <c r="L96" t="s">
         <v>28</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>30</v>
       </c>
       <c r="O96">
         <v>284655554976</v>
       </c>
       <c r="P96" t="s">
         <v>31</v>
       </c>
       <c r="Q96" t="s">
         <v>32</v>
       </c>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C97">
         <v>1070058648</v>
       </c>
       <c r="D97">
         <v>585699</v>
       </c>
       <c r="E97" t="s">
+        <v>374</v>
+      </c>
+      <c r="F97" t="s">
+        <v>24</v>
+      </c>
+      <c r="G97" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
       <c r="H97">
         <v>119.99</v>
       </c>
       <c r="I97" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J97" t="s">
         <v>27</v>
       </c>
       <c r="K97" t="s">
         <v>27</v>
       </c>
       <c r="L97" t="s">
         <v>28</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>30</v>
       </c>
       <c r="O97">
         <v>284565987326</v>
       </c>
       <c r="P97" t="s">
         <v>31</v>
       </c>
       <c r="Q97" t="s">
         <v>32</v>
       </c>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C98">
         <v>7480058183</v>
       </c>
       <c r="D98">
         <v>585692</v>
       </c>
       <c r="E98" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="F98" t="s">
         <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="H98">
         <v>87.99</v>
       </c>
       <c r="I98" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J98" t="s">
         <v>27</v>
       </c>
       <c r="K98" t="s">
         <v>27</v>
       </c>
       <c r="L98" t="s">
         <v>28</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>30</v>
       </c>
       <c r="O98">
         <v>284553786386</v>
       </c>
       <c r="P98" t="s">
         <v>31</v>
       </c>
       <c r="Q98" t="s">
         <v>32</v>
       </c>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C99">
         <v>3730058223</v>
       </c>
       <c r="D99">
         <v>585668</v>
       </c>
       <c r="E99" t="s">
+        <v>379</v>
+      </c>
+      <c r="F99" t="s">
+        <v>24</v>
+      </c>
+      <c r="G99" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="H99">
         <v>103.99</v>
       </c>
       <c r="I99" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J99" t="s">
         <v>27</v>
       </c>
       <c r="K99" t="s">
         <v>27</v>
       </c>
       <c r="L99" t="s">
         <v>132</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>30</v>
       </c>
       <c r="O99">
         <v>284565956990</v>
       </c>
       <c r="P99" t="s">
         <v>31</v>
       </c>
       <c r="Q99" t="s">
         <v>32</v>
       </c>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C100">
         <v>7700058091</v>
       </c>
       <c r="D100">
         <v>585633</v>
       </c>
       <c r="E100" t="s">
+        <v>383</v>
+      </c>
+      <c r="F100" t="s">
+        <v>24</v>
+      </c>
+      <c r="G100" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="H100">
         <v>55.2</v>
       </c>
       <c r="I100" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J100" t="s">
         <v>27</v>
       </c>
       <c r="K100" t="s">
         <v>27</v>
       </c>
       <c r="L100" t="s">
         <v>28</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>30</v>
       </c>
       <c r="O100">
         <v>284542792248</v>
       </c>
       <c r="P100" t="s">
         <v>31</v>
       </c>
       <c r="Q100" t="s">
         <v>32</v>
       </c>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C101">
         <v>7830057735</v>
       </c>
       <c r="D101">
         <v>585598</v>
       </c>
       <c r="E101" t="s">
+        <v>387</v>
+      </c>
+      <c r="F101" t="s">
+        <v>24</v>
+      </c>
+      <c r="G101" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="H101">
         <v>96.99</v>
       </c>
       <c r="I101" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J101" t="s">
         <v>27</v>
       </c>
       <c r="K101" t="s">
         <v>27</v>
       </c>
       <c r="L101" t="s">
         <v>132</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>30</v>
       </c>
       <c r="O101">
         <v>284493263213</v>
       </c>
       <c r="P101" t="s">
         <v>31</v>
       </c>
       <c r="Q101" t="s">
         <v>32</v>
       </c>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C102">
         <v>6550057768</v>
       </c>
       <c r="D102">
         <v>585564</v>
       </c>
       <c r="E102" t="s">
+        <v>390</v>
+      </c>
+      <c r="F102" t="s">
+        <v>24</v>
+      </c>
+      <c r="G102" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="H102">
         <v>79.99</v>
       </c>
       <c r="I102" t="s">
         <v>50</v>
       </c>
       <c r="J102" t="s">
         <v>27</v>
       </c>
       <c r="K102" t="s">
         <v>27</v>
       </c>
       <c r="L102" t="s">
         <v>132</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>30</v>
       </c>
       <c r="O102">
         <v>284482838222</v>
       </c>
       <c r="P102" t="s">
         <v>31</v>
       </c>
       <c r="Q102" t="s">
         <v>32</v>
       </c>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C103">
         <v>6890057919</v>
       </c>
       <c r="D103">
         <v>585574</v>
       </c>
       <c r="E103" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="F103" t="s">
         <v>24</v>
       </c>
       <c r="G103" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="H103">
         <v>114.99</v>
       </c>
       <c r="I103" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J103" t="s">
         <v>27</v>
       </c>
       <c r="K103" t="s">
         <v>27</v>
       </c>
       <c r="L103" t="s">
         <v>28</v>
       </c>
       <c r="M103" t="s">
         <v>71</v>
       </c>
       <c r="N103" t="s">
         <v>30</v>
       </c>
       <c r="O103">
         <v>771515693480</v>
       </c>
       <c r="P103" t="s">
         <v>31</v>
       </c>
       <c r="Q103" t="s">
         <v>32</v>
       </c>
       <c r="R103" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S103" t="s">
         <v>37</v>
       </c>
       <c r="T103" t="s">
+        <v>395</v>
+      </c>
+      <c r="U103" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C104">
         <v>5170057611</v>
       </c>
       <c r="D104">
         <v>585395</v>
       </c>
       <c r="E104" t="s">
+        <v>398</v>
+      </c>
+      <c r="F104" t="s">
+        <v>24</v>
+      </c>
+      <c r="G104" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="H104">
         <v>63.2</v>
       </c>
       <c r="I104" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J104" t="s">
         <v>27</v>
       </c>
       <c r="K104" t="s">
         <v>27</v>
       </c>
       <c r="L104" t="s">
         <v>132</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>30</v>
       </c>
       <c r="O104">
         <v>284301023541</v>
       </c>
       <c r="P104" t="s">
         <v>31</v>
       </c>
       <c r="Q104" t="s">
         <v>32</v>
       </c>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C105">
         <v>1800126605</v>
       </c>
       <c r="D105">
         <v>585362</v>
       </c>
       <c r="E105" t="s">
+        <v>402</v>
+      </c>
+      <c r="F105" t="s">
+        <v>24</v>
+      </c>
+      <c r="G105" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="H105">
         <v>52.8</v>
       </c>
       <c r="I105" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="J105" t="s">
         <v>27</v>
       </c>
       <c r="K105" t="s">
         <v>27</v>
       </c>
       <c r="L105" t="s">
         <v>132</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>30</v>
       </c>
       <c r="O105">
         <v>771395831023</v>
       </c>
       <c r="P105" t="s">
         <v>31</v>
       </c>
       <c r="Q105" t="s">
         <v>32</v>
       </c>
       <c r="R105"/>
       <c r="S105"/>
       <c r="T105"/>
       <c r="U105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C106">
         <v>4510057550</v>
       </c>
       <c r="D106">
         <v>585350</v>
       </c>
       <c r="E106" t="s">
+        <v>406</v>
+      </c>
+      <c r="F106" t="s">
+        <v>24</v>
+      </c>
+      <c r="G106" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="H106">
         <v>55.2</v>
       </c>
       <c r="I106" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J106" t="s">
         <v>27</v>
       </c>
       <c r="K106" t="s">
         <v>27</v>
       </c>
       <c r="L106" t="s">
         <v>132</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>30</v>
       </c>
       <c r="O106">
         <v>771431668612</v>
       </c>
       <c r="P106" t="s">
         <v>31</v>
       </c>
       <c r="Q106" t="s">
         <v>32</v>
       </c>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="C107">
         <v>5300057409</v>
       </c>
       <c r="D107">
         <v>585280</v>
       </c>
       <c r="E107" t="s">
+        <v>409</v>
+      </c>
+      <c r="F107" t="s">
+        <v>24</v>
+      </c>
+      <c r="G107" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="H107">
         <v>79.99</v>
       </c>
       <c r="I107" t="s">
         <v>50</v>
       </c>
       <c r="J107" t="s">
         <v>27</v>
       </c>
       <c r="K107" t="s">
         <v>27</v>
       </c>
       <c r="L107" t="s">
         <v>28</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>30</v>
       </c>
       <c r="O107">
         <v>771431846510</v>
       </c>
       <c r="P107" t="s">
         <v>31</v>
       </c>
       <c r="Q107" t="s">
         <v>32</v>
       </c>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
+        <v>411</v>
+      </c>
+      <c r="C108" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="D108">
         <v>585271</v>
       </c>
       <c r="E108" t="s">
+        <v>413</v>
+      </c>
+      <c r="F108" t="s">
+        <v>24</v>
+      </c>
+      <c r="G108" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="H108">
         <v>109.99</v>
       </c>
       <c r="I108" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J108" t="s">
         <v>27</v>
       </c>
       <c r="K108" t="s">
         <v>27</v>
       </c>
       <c r="L108" t="s">
         <v>132</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>30</v>
       </c>
       <c r="O108">
         <v>771431712689</v>
       </c>
       <c r="P108" t="s">
         <v>31</v>
       </c>
       <c r="Q108" t="s">
         <v>32</v>
       </c>
       <c r="R108"/>
       <c r="S108"/>
       <c r="T108"/>
       <c r="U108" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C109">
         <v>7770056961</v>
       </c>
       <c r="D109">
         <v>585159</v>
       </c>
       <c r="E109" t="s">
+        <v>416</v>
+      </c>
+      <c r="F109" t="s">
+        <v>24</v>
+      </c>
+      <c r="G109" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="H109">
         <v>168.98</v>
       </c>
       <c r="I109" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J109" t="s">
         <v>27</v>
       </c>
       <c r="K109" t="s">
         <v>27</v>
       </c>
       <c r="L109" t="s">
         <v>28</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>30</v>
       </c>
       <c r="O109">
         <v>284147918109</v>
       </c>
       <c r="P109" t="s">
         <v>31</v>
       </c>
       <c r="Q109" t="s">
         <v>32</v>
       </c>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C110">
         <v>7830056749</v>
       </c>
       <c r="D110">
         <v>585163</v>
       </c>
       <c r="E110" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="F110" t="s">
         <v>24</v>
       </c>
       <c r="G110" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="H110">
         <v>114.99</v>
       </c>
       <c r="I110" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J110" t="s">
         <v>27</v>
       </c>
       <c r="K110" t="s">
         <v>27</v>
       </c>
       <c r="L110" t="s">
         <v>28</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>30</v>
       </c>
       <c r="O110">
         <v>771306085615</v>
       </c>
       <c r="P110" t="s">
         <v>31</v>
       </c>
       <c r="Q110" t="s">
         <v>32</v>
       </c>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C111">
         <v>7870057239</v>
       </c>
       <c r="D111">
         <v>585147</v>
       </c>
       <c r="E111" t="s">
+        <v>422</v>
+      </c>
+      <c r="F111" t="s">
+        <v>24</v>
+      </c>
+      <c r="G111" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>424</v>
       </c>
       <c r="H111">
         <v>79.99</v>
       </c>
       <c r="I111" t="s">
         <v>83</v>
       </c>
       <c r="J111" t="s">
         <v>27</v>
       </c>
       <c r="K111" t="s">
         <v>27</v>
       </c>
       <c r="L111" t="s">
         <v>132</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>30</v>
       </c>
       <c r="O111">
         <v>284122932510</v>
       </c>
       <c r="P111" t="s">
         <v>31</v>
       </c>
       <c r="Q111" t="s">
         <v>32</v>
       </c>
       <c r="R111"/>
       <c r="S111"/>
       <c r="T111"/>
       <c r="U111" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C112">
         <v>2240055950</v>
       </c>
       <c r="D112">
         <v>584894</v>
       </c>
       <c r="E112" t="s">
+        <v>425</v>
+      </c>
+      <c r="F112" t="s">
+        <v>24</v>
+      </c>
+      <c r="G112" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="H112">
         <v>63.2</v>
       </c>
       <c r="I112" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="J112" t="s">
         <v>27</v>
       </c>
       <c r="K112" t="s">
         <v>27</v>
       </c>
       <c r="L112" t="s">
         <v>132</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>30</v>
       </c>
       <c r="O112">
         <v>283972914257</v>
       </c>
       <c r="P112" t="s">
         <v>31</v>
       </c>
       <c r="Q112" t="s">
         <v>32</v>
       </c>
       <c r="R112"/>
       <c r="S112"/>
       <c r="T112"/>
       <c r="U112" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C113">
         <v>8180055860</v>
       </c>
       <c r="D113">
         <v>584851</v>
       </c>
       <c r="E113" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="F113" t="s">
         <v>24</v>
       </c>
       <c r="G113" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="H113">
         <v>52.8</v>
       </c>
       <c r="I113" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="J113" t="s">
         <v>27</v>
       </c>
       <c r="K113" t="s">
         <v>27</v>
       </c>
       <c r="L113" t="s">
         <v>132</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>30</v>
       </c>
       <c r="O113">
         <v>771166437912</v>
       </c>
       <c r="P113" t="s">
         <v>31</v>
       </c>
       <c r="Q113" t="s">
         <v>32</v>
       </c>
       <c r="R113"/>
       <c r="S113"/>
       <c r="T113"/>
       <c r="U113" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C114">
         <v>8200055799</v>
       </c>
       <c r="D114">
         <v>584771</v>
       </c>
       <c r="E114" t="s">
+        <v>432</v>
+      </c>
+      <c r="F114" t="s">
+        <v>24</v>
+      </c>
+      <c r="G114" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>434</v>
       </c>
       <c r="H114">
         <v>88.99</v>
       </c>
       <c r="I114" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="J114" t="s">
         <v>27</v>
       </c>
       <c r="K114" t="s">
         <v>27</v>
       </c>
       <c r="L114" t="s">
         <v>132</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>30</v>
       </c>
       <c r="O114">
         <v>283931170255</v>
       </c>
       <c r="P114" t="s">
         <v>31</v>
       </c>
       <c r="Q114" t="s">
         <v>32</v>
       </c>
       <c r="R114"/>
       <c r="S114"/>
       <c r="T114"/>
       <c r="U114" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
+        <v>435</v>
+      </c>
+      <c r="C115" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="D115">
         <v>584660</v>
       </c>
       <c r="E115" t="s">
+        <v>437</v>
+      </c>
+      <c r="F115" t="s">
+        <v>24</v>
+      </c>
+      <c r="G115" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="H115">
         <v>79.99</v>
       </c>
       <c r="I115" t="s">
         <v>83</v>
       </c>
       <c r="J115" t="s">
         <v>27</v>
       </c>
       <c r="K115" t="s">
         <v>27</v>
       </c>
       <c r="L115" t="s">
         <v>132</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>30</v>
       </c>
       <c r="O115">
         <v>283832949645</v>
       </c>
       <c r="P115" t="s">
         <v>31</v>
       </c>
       <c r="Q115" t="s">
         <v>32</v>
       </c>
       <c r="R115"/>
       <c r="S115"/>
       <c r="T115"/>
       <c r="U115" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
         <v>21</v>
       </c>
       <c r="B116" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="C116">
         <v>3120085459</v>
       </c>
       <c r="D116">
         <v>584656</v>
       </c>
       <c r="E116" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="F116" t="s">
         <v>24</v>
       </c>
       <c r="G116" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="H116">
         <v>52.8</v>
       </c>
       <c r="I116" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="J116" t="s">
         <v>27</v>
       </c>
       <c r="K116" t="s">
         <v>27</v>
       </c>
       <c r="L116" t="s">
         <v>132</v>
       </c>
       <c r="M116" t="s">
         <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>30</v>
       </c>
       <c r="O116">
         <v>771111146897</v>
       </c>
       <c r="P116" t="s">
         <v>31</v>
       </c>
       <c r="Q116" t="s">
         <v>32</v>
       </c>
       <c r="R116"/>
       <c r="S116"/>
       <c r="T116"/>
       <c r="U116" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
         <v>21</v>
       </c>
       <c r="B117" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C117">
         <v>7140055861</v>
       </c>
       <c r="D117">
         <v>584614</v>
       </c>
       <c r="E117" t="s">
+        <v>442</v>
+      </c>
+      <c r="F117" t="s">
+        <v>24</v>
+      </c>
+      <c r="G117" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
       <c r="H117">
         <v>79.99</v>
       </c>
       <c r="I117" t="s">
         <v>83</v>
       </c>
       <c r="J117" t="s">
         <v>27</v>
       </c>
       <c r="K117" t="s">
         <v>27</v>
       </c>
       <c r="L117" t="s">
         <v>132</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>30</v>
       </c>
       <c r="O117">
         <v>283837203083</v>
       </c>
       <c r="P117" t="s">
         <v>31</v>
       </c>
       <c r="Q117" t="s">
         <v>32</v>
       </c>
       <c r="R117"/>
       <c r="S117"/>
       <c r="T117"/>
       <c r="U117" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
         <v>21</v>
       </c>
       <c r="B118" t="s">
+        <v>444</v>
+      </c>
+      <c r="C118" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="D118">
         <v>584603</v>
       </c>
       <c r="E118" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F118" t="s">
         <v>24</v>
       </c>
       <c r="G118" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H118">
         <v>120.99</v>
       </c>
       <c r="I118" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J118" t="s">
         <v>27</v>
       </c>
       <c r="K118" t="s">
         <v>27</v>
       </c>
       <c r="L118" t="s">
         <v>28</v>
       </c>
       <c r="M118" t="s">
         <v>71</v>
       </c>
       <c r="N118" t="s">
         <v>30</v>
       </c>
       <c r="O118">
         <v>283837392787</v>
       </c>
       <c r="P118" t="s">
         <v>31</v>
       </c>
       <c r="Q118" t="s">
         <v>32</v>
       </c>
       <c r="R118" t="s">
         <v>72</v>
       </c>
       <c r="S118" t="s">
         <v>37</v>
       </c>
       <c r="T118" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="U118" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
         <v>21</v>
       </c>
       <c r="B119" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="C119">
         <v>7920055572</v>
       </c>
       <c r="D119">
         <v>584583</v>
       </c>
       <c r="E119" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F119" t="s">
         <v>24</v>
       </c>
       <c r="G119" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="H119">
         <v>96.99</v>
       </c>
       <c r="I119" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J119" t="s">
         <v>27</v>
       </c>
       <c r="K119" t="s">
         <v>27</v>
       </c>
       <c r="L119" t="s">
         <v>132</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>30</v>
       </c>
       <c r="O119">
         <v>283834862837</v>
       </c>
       <c r="P119" t="s">
         <v>31</v>
       </c>
       <c r="Q119" t="s">
         <v>32</v>
       </c>
       <c r="R119"/>
       <c r="S119"/>
       <c r="T119"/>
       <c r="U119" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
         <v>21</v>
       </c>
       <c r="B120" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="C120">
         <v>1030116891</v>
       </c>
       <c r="D120">
         <v>584565</v>
       </c>
       <c r="E120" t="s">
+        <v>452</v>
+      </c>
+      <c r="F120" t="s">
+        <v>24</v>
+      </c>
+      <c r="G120" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
       <c r="H120">
         <v>103.99</v>
       </c>
       <c r="I120" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J120" t="s">
         <v>27</v>
       </c>
       <c r="K120" t="s">
         <v>27</v>
       </c>
       <c r="L120" t="s">
         <v>28</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>30</v>
       </c>
       <c r="O120">
         <v>283834819778</v>
       </c>
       <c r="P120" t="s">
         <v>31</v>
       </c>
       <c r="Q120" t="s">
         <v>32</v>
       </c>
       <c r="R120"/>
       <c r="S120"/>
       <c r="T120"/>
       <c r="U120" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
         <v>21</v>
       </c>
       <c r="B121" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C121">
         <v>1540055480</v>
       </c>
       <c r="D121">
         <v>584561</v>
       </c>
       <c r="E121" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="F121" t="s">
         <v>24</v>
       </c>
       <c r="G121" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H121">
         <v>89.99</v>
       </c>
       <c r="I121" t="s">
         <v>109</v>
       </c>
       <c r="J121" t="s">
         <v>27</v>
       </c>
       <c r="K121" t="s">
         <v>27</v>
       </c>
       <c r="L121" t="s">
         <v>132</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>30</v>
       </c>
       <c r="O121">
         <v>283835293825</v>
       </c>
       <c r="P121" t="s">
         <v>31</v>
       </c>
       <c r="Q121" t="s">
         <v>32</v>
       </c>
       <c r="R121"/>
       <c r="S121"/>
       <c r="T121"/>
       <c r="U121" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
         <v>21</v>
       </c>
       <c r="B122" t="s">
+        <v>456</v>
+      </c>
+      <c r="C122" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="D122">
         <v>584465</v>
       </c>
       <c r="E122" t="s">
+        <v>458</v>
+      </c>
+      <c r="F122" t="s">
+        <v>24</v>
+      </c>
+      <c r="G122" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
       <c r="H122">
         <v>199.2</v>
       </c>
       <c r="I122" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J122" t="s">
         <v>27</v>
       </c>
       <c r="K122" t="s">
         <v>27</v>
       </c>
       <c r="L122" t="s">
         <v>132</v>
       </c>
       <c r="M122" t="s">
         <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>30</v>
       </c>
       <c r="O122">
         <v>283759126186</v>
       </c>
       <c r="P122" t="s">
         <v>31</v>
       </c>
       <c r="Q122" t="s">
         <v>32</v>
       </c>
       <c r="R122"/>
       <c r="S122"/>
       <c r="T122"/>
       <c r="U122" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
         <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C123">
         <v>7060055170</v>
       </c>
       <c r="D123">
         <v>584190</v>
       </c>
       <c r="E123" t="s">
+        <v>461</v>
+      </c>
+      <c r="F123" t="s">
+        <v>24</v>
+      </c>
+      <c r="G123" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="H123">
         <v>79.99</v>
       </c>
       <c r="I123" t="s">
         <v>83</v>
       </c>
       <c r="J123" t="s">
         <v>27</v>
       </c>
       <c r="K123" t="s">
         <v>27</v>
       </c>
       <c r="L123" t="s">
         <v>132</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>30</v>
       </c>
       <c r="O123">
         <v>283718377116</v>
       </c>
       <c r="P123" t="s">
         <v>31</v>
       </c>
       <c r="Q123" t="s">
         <v>32</v>
       </c>
       <c r="R123"/>
       <c r="S123"/>
       <c r="T123"/>
       <c r="U123" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
         <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C124">
         <v>3150054572</v>
       </c>
       <c r="D124">
         <v>584145</v>
       </c>
       <c r="E124" t="s">
+        <v>464</v>
+      </c>
+      <c r="F124" t="s">
+        <v>24</v>
+      </c>
+      <c r="G124" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>466</v>
       </c>
       <c r="H124">
         <v>79.99</v>
       </c>
       <c r="I124" t="s">
         <v>70</v>
       </c>
       <c r="J124" t="s">
         <v>27</v>
       </c>
       <c r="K124" t="s">
         <v>27</v>
       </c>
       <c r="L124" t="s">
         <v>28</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>30</v>
       </c>
       <c r="O124">
         <v>283666670601</v>
       </c>
       <c r="P124" t="s">
         <v>31</v>
       </c>
       <c r="Q124" t="s">
         <v>32</v>
       </c>
       <c r="R124"/>
       <c r="S124"/>
       <c r="T124"/>
       <c r="U124" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
         <v>21</v>
       </c>
       <c r="B125" t="s">
+        <v>466</v>
+      </c>
+      <c r="C125" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="D125">
         <v>584143</v>
       </c>
       <c r="E125" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="F125" t="s">
         <v>24</v>
       </c>
       <c r="G125" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="H125">
         <v>63</v>
       </c>
       <c r="I125" t="s">
         <v>93</v>
       </c>
       <c r="J125" t="s">
         <v>27</v>
       </c>
       <c r="K125" t="s">
         <v>27</v>
       </c>
       <c r="L125" t="s">
         <v>132</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>30</v>
       </c>
       <c r="O125">
         <v>283662083128</v>
       </c>
       <c r="P125" t="s">
         <v>31</v>
       </c>
       <c r="Q125" t="s">
         <v>32</v>
       </c>
       <c r="R125"/>
       <c r="S125"/>
       <c r="T125"/>
       <c r="U125" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
         <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="C126">
         <v>7610054534</v>
       </c>
       <c r="D126">
         <v>584110</v>
       </c>
       <c r="E126" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="F126" t="s">
         <v>24</v>
       </c>
       <c r="G126" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="H126">
         <v>204</v>
       </c>
       <c r="I126" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="J126" t="s">
         <v>27</v>
       </c>
       <c r="K126" t="s">
         <v>27</v>
       </c>
       <c r="L126" t="s">
         <v>132</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>30</v>
       </c>
       <c r="O126">
         <v>283648726311</v>
       </c>
       <c r="P126" t="s">
         <v>31</v>
       </c>
       <c r="Q126" t="s">
         <v>32</v>
       </c>
       <c r="R126"/>
       <c r="S126"/>
       <c r="T126"/>
       <c r="U126" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
         <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="C127">
         <v>6030054840</v>
       </c>
       <c r="D127">
         <v>584095</v>
       </c>
       <c r="E127" t="s">
+        <v>472</v>
+      </c>
+      <c r="F127" t="s">
+        <v>24</v>
+      </c>
+      <c r="G127" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>474</v>
       </c>
       <c r="H127">
         <v>114.99</v>
       </c>
       <c r="I127" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J127" t="s">
         <v>27</v>
       </c>
       <c r="K127" t="s">
         <v>27</v>
       </c>
       <c r="L127" t="s">
         <v>132</v>
       </c>
       <c r="M127" t="s">
         <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>30</v>
       </c>
       <c r="O127">
         <v>771043764737</v>
       </c>
       <c r="P127" t="s">
         <v>31</v>
       </c>
       <c r="Q127" t="s">
         <v>32</v>
       </c>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
       <c r="U127" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
         <v>21</v>
       </c>
       <c r="B128" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C128">
         <v>1760064388</v>
       </c>
       <c r="D128">
         <v>584025</v>
       </c>
       <c r="E128" t="s">
+        <v>475</v>
+      </c>
+      <c r="F128" t="s">
+        <v>24</v>
+      </c>
+      <c r="G128" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
       <c r="H128">
         <v>58.99</v>
       </c>
       <c r="I128" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J128" t="s">
         <v>27</v>
       </c>
       <c r="K128" t="s">
         <v>27</v>
       </c>
       <c r="L128" t="s">
         <v>28</v>
       </c>
       <c r="M128" t="s">
         <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>30</v>
       </c>
       <c r="O128">
         <v>283590021804</v>
       </c>
       <c r="P128" t="s">
         <v>31</v>
       </c>
       <c r="Q128" t="s">
         <v>32</v>
       </c>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
       <c r="U128" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
         <v>21</v>
       </c>
       <c r="B129" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C129">
         <v>1130092607</v>
       </c>
       <c r="D129">
         <v>584000</v>
       </c>
       <c r="E129" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="F129" t="s">
         <v>24</v>
       </c>
       <c r="G129" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="H129">
         <v>79.99</v>
       </c>
       <c r="I129" t="s">
         <v>83</v>
       </c>
       <c r="J129" t="s">
         <v>27</v>
       </c>
       <c r="K129" t="s">
         <v>27</v>
       </c>
       <c r="L129" t="s">
         <v>28</v>
       </c>
       <c r="M129" t="s">
         <v>71</v>
       </c>
       <c r="N129" t="s">
         <v>30</v>
       </c>
       <c r="O129">
         <v>283567511511</v>
       </c>
       <c r="P129" t="s">
         <v>31</v>
       </c>
       <c r="Q129" t="s">
         <v>32</v>
       </c>
       <c r="R129" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S129" t="s">
         <v>37</v>
       </c>
       <c r="T129" t="s">
+        <v>479</v>
+      </c>
+      <c r="U129" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
         <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="C130">
         <v>1700130263</v>
       </c>
       <c r="D130">
         <v>583999</v>
       </c>
       <c r="E130" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="F130" t="s">
         <v>24</v>
       </c>
       <c r="G130" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H130">
         <v>102.99</v>
       </c>
       <c r="I130" t="s">
         <v>140</v>
       </c>
       <c r="J130" t="s">
         <v>27</v>
       </c>
       <c r="K130" t="s">
         <v>27</v>
       </c>
       <c r="L130" t="s">
         <v>28</v>
       </c>
       <c r="M130" t="s">
         <v>71</v>
       </c>
       <c r="N130" t="s">
         <v>30</v>
       </c>
       <c r="O130">
         <v>283569391711</v>
       </c>
       <c r="P130" t="s">
         <v>31</v>
       </c>
       <c r="Q130" t="s">
         <v>32</v>
       </c>
       <c r="R130" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S130" t="s">
         <v>37</v>
       </c>
       <c r="T130" t="s">
+        <v>483</v>
+      </c>
+      <c r="U130" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
         <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="C131">
         <v>5250054337</v>
       </c>
       <c r="D131">
         <v>583998</v>
       </c>
       <c r="E131" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="F131" t="s">
         <v>24</v>
       </c>
       <c r="G131" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="H131">
         <v>79.99</v>
       </c>
       <c r="I131" t="s">
         <v>83</v>
       </c>
       <c r="J131" t="s">
         <v>27</v>
       </c>
       <c r="K131" t="s">
         <v>27</v>
       </c>
       <c r="L131" t="s">
         <v>28</v>
       </c>
       <c r="M131" t="s">
         <v>71</v>
       </c>
       <c r="N131" t="s">
         <v>30</v>
       </c>
       <c r="O131">
         <v>283567613859</v>
       </c>
       <c r="P131" t="s">
         <v>31</v>
       </c>
       <c r="Q131" t="s">
         <v>32</v>
       </c>
       <c r="R131" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="S131" t="s">
         <v>37</v>
       </c>
       <c r="T131" t="s">
+        <v>487</v>
+      </c>
+      <c r="U131" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
         <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C132">
         <v>3670054811</v>
       </c>
       <c r="D132">
         <v>583817</v>
       </c>
       <c r="E132" t="s">
+        <v>490</v>
+      </c>
+      <c r="F132" t="s">
+        <v>24</v>
+      </c>
+      <c r="G132" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="H132">
         <v>63.2</v>
       </c>
       <c r="I132" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J132" t="s">
         <v>27</v>
       </c>
       <c r="K132" t="s">
         <v>27</v>
       </c>
       <c r="L132" t="s">
         <v>132</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>30</v>
       </c>
       <c r="O132">
         <v>283419017897</v>
       </c>
       <c r="P132" t="s">
         <v>31</v>
       </c>
       <c r="Q132" t="s">
         <v>32</v>
       </c>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
       <c r="U132" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
         <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="C133">
         <v>2950054472</v>
       </c>
       <c r="D133">
         <v>583766</v>
       </c>
       <c r="E133" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="F133" t="s">
         <v>24</v>
       </c>
       <c r="G133" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="H133">
         <v>79.2</v>
       </c>
       <c r="I133" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="J133" t="s">
         <v>27</v>
       </c>
       <c r="K133" t="s">
         <v>27</v>
       </c>
       <c r="L133" t="s">
         <v>132</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>30</v>
       </c>
       <c r="O133">
         <v>283429382993</v>
       </c>
       <c r="P133" t="s">
         <v>31</v>
       </c>
       <c r="Q133" t="s">
         <v>32</v>
       </c>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
       <c r="U133" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" t="s">
         <v>21</v>
       </c>
       <c r="B134" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C134">
         <v>3360054250</v>
       </c>
       <c r="D134">
         <v>583716</v>
       </c>
       <c r="E134" t="s">
+        <v>496</v>
+      </c>
+      <c r="F134" t="s">
+        <v>24</v>
+      </c>
+      <c r="G134" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="H134">
         <v>80.99</v>
       </c>
       <c r="I134" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J134" t="s">
         <v>27</v>
       </c>
       <c r="K134" t="s">
         <v>27</v>
       </c>
       <c r="L134" t="s">
         <v>132</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>30</v>
       </c>
       <c r="O134">
         <v>283331427143</v>
       </c>
       <c r="P134" t="s">
         <v>31</v>
       </c>
       <c r="Q134" t="s">
         <v>32</v>
       </c>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
       <c r="U134" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" t="s">
         <v>21</v>
       </c>
       <c r="B135" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C135">
         <v>2700054807</v>
       </c>
       <c r="D135">
         <v>583699</v>
       </c>
       <c r="E135" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="F135" t="s">
         <v>24</v>
       </c>
       <c r="G135" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="H135">
         <v>63.2</v>
       </c>
       <c r="I135" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J135" t="s">
         <v>27</v>
       </c>
       <c r="K135" t="s">
         <v>27</v>
       </c>
       <c r="L135" t="s">
         <v>132</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>30</v>
       </c>
       <c r="O135">
         <v>283335693579</v>
       </c>
       <c r="P135" t="s">
         <v>31</v>
       </c>
       <c r="Q135" t="s">
         <v>32</v>
       </c>
       <c r="R135"/>
       <c r="S135"/>
       <c r="T135"/>
       <c r="U135" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" t="s">
         <v>21</v>
       </c>
       <c r="B136" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="C136">
         <v>6410054677</v>
       </c>
       <c r="D136">
         <v>583611</v>
       </c>
       <c r="E136" t="s">
+        <v>501</v>
+      </c>
+      <c r="F136" t="s">
+        <v>24</v>
+      </c>
+      <c r="G136" t="s">
         <v>502</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
       <c r="H136">
         <v>138</v>
       </c>
       <c r="I136" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J136" t="s">
         <v>27</v>
       </c>
       <c r="K136" t="s">
         <v>27</v>
       </c>
       <c r="L136" t="s">
         <v>28</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>30</v>
       </c>
       <c r="O136">
         <v>283336429939</v>
       </c>
       <c r="P136" t="s">
         <v>31</v>
       </c>
       <c r="Q136" t="s">
         <v>32</v>
       </c>
       <c r="R136"/>
       <c r="S136"/>
       <c r="T136"/>
       <c r="U136" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" t="s">
         <v>21</v>
       </c>
       <c r="B137" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="C137">
         <v>8290054493</v>
       </c>
       <c r="D137">
         <v>583565</v>
       </c>
       <c r="E137" t="s">
+        <v>505</v>
+      </c>
+      <c r="F137" t="s">
+        <v>24</v>
+      </c>
+      <c r="G137" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="H137">
         <v>87.99</v>
       </c>
       <c r="I137" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J137" t="s">
         <v>27</v>
       </c>
       <c r="K137" t="s">
         <v>27</v>
       </c>
       <c r="L137" t="s">
         <v>132</v>
       </c>
       <c r="M137" t="s">
         <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>30</v>
       </c>
       <c r="O137">
         <v>283332367357</v>
       </c>
       <c r="P137" t="s">
         <v>31</v>
       </c>
       <c r="Q137" t="s">
         <v>32</v>
       </c>
       <c r="R137"/>
       <c r="S137"/>
       <c r="T137"/>
       <c r="U137" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" t="s">
         <v>21</v>
       </c>
       <c r="B138" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C138">
         <v>5010054569</v>
       </c>
       <c r="D138">
         <v>583423</v>
       </c>
       <c r="E138" t="s">
+        <v>508</v>
+      </c>
+      <c r="F138" t="s">
+        <v>24</v>
+      </c>
+      <c r="G138" t="s">
         <v>509</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="H138">
         <v>66.4</v>
       </c>
       <c r="I138" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="J138" t="s">
         <v>27</v>
       </c>
       <c r="K138" t="s">
         <v>27</v>
       </c>
       <c r="L138" t="s">
         <v>132</v>
       </c>
       <c r="M138" t="s">
         <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>30</v>
       </c>
       <c r="O138">
         <v>283174021093</v>
       </c>
       <c r="P138" t="s">
         <v>31</v>
       </c>
       <c r="Q138" t="s">
         <v>32</v>
       </c>
       <c r="R138"/>
       <c r="S138"/>
       <c r="T138"/>
       <c r="U138" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" t="s">
         <v>21</v>
       </c>
       <c r="B139" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C139">
         <v>7970054024</v>
       </c>
       <c r="D139">
         <v>583300</v>
       </c>
       <c r="E139" t="s">
+        <v>512</v>
+      </c>
+      <c r="F139" t="s">
+        <v>24</v>
+      </c>
+      <c r="G139" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>514</v>
       </c>
       <c r="H139">
         <v>61.6</v>
       </c>
       <c r="I139" t="s">
         <v>34</v>
       </c>
       <c r="J139" t="s">
         <v>27</v>
       </c>
       <c r="K139" t="s">
         <v>27</v>
       </c>
       <c r="L139" t="s">
         <v>132</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>30</v>
       </c>
       <c r="O139">
         <v>283065656384</v>
       </c>
       <c r="P139" t="s">
         <v>31</v>
       </c>
       <c r="Q139" t="s">
         <v>32</v>
       </c>
       <c r="R139"/>
       <c r="S139"/>
       <c r="T139"/>
       <c r="U139" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" t="s">
         <v>21</v>
       </c>
       <c r="B140" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="C140">
         <v>2420054298</v>
       </c>
       <c r="D140">
         <v>583258</v>
       </c>
       <c r="E140" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="F140" t="s">
         <v>24</v>
       </c>
       <c r="G140" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="H140">
         <v>102.99</v>
       </c>
       <c r="I140" t="s">
         <v>140</v>
       </c>
       <c r="J140" t="s">
         <v>27</v>
       </c>
       <c r="K140" t="s">
         <v>27</v>
       </c>
       <c r="L140" t="s">
         <v>132</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>30</v>
       </c>
       <c r="O140">
         <v>283037163073</v>
       </c>
       <c r="P140" t="s">
         <v>31</v>
       </c>
       <c r="Q140" t="s">
         <v>32</v>
       </c>
       <c r="R140"/>
       <c r="S140"/>
       <c r="T140"/>
       <c r="U140" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" t="s">
         <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C141">
         <v>5340053934</v>
       </c>
       <c r="D141">
         <v>583252</v>
       </c>
       <c r="E141" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="F141" t="s">
         <v>24</v>
       </c>
       <c r="G141" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="H141">
         <v>114.99</v>
       </c>
       <c r="I141" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J141" t="s">
         <v>27</v>
       </c>
       <c r="K141" t="s">
         <v>27</v>
       </c>
       <c r="L141" t="s">
         <v>28</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>30</v>
       </c>
       <c r="O141">
         <v>283036953825</v>
       </c>
       <c r="P141" t="s">
         <v>31</v>
       </c>
       <c r="Q141" t="s">
         <v>32</v>
       </c>
       <c r="R141"/>
       <c r="S141"/>
       <c r="T141"/>
       <c r="U141" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" t="s">
         <v>21</v>
       </c>
       <c r="B142" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C142">
         <v>1590053622</v>
       </c>
       <c r="D142">
         <v>583153</v>
       </c>
       <c r="E142" t="s">
+        <v>520</v>
+      </c>
+      <c r="F142" t="s">
+        <v>24</v>
+      </c>
+      <c r="G142" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>522</v>
       </c>
       <c r="H142">
         <v>85.99</v>
       </c>
       <c r="I142" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="J142" t="s">
         <v>27</v>
       </c>
       <c r="K142" t="s">
         <v>27</v>
       </c>
       <c r="L142" t="s">
         <v>28</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>30</v>
       </c>
       <c r="O142">
         <v>282999185534</v>
       </c>
       <c r="P142" t="s">
         <v>31</v>
       </c>
       <c r="Q142" t="s">
         <v>32</v>
       </c>
       <c r="R142"/>
       <c r="S142"/>
       <c r="T142"/>
       <c r="U142" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" t="s">
         <v>21</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="C143">
         <v>8000053403</v>
       </c>
       <c r="D143">
         <v>583151</v>
       </c>
       <c r="E143" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="F143" t="s">
         <v>24</v>
       </c>
       <c r="G143" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="H143">
         <v>79.99</v>
       </c>
       <c r="I143" t="s">
         <v>83</v>
       </c>
       <c r="J143" t="s">
         <v>27</v>
       </c>
       <c r="K143" t="s">
         <v>27</v>
       </c>
       <c r="L143" t="s">
         <v>28</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>30</v>
       </c>
       <c r="O143">
         <v>282999791124</v>
       </c>
       <c r="P143" t="s">
         <v>31</v>
       </c>
       <c r="Q143" t="s">
         <v>32</v>
       </c>
       <c r="R143"/>
       <c r="S143"/>
       <c r="T143"/>
       <c r="U143" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" t="s">
         <v>21</v>
       </c>
       <c r="B144" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C144">
         <v>2090053970</v>
       </c>
       <c r="D144">
         <v>583150</v>
       </c>
       <c r="E144" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="F144" t="s">
         <v>24</v>
       </c>
       <c r="G144" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="H144">
         <v>120.99</v>
       </c>
       <c r="I144" t="s">
         <v>143</v>
       </c>
       <c r="J144" t="s">
         <v>27</v>
       </c>
       <c r="K144" t="s">
         <v>27</v>
       </c>
       <c r="L144" t="s">
         <v>28</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>30</v>
       </c>
       <c r="O144">
         <v>282999427985</v>
       </c>
       <c r="P144" t="s">
         <v>31</v>
       </c>
       <c r="Q144" t="s">
         <v>32</v>
       </c>
       <c r="R144"/>
       <c r="S144"/>
       <c r="T144"/>
       <c r="U144" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" t="s">
         <v>21</v>
       </c>
       <c r="B145" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C145">
         <v>4110052865</v>
       </c>
       <c r="D145">
         <v>583078</v>
       </c>
       <c r="E145" t="s">
+        <v>528</v>
+      </c>
+      <c r="F145" t="s">
+        <v>24</v>
+      </c>
+      <c r="G145" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
       <c r="H145">
         <v>99.99</v>
       </c>
       <c r="I145" t="s">
         <v>122</v>
       </c>
       <c r="J145" t="s">
         <v>27</v>
       </c>
       <c r="K145" t="s">
         <v>27</v>
       </c>
       <c r="L145" t="s">
         <v>28</v>
       </c>
       <c r="M145" t="s">
         <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>30</v>
       </c>
       <c r="O145">
         <v>282978159024</v>
       </c>
       <c r="P145" t="s">
         <v>31</v>
       </c>
       <c r="Q145" t="s">
         <v>32</v>
       </c>
       <c r="R145"/>
       <c r="S145"/>
       <c r="T145"/>
       <c r="U145" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" t="s">
         <v>21</v>
       </c>
       <c r="B146" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C146">
         <v>7290052967</v>
       </c>
       <c r="D146">
         <v>583066</v>
       </c>
       <c r="E146" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F146" t="s">
         <v>24</v>
       </c>
       <c r="G146" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="H146">
         <v>79.2</v>
       </c>
       <c r="I146" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J146" t="s">
         <v>27</v>
       </c>
       <c r="K146" t="s">
         <v>27</v>
       </c>
       <c r="L146" t="s">
         <v>28</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>30</v>
       </c>
       <c r="O146">
         <v>282979883296</v>
       </c>
       <c r="P146" t="s">
         <v>31</v>
       </c>
       <c r="Q146" t="s">
         <v>32</v>
       </c>
       <c r="R146"/>
       <c r="S146"/>
       <c r="T146"/>
       <c r="U146" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" t="s">
         <v>21</v>
       </c>
       <c r="B147" t="s">
+        <v>532</v>
+      </c>
+      <c r="C147" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="D147">
         <v>583007</v>
       </c>
       <c r="E147" t="s">
+        <v>534</v>
+      </c>
+      <c r="F147" t="s">
+        <v>24</v>
+      </c>
+      <c r="G147" t="s">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>536</v>
       </c>
       <c r="H147">
         <v>216</v>
       </c>
       <c r="I147" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="J147" t="s">
         <v>27</v>
       </c>
       <c r="K147" t="s">
         <v>27</v>
       </c>
       <c r="L147" t="s">
         <v>28</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>30</v>
       </c>
       <c r="O147">
         <v>282959136771</v>
       </c>
       <c r="P147" t="s">
         <v>31</v>
       </c>
       <c r="Q147" t="s">
         <v>32</v>
       </c>
       <c r="R147"/>
       <c r="S147"/>
       <c r="T147"/>
       <c r="U147" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" t="s">
         <v>21</v>
       </c>
       <c r="B148" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C148">
         <v>8760053094</v>
       </c>
       <c r="D148">
         <v>582969</v>
       </c>
       <c r="E148" t="s">
+        <v>538</v>
+      </c>
+      <c r="F148" t="s">
+        <v>24</v>
+      </c>
+      <c r="G148" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="H148">
         <v>79.99</v>
       </c>
       <c r="I148" t="s">
         <v>70</v>
       </c>
       <c r="J148" t="s">
         <v>27</v>
       </c>
       <c r="K148" t="s">
         <v>27</v>
       </c>
       <c r="L148" t="s">
         <v>28</v>
       </c>
       <c r="M148" t="s">
         <v>71</v>
       </c>
       <c r="N148" t="s">
         <v>30</v>
       </c>
       <c r="O148">
         <v>282885268947</v>
       </c>
       <c r="P148" t="s">
         <v>31</v>
       </c>
       <c r="Q148" t="s">
         <v>32</v>
       </c>
       <c r="R148" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="S148" t="s">
         <v>37</v>
       </c>
       <c r="T148" t="s">
+        <v>540</v>
+      </c>
+      <c r="U148" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" t="s">
         <v>21</v>
       </c>
       <c r="B149" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C149">
         <v>1790052842</v>
       </c>
       <c r="D149">
         <v>582968</v>
       </c>
       <c r="E149" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F149" t="s">
         <v>24</v>
       </c>
       <c r="G149" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="H149">
         <v>144</v>
       </c>
       <c r="I149" t="s">
         <v>54</v>
       </c>
       <c r="J149" t="s">
         <v>27</v>
       </c>
       <c r="K149" t="s">
         <v>27</v>
       </c>
       <c r="L149" t="s">
         <v>28</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>30</v>
       </c>
       <c r="O149">
         <v>282885593876</v>
       </c>
       <c r="P149" t="s">
         <v>31</v>
       </c>
       <c r="Q149" t="s">
         <v>32</v>
       </c>
       <c r="R149"/>
       <c r="S149"/>
       <c r="T149"/>
       <c r="U149" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" t="s">
         <v>21</v>
       </c>
       <c r="B150" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C150">
         <v>1020114892</v>
       </c>
       <c r="D150">
         <v>582963</v>
       </c>
       <c r="E150" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F150" t="s">
         <v>24</v>
       </c>
       <c r="G150" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="H150">
         <v>120.99</v>
       </c>
       <c r="I150" t="s">
         <v>143</v>
       </c>
       <c r="J150" t="s">
         <v>27</v>
       </c>
       <c r="K150" t="s">
         <v>27</v>
       </c>
       <c r="L150" t="s">
         <v>132</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>30</v>
       </c>
       <c r="O150">
         <v>282881075341</v>
       </c>
       <c r="P150" t="s">
         <v>31</v>
       </c>
       <c r="Q150" t="s">
         <v>32</v>
       </c>
       <c r="R150"/>
       <c r="S150"/>
       <c r="T150"/>
       <c r="U150" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" t="s">
         <v>21</v>
       </c>
       <c r="B151" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C151">
         <v>3540056332</v>
       </c>
       <c r="D151">
         <v>582962</v>
       </c>
       <c r="E151" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F151" t="s">
         <v>24</v>
       </c>
       <c r="G151" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="H151">
         <v>57.6</v>
       </c>
       <c r="I151" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J151" t="s">
         <v>27</v>
       </c>
       <c r="K151" t="s">
         <v>27</v>
       </c>
       <c r="L151" t="s">
         <v>28</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>30</v>
       </c>
       <c r="O151">
         <v>282881294228</v>
       </c>
       <c r="P151" t="s">
         <v>31</v>
       </c>
       <c r="Q151" t="s">
         <v>32</v>
       </c>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151"/>
       <c r="U151" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" t="s">
         <v>21</v>
       </c>
       <c r="B152" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C152">
         <v>2320052421</v>
       </c>
       <c r="D152">
         <v>582954</v>
       </c>
       <c r="E152" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F152" t="s">
         <v>24</v>
       </c>
       <c r="G152" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H152">
         <v>103.99</v>
       </c>
       <c r="I152" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J152" t="s">
         <v>27</v>
       </c>
       <c r="K152" t="s">
         <v>27</v>
       </c>
       <c r="L152" t="s">
         <v>132</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>30</v>
       </c>
       <c r="O152">
         <v>282877205234</v>
       </c>
       <c r="P152" t="s">
         <v>31</v>
       </c>
       <c r="Q152" t="s">
         <v>32</v>
       </c>
       <c r="R152"/>
       <c r="S152"/>
       <c r="T152"/>
       <c r="U152" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" t="s">
         <v>21</v>
       </c>
       <c r="B153" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C153">
         <v>4190052611</v>
       </c>
       <c r="D153">
         <v>582947</v>
       </c>
       <c r="E153" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F153" t="s">
         <v>24</v>
       </c>
       <c r="G153" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="H153">
         <v>102.99</v>
       </c>
       <c r="I153" t="s">
         <v>140</v>
       </c>
       <c r="J153" t="s">
         <v>27</v>
       </c>
       <c r="K153" t="s">
         <v>27</v>
       </c>
       <c r="L153" t="s">
         <v>132</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>30</v>
       </c>
       <c r="O153">
         <v>282866759962</v>
       </c>
       <c r="P153" t="s">
         <v>31</v>
       </c>
       <c r="Q153" t="s">
         <v>32</v>
       </c>
       <c r="R153"/>
       <c r="S153"/>
       <c r="T153"/>
       <c r="U153" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" t="s">
         <v>21</v>
       </c>
       <c r="B154" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="C154">
         <v>5870052449</v>
       </c>
       <c r="D154">
         <v>582944</v>
       </c>
       <c r="E154" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F154" t="s">
         <v>24</v>
       </c>
       <c r="G154" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="H154">
         <v>120.99</v>
       </c>
       <c r="I154" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J154" t="s">
         <v>27</v>
       </c>
       <c r="K154" t="s">
         <v>27</v>
       </c>
       <c r="L154" t="s">
         <v>28</v>
       </c>
       <c r="M154" t="s">
         <v>71</v>
       </c>
       <c r="N154" t="s">
         <v>30</v>
       </c>
       <c r="O154">
         <v>282866814801</v>
       </c>
       <c r="P154" t="s">
         <v>31</v>
       </c>
       <c r="Q154" t="s">
         <v>32</v>
       </c>
       <c r="R154" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S154" t="s">
         <v>37</v>
       </c>
       <c r="T154" t="s">
         <v>73</v>
       </c>
       <c r="U154" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" t="s">
         <v>21</v>
       </c>
       <c r="B155" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C155">
         <v>2710052011</v>
       </c>
       <c r="D155">
         <v>582883</v>
       </c>
       <c r="E155" t="s">
         <v>31</v>
       </c>
       <c r="F155" t="s">
         <v>24</v>
       </c>
       <c r="G155"/>
       <c r="H155">
         <v>0</v>
       </c>
       <c r="I155" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J155"/>
       <c r="K155"/>
       <c r="L155" t="s">
         <v>28</v>
       </c>
       <c r="M155" t="s">
         <v>35</v>
       </c>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155" t="s">
         <v>31</v>
       </c>
       <c r="Q155" t="s">
         <v>36</v>
       </c>
       <c r="R155" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S155" t="s">
         <v>37</v>
       </c>
       <c r="T155" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="U155" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" t="s">
         <v>21</v>
       </c>
       <c r="B156" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C156">
         <v>4510052555</v>
       </c>
       <c r="D156">
         <v>582873</v>
       </c>
       <c r="E156" t="s">
         <v>31</v>
       </c>
       <c r="F156" t="s">
         <v>24</v>
       </c>
       <c r="G156"/>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J156"/>
       <c r="K156"/>
       <c r="L156" t="s">
         <v>28</v>
       </c>
       <c r="M156" t="s">
         <v>35</v>
       </c>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156" t="s">
         <v>31</v>
       </c>
       <c r="Q156" t="s">
         <v>36</v>
       </c>
       <c r="R156" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S156" t="s">
         <v>37</v>
       </c>
       <c r="T156" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="U156" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" t="s">
         <v>21</v>
       </c>
       <c r="B157" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="C157">
         <v>4300052307</v>
       </c>
       <c r="D157">
         <v>582862</v>
       </c>
       <c r="E157" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="F157" t="s">
         <v>24</v>
       </c>
       <c r="G157" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="H157">
         <v>57.6</v>
       </c>
       <c r="I157" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J157" t="s">
         <v>27</v>
       </c>
       <c r="K157" t="s">
         <v>27</v>
       </c>
       <c r="L157" t="s">
         <v>28</v>
       </c>
       <c r="M157" t="s">
         <v>71</v>
       </c>
       <c r="N157" t="s">
         <v>30</v>
       </c>
       <c r="O157">
         <v>282811666483</v>
       </c>
       <c r="P157" t="s">
         <v>31</v>
       </c>
       <c r="Q157" t="s">
         <v>32</v>
       </c>
       <c r="R157" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S157" t="s">
         <v>37</v>
       </c>
       <c r="T157" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="U157" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" t="s">
         <v>21</v>
       </c>
       <c r="B158" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C158">
         <v>1170150029</v>
       </c>
       <c r="D158">
         <v>582806</v>
       </c>
       <c r="E158" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="F158" t="s">
         <v>24</v>
       </c>
       <c r="G158" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="H158">
         <v>79.99</v>
       </c>
       <c r="I158" t="s">
         <v>70</v>
       </c>
       <c r="J158" t="s">
         <v>27</v>
       </c>
       <c r="K158" t="s">
         <v>27</v>
       </c>
       <c r="L158" t="s">
         <v>28</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>30</v>
       </c>
       <c r="O158">
         <v>282768041870</v>
       </c>
       <c r="P158" t="s">
         <v>31</v>
       </c>
       <c r="Q158" t="s">
         <v>32</v>
       </c>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158"/>
       <c r="U158" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" t="s">
         <v>21</v>
       </c>
       <c r="B159" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C159">
         <v>4580099240</v>
       </c>
       <c r="D159">
         <v>582700</v>
       </c>
       <c r="E159" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="F159" t="s">
         <v>24</v>
       </c>
       <c r="G159" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="H159">
         <v>136</v>
       </c>
       <c r="I159" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="J159" t="s">
         <v>27</v>
       </c>
       <c r="K159" t="s">
         <v>27</v>
       </c>
       <c r="L159" t="s">
         <v>28</v>
       </c>
       <c r="M159" t="s">
         <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>30</v>
       </c>
       <c r="O159">
         <v>282652533108</v>
       </c>
       <c r="P159" t="s">
         <v>31</v>
       </c>
       <c r="Q159" t="s">
         <v>32</v>
       </c>
       <c r="R159"/>
       <c r="S159"/>
       <c r="T159"/>
       <c r="U159" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" t="s">
         <v>21</v>
       </c>
       <c r="B160" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="C160">
         <v>2930052223</v>
       </c>
       <c r="D160">
         <v>582666</v>
       </c>
       <c r="E160" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="F160" t="s">
         <v>24</v>
       </c>
       <c r="G160" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="H160">
         <v>126</v>
       </c>
       <c r="I160" t="s">
         <v>93</v>
       </c>
       <c r="J160" t="s">
         <v>27</v>
       </c>
       <c r="K160" t="s">
         <v>27</v>
       </c>
       <c r="L160" t="s">
         <v>28</v>
       </c>
       <c r="M160" t="s">
         <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>30</v>
       </c>
       <c r="O160">
         <v>282655519033</v>
       </c>
       <c r="P160" t="s">
         <v>31</v>
       </c>
       <c r="Q160" t="s">
         <v>32</v>
       </c>
       <c r="R160"/>
       <c r="S160"/>
       <c r="T160"/>
       <c r="U160" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" t="s">
         <v>21</v>
       </c>
       <c r="B161" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C161">
         <v>4480052112</v>
       </c>
       <c r="D161">
         <v>582618</v>
       </c>
       <c r="E161" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="F161" t="s">
         <v>24</v>
       </c>
       <c r="G161" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="H161">
         <v>79.2</v>
       </c>
       <c r="I161" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J161" t="s">
         <v>27</v>
       </c>
       <c r="K161" t="s">
         <v>27</v>
       </c>
       <c r="L161" t="s">
         <v>132</v>
       </c>
       <c r="M161" t="s">
         <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>30</v>
       </c>
       <c r="O161">
         <v>282613690978</v>
       </c>
       <c r="P161" t="s">
         <v>31</v>
       </c>
       <c r="Q161" t="s">
         <v>32</v>
       </c>
       <c r="R161"/>
       <c r="S161"/>
       <c r="T161"/>
       <c r="U161" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" t="s">
         <v>21</v>
       </c>
       <c r="B162" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C162">
         <v>5280051787</v>
       </c>
       <c r="D162">
         <v>582552</v>
       </c>
       <c r="E162" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="F162" t="s">
         <v>24</v>
       </c>
       <c r="G162" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="H162">
         <v>103.99</v>
       </c>
       <c r="I162" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J162" t="s">
         <v>27</v>
       </c>
       <c r="K162" t="s">
         <v>27</v>
       </c>
       <c r="L162" t="s">
         <v>132</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>30</v>
       </c>
       <c r="O162">
         <v>282609713053</v>
       </c>
       <c r="P162" t="s">
         <v>31</v>
       </c>
       <c r="Q162" t="s">
         <v>32</v>
       </c>
       <c r="R162"/>
       <c r="S162"/>
       <c r="T162"/>
       <c r="U162" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" t="s">
         <v>21</v>
       </c>
       <c r="B163" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C163">
         <v>6110051792</v>
       </c>
       <c r="D163">
         <v>582445</v>
       </c>
       <c r="E163" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F163" t="s">
         <v>24</v>
       </c>
       <c r="G163" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="H163">
         <v>79.2</v>
       </c>
       <c r="I163" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J163" t="s">
         <v>27</v>
       </c>
       <c r="K163" t="s">
         <v>27</v>
       </c>
       <c r="L163" t="s">
         <v>132</v>
       </c>
       <c r="M163" t="s">
         <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>30</v>
       </c>
       <c r="O163">
         <v>282582931312</v>
       </c>
       <c r="P163" t="s">
         <v>31</v>
       </c>
       <c r="Q163" t="s">
         <v>32</v>
       </c>
       <c r="R163"/>
       <c r="S163"/>
       <c r="T163"/>
       <c r="U163" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" t="s">
         <v>21</v>
       </c>
       <c r="B164" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C164">
         <v>4900051913</v>
       </c>
       <c r="D164">
         <v>582411</v>
       </c>
       <c r="E164" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F164" t="s">
         <v>24</v>
       </c>
       <c r="G164" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="H164">
         <v>58.99</v>
       </c>
       <c r="I164" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J164" t="s">
         <v>27</v>
       </c>
       <c r="K164" t="s">
         <v>27</v>
       </c>
       <c r="L164" t="s">
         <v>28</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>30</v>
       </c>
       <c r="O164">
         <v>282584998289</v>
       </c>
       <c r="P164" t="s">
         <v>31</v>
       </c>
       <c r="Q164" t="s">
         <v>32</v>
       </c>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
         <v>21</v>
       </c>
       <c r="B165" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C165">
         <v>1190051636</v>
       </c>
       <c r="D165">
         <v>582361</v>
       </c>
       <c r="E165" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F165" t="s">
         <v>24</v>
       </c>
       <c r="G165" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H165">
         <v>102.99</v>
       </c>
       <c r="I165" t="s">
         <v>140</v>
       </c>
       <c r="J165" t="s">
         <v>27</v>
       </c>
       <c r="K165" t="s">
         <v>27</v>
       </c>
       <c r="L165" t="s">
         <v>132</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>30</v>
       </c>
       <c r="O165">
         <v>282608102720</v>
       </c>
       <c r="P165" t="s">
         <v>31</v>
       </c>
       <c r="Q165" t="s">
         <v>32</v>
       </c>
       <c r="R165"/>
       <c r="S165"/>
       <c r="T165"/>
       <c r="U165" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
         <v>21</v>
       </c>
       <c r="B166" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C166">
         <v>4490051745</v>
       </c>
       <c r="D166">
         <v>582341</v>
       </c>
       <c r="E166" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F166" t="s">
         <v>24</v>
       </c>
       <c r="G166" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="H166">
         <v>55.2</v>
       </c>
       <c r="I166" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="J166" t="s">
         <v>27</v>
       </c>
       <c r="K166" t="s">
         <v>27</v>
       </c>
       <c r="L166" t="s">
         <v>28</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>30</v>
       </c>
       <c r="O166">
         <v>282608217379</v>
       </c>
       <c r="P166" t="s">
         <v>31</v>
       </c>
       <c r="Q166" t="s">
         <v>32</v>
       </c>
       <c r="R166"/>
       <c r="S166"/>
       <c r="T166"/>
       <c r="U166" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" t="s">
         <v>21</v>
       </c>
       <c r="B167" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C167">
         <v>2560051478</v>
       </c>
       <c r="D167">
         <v>582241</v>
       </c>
       <c r="E167" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F167" t="s">
         <v>24</v>
       </c>
       <c r="G167" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="H167">
         <v>66.4</v>
       </c>
       <c r="I167" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="J167" t="s">
         <v>27</v>
       </c>
       <c r="K167" t="s">
         <v>27</v>
       </c>
       <c r="L167" t="s">
         <v>132</v>
       </c>
       <c r="M167" t="s">
         <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>30</v>
       </c>
       <c r="O167">
         <v>282607640967</v>
       </c>
       <c r="P167" t="s">
         <v>31</v>
       </c>
       <c r="Q167" t="s">
         <v>32</v>
       </c>
       <c r="R167"/>
       <c r="S167"/>
       <c r="T167"/>
       <c r="U167" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" t="s">
         <v>21</v>
       </c>
       <c r="B168" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C168" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="D168">
         <v>582203</v>
       </c>
       <c r="E168" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F168" t="s">
         <v>24</v>
       </c>
       <c r="G168" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="H168">
         <v>79.99</v>
       </c>
       <c r="I168" t="s">
         <v>83</v>
       </c>
       <c r="J168" t="s">
         <v>27</v>
       </c>
       <c r="K168" t="s">
         <v>27</v>
       </c>
       <c r="L168" t="s">
         <v>28</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>30</v>
       </c>
       <c r="O168">
         <v>282475527656</v>
       </c>
       <c r="P168" t="s">
         <v>31</v>
       </c>
       <c r="Q168" t="s">
         <v>32</v>
       </c>
       <c r="R168"/>
       <c r="S168"/>
       <c r="T168"/>
       <c r="U168" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" t="s">
         <v>21</v>
       </c>
       <c r="B169" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C169">
         <v>6190051749</v>
       </c>
       <c r="D169">
         <v>582175</v>
       </c>
       <c r="E169" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F169" t="s">
         <v>24</v>
       </c>
       <c r="G169" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="H169">
         <v>79.99</v>
       </c>
       <c r="I169" t="s">
         <v>70</v>
       </c>
       <c r="J169" t="s">
         <v>27</v>
       </c>
       <c r="K169" t="s">
         <v>27</v>
       </c>
       <c r="L169" t="s">
         <v>28</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>30</v>
       </c>
       <c r="O169">
         <v>282476392592</v>
       </c>
       <c r="P169" t="s">
         <v>31</v>
       </c>
       <c r="Q169" t="s">
         <v>32</v>
       </c>
       <c r="R169"/>
       <c r="S169"/>
       <c r="T169"/>
       <c r="U169" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" t="s">
         <v>21</v>
       </c>
       <c r="B170" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C170">
         <v>3980051264</v>
       </c>
       <c r="D170">
         <v>581965</v>
       </c>
       <c r="E170" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F170" t="s">
         <v>24</v>
       </c>
       <c r="G170" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="H170">
         <v>114.99</v>
       </c>
       <c r="I170" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J170" t="s">
         <v>27</v>
       </c>
       <c r="K170" t="s">
         <v>27</v>
       </c>
       <c r="L170" t="s">
         <v>28</v>
       </c>
       <c r="M170" t="s">
         <v>71</v>
       </c>
       <c r="N170" t="s">
         <v>30</v>
       </c>
       <c r="O170">
         <v>282441102686</v>
       </c>
       <c r="P170" t="s">
         <v>31</v>
       </c>
       <c r="Q170" t="s">
         <v>32</v>
       </c>
       <c r="R170" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S170" t="s">
         <v>37</v>
       </c>
       <c r="T170" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="U170" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" t="s">
         <v>21</v>
       </c>
       <c r="B171" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C171" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D171">
         <v>582119</v>
       </c>
       <c r="E171" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F171" t="s">
         <v>24</v>
       </c>
       <c r="G171" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="H171">
         <v>88.99</v>
       </c>
       <c r="I171" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="J171" t="s">
         <v>27</v>
       </c>
       <c r="K171" t="s">
         <v>27</v>
       </c>
       <c r="L171" t="s">
         <v>132</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>30</v>
       </c>
       <c r="O171">
         <v>282448842180</v>
       </c>
       <c r="P171" t="s">
         <v>31</v>
       </c>
       <c r="Q171" t="s">
         <v>32</v>
       </c>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171"/>
       <c r="U171" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" t="s">
         <v>21</v>
       </c>
       <c r="B172" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C172">
         <v>6470051484</v>
       </c>
       <c r="D172">
         <v>581523</v>
       </c>
       <c r="E172" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="F172" t="s">
         <v>24</v>
       </c>
       <c r="G172" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="H172">
         <v>79.2</v>
       </c>
       <c r="I172" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J172" t="s">
         <v>27</v>
       </c>
       <c r="K172" t="s">
         <v>27</v>
       </c>
       <c r="L172" t="s">
         <v>28</v>
       </c>
       <c r="M172" t="s">
         <v>29</v>
       </c>
       <c r="N172" t="s">
         <v>30</v>
       </c>
       <c r="O172">
         <v>282316752249</v>
       </c>
       <c r="P172" t="s">
         <v>31</v>
       </c>
       <c r="Q172" t="s">
         <v>32</v>
       </c>
       <c r="R172"/>
       <c r="S172"/>
       <c r="T172"/>
       <c r="U172" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" t="s">
         <v>21</v>
       </c>
       <c r="B173" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C173">
         <v>2890051372</v>
       </c>
       <c r="D173">
         <v>581408</v>
       </c>
       <c r="E173" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F173" t="s">
         <v>24</v>
       </c>
       <c r="G173" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="H173">
         <v>79.99</v>
       </c>
       <c r="I173" t="s">
         <v>70</v>
       </c>
       <c r="J173" t="s">
         <v>27</v>
       </c>
       <c r="K173" t="s">
         <v>27</v>
       </c>
       <c r="L173" t="s">
         <v>28</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>30</v>
       </c>
       <c r="O173">
         <v>282253921670</v>
       </c>
       <c r="P173" t="s">
         <v>31</v>
       </c>
       <c r="Q173" t="s">
         <v>32</v>
       </c>
       <c r="R173"/>
       <c r="S173"/>
       <c r="T173"/>
       <c r="U173" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" t="s">
         <v>21</v>
       </c>
       <c r="B174" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C174">
         <v>1570051619</v>
       </c>
       <c r="D174">
         <v>581378</v>
       </c>
       <c r="E174" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F174" t="s">
         <v>24</v>
       </c>
       <c r="G174" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H174">
         <v>63.2</v>
       </c>
       <c r="I174" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="J174" t="s">
         <v>27</v>
       </c>
       <c r="K174" t="s">
         <v>27</v>
       </c>
       <c r="L174" t="s">
         <v>28</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>30</v>
       </c>
       <c r="O174">
         <v>282253862152</v>
       </c>
       <c r="P174" t="s">
         <v>31</v>
       </c>
       <c r="Q174" t="s">
         <v>32</v>
       </c>
       <c r="R174"/>
       <c r="S174"/>
       <c r="T174"/>
       <c r="U174" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" t="s">
         <v>21</v>
       </c>
       <c r="B175" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="C175">
         <v>7060051014</v>
       </c>
       <c r="D175">
         <v>581246</v>
       </c>
       <c r="E175" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="F175" t="s">
         <v>24</v>
       </c>
       <c r="G175" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="H175">
         <v>79.2</v>
       </c>
       <c r="I175" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="J175" t="s">
         <v>27</v>
       </c>
       <c r="K175" t="s">
         <v>27</v>
       </c>
       <c r="L175" t="s">
         <v>132</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>30</v>
       </c>
       <c r="O175">
         <v>282266545184</v>
       </c>
       <c r="P175" t="s">
         <v>31</v>
       </c>
       <c r="Q175" t="s">
         <v>32</v>
       </c>
       <c r="R175"/>
       <c r="S175"/>
       <c r="T175"/>
       <c r="U175" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" t="s">
         <v>21</v>
       </c>
       <c r="B176" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C176">
         <v>5300051210</v>
       </c>
       <c r="D176">
         <v>581168</v>
       </c>
       <c r="E176" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="F176" t="s">
         <v>24</v>
       </c>
       <c r="G176" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="H176">
         <v>103.99</v>
       </c>
       <c r="I176" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="J176" t="s">
         <v>27</v>
       </c>
       <c r="K176" t="s">
         <v>27</v>
       </c>
       <c r="L176" t="s">
         <v>132</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>30</v>
       </c>
       <c r="O176">
         <v>282115462283</v>
       </c>
       <c r="P176" t="s">
         <v>31</v>
       </c>
       <c r="Q176" t="s">
         <v>32</v>
       </c>
       <c r="R176"/>
       <c r="S176"/>
       <c r="T176"/>
       <c r="U176" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" t="s">
         <v>21</v>
       </c>
       <c r="B177" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C177">
         <v>4060050782</v>
       </c>
       <c r="D177">
         <v>581088</v>
       </c>
       <c r="E177" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="F177" t="s">
         <v>24</v>
       </c>
       <c r="G177" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="H177">
         <v>79.99</v>
       </c>
       <c r="I177" t="s">
         <v>50</v>
       </c>
       <c r="J177" t="s">
         <v>27</v>
       </c>
       <c r="K177" t="s">
         <v>27</v>
       </c>
       <c r="L177" t="s">
         <v>132</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>30</v>
       </c>
       <c r="O177">
         <v>282065495184</v>
       </c>
       <c r="P177" t="s">
         <v>31</v>
       </c>
       <c r="Q177" t="s">
         <v>32</v>
       </c>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" t="s">
         <v>21</v>
       </c>
       <c r="B178" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C178">
         <v>2600049994</v>
       </c>
       <c r="D178">
         <v>581023</v>
       </c>
       <c r="E178" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F178" t="s">
         <v>24</v>
       </c>
       <c r="G178" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="H178">
         <v>96.99</v>
       </c>
       <c r="I178" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J178" t="s">
         <v>27</v>
       </c>
       <c r="K178" t="s">
         <v>27</v>
       </c>
       <c r="L178" t="s">
         <v>28</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>30</v>
       </c>
       <c r="O178">
         <v>282007659546</v>
       </c>
       <c r="P178" t="s">
         <v>31</v>
       </c>
       <c r="Q178" t="s">
         <v>32</v>
       </c>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" t="s">
         <v>21</v>
       </c>
       <c r="B179" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C179">
         <v>8020050466</v>
       </c>
       <c r="D179">
         <v>581024</v>
       </c>
       <c r="E179" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F179" t="s">
         <v>24</v>
       </c>
       <c r="G179" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="H179">
         <v>136</v>
       </c>
       <c r="I179" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="J179" t="s">
         <v>27</v>
       </c>
       <c r="K179" t="s">
         <v>27</v>
       </c>
       <c r="L179" t="s">
         <v>28</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>30</v>
       </c>
       <c r="O179">
         <v>282007992955</v>
       </c>
       <c r="P179" t="s">
         <v>31</v>
       </c>
       <c r="Q179" t="s">
         <v>32</v>
       </c>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" t="s">
         <v>21</v>
       </c>
       <c r="B180" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="C180">
         <v>6540050135</v>
       </c>
       <c r="D180">
         <v>581022</v>
       </c>
       <c r="E180" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F180" t="s">
         <v>24</v>
       </c>
       <c r="G180" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="H180">
         <v>120.99</v>
       </c>
       <c r="I180" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J180" t="s">
         <v>27</v>
       </c>
       <c r="K180" t="s">
         <v>27</v>
       </c>
       <c r="L180" t="s">
         <v>28</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>30</v>
       </c>
       <c r="O180">
         <v>282007957850</v>
       </c>
       <c r="P180" t="s">
         <v>31</v>
       </c>
       <c r="Q180" t="s">
         <v>32</v>
       </c>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" t="s">
         <v>21</v>
       </c>
       <c r="B181" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C181">
         <v>8920050145</v>
       </c>
       <c r="D181">
         <v>581021</v>
       </c>
       <c r="E181" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F181" t="s">
         <v>24</v>
       </c>
       <c r="G181" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="H181">
         <v>63</v>
       </c>
       <c r="I181" t="s">
         <v>93</v>
       </c>
       <c r="J181" t="s">
         <v>27</v>
       </c>
       <c r="K181" t="s">
         <v>27</v>
       </c>
       <c r="L181" t="s">
         <v>28</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>30</v>
       </c>
       <c r="O181">
         <v>282007912720</v>
       </c>
       <c r="P181" t="s">
         <v>31</v>
       </c>
       <c r="Q181" t="s">
         <v>32</v>
       </c>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" t="s">
         <v>21</v>
       </c>
       <c r="B182" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C182">
         <v>1130087506</v>
       </c>
       <c r="D182">
         <v>581020</v>
       </c>
       <c r="E182" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F182" t="s">
         <v>24</v>
       </c>
       <c r="G182" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="H182">
         <v>109.99</v>
       </c>
       <c r="I182" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J182" t="s">
         <v>27</v>
       </c>
       <c r="K182" t="s">
         <v>27</v>
       </c>
       <c r="L182" t="s">
         <v>132</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>30</v>
       </c>
       <c r="O182">
         <v>282007625375</v>
       </c>
       <c r="P182" t="s">
         <v>31</v>
       </c>
       <c r="Q182" t="s">
         <v>32</v>
       </c>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182"/>
       <c r="U182" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" t="s">
         <v>21</v>
       </c>
       <c r="B183" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C183">
         <v>3040081556</v>
       </c>
       <c r="D183">
         <v>581019</v>
       </c>
       <c r="E183" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F183" t="s">
         <v>24</v>
       </c>
       <c r="G183" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="H183">
         <v>79.99</v>
       </c>
       <c r="I183" t="s">
         <v>70</v>
       </c>
       <c r="J183" t="s">
         <v>27</v>
       </c>
       <c r="K183" t="s">
         <v>27</v>
       </c>
       <c r="L183" t="s">
         <v>28</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>30</v>
       </c>
       <c r="O183">
         <v>282007587793</v>
       </c>
       <c r="P183" t="s">
         <v>31</v>
       </c>
       <c r="Q183" t="s">
         <v>32</v>
       </c>
       <c r="R183"/>
       <c r="S183"/>
       <c r="T183"/>
       <c r="U183" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" t="s">
         <v>21</v>
       </c>
       <c r="B184" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C184">
         <v>7350048995</v>
       </c>
       <c r="D184">
         <v>581017</v>
       </c>
       <c r="E184" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F184" t="s">
         <v>24</v>
       </c>
       <c r="G184" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="H184">
         <v>63</v>
       </c>
       <c r="I184" t="s">
         <v>93</v>
       </c>
       <c r="J184" t="s">
         <v>27</v>
       </c>
       <c r="K184" t="s">
         <v>27</v>
       </c>
       <c r="L184" t="s">
         <v>28</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>30</v>
       </c>
       <c r="O184">
         <v>282008034689</v>
       </c>
       <c r="P184" t="s">
         <v>31</v>
       </c>
       <c r="Q184" t="s">
         <v>32</v>
       </c>
       <c r="R184"/>
       <c r="S184"/>
       <c r="T184"/>
       <c r="U184" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" t="s">
         <v>21</v>
       </c>
       <c r="B185" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C185">
         <v>6670049414</v>
       </c>
       <c r="D185">
         <v>581016</v>
       </c>
       <c r="E185" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F185" t="s">
         <v>24</v>
       </c>
       <c r="G185" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="H185">
         <v>136</v>
       </c>
       <c r="I185" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="J185" t="s">
         <v>27</v>
       </c>
       <c r="K185" t="s">
         <v>27</v>
       </c>
       <c r="L185" t="s">
         <v>132</v>
       </c>
       <c r="M185" t="s">
         <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>30</v>
       </c>
       <c r="O185">
         <v>282008068941</v>
       </c>
       <c r="P185" t="s">
         <v>31</v>
       </c>
       <c r="Q185" t="s">
         <v>32</v>
       </c>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185"/>
       <c r="U185" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" t="s">
         <v>21</v>
       </c>
       <c r="B186" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="C186">
         <v>8190049345</v>
       </c>
       <c r="D186">
         <v>581018</v>
       </c>
       <c r="E186" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F186" t="s">
         <v>24</v>
       </c>
       <c r="G186" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="H186">
         <v>79.99</v>
       </c>
       <c r="I186" t="s">
         <v>70</v>
       </c>
       <c r="J186" t="s">
         <v>27</v>
       </c>
       <c r="K186" t="s">
         <v>27</v>
       </c>
       <c r="L186" t="s">
         <v>132</v>
       </c>
       <c r="M186" t="s">
         <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>30</v>
       </c>
       <c r="O186">
         <v>282007541060</v>
       </c>
       <c r="P186" t="s">
         <v>31</v>
       </c>
       <c r="Q186" t="s">
         <v>32</v>
       </c>
       <c r="R186"/>
       <c r="S186"/>
       <c r="T186"/>
       <c r="U186" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" t="s">
         <v>21</v>
       </c>
       <c r="B187" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="C187" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="D187">
         <v>581015</v>
       </c>
       <c r="E187" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F187" t="s">
         <v>24</v>
       </c>
       <c r="G187" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="H187">
         <v>119.99</v>
       </c>
       <c r="I187" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="J187" t="s">
         <v>27</v>
       </c>
       <c r="K187" t="s">
         <v>27</v>
       </c>
       <c r="L187" t="s">
         <v>132</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>30</v>
       </c>
       <c r="O187">
         <v>282007409730</v>
       </c>
       <c r="P187" t="s">
         <v>31</v>
       </c>
       <c r="Q187" t="s">
         <v>32</v>
       </c>
       <c r="R187"/>
       <c r="S187"/>
       <c r="T187"/>
       <c r="U187" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" t="s">
         <v>21</v>
       </c>
       <c r="B188" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C188">
         <v>8920049283</v>
       </c>
       <c r="D188">
         <v>581014</v>
       </c>
       <c r="E188" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F188" t="s">
         <v>24</v>
       </c>
       <c r="G188" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="H188">
         <v>99.99</v>
       </c>
       <c r="I188" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J188" t="s">
         <v>27</v>
       </c>
       <c r="K188" t="s">
         <v>27</v>
       </c>
       <c r="L188" t="s">
         <v>132</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>30</v>
       </c>
       <c r="O188">
         <v>282007166912</v>
       </c>
       <c r="P188" t="s">
         <v>31</v>
       </c>
       <c r="Q188" t="s">
         <v>32</v>
       </c>
       <c r="R188"/>
       <c r="S188"/>
       <c r="T188"/>
       <c r="U188" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" t="s">
         <v>21</v>
       </c>
       <c r="B189" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C189" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="D189">
         <v>581013</v>
       </c>
       <c r="E189" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F189" t="s">
         <v>24</v>
       </c>
       <c r="G189" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="H189">
         <v>103.99</v>
       </c>
       <c r="I189" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J189" t="s">
         <v>27</v>
       </c>
       <c r="K189" t="s">
         <v>27</v>
       </c>
       <c r="L189" t="s">
         <v>132</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>30</v>
       </c>
       <c r="O189">
         <v>282007226473</v>
       </c>
       <c r="P189" t="s">
         <v>31</v>
       </c>
       <c r="Q189" t="s">
         <v>32</v>
       </c>
       <c r="R189"/>
       <c r="S189"/>
       <c r="T189"/>
       <c r="U189" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" t="s">
         <v>21</v>
       </c>
       <c r="B190" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C190">
         <v>6380048108</v>
       </c>
       <c r="D190">
         <v>581012</v>
       </c>
       <c r="E190" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F190" t="s">
         <v>24</v>
       </c>
       <c r="G190" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="H190">
         <v>114.99</v>
       </c>
       <c r="I190" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J190" t="s">
         <v>27</v>
       </c>
       <c r="K190" t="s">
         <v>27</v>
       </c>
       <c r="L190" t="s">
         <v>132</v>
       </c>
       <c r="M190" t="s">
         <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>30</v>
       </c>
       <c r="O190">
         <v>282007266710</v>
       </c>
       <c r="P190" t="s">
         <v>31</v>
       </c>
       <c r="Q190" t="s">
         <v>32</v>
       </c>
       <c r="R190"/>
       <c r="S190"/>
       <c r="T190"/>
       <c r="U190" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" t="s">
         <v>21</v>
       </c>
       <c r="B191" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C191">
         <v>2800048756</v>
       </c>
       <c r="D191">
         <v>581011</v>
       </c>
       <c r="E191" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F191" t="s">
         <v>24</v>
       </c>
       <c r="G191" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="H191">
         <v>119.99</v>
       </c>
       <c r="I191" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="J191" t="s">
         <v>27</v>
       </c>
       <c r="K191" t="s">
         <v>27</v>
       </c>
       <c r="L191" t="s">
         <v>132</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>30</v>
       </c>
       <c r="O191">
         <v>282007325675</v>
       </c>
       <c r="P191" t="s">
         <v>31</v>
       </c>
       <c r="Q191" t="s">
         <v>32</v>
       </c>
       <c r="R191"/>
       <c r="S191"/>
       <c r="T191"/>
       <c r="U191" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" t="s">
         <v>21</v>
       </c>
       <c r="B192" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="C192">
         <v>2360048234</v>
       </c>
       <c r="D192">
         <v>581010</v>
       </c>
       <c r="E192" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F192" t="s">
         <v>24</v>
       </c>
       <c r="G192" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="H192">
         <v>109.99</v>
       </c>
       <c r="I192" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J192" t="s">
         <v>27</v>
       </c>
       <c r="K192" t="s">
         <v>27</v>
       </c>
       <c r="L192" t="s">
         <v>28</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>30</v>
       </c>
       <c r="O192">
         <v>282007361640</v>
       </c>
       <c r="P192" t="s">
         <v>31</v>
       </c>
       <c r="Q192" t="s">
         <v>32</v>
       </c>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" t="s">
         <v>21</v>
       </c>
       <c r="B193" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="C193">
         <v>7190047727</v>
       </c>
       <c r="D193">
         <v>581009</v>
       </c>
       <c r="E193" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F193" t="s">
         <v>24</v>
       </c>
       <c r="G193" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="H193">
         <v>63.2</v>
       </c>
       <c r="I193" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="J193" t="s">
         <v>27</v>
       </c>
       <c r="K193" t="s">
         <v>27</v>
       </c>
       <c r="L193" t="s">
         <v>28</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>30</v>
       </c>
       <c r="O193">
         <v>282007455475</v>
       </c>
       <c r="P193" t="s">
         <v>31</v>
       </c>
       <c r="Q193" t="s">
         <v>32</v>
       </c>
       <c r="R193"/>
       <c r="S193"/>
       <c r="T193"/>
       <c r="U193" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" t="s">
         <v>21</v>
       </c>
       <c r="B194" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="C194">
         <v>5280047509</v>
       </c>
       <c r="D194">
         <v>581008</v>
       </c>
       <c r="E194" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="F194" t="s">
         <v>24</v>
       </c>
       <c r="G194" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="H194">
         <v>63</v>
       </c>
       <c r="I194" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="J194" t="s">
         <v>27</v>
       </c>
       <c r="K194" t="s">
         <v>27</v>
       </c>
       <c r="L194" t="s">
         <v>28</v>
       </c>
       <c r="M194" t="s">
         <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>30</v>
       </c>
       <c r="O194">
         <v>282007500173</v>
       </c>
       <c r="P194" t="s">
         <v>31</v>
       </c>
       <c r="Q194" t="s">
         <v>32</v>
       </c>
       <c r="R194"/>
       <c r="S194"/>
       <c r="T194"/>
       <c r="U194" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" t="s">
         <v>21</v>
       </c>
       <c r="B195" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C195">
         <v>4440046818</v>
       </c>
       <c r="D195">
         <v>579661</v>
       </c>
       <c r="E195" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="F195" t="s">
         <v>24</v>
       </c>
       <c r="G195" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="H195">
         <v>88.99</v>
       </c>
       <c r="I195" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="J195" t="s">
         <v>27</v>
       </c>
       <c r="K195" t="s">
         <v>27</v>
       </c>
       <c r="L195" t="s">
         <v>132</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>30</v>
       </c>
       <c r="O195">
         <v>281189407399</v>
       </c>
       <c r="P195" t="s">
         <v>31</v>
       </c>
       <c r="Q195" t="s">
         <v>32</v>
       </c>
       <c r="R195"/>
       <c r="S195"/>
       <c r="T195"/>
       <c r="U195" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" t="s">
         <v>21</v>
       </c>
       <c r="B196" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C196">
         <v>2490046591</v>
       </c>
       <c r="D196">
         <v>579382</v>
       </c>
       <c r="E196" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="F196" t="s">
         <v>24</v>
       </c>
       <c r="G196" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="H196">
         <v>58.99</v>
       </c>
       <c r="I196" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J196" t="s">
         <v>27</v>
       </c>
       <c r="K196" t="s">
         <v>27</v>
       </c>
       <c r="L196" t="s">
         <v>132</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>30</v>
       </c>
       <c r="O196">
         <v>281024929445</v>
       </c>
       <c r="P196" t="s">
         <v>31</v>
       </c>
       <c r="Q196" t="s">
         <v>32</v>
       </c>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" t="s">
         <v>21</v>
       </c>
       <c r="B197" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C197">
         <v>4710056268</v>
       </c>
       <c r="D197">
         <v>579263</v>
       </c>
       <c r="E197" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="F197" t="s">
         <v>24</v>
       </c>
       <c r="G197" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="H197">
         <v>82.99</v>
       </c>
       <c r="I197" t="s">
         <v>50</v>
       </c>
       <c r="J197" t="s">
         <v>27</v>
       </c>
       <c r="K197" t="s">
         <v>27</v>
       </c>
       <c r="L197" t="s">
         <v>132</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>30</v>
       </c>
       <c r="O197">
         <v>280929212040</v>
       </c>
       <c r="P197" t="s">
         <v>31</v>
       </c>
       <c r="Q197" t="s">
         <v>32</v>
       </c>
       <c r="R197"/>
       <c r="S197"/>
       <c r="T197"/>
       <c r="U197" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" t="s">
         <v>21</v>
       </c>
       <c r="B198" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="C198" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="D198">
         <v>579233</v>
       </c>
       <c r="E198" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="F198" t="s">
         <v>24</v>
       </c>
       <c r="G198" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="H198">
         <v>103.99</v>
       </c>
       <c r="I198" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J198" t="s">
         <v>27</v>
       </c>
       <c r="K198" t="s">
         <v>27</v>
       </c>
       <c r="L198" t="s">
         <v>28</v>
       </c>
       <c r="M198" t="s">
         <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>30</v>
       </c>
       <c r="O198">
         <v>280887130002</v>
       </c>
       <c r="P198" t="s">
         <v>31</v>
       </c>
       <c r="Q198" t="s">
         <v>32</v>
       </c>
       <c r="R198"/>
       <c r="S198"/>
       <c r="T198"/>
       <c r="U198" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" t="s">
         <v>21</v>
       </c>
       <c r="B199" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="C199">
         <v>6130046428</v>
       </c>
       <c r="D199">
         <v>579182</v>
       </c>
       <c r="E199" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="F199" t="s">
         <v>24</v>
       </c>
       <c r="G199" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="H199">
         <v>79.99</v>
       </c>
       <c r="I199" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J199" t="s">
         <v>27</v>
       </c>
       <c r="K199" t="s">
         <v>27</v>
       </c>
       <c r="L199" t="s">
         <v>28</v>
       </c>
       <c r="M199" t="s">
         <v>71</v>
       </c>
       <c r="N199" t="s">
         <v>30</v>
       </c>
       <c r="O199">
         <v>280866918299</v>
       </c>
       <c r="P199" t="s">
         <v>31</v>
       </c>
       <c r="Q199" t="s">
         <v>32</v>
       </c>
       <c r="R199" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="S199" t="s">
         <v>37</v>
       </c>
       <c r="T199" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="U199" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" t="s">
         <v>21</v>
       </c>
       <c r="B200" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="C200">
         <v>7570046712</v>
       </c>
       <c r="D200">
         <v>578901</v>
       </c>
       <c r="E200" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="F200" t="s">
         <v>24</v>
       </c>
       <c r="G200" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="H200">
         <v>80.99</v>
       </c>
       <c r="I200" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J200" t="s">
         <v>27</v>
       </c>
       <c r="K200" t="s">
         <v>27</v>
       </c>
       <c r="L200" t="s">
         <v>132</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>30</v>
       </c>
       <c r="O200">
         <v>280716550720</v>
       </c>
       <c r="P200" t="s">
         <v>31</v>
       </c>
       <c r="Q200" t="s">
         <v>32</v>
       </c>
       <c r="R200"/>
       <c r="S200"/>
       <c r="T200"/>
       <c r="U200" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" t="s">
         <v>21</v>
       </c>
       <c r="B201" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="C201">
         <v>2550046091</v>
       </c>
       <c r="D201">
         <v>578823</v>
       </c>
       <c r="E201" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="F201" t="s">
         <v>24</v>
       </c>
       <c r="G201" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="H201">
         <v>95.99</v>
       </c>
       <c r="I201" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="J201" t="s">
         <v>27</v>
       </c>
       <c r="K201" t="s">
         <v>27</v>
       </c>
       <c r="L201" t="s">
         <v>28</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>30</v>
       </c>
       <c r="O201">
         <v>280668368000</v>
       </c>
       <c r="P201" t="s">
         <v>31</v>
       </c>
       <c r="Q201" t="s">
         <v>32</v>
       </c>
       <c r="R201"/>
       <c r="S201"/>
       <c r="T201"/>
       <c r="U201" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" t="s">
         <v>21</v>
       </c>
       <c r="B202" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="C202">
         <v>1940080050</v>
       </c>
       <c r="D202">
         <v>578407</v>
       </c>
       <c r="E202" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="F202" t="s">
         <v>24</v>
       </c>
       <c r="G202" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="H202">
         <v>119.99</v>
       </c>
       <c r="I202" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J202" t="s">
         <v>27</v>
       </c>
       <c r="K202" t="s">
         <v>27</v>
       </c>
       <c r="L202" t="s">
         <v>132</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>30</v>
       </c>
       <c r="O202">
         <v>280357985791</v>
       </c>
       <c r="P202" t="s">
         <v>31</v>
       </c>
       <c r="Q202" t="s">
         <v>32</v>
       </c>
       <c r="R202"/>
       <c r="S202"/>
       <c r="T202"/>
       <c r="U202" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" t="s">
         <v>21</v>
       </c>
       <c r="B203" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C203">
         <v>4870045097</v>
       </c>
       <c r="D203">
         <v>578339</v>
       </c>
       <c r="E203" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="F203" t="s">
         <v>24</v>
       </c>
       <c r="G203" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H203">
         <v>63.2</v>
       </c>
       <c r="I203" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="J203" t="s">
         <v>27</v>
       </c>
       <c r="K203" t="s">
         <v>27</v>
       </c>
       <c r="L203" t="s">
         <v>132</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>30</v>
       </c>
       <c r="O203">
         <v>280345631778</v>
       </c>
       <c r="P203" t="s">
         <v>31</v>
       </c>
       <c r="Q203" t="s">
         <v>32</v>
       </c>
       <c r="R203"/>
       <c r="S203"/>
       <c r="T203"/>
       <c r="U203" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" t="s">
         <v>21</v>
       </c>
       <c r="B204" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C204">
         <v>7220044730</v>
       </c>
       <c r="D204">
         <v>578336</v>
       </c>
       <c r="E204" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="F204" t="s">
         <v>24</v>
       </c>
       <c r="G204" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="H204">
         <v>154</v>
       </c>
       <c r="I204" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="J204" t="s">
         <v>27</v>
       </c>
       <c r="K204" t="s">
         <v>27</v>
       </c>
       <c r="L204" t="s">
         <v>28</v>
       </c>
       <c r="M204" t="s">
         <v>71</v>
       </c>
       <c r="N204" t="s">
         <v>30</v>
       </c>
       <c r="O204">
         <v>280344065019</v>
       </c>
       <c r="P204" t="s">
         <v>31</v>
       </c>
       <c r="Q204" t="s">
         <v>32</v>
       </c>
       <c r="R204" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S204" t="s">
         <v>37</v>
       </c>
       <c r="T204" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="U204" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" t="s">
         <v>21</v>
       </c>
       <c r="B205" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C205">
         <v>8880045392</v>
       </c>
       <c r="D205">
         <v>578323</v>
       </c>
       <c r="E205" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="F205" t="s">
         <v>24</v>
       </c>
       <c r="G205" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="H205">
         <v>66.4</v>
       </c>
       <c r="I205" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="J205" t="s">
         <v>27</v>
       </c>
       <c r="K205" t="s">
         <v>27</v>
       </c>
       <c r="L205" t="s">
         <v>132</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>30</v>
       </c>
       <c r="O205">
         <v>280342260888</v>
       </c>
       <c r="P205" t="s">
         <v>31</v>
       </c>
       <c r="Q205" t="s">
         <v>32</v>
       </c>
       <c r="R205"/>
       <c r="S205"/>
       <c r="T205"/>
       <c r="U205" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" t="s">
         <v>21</v>
       </c>
       <c r="B206" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C206">
         <v>3690044247</v>
       </c>
       <c r="D206">
         <v>578298</v>
       </c>
       <c r="E206" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="F206" t="s">
         <v>24</v>
       </c>
       <c r="G206" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="H206">
         <v>136</v>
       </c>
       <c r="I206" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="J206" t="s">
         <v>27</v>
       </c>
       <c r="K206" t="s">
         <v>27</v>
       </c>
       <c r="L206" t="s">
         <v>28</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>30</v>
       </c>
       <c r="O206">
         <v>280342375107</v>
       </c>
       <c r="P206" t="s">
         <v>31</v>
       </c>
       <c r="Q206" t="s">
         <v>32</v>
       </c>
       <c r="R206"/>
       <c r="S206"/>
       <c r="T206"/>
       <c r="U206" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" t="s">
         <v>21</v>
       </c>
       <c r="B207" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C207">
         <v>5230040670</v>
       </c>
       <c r="D207">
         <v>577923</v>
       </c>
       <c r="E207" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="F207" t="s">
         <v>24</v>
       </c>
       <c r="G207" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="H207">
         <v>136</v>
       </c>
       <c r="I207" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="J207" t="s">
         <v>27</v>
       </c>
       <c r="K207" t="s">
         <v>27</v>
       </c>
       <c r="L207" t="s">
         <v>28</v>
       </c>
       <c r="M207" t="s">
         <v>71</v>
       </c>
       <c r="N207" t="s">
         <v>30</v>
       </c>
       <c r="O207">
         <v>280076465635</v>
       </c>
       <c r="P207" t="s">
         <v>31</v>
       </c>
       <c r="Q207" t="s">
         <v>32</v>
       </c>
       <c r="R207" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S207" t="s">
         <v>37</v>
       </c>
       <c r="T207" t="s">
         <v>151</v>
       </c>
       <c r="U207" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" t="s">
         <v>21</v>
       </c>
       <c r="B208" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="C208">
         <v>3940043808</v>
       </c>
       <c r="D208">
         <v>577843</v>
       </c>
       <c r="E208" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="F208" t="s">
         <v>24</v>
       </c>
       <c r="G208" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="H208">
         <v>135.99</v>
       </c>
       <c r="I208" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="J208" t="s">
         <v>27</v>
       </c>
       <c r="K208" t="s">
         <v>27</v>
       </c>
       <c r="L208" t="s">
         <v>132</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>30</v>
       </c>
       <c r="O208">
         <v>280008930939</v>
       </c>
       <c r="P208" t="s">
         <v>31</v>
       </c>
       <c r="Q208" t="s">
         <v>32</v>
       </c>
       <c r="R208"/>
       <c r="S208"/>
       <c r="T208"/>
       <c r="U208" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" t="s">
         <v>21</v>
       </c>
       <c r="B209" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="C209">
         <v>2050043889</v>
       </c>
       <c r="D209">
         <v>577842</v>
       </c>
       <c r="E209" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="F209" t="s">
         <v>24</v>
       </c>
       <c r="G209" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="H209">
         <v>68.99</v>
       </c>
       <c r="I209" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J209" t="s">
         <v>27</v>
       </c>
       <c r="K209" t="s">
         <v>27</v>
       </c>
       <c r="L209" t="s">
         <v>132</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>30</v>
       </c>
       <c r="O209">
         <v>280008871292</v>
       </c>
       <c r="P209" t="s">
         <v>31</v>
       </c>
       <c r="Q209" t="s">
         <v>32</v>
       </c>
       <c r="R209"/>
       <c r="S209"/>
       <c r="T209"/>
       <c r="U209" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" t="s">
         <v>21</v>
       </c>
       <c r="B210" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="C210">
         <v>8210043476</v>
       </c>
       <c r="D210">
         <v>577746</v>
       </c>
       <c r="E210" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="F210" t="s">
         <v>24</v>
       </c>
       <c r="G210" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="H210">
         <v>55.2</v>
       </c>
       <c r="I210" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J210" t="s">
         <v>27</v>
       </c>
       <c r="K210" t="s">
         <v>27</v>
       </c>
       <c r="L210" t="s">
         <v>132</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>30</v>
       </c>
       <c r="O210">
         <v>279949494238</v>
       </c>
       <c r="P210" t="s">
         <v>31</v>
       </c>
       <c r="Q210" t="s">
         <v>32</v>
       </c>
       <c r="R210"/>
       <c r="S210"/>
       <c r="T210"/>
       <c r="U210" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" t="s">
         <v>21</v>
       </c>
       <c r="B211" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C211" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="D211">
         <v>577365</v>
       </c>
       <c r="E211" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="F211" t="s">
         <v>24</v>
       </c>
       <c r="G211" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="H211">
         <v>135.99</v>
       </c>
       <c r="I211" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="J211" t="s">
         <v>27</v>
       </c>
       <c r="K211" t="s">
         <v>27</v>
       </c>
       <c r="L211" t="s">
         <v>132</v>
       </c>
       <c r="M211" t="s">
         <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>30</v>
       </c>
       <c r="O211">
         <v>279608181713</v>
       </c>
       <c r="P211" t="s">
         <v>31</v>
       </c>
       <c r="Q211" t="s">
         <v>32</v>
       </c>
       <c r="R211"/>
       <c r="S211"/>
       <c r="T211"/>
       <c r="U211" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" t="s">
         <v>21</v>
       </c>
       <c r="B212" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="C212" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="D212">
         <v>577364</v>
       </c>
       <c r="E212" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="F212" t="s">
         <v>24</v>
       </c>
       <c r="G212" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="H212">
         <v>68.99</v>
       </c>
       <c r="I212" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J212" t="s">
         <v>27</v>
       </c>
       <c r="K212" t="s">
         <v>27</v>
       </c>
       <c r="L212" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>30</v>
       </c>
       <c r="O212">
         <v>279612957893</v>
       </c>
       <c r="P212" t="s">
         <v>31</v>
       </c>
       <c r="Q212" t="s">
         <v>32</v>
       </c>
       <c r="R212"/>
       <c r="S212"/>
       <c r="T212"/>
       <c r="U212" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" t="s">
         <v>21</v>
       </c>
       <c r="B213" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C213" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="D213">
         <v>576942</v>
       </c>
       <c r="E213" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="F213" t="s">
         <v>24</v>
       </c>
       <c r="G213" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="H213">
         <v>213.5</v>
       </c>
       <c r="I213" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="J213" t="s">
         <v>27</v>
       </c>
       <c r="K213" t="s">
         <v>27</v>
       </c>
       <c r="L213" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>30</v>
       </c>
       <c r="O213">
         <v>279327986585</v>
       </c>
       <c r="P213" t="s">
         <v>31</v>
       </c>
       <c r="Q213" t="s">
         <v>32</v>
       </c>
       <c r="R213"/>
       <c r="S213"/>
       <c r="T213"/>
       <c r="U213" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" t="s">
         <v>21</v>
       </c>
       <c r="B214" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C214" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="D214">
         <v>576891</v>
       </c>
       <c r="E214" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="F214" t="s">
         <v>24</v>
       </c>
       <c r="G214" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="H214">
         <v>119.99</v>
       </c>
       <c r="I214" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="J214" t="s">
         <v>27</v>
       </c>
       <c r="K214" t="s">
         <v>27</v>
       </c>
       <c r="L214" t="s">
         <v>132</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>30</v>
       </c>
       <c r="O214">
         <v>279281005434</v>
       </c>
       <c r="P214" t="s">
         <v>31</v>
       </c>
       <c r="Q214" t="s">
         <v>32</v>
       </c>
       <c r="R214"/>
       <c r="S214"/>
       <c r="T214"/>
       <c r="U214" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" t="s">
         <v>21</v>
       </c>
       <c r="B215" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C215" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="D215">
         <v>576799</v>
       </c>
       <c r="E215" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="F215" t="s">
         <v>24</v>
       </c>
       <c r="G215" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="H215">
         <v>63</v>
       </c>
       <c r="I215" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="J215" t="s">
         <v>27</v>
       </c>
       <c r="K215" t="s">
         <v>27</v>
       </c>
       <c r="L215" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M215" t="s">
         <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>30</v>
       </c>
       <c r="O215">
         <v>279256811213</v>
       </c>
       <c r="P215" t="s">
         <v>31</v>
       </c>
       <c r="Q215" t="s">
         <v>32</v>
       </c>
       <c r="R215"/>
       <c r="S215"/>
       <c r="T215"/>
       <c r="U215" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" t="s">
         <v>21</v>
       </c>
       <c r="B216" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C216" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D216">
         <v>576169</v>
       </c>
       <c r="E216" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="F216" t="s">
         <v>24</v>
       </c>
       <c r="G216" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="H216">
         <v>79.99</v>
       </c>
       <c r="I216" t="s">
         <v>83</v>
       </c>
       <c r="J216" t="s">
         <v>27</v>
       </c>
       <c r="K216" t="s">
         <v>27</v>
       </c>
       <c r="L216" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="M216" t="s">
         <v>71</v>
       </c>
       <c r="N216" t="s">
         <v>30</v>
       </c>
       <c r="O216">
         <v>278855713456</v>
       </c>
       <c r="P216" t="s">
         <v>31</v>
       </c>
       <c r="Q216" t="s">
         <v>32</v>
       </c>
       <c r="R216" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="S216" t="s">
         <v>37</v>
       </c>
       <c r="T216" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="U216" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" t="s">
         <v>21</v>
       </c>
       <c r="B217" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C217" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D217">
         <v>575681</v>
       </c>
       <c r="E217" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="F217" t="s">
         <v>24</v>
       </c>
       <c r="G217" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="H217">
         <v>79.99</v>
       </c>
       <c r="I217" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="J217" t="s">
         <v>27</v>
       </c>
       <c r="K217" t="s">
         <v>27</v>
       </c>
       <c r="L217" t="s">
         <v>132</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>30</v>
       </c>
       <c r="O217">
         <v>278481094321</v>
       </c>
       <c r="P217" t="s">
         <v>31</v>
       </c>
       <c r="Q217" t="s">
         <v>32</v>
       </c>
       <c r="R217"/>
       <c r="S217"/>
       <c r="T217"/>
       <c r="U217" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" t="s">
         <v>21</v>
       </c>
       <c r="B218" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="C218" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D218">
         <v>575683</v>
       </c>
       <c r="E218" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="F218" t="s">
         <v>24</v>
       </c>
       <c r="G218" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="H218">
         <v>52.8</v>
       </c>
       <c r="I218" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="J218" t="s">
         <v>27</v>
       </c>
       <c r="K218" t="s">
         <v>27</v>
       </c>
       <c r="L218" t="s">
         <v>132</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>30</v>
       </c>
       <c r="O218">
         <v>278481177480</v>
       </c>
       <c r="P218" t="s">
         <v>31</v>
       </c>
       <c r="Q218" t="s">
         <v>32</v>
       </c>
       <c r="R218"/>
       <c r="S218"/>
       <c r="T218"/>
       <c r="U218" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" t="s">
         <v>21</v>
       </c>
       <c r="B219" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C219" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="D219">
         <v>575682</v>
       </c>
       <c r="E219" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="F219" t="s">
         <v>24</v>
       </c>
       <c r="G219" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="H219">
         <v>76.8</v>
       </c>
       <c r="I219" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="J219" t="s">
         <v>27</v>
       </c>
       <c r="K219" t="s">
         <v>27</v>
       </c>
       <c r="L219" t="s">
         <v>132</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>30</v>
       </c>
       <c r="O219">
         <v>278481061904</v>
       </c>
       <c r="P219" t="s">
         <v>31</v>
       </c>
       <c r="Q219" t="s">
         <v>32</v>
       </c>
       <c r="R219"/>
       <c r="S219"/>
       <c r="T219"/>
       <c r="U219" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" t="s">
         <v>21</v>
       </c>
       <c r="B220" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C220" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="D220">
         <v>575301</v>
       </c>
       <c r="E220" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="F220" t="s">
         <v>24</v>
       </c>
       <c r="G220" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="H220">
         <v>302.38</v>
       </c>
       <c r="I220" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="J220" t="s">
         <v>27</v>
       </c>
       <c r="K220" t="s">
         <v>27</v>
       </c>
       <c r="L220" t="s">
         <v>132</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>30</v>
       </c>
       <c r="O220">
         <v>278229452988</v>
       </c>
       <c r="P220" t="s">
         <v>31</v>
       </c>
       <c r="Q220" t="s">
         <v>32</v>
       </c>
       <c r="R220"/>
       <c r="S220"/>
       <c r="T220"/>
       <c r="U220" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" t="s">
         <v>21</v>
       </c>
       <c r="B221" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C221" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="D221">
         <v>575278</v>
       </c>
       <c r="E221" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="F221" t="s">
         <v>24</v>
       </c>
       <c r="G221" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="H221">
         <v>119.99</v>
       </c>
       <c r="I221" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="J221" t="s">
         <v>27</v>
       </c>
       <c r="K221" t="s">
         <v>27</v>
       </c>
       <c r="L221" t="s">
         <v>132</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>30</v>
       </c>
       <c r="O221">
         <v>278193009169</v>
       </c>
       <c r="P221" t="s">
         <v>31</v>
       </c>
       <c r="Q221" t="s">
         <v>32</v>
       </c>
       <c r="R221"/>
       <c r="S221"/>
       <c r="T221"/>
       <c r="U221" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" t="s">
         <v>21</v>
       </c>
       <c r="B222" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C222" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="D222">
         <v>574810</v>
       </c>
       <c r="E222" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="F222" t="s">
         <v>24</v>
       </c>
       <c r="G222" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="H222">
         <v>87.99</v>
       </c>
       <c r="I222" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="J222" t="s">
         <v>27</v>
       </c>
       <c r="K222" t="s">
         <v>27</v>
       </c>
       <c r="L222" t="s">
         <v>132</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>30</v>
       </c>
       <c r="O222">
         <v>277929412472</v>
       </c>
       <c r="P222" t="s">
         <v>31</v>
       </c>
       <c r="Q222" t="s">
         <v>32</v>
       </c>
       <c r="R222"/>
       <c r="S222"/>
       <c r="T222"/>
       <c r="U222" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" t="s">
         <v>21</v>
       </c>
       <c r="B223" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C223" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="D223">
         <v>574809</v>
       </c>
       <c r="E223" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="F223" t="s">
         <v>24</v>
       </c>
       <c r="G223" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="H223">
         <v>57.6</v>
       </c>
       <c r="I223" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J223" t="s">
         <v>27</v>
       </c>
       <c r="K223" t="s">
         <v>27</v>
       </c>
       <c r="L223" t="s">
         <v>132</v>
       </c>
       <c r="M223" t="s">
         <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>30</v>
       </c>
       <c r="O223">
         <v>277929232192</v>
       </c>
       <c r="P223" t="s">
         <v>31</v>
       </c>
       <c r="Q223" t="s">
         <v>32</v>
       </c>
       <c r="R223"/>
       <c r="S223"/>
       <c r="T223"/>
       <c r="U223" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" t="s">
         <v>21</v>
       </c>
       <c r="B224" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="C224" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="D224">
         <v>574555</v>
       </c>
       <c r="E224" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="F224" t="s">
         <v>24</v>
       </c>
       <c r="G224" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="H224">
         <v>119.99</v>
       </c>
       <c r="I224" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J224" t="s">
         <v>27</v>
       </c>
       <c r="K224" t="s">
         <v>27</v>
       </c>
       <c r="L224" t="s">
         <v>132</v>
       </c>
       <c r="M224" t="s">
         <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>30</v>
       </c>
       <c r="O224">
         <v>277783999469</v>
       </c>
       <c r="P224" t="s">
         <v>31</v>
       </c>
       <c r="Q224" t="s">
         <v>32</v>
       </c>
       <c r="R224"/>
       <c r="S224"/>
       <c r="T224"/>
       <c r="U224" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" t="s">
         <v>21</v>
       </c>
       <c r="B225" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C225" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="D225">
         <v>574554</v>
       </c>
       <c r="E225" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="F225" t="s">
         <v>24</v>
       </c>
       <c r="G225" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="H225">
         <v>63</v>
       </c>
       <c r="I225" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="J225" t="s">
         <v>27</v>
       </c>
       <c r="K225" t="s">
         <v>27</v>
       </c>
       <c r="L225" t="s">
         <v>132</v>
       </c>
       <c r="M225" t="s">
         <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>30</v>
       </c>
       <c r="O225">
         <v>277783906266</v>
       </c>
       <c r="P225" t="s">
         <v>31</v>
       </c>
       <c r="Q225" t="s">
         <v>32</v>
       </c>
       <c r="R225"/>
       <c r="S225"/>
       <c r="T225"/>
       <c r="U225" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" t="s">
         <v>21</v>
       </c>
       <c r="B226" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C226" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D226">
         <v>574553</v>
       </c>
       <c r="E226" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="F226" t="s">
         <v>24</v>
       </c>
       <c r="G226" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="H226">
         <v>79.99</v>
       </c>
       <c r="I226" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="J226" t="s">
         <v>27</v>
       </c>
       <c r="K226" t="s">
         <v>27</v>
       </c>
       <c r="L226" t="s">
         <v>132</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>30</v>
       </c>
       <c r="O226">
         <v>277784173555</v>
       </c>
       <c r="P226" t="s">
         <v>31</v>
       </c>
       <c r="Q226" t="s">
         <v>32</v>
       </c>
       <c r="R226"/>
       <c r="S226"/>
       <c r="T226"/>
       <c r="U226" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" t="s">
         <v>21</v>
       </c>
       <c r="B227" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C227" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D227">
         <v>574552</v>
       </c>
       <c r="E227" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="F227" t="s">
         <v>24</v>
       </c>
       <c r="G227" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="H227">
         <v>79.99</v>
       </c>
       <c r="I227" t="s">
         <v>143</v>
       </c>
       <c r="J227" t="s">
         <v>27</v>
       </c>
       <c r="K227" t="s">
         <v>27</v>
       </c>
       <c r="L227" t="s">
         <v>132</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>30</v>
       </c>
       <c r="O227">
         <v>277784520780</v>
       </c>
       <c r="P227" t="s">
         <v>31</v>
       </c>
       <c r="Q227" t="s">
         <v>32</v>
       </c>
       <c r="R227"/>
       <c r="S227"/>
       <c r="T227"/>
       <c r="U227" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" t="s">
         <v>21</v>
       </c>
       <c r="B228" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="C228" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="D228">
         <v>574551</v>
       </c>
       <c r="E228" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="F228" t="s">
         <v>24</v>
       </c>
       <c r="G228" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="H228">
         <v>119.99</v>
       </c>
       <c r="I228" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J228" t="s">
         <v>27</v>
       </c>
       <c r="K228" t="s">
         <v>27</v>
       </c>
       <c r="L228" t="s">
         <v>132</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>30</v>
       </c>
       <c r="O228">
         <v>277784124925</v>
       </c>
       <c r="P228" t="s">
         <v>31</v>
       </c>
       <c r="Q228" t="s">
         <v>32</v>
       </c>
       <c r="R228"/>
       <c r="S228"/>
       <c r="T228"/>
       <c r="U228" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" t="s">
         <v>21</v>
       </c>
       <c r="B229" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="C229" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D229">
         <v>574368</v>
       </c>
       <c r="E229" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="F229" t="s">
         <v>24</v>
       </c>
       <c r="G229" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="H229">
         <v>87.92</v>
       </c>
       <c r="I229" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="J229" t="s">
         <v>27</v>
       </c>
       <c r="K229" t="s">
         <v>27</v>
       </c>
       <c r="L229" t="s">
         <v>132</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>30</v>
       </c>
       <c r="O229">
         <v>277725811053</v>
       </c>
       <c r="P229" t="s">
         <v>31</v>
       </c>
       <c r="Q229" t="s">
         <v>32</v>
       </c>
       <c r="R229"/>
       <c r="S229"/>
       <c r="T229"/>
       <c r="U229" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" t="s">
         <v>21</v>
       </c>
       <c r="B230" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="C230" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D230">
         <v>574371</v>
       </c>
       <c r="E230" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="F230" t="s">
         <v>24</v>
       </c>
       <c r="G230" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="H230">
         <v>80</v>
       </c>
       <c r="I230" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="J230" t="s">
         <v>27</v>
       </c>
       <c r="K230" t="s">
         <v>27</v>
       </c>
       <c r="L230" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>30</v>
       </c>
       <c r="O230">
         <v>277725610213</v>
       </c>
       <c r="P230" t="s">
         <v>31</v>
       </c>
       <c r="Q230" t="s">
         <v>32</v>
       </c>
       <c r="R230"/>
       <c r="S230"/>
       <c r="T230"/>
       <c r="U230" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" t="s">
         <v>21</v>
       </c>
       <c r="B231" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="C231" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="D231">
         <v>574370</v>
       </c>
       <c r="E231" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="F231" t="s">
         <v>24</v>
       </c>
       <c r="G231" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="H231">
         <v>136</v>
       </c>
       <c r="I231" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="J231" t="s">
         <v>27</v>
       </c>
       <c r="K231" t="s">
         <v>27</v>
       </c>
       <c r="L231" t="s">
         <v>132</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>30</v>
       </c>
       <c r="O231">
         <v>277725548865</v>
       </c>
       <c r="P231" t="s">
         <v>31</v>
       </c>
       <c r="Q231" t="s">
         <v>32</v>
       </c>
       <c r="R231"/>
       <c r="S231"/>
       <c r="T231"/>
       <c r="U231" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" t="s">
         <v>21</v>
       </c>
       <c r="B232" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="C232" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="D232">
         <v>574367</v>
       </c>
       <c r="E232" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="F232" t="s">
         <v>24</v>
       </c>
       <c r="G232" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="H232">
         <v>79.99</v>
       </c>
       <c r="I232" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="J232" t="s">
         <v>27</v>
       </c>
       <c r="K232" t="s">
         <v>27</v>
       </c>
       <c r="L232" t="s">
         <v>132</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>30</v>
       </c>
       <c r="O232">
         <v>277726070079</v>
       </c>
       <c r="P232" t="s">
         <v>31</v>
       </c>
       <c r="Q232" t="s">
         <v>32</v>
       </c>
       <c r="R232"/>
       <c r="S232"/>
       <c r="T232"/>
       <c r="U232" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" t="s">
         <v>21</v>
       </c>
       <c r="B233" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C233" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="D233">
         <v>574120</v>
       </c>
       <c r="E233" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F233" t="s">
         <v>24</v>
       </c>
       <c r="G233" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="H233">
         <v>115.6</v>
       </c>
       <c r="I233" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="J233" t="s">
         <v>27</v>
       </c>
       <c r="K233" t="s">
         <v>27</v>
       </c>
       <c r="L233" t="s">
         <v>132</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>30</v>
       </c>
       <c r="O233">
         <v>277555113466</v>
       </c>
       <c r="P233" t="s">
         <v>31</v>
       </c>
       <c r="Q233" t="s">
         <v>32</v>
       </c>
       <c r="R233"/>
       <c r="S233"/>
       <c r="T233"/>
       <c r="U233" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" t="s">
         <v>21</v>
       </c>
       <c r="B234" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="C234" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="D234">
         <v>574119</v>
       </c>
       <c r="E234" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F234" t="s">
         <v>24</v>
       </c>
       <c r="G234" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="H234">
         <v>102</v>
       </c>
       <c r="I234" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J234" t="s">
         <v>27</v>
       </c>
       <c r="K234" t="s">
         <v>27</v>
       </c>
       <c r="L234" t="s">
         <v>132</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>30</v>
       </c>
       <c r="O234">
         <v>277555069628</v>
       </c>
       <c r="P234" t="s">
         <v>31</v>
       </c>
       <c r="Q234" t="s">
         <v>32</v>
       </c>
       <c r="R234"/>
       <c r="S234"/>
       <c r="T234"/>
       <c r="U234" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" t="s">
         <v>21</v>
       </c>
       <c r="B235" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C235" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="D235">
         <v>574118</v>
       </c>
       <c r="E235" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F235" t="s">
         <v>24</v>
       </c>
       <c r="G235" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="H235">
         <v>46.92</v>
       </c>
       <c r="I235" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="J235" t="s">
         <v>27</v>
       </c>
       <c r="K235" t="s">
         <v>27</v>
       </c>
       <c r="L235" t="s">
         <v>132</v>
       </c>
       <c r="M235" t="s">
         <v>71</v>
       </c>
       <c r="N235" t="s">
         <v>30</v>
       </c>
       <c r="O235">
         <v>277555026706</v>
       </c>
       <c r="P235" t="s">
         <v>31</v>
       </c>
       <c r="Q235" t="s">
         <v>32</v>
       </c>
       <c r="R235" t="s">
-        <v>829</v>
+        <v>72</v>
       </c>
       <c r="S235" t="s">
         <v>37</v>
       </c>
       <c r="T235" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="U235" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" t="s">
         <v>21</v>
       </c>
       <c r="B236" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C236" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D236">
         <v>574117</v>
       </c>
       <c r="E236" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F236" t="s">
         <v>24</v>
       </c>
       <c r="G236" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="H236">
         <v>46.92</v>
       </c>
       <c r="I236" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="J236" t="s">
         <v>27</v>
       </c>
       <c r="K236" t="s">
         <v>27</v>
       </c>
       <c r="L236" t="s">
         <v>132</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>30</v>
       </c>
       <c r="O236">
         <v>277554946268</v>
       </c>
       <c r="P236" t="s">
         <v>31</v>
       </c>
       <c r="Q236" t="s">
         <v>32</v>
       </c>
       <c r="R236"/>
       <c r="S236"/>
       <c r="T236"/>
       <c r="U236" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" t="s">
         <v>21</v>
       </c>
       <c r="B237" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C237" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D237">
         <v>574116</v>
       </c>
       <c r="E237" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F237" t="s">
         <v>24</v>
       </c>
       <c r="G237" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="H237">
         <v>56.44</v>
       </c>
       <c r="I237" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="J237" t="s">
         <v>27</v>
       </c>
       <c r="K237" t="s">
         <v>27</v>
       </c>
       <c r="L237" t="s">
         <v>132</v>
       </c>
       <c r="M237" t="s">
         <v>71</v>
       </c>
       <c r="N237" t="s">
         <v>30</v>
       </c>
       <c r="O237">
         <v>277554983310</v>
       </c>
       <c r="P237" t="s">
         <v>31</v>
       </c>
       <c r="Q237" t="s">
         <v>32</v>
       </c>
       <c r="R237" t="s">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="S237" t="s">
         <v>37</v>
       </c>
       <c r="T237" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="U237" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" t="s">
         <v>21</v>
       </c>
       <c r="B238" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C238" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="D238">
         <v>574070</v>
       </c>
       <c r="E238" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="F238" t="s">
         <v>24</v>
       </c>
       <c r="G238" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="H238">
         <v>84.15</v>
       </c>
       <c r="I238" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J238" t="s">
         <v>27</v>
       </c>
       <c r="K238" t="s">
         <v>27</v>
       </c>
       <c r="L238" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>30</v>
       </c>
       <c r="O238">
         <v>277516436722</v>
       </c>
       <c r="P238" t="s">
         <v>31</v>
       </c>
       <c r="Q238" t="s">
         <v>32</v>
       </c>
       <c r="R238"/>
       <c r="S238"/>
       <c r="T238"/>
       <c r="U238" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" t="s">
         <v>21</v>
       </c>
       <c r="B239" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="C239" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="D239">
         <v>574069</v>
       </c>
       <c r="E239" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="F239" t="s">
         <v>24</v>
       </c>
       <c r="G239" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="H239">
         <v>46.92</v>
       </c>
       <c r="I239" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J239" t="s">
         <v>27</v>
       </c>
       <c r="K239" t="s">
         <v>27</v>
       </c>
       <c r="L239" t="s">
         <v>132</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>30</v>
       </c>
       <c r="O239">
         <v>277516321999</v>
       </c>
       <c r="P239" t="s">
         <v>31</v>
       </c>
       <c r="Q239" t="s">
         <v>32</v>
       </c>
       <c r="R239"/>
       <c r="S239"/>
       <c r="T239"/>
       <c r="U239" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" t="s">
         <v>21</v>
       </c>
       <c r="B240" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="C240" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D240">
         <v>574081</v>
       </c>
       <c r="E240" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="F240" t="s">
         <v>24</v>
       </c>
       <c r="G240" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="H240">
         <v>90.44</v>
       </c>
       <c r="I240" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="J240" t="s">
         <v>27</v>
       </c>
       <c r="K240" t="s">
         <v>27</v>
       </c>
       <c r="L240" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>30</v>
       </c>
       <c r="O240">
         <v>277536393143</v>
       </c>
       <c r="P240" t="s">
         <v>31</v>
       </c>
       <c r="Q240" t="s">
         <v>32</v>
       </c>
       <c r="R240"/>
       <c r="S240"/>
       <c r="T240"/>
       <c r="U240" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" t="s">
         <v>21</v>
       </c>
       <c r="B241" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="C241" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D241">
         <v>574071</v>
       </c>
       <c r="E241" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="F241" t="s">
         <v>24</v>
       </c>
       <c r="G241" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="H241">
         <v>51</v>
       </c>
       <c r="I241" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J241" t="s">
         <v>27</v>
       </c>
       <c r="K241" t="s">
         <v>27</v>
       </c>
       <c r="L241" t="s">
         <v>132</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>30</v>
       </c>
       <c r="O241">
         <v>277516464001</v>
       </c>
       <c r="P241" t="s">
         <v>31</v>
       </c>
       <c r="Q241" t="s">
         <v>32</v>
       </c>
       <c r="R241"/>
       <c r="S241"/>
       <c r="T241"/>
       <c r="U241" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" t="s">
         <v>21</v>
       </c>
       <c r="B242" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="C242" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D242">
         <v>574010</v>
       </c>
       <c r="E242" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="F242" t="s">
         <v>24</v>
       </c>
       <c r="G242" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="H242">
         <v>107.44</v>
       </c>
       <c r="I242" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="J242" t="s">
         <v>27</v>
       </c>
       <c r="K242" t="s">
         <v>27</v>
       </c>
       <c r="L242" t="s">
         <v>132</v>
       </c>
       <c r="M242" t="s">
         <v>27</v>
       </c>
       <c r="N242" t="s">
         <v>30</v>
       </c>
       <c r="O242">
         <v>277472743432</v>
       </c>
       <c r="P242" t="s">
         <v>31</v>
       </c>
       <c r="Q242" t="s">
         <v>32</v>
       </c>
       <c r="R242"/>
       <c r="S242"/>
       <c r="T242"/>
       <c r="U242" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" t="s">
         <v>21</v>
       </c>
       <c r="B243" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="C243" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D243">
         <v>574009</v>
       </c>
       <c r="E243" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="F243" t="s">
         <v>24</v>
       </c>
       <c r="G243" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="H243">
         <v>57.8</v>
       </c>
       <c r="I243" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="J243" t="s">
         <v>27</v>
       </c>
       <c r="K243" t="s">
         <v>27</v>
       </c>
       <c r="L243" t="s">
         <v>132</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>30</v>
       </c>
       <c r="O243">
         <v>277472843376</v>
       </c>
       <c r="P243" t="s">
         <v>31</v>
       </c>
       <c r="Q243" t="s">
         <v>32</v>
       </c>
       <c r="R243"/>
       <c r="S243"/>
       <c r="T243"/>
       <c r="U243" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" t="s">
         <v>21</v>
       </c>
       <c r="B244" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C244" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D244">
         <v>574008</v>
       </c>
       <c r="E244" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="F244" t="s">
         <v>24</v>
       </c>
       <c r="G244" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="H244">
         <v>81.6</v>
       </c>
       <c r="I244" t="s">
         <v>109</v>
       </c>
       <c r="J244" t="s">
         <v>27</v>
       </c>
       <c r="K244" t="s">
         <v>27</v>
       </c>
       <c r="L244" t="s">
         <v>132</v>
       </c>
       <c r="M244" t="s">
         <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>30</v>
       </c>
       <c r="O244">
         <v>277472792095</v>
       </c>
       <c r="P244" t="s">
         <v>31</v>
       </c>
       <c r="Q244" t="s">
         <v>32</v>
       </c>
       <c r="R244"/>
       <c r="S244"/>
       <c r="T244"/>
       <c r="U244" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" t="s">
         <v>21</v>
       </c>
       <c r="B245" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="C245" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="D245">
         <v>573737</v>
       </c>
       <c r="E245" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="F245" t="s">
         <v>24</v>
       </c>
       <c r="G245" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="H245">
         <v>65.28</v>
       </c>
       <c r="I245" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="J245" t="s">
         <v>27</v>
       </c>
       <c r="K245" t="s">
         <v>27</v>
       </c>
       <c r="L245" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>30</v>
       </c>
       <c r="O245">
         <v>277374222669</v>
       </c>
       <c r="P245" t="s">
         <v>31</v>
       </c>
       <c r="Q245" t="s">
         <v>32</v>
       </c>
       <c r="R245"/>
       <c r="S245"/>
       <c r="T245"/>
       <c r="U245" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" t="s">
         <v>21</v>
       </c>
       <c r="B246" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="C246" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="D246">
         <v>573485</v>
       </c>
       <c r="E246" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="F246" t="s">
         <v>24</v>
       </c>
       <c r="G246" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="H246">
         <v>67.32</v>
       </c>
       <c r="I246" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="J246" t="s">
         <v>27</v>
       </c>
       <c r="K246" t="s">
         <v>27</v>
       </c>
       <c r="L246" t="s">
         <v>132</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>30</v>
       </c>
       <c r="O246">
         <v>277112508214</v>
       </c>
       <c r="P246" t="s">
         <v>31</v>
       </c>
       <c r="Q246" t="s">
         <v>32</v>
       </c>
       <c r="R246"/>
       <c r="S246"/>
       <c r="T246"/>
       <c r="U246" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" t="s">
         <v>21</v>
       </c>
       <c r="B247" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="C247" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D247">
         <v>573484</v>
       </c>
       <c r="E247" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="F247" t="s">
         <v>24</v>
       </c>
       <c r="G247" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="H247">
         <v>53.55</v>
       </c>
       <c r="I247" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="J247" t="s">
         <v>27</v>
       </c>
       <c r="K247" t="s">
         <v>27</v>
       </c>
       <c r="L247" t="s">
         <v>132</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>30</v>
       </c>
       <c r="O247">
         <v>277112385445</v>
       </c>
       <c r="P247" t="s">
         <v>31</v>
       </c>
       <c r="Q247" t="s">
         <v>32</v>
       </c>
       <c r="R247"/>
       <c r="S247"/>
       <c r="T247"/>
       <c r="U247" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" t="s">
         <v>21</v>
       </c>
       <c r="B248" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="C248" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="D248">
         <v>573483</v>
       </c>
       <c r="E248" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="F248" t="s">
         <v>24</v>
       </c>
       <c r="G248" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="H248">
         <v>50.49</v>
       </c>
       <c r="I248" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="J248" t="s">
         <v>27</v>
       </c>
       <c r="K248" t="s">
         <v>27</v>
       </c>
       <c r="L248" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>30</v>
       </c>
       <c r="O248">
         <v>277113090111</v>
       </c>
       <c r="P248" t="s">
         <v>31</v>
       </c>
       <c r="Q248" t="s">
         <v>32</v>
       </c>
       <c r="R248" t="s">
         <v>27</v>
       </c>
       <c r="S248"/>
       <c r="T248"/>
       <c r="U248" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" t="s">
         <v>21</v>
       </c>
       <c r="B249" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C249" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D249">
         <v>573482</v>
       </c>
       <c r="E249" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="F249" t="s">
         <v>24</v>
       </c>
       <c r="G249" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="H249">
         <v>53.55</v>
       </c>
       <c r="I249" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="J249" t="s">
         <v>27</v>
       </c>
       <c r="K249" t="s">
         <v>27</v>
       </c>
       <c r="L249" t="s">
         <v>132</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>30</v>
       </c>
       <c r="O249">
         <v>277112464303</v>
       </c>
       <c r="P249" t="s">
         <v>31</v>
       </c>
       <c r="Q249" t="s">
         <v>32</v>
       </c>
       <c r="R249"/>
       <c r="S249"/>
       <c r="T249"/>
       <c r="U249" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" t="s">
         <v>21</v>
       </c>
       <c r="B250" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C250" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="D250">
         <v>573282</v>
       </c>
       <c r="E250" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="F250" t="s">
         <v>24</v>
       </c>
       <c r="G250" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="H250">
         <v>83.2</v>
       </c>
       <c r="I250" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J250" t="s">
         <v>27</v>
       </c>
       <c r="K250" t="s">
         <v>27</v>
       </c>
       <c r="L250" t="s">
         <v>132</v>
       </c>
       <c r="M250" t="s">
         <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>30</v>
       </c>
       <c r="O250">
         <v>276961948690</v>
       </c>
       <c r="P250" t="s">
         <v>31</v>
       </c>
       <c r="Q250" t="s">
         <v>32</v>
       </c>
       <c r="R250"/>
       <c r="S250"/>
       <c r="T250"/>
       <c r="U250" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" t="s">
         <v>21</v>
       </c>
       <c r="B251" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="C251" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D251">
         <v>573151</v>
       </c>
       <c r="E251" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="F251" t="s">
         <v>24</v>
       </c>
       <c r="G251" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="H251">
         <v>95.2</v>
       </c>
       <c r="I251" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="J251" t="s">
         <v>27</v>
       </c>
       <c r="K251" t="s">
         <v>27</v>
       </c>
       <c r="L251" t="s">
         <v>132</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>30</v>
       </c>
       <c r="O251">
         <v>276859934912</v>
       </c>
       <c r="P251" t="s">
         <v>31</v>
       </c>
       <c r="Q251" t="s">
         <v>32</v>
       </c>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251"/>
       <c r="U251" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" t="s">
         <v>21</v>
       </c>
       <c r="B252" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C252" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="D252">
         <v>573150</v>
       </c>
       <c r="E252" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="F252" t="s">
         <v>24</v>
       </c>
       <c r="G252" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="H252">
         <v>79.99</v>
       </c>
       <c r="I252" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J252" t="s">
         <v>27</v>
       </c>
       <c r="K252" t="s">
         <v>27</v>
       </c>
       <c r="L252" t="s">
         <v>132</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>30</v>
       </c>
       <c r="O252">
         <v>276859972887</v>
       </c>
       <c r="P252" t="s">
         <v>31</v>
       </c>
       <c r="Q252" t="s">
         <v>32</v>
       </c>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" t="s">
         <v>21</v>
       </c>
       <c r="B253" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C253" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="D253">
         <v>573149</v>
       </c>
       <c r="E253" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="F253" t="s">
         <v>24</v>
       </c>
       <c r="G253" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="H253">
         <v>79.99</v>
       </c>
       <c r="I253" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="J253" t="s">
         <v>27</v>
       </c>
       <c r="K253" t="s">
         <v>27</v>
       </c>
       <c r="L253" t="s">
         <v>132</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>30</v>
       </c>
       <c r="O253">
         <v>276860016978</v>
       </c>
       <c r="P253" t="s">
         <v>31</v>
       </c>
       <c r="Q253" t="s">
         <v>32</v>
       </c>
       <c r="R253"/>
       <c r="S253"/>
       <c r="T253"/>
       <c r="U253" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" t="s">
         <v>21</v>
       </c>
       <c r="B254" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="C254" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="D254">
         <v>573148</v>
       </c>
       <c r="E254" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="F254" t="s">
         <v>24</v>
       </c>
       <c r="G254" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="H254">
         <v>121.6</v>
       </c>
       <c r="I254" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="J254" t="s">
         <v>27</v>
       </c>
       <c r="K254" t="s">
         <v>27</v>
       </c>
       <c r="L254" t="s">
         <v>132</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>30</v>
       </c>
       <c r="O254">
         <v>276860464400</v>
       </c>
       <c r="P254" t="s">
         <v>31</v>
       </c>
       <c r="Q254" t="s">
         <v>32</v>
       </c>
       <c r="R254"/>
       <c r="S254"/>
       <c r="T254"/>
       <c r="U254" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" t="s">
         <v>21</v>
       </c>
       <c r="B255" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="C255" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="D255">
         <v>572866</v>
       </c>
       <c r="E255" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F255" t="s">
         <v>24</v>
       </c>
       <c r="G255" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="H255">
         <v>79.99</v>
       </c>
       <c r="I255" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J255" t="s">
         <v>27</v>
       </c>
       <c r="K255" t="s">
         <v>27</v>
       </c>
       <c r="L255" t="s">
         <v>132</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>30</v>
       </c>
       <c r="O255">
         <v>276859732281</v>
       </c>
       <c r="P255" t="s">
         <v>31</v>
       </c>
       <c r="Q255" t="s">
         <v>32</v>
       </c>
       <c r="R255"/>
       <c r="S255"/>
       <c r="T255"/>
       <c r="U255" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" t="s">
         <v>21</v>
       </c>
       <c r="B256" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="C256" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="D256">
         <v>572865</v>
       </c>
       <c r="E256" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F256" t="s">
         <v>24</v>
       </c>
       <c r="G256" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H256">
         <v>80</v>
       </c>
       <c r="I256" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="J256" t="s">
         <v>27</v>
       </c>
       <c r="K256" t="s">
         <v>27</v>
       </c>
       <c r="L256" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>30</v>
       </c>
       <c r="O256">
         <v>276860271852</v>
       </c>
       <c r="P256" t="s">
         <v>31</v>
       </c>
       <c r="Q256" t="s">
         <v>32</v>
       </c>
       <c r="R256"/>
       <c r="S256"/>
       <c r="T256"/>
       <c r="U256" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" t="s">
         <v>21</v>
       </c>
       <c r="B257" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="C257" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="D257">
         <v>572743</v>
       </c>
       <c r="E257" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="F257" t="s">
         <v>24</v>
       </c>
       <c r="G257" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="H257">
         <v>204</v>
       </c>
       <c r="I257" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="J257" t="s">
         <v>27</v>
       </c>
       <c r="K257" t="s">
         <v>27</v>
       </c>
       <c r="L257" t="s">
         <v>132</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>30</v>
       </c>
       <c r="O257">
         <v>276860355620</v>
       </c>
       <c r="P257" t="s">
         <v>31</v>
       </c>
       <c r="Q257" t="s">
         <v>32</v>
       </c>
       <c r="R257"/>
       <c r="S257"/>
       <c r="T257"/>
       <c r="U257" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" t="s">
         <v>21</v>
       </c>
       <c r="B258" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C258" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="D258">
         <v>572575</v>
       </c>
       <c r="E258" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="F258" t="s">
         <v>24</v>
       </c>
       <c r="G258" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="H258">
         <v>115.2</v>
       </c>
       <c r="I258" t="s">
         <v>83</v>
       </c>
       <c r="J258" t="s">
         <v>27</v>
       </c>
       <c r="K258" t="s">
         <v>27</v>
       </c>
       <c r="L258" t="s">
         <v>132</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>30</v>
       </c>
       <c r="O258">
         <v>276393660041</v>
       </c>
       <c r="P258" t="s">
         <v>31</v>
       </c>
       <c r="Q258" t="s">
         <v>32</v>
       </c>
       <c r="R258"/>
       <c r="S258"/>
       <c r="T258"/>
       <c r="U258" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" t="s">
         <v>21</v>
       </c>
       <c r="B259" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C259" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="D259">
         <v>572539</v>
       </c>
       <c r="E259" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="F259" t="s">
         <v>24</v>
       </c>
       <c r="G259" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="H259">
         <v>79.99</v>
       </c>
       <c r="I259" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="J259" t="s">
         <v>27</v>
       </c>
       <c r="K259" t="s">
         <v>27</v>
       </c>
       <c r="L259" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>30</v>
       </c>
       <c r="O259">
         <v>276342084030</v>
       </c>
       <c r="P259" t="s">
         <v>31</v>
       </c>
       <c r="Q259" t="s">
         <v>32</v>
       </c>
       <c r="R259"/>
       <c r="S259"/>
       <c r="T259"/>
       <c r="U259" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" t="s">
         <v>21</v>
       </c>
       <c r="B260" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C260" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="D260">
         <v>572538</v>
       </c>
       <c r="E260" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="F260" t="s">
         <v>24</v>
       </c>
       <c r="G260" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="H260">
         <v>79</v>
       </c>
       <c r="I260" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="J260" t="s">
         <v>27</v>
       </c>
       <c r="K260" t="s">
         <v>27</v>
       </c>
       <c r="L260" t="s">
         <v>132</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>30</v>
       </c>
       <c r="O260">
         <v>276344749280</v>
       </c>
       <c r="P260" t="s">
         <v>31</v>
       </c>
       <c r="Q260" t="s">
         <v>32</v>
       </c>
       <c r="R260"/>
       <c r="S260"/>
       <c r="T260"/>
       <c r="U260" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" t="s">
         <v>21</v>
       </c>
       <c r="B261" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C261" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D261">
         <v>572537</v>
       </c>
       <c r="E261" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="F261" t="s">
         <v>24</v>
       </c>
       <c r="G261" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="H261">
         <v>55.2</v>
       </c>
       <c r="I261" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J261" t="s">
         <v>27</v>
       </c>
       <c r="K261" t="s">
         <v>27</v>
       </c>
       <c r="L261" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M261" t="s">
         <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>30</v>
       </c>
       <c r="O261">
         <v>276342252887</v>
       </c>
       <c r="P261" t="s">
         <v>31</v>
       </c>
       <c r="Q261" t="s">
         <v>32</v>
       </c>
       <c r="R261"/>
       <c r="S261"/>
       <c r="T261"/>
       <c r="U261" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" t="s">
         <v>21</v>
       </c>
       <c r="B262" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="C262" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="D262">
         <v>572378</v>
       </c>
       <c r="E262" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="F262" t="s">
         <v>24</v>
       </c>
       <c r="G262" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="H262">
         <v>79.99</v>
       </c>
       <c r="I262" t="s">
         <v>70</v>
       </c>
       <c r="J262" t="s">
         <v>27</v>
       </c>
       <c r="K262" t="s">
         <v>27</v>
       </c>
       <c r="L262" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M262" t="s">
         <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>30</v>
       </c>
       <c r="O262">
         <v>276158428940</v>
       </c>
       <c r="P262" t="s">
         <v>31</v>
       </c>
       <c r="Q262" t="s">
         <v>32</v>
       </c>
       <c r="R262"/>
       <c r="S262"/>
       <c r="T262"/>
       <c r="U262" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" t="s">
         <v>21</v>
       </c>
       <c r="B263" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="C263" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D263">
         <v>572315</v>
       </c>
       <c r="E263" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F263" t="s">
         <v>24</v>
       </c>
       <c r="G263" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="H263">
         <v>79.2</v>
       </c>
       <c r="I263" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="J263" t="s">
         <v>27</v>
       </c>
       <c r="K263" t="s">
         <v>27</v>
       </c>
       <c r="L263" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M263" t="s">
         <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>30</v>
       </c>
       <c r="O263">
         <v>276073126844</v>
       </c>
       <c r="P263" t="s">
         <v>31</v>
       </c>
       <c r="Q263" t="s">
         <v>32</v>
       </c>
       <c r="R263"/>
       <c r="S263"/>
       <c r="T263"/>
       <c r="U263" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" t="s">
         <v>21</v>
       </c>
       <c r="B264" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="C264" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="D264">
         <v>572316</v>
       </c>
       <c r="E264" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F264" t="s">
         <v>24</v>
       </c>
       <c r="G264" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="H264">
         <v>59.4</v>
       </c>
       <c r="I264" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="J264" t="s">
         <v>27</v>
       </c>
       <c r="K264" t="s">
         <v>27</v>
       </c>
       <c r="L264" t="s">
         <v>132</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>30</v>
       </c>
       <c r="O264">
         <v>276073067587</v>
       </c>
       <c r="P264" t="s">
         <v>31</v>
       </c>
       <c r="Q264" t="s">
         <v>32</v>
       </c>
       <c r="R264"/>
       <c r="S264"/>
       <c r="T264"/>
       <c r="U264" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" t="s">
         <v>21</v>
       </c>
       <c r="B265" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="C265" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="D265">
         <v>572314</v>
       </c>
       <c r="E265" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F265" t="s">
         <v>24</v>
       </c>
       <c r="G265" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="H265">
         <v>87</v>
       </c>
       <c r="I265" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="J265" t="s">
         <v>27</v>
       </c>
       <c r="K265" t="s">
         <v>27</v>
       </c>
       <c r="L265" t="s">
         <v>132</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>30</v>
       </c>
       <c r="O265">
         <v>276073094786</v>
       </c>
       <c r="P265" t="s">
         <v>31</v>
       </c>
       <c r="Q265" t="s">
         <v>32</v>
       </c>
       <c r="R265"/>
       <c r="S265"/>
       <c r="T265"/>
       <c r="U265" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" t="s">
         <v>21</v>
       </c>
       <c r="B266" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C266" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D266">
         <v>572312</v>
       </c>
       <c r="E266" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F266" t="s">
         <v>24</v>
       </c>
       <c r="G266" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="H266">
         <v>55.2</v>
       </c>
       <c r="I266" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J266" t="s">
         <v>27</v>
       </c>
       <c r="K266" t="s">
         <v>27</v>
       </c>
       <c r="L266" t="s">
         <v>132</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>30</v>
       </c>
       <c r="O266">
         <v>276073041348</v>
       </c>
       <c r="P266" t="s">
         <v>31</v>
       </c>
       <c r="Q266" t="s">
         <v>32</v>
       </c>
       <c r="R266"/>
       <c r="S266"/>
       <c r="T266"/>
       <c r="U266" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" t="s">
         <v>21</v>
       </c>
       <c r="B267" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="C267" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D267">
         <v>572311</v>
       </c>
       <c r="E267" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F267" t="s">
         <v>24</v>
       </c>
       <c r="G267" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="H267">
         <v>79.99</v>
       </c>
       <c r="I267" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="J267" t="s">
         <v>27</v>
       </c>
       <c r="K267" t="s">
         <v>27</v>
       </c>
       <c r="L267" t="s">
         <v>132</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>30</v>
       </c>
       <c r="O267">
         <v>276071804949</v>
       </c>
       <c r="P267" t="s">
         <v>31</v>
       </c>
       <c r="Q267" t="s">
         <v>32</v>
       </c>
       <c r="R267"/>
       <c r="S267"/>
       <c r="T267"/>
       <c r="U267" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" t="s">
         <v>21</v>
       </c>
       <c r="B268" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="C268" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="D268">
         <v>572309</v>
       </c>
       <c r="E268" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F268" t="s">
         <v>24</v>
       </c>
       <c r="G268" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="H268">
         <v>115.2</v>
       </c>
       <c r="I268" t="s">
         <v>83</v>
       </c>
       <c r="J268" t="s">
         <v>27</v>
       </c>
       <c r="K268" t="s">
         <v>27</v>
       </c>
       <c r="L268" t="s">
         <v>132</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>30</v>
       </c>
       <c r="O268">
         <v>276071837491</v>
       </c>
       <c r="P268" t="s">
         <v>31</v>
       </c>
       <c r="Q268" t="s">
         <v>32</v>
       </c>
       <c r="R268"/>
       <c r="S268"/>
       <c r="T268"/>
       <c r="U268" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" t="s">
         <v>21</v>
       </c>
       <c r="B269" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="C269" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="D269">
         <v>572182</v>
       </c>
       <c r="E269" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="F269" t="s">
         <v>24</v>
       </c>
       <c r="G269" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="H269">
         <v>66.56</v>
       </c>
       <c r="I269" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J269" t="s">
         <v>27</v>
       </c>
       <c r="K269" t="s">
         <v>27</v>
       </c>
       <c r="L269" t="s">
         <v>132</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>30</v>
       </c>
       <c r="O269">
         <v>275928407290</v>
       </c>
       <c r="P269" t="s">
         <v>31</v>
       </c>
       <c r="Q269" t="s">
         <v>32</v>
       </c>
       <c r="R269"/>
       <c r="S269"/>
       <c r="T269"/>
       <c r="U269" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" t="s">
         <v>21</v>
       </c>
       <c r="B270" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="C270" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="D270">
         <v>572034</v>
       </c>
       <c r="E270" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F270" t="s">
         <v>24</v>
       </c>
       <c r="G270" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="H270">
         <v>59.4</v>
       </c>
       <c r="I270" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="J270" t="s">
         <v>27</v>
       </c>
       <c r="K270" t="s">
         <v>27</v>
       </c>
       <c r="L270" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M270" t="s">
         <v>71</v>
       </c>
       <c r="N270" t="s">
         <v>30</v>
       </c>
       <c r="O270">
         <v>275746638391</v>
       </c>
       <c r="P270" t="s">
         <v>31</v>
       </c>
       <c r="Q270" t="s">
         <v>32</v>
       </c>
       <c r="R270" t="s">
         <v>72</v>
       </c>
       <c r="S270" t="s">
         <v>37</v>
       </c>
       <c r="T270" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="U270" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" t="s">
         <v>21</v>
       </c>
       <c r="B271" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C271" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D271">
         <v>572033</v>
       </c>
       <c r="E271" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F271" t="s">
         <v>24</v>
       </c>
       <c r="G271" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="H271">
         <v>95.2</v>
       </c>
       <c r="I271" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="J271" t="s">
         <v>27</v>
       </c>
       <c r="K271" t="s">
         <v>27</v>
       </c>
       <c r="L271" t="s">
         <v>132</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>30</v>
       </c>
       <c r="O271">
         <v>275746712902</v>
       </c>
       <c r="P271" t="s">
         <v>31</v>
       </c>
       <c r="Q271" t="s">
         <v>32</v>
       </c>
       <c r="R271"/>
       <c r="S271"/>
       <c r="T271"/>
       <c r="U271" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" t="s">
         <v>21</v>
       </c>
       <c r="B272" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C272" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D272">
         <v>572032</v>
       </c>
       <c r="E272" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F272" t="s">
         <v>24</v>
       </c>
       <c r="G272" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="H272">
         <v>95.99</v>
       </c>
       <c r="I272" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="J272" t="s">
         <v>27</v>
       </c>
       <c r="K272" t="s">
         <v>27</v>
       </c>
       <c r="L272" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>30</v>
       </c>
       <c r="O272">
         <v>275746571939</v>
       </c>
       <c r="P272" t="s">
         <v>31</v>
       </c>
       <c r="Q272" t="s">
         <v>32</v>
       </c>
       <c r="R272"/>
       <c r="S272"/>
       <c r="T272"/>
       <c r="U272" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" t="s">
         <v>21</v>
       </c>
       <c r="B273" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C273" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D273">
         <v>572031</v>
       </c>
       <c r="E273" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F273" t="s">
         <v>24</v>
       </c>
       <c r="G273" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="H273">
         <v>95.99</v>
       </c>
       <c r="I273" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="J273" t="s">
         <v>27</v>
       </c>
       <c r="K273" t="s">
         <v>27</v>
       </c>
       <c r="L273" t="s">
         <v>132</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>30</v>
       </c>
       <c r="O273">
         <v>275746485428</v>
       </c>
       <c r="P273" t="s">
         <v>31</v>
       </c>
       <c r="Q273" t="s">
         <v>32</v>
       </c>
       <c r="R273"/>
       <c r="S273"/>
       <c r="T273"/>
       <c r="U273" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" t="s">
         <v>21</v>
       </c>
       <c r="B274" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C274" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="D274">
         <v>572030</v>
       </c>
       <c r="E274" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F274" t="s">
         <v>24</v>
       </c>
       <c r="G274" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="H274">
         <v>99</v>
       </c>
       <c r="I274" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J274" t="s">
         <v>27</v>
       </c>
       <c r="K274" t="s">
         <v>27</v>
       </c>
       <c r="L274" t="s">
         <v>132</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>30</v>
       </c>
       <c r="O274">
         <v>275746606890</v>
       </c>
       <c r="P274" t="s">
         <v>31</v>
       </c>
       <c r="Q274" t="s">
         <v>32</v>
       </c>
       <c r="R274"/>
       <c r="S274"/>
       <c r="T274"/>
       <c r="U274" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" t="s">
         <v>21</v>
       </c>
       <c r="B275" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="C275" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="D275">
         <v>572029</v>
       </c>
       <c r="E275" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="F275" t="s">
         <v>24</v>
       </c>
       <c r="G275" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="H275">
         <v>79.99</v>
       </c>
       <c r="I275" t="s">
         <v>70</v>
       </c>
       <c r="J275" t="s">
         <v>27</v>
       </c>
       <c r="K275" t="s">
         <v>27</v>
       </c>
       <c r="L275" t="s">
         <v>132</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>30</v>
       </c>
       <c r="O275">
         <v>275746678237</v>
       </c>
       <c r="P275" t="s">
         <v>31</v>
       </c>
       <c r="Q275" t="s">
         <v>32</v>
       </c>
       <c r="R275"/>
       <c r="S275"/>
       <c r="T275"/>
       <c r="U275" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" t="s">
         <v>21</v>
       </c>
       <c r="B276" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C276" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="D276">
         <v>571150</v>
       </c>
       <c r="E276" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="F276" t="s">
         <v>24</v>
       </c>
       <c r="G276" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="H276">
         <v>102.4</v>
       </c>
       <c r="I276" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J276" t="s">
         <v>27</v>
       </c>
       <c r="K276" t="s">
         <v>27</v>
       </c>
       <c r="L276" t="s">
         <v>132</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>30</v>
       </c>
       <c r="O276">
         <v>274787659095</v>
       </c>
       <c r="P276" t="s">
         <v>31</v>
       </c>
       <c r="Q276" t="s">
         <v>32</v>
       </c>
       <c r="R276"/>
       <c r="S276"/>
       <c r="T276"/>
       <c r="U276" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" t="s">
         <v>21</v>
       </c>
       <c r="B277" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C277" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D277">
         <v>571051</v>
       </c>
       <c r="E277" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="F277" t="s">
         <v>24</v>
       </c>
       <c r="G277" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="H277">
         <v>79.99</v>
       </c>
       <c r="I277" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="J277" t="s">
         <v>27</v>
       </c>
       <c r="K277" t="s">
         <v>27</v>
       </c>
       <c r="L277" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>30</v>
       </c>
       <c r="O277">
         <v>274653073919</v>
       </c>
       <c r="P277" t="s">
         <v>31</v>
       </c>
       <c r="Q277" t="s">
         <v>32</v>
       </c>
       <c r="R277"/>
       <c r="S277"/>
       <c r="T277"/>
       <c r="U277" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" t="s">
         <v>21</v>
       </c>
       <c r="B278" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="C278" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="D278">
         <v>571050</v>
       </c>
       <c r="E278" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="F278" t="s">
         <v>24</v>
       </c>
       <c r="G278" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="H278">
         <v>55.99</v>
       </c>
       <c r="I278" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="J278" t="s">
         <v>27</v>
       </c>
       <c r="K278" t="s">
         <v>27</v>
       </c>
       <c r="L278" t="s">
         <v>132</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>30</v>
       </c>
       <c r="O278">
         <v>274653106215</v>
       </c>
       <c r="P278" t="s">
         <v>31</v>
       </c>
       <c r="Q278" t="s">
         <v>32</v>
       </c>
       <c r="R278"/>
       <c r="S278"/>
       <c r="T278"/>
       <c r="U278" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" t="s">
         <v>21</v>
       </c>
       <c r="B279" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="C279" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D279">
         <v>569810</v>
       </c>
       <c r="E279" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="F279" t="s">
         <v>24</v>
       </c>
       <c r="G279" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="H279">
         <v>79.2</v>
       </c>
       <c r="I279" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="J279" t="s">
         <v>27</v>
       </c>
       <c r="K279" t="s">
         <v>27</v>
       </c>
       <c r="L279" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>30</v>
       </c>
       <c r="O279">
         <v>273260168115</v>
       </c>
       <c r="P279" t="s">
         <v>31</v>
       </c>
       <c r="Q279" t="s">
         <v>32</v>
       </c>
       <c r="R279"/>
       <c r="S279"/>
       <c r="T279"/>
       <c r="U279" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" t="s">
         <v>21</v>
       </c>
       <c r="B280" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="C280" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="D280">
         <v>569809</v>
       </c>
       <c r="E280" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="F280" t="s">
         <v>24</v>
       </c>
       <c r="G280" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="H280">
         <v>95.99</v>
       </c>
       <c r="I280" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="J280" t="s">
         <v>27</v>
       </c>
       <c r="K280" t="s">
         <v>27</v>
       </c>
       <c r="L280" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>30</v>
       </c>
       <c r="O280">
         <v>273260231235</v>
       </c>
       <c r="P280" t="s">
         <v>31</v>
       </c>
       <c r="Q280" t="s">
         <v>32</v>
       </c>
       <c r="R280"/>
       <c r="S280"/>
       <c r="T280"/>
       <c r="U280" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" t="s">
         <v>21</v>
       </c>
       <c r="B281" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C281" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="D281">
         <v>569653</v>
       </c>
       <c r="E281" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F281" t="s">
         <v>24</v>
       </c>
       <c r="G281" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="H281">
         <v>79.99</v>
       </c>
       <c r="I281" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J281" t="s">
         <v>27</v>
       </c>
       <c r="K281" t="s">
         <v>27</v>
       </c>
       <c r="L281" t="s">
         <v>132</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>30</v>
       </c>
       <c r="O281">
         <v>273129982270</v>
       </c>
       <c r="P281" t="s">
         <v>31</v>
       </c>
       <c r="Q281" t="s">
         <v>32</v>
       </c>
       <c r="R281"/>
       <c r="S281"/>
       <c r="T281"/>
       <c r="U281" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" t="s">
         <v>21</v>
       </c>
       <c r="B282" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C282" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="D282">
         <v>569652</v>
       </c>
       <c r="E282" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F282" t="s">
         <v>24</v>
       </c>
       <c r="G282" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="H282">
         <v>100</v>
       </c>
       <c r="I282" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="J282" t="s">
         <v>27</v>
       </c>
       <c r="K282" t="s">
         <v>27</v>
       </c>
       <c r="L282" t="s">
         <v>132</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>30</v>
       </c>
       <c r="O282">
         <v>273128917095</v>
       </c>
       <c r="P282" t="s">
         <v>31</v>
       </c>
       <c r="Q282" t="s">
         <v>32</v>
       </c>
       <c r="R282"/>
       <c r="S282"/>
       <c r="T282"/>
       <c r="U282" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" t="s">
         <v>21</v>
       </c>
       <c r="B283" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C283" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D283">
         <v>569651</v>
       </c>
       <c r="E283" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F283" t="s">
         <v>24</v>
       </c>
       <c r="G283" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="H283">
         <v>60</v>
       </c>
       <c r="I283" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="J283" t="s">
         <v>27</v>
       </c>
       <c r="K283" t="s">
         <v>27</v>
       </c>
       <c r="L283" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>30</v>
       </c>
       <c r="O283">
         <v>273129739220</v>
       </c>
       <c r="P283" t="s">
         <v>31</v>
       </c>
       <c r="Q283" t="s">
         <v>32</v>
       </c>
       <c r="R283"/>
       <c r="S283"/>
       <c r="T283"/>
       <c r="U283" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" t="s">
         <v>21</v>
       </c>
       <c r="B284" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C284" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="D284">
         <v>569649</v>
       </c>
       <c r="E284" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F284" t="s">
         <v>24</v>
       </c>
       <c r="G284" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="H284">
         <v>66.4</v>
       </c>
       <c r="I284" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="J284" t="s">
         <v>27</v>
       </c>
       <c r="K284" t="s">
         <v>27</v>
       </c>
       <c r="L284" t="s">
         <v>132</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>30</v>
       </c>
       <c r="O284">
         <v>273130286902</v>
       </c>
       <c r="P284" t="s">
         <v>31</v>
       </c>
       <c r="Q284" t="s">
         <v>32</v>
       </c>
       <c r="R284"/>
       <c r="S284"/>
       <c r="T284"/>
       <c r="U284" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" t="s">
         <v>21</v>
       </c>
       <c r="B285" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="C285" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D285">
         <v>569648</v>
       </c>
       <c r="E285" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F285" t="s">
         <v>24</v>
       </c>
       <c r="G285" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="H285">
         <v>47.99</v>
       </c>
       <c r="I285" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="J285" t="s">
         <v>27</v>
       </c>
       <c r="K285" t="s">
         <v>27</v>
       </c>
       <c r="L285" t="s">
         <v>132</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>30</v>
       </c>
       <c r="O285">
         <v>273129898920</v>
       </c>
       <c r="P285" t="s">
         <v>31</v>
       </c>
       <c r="Q285" t="s">
         <v>32</v>
       </c>
       <c r="R285"/>
       <c r="S285"/>
       <c r="T285"/>
       <c r="U285" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" t="s">
         <v>21</v>
       </c>
       <c r="B286" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="C286" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="D286">
         <v>569629</v>
       </c>
       <c r="E286" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F286" t="s">
         <v>24</v>
       </c>
       <c r="G286" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="H286">
         <v>479.2</v>
       </c>
       <c r="I286" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="J286" t="s">
         <v>27</v>
       </c>
       <c r="K286" t="s">
         <v>27</v>
       </c>
       <c r="L286" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>30</v>
       </c>
       <c r="O286">
         <v>273070227054</v>
       </c>
       <c r="P286" t="s">
         <v>31</v>
       </c>
       <c r="Q286" t="s">
         <v>32</v>
       </c>
       <c r="R286"/>
       <c r="S286"/>
       <c r="T286"/>
       <c r="U286" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" t="s">
         <v>21</v>
       </c>
       <c r="B287" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C287" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="D287">
         <v>569624</v>
       </c>
       <c r="E287" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="F287" t="s">
         <v>24</v>
       </c>
       <c r="G287" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="H287">
         <v>212</v>
       </c>
       <c r="I287" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="J287" t="s">
         <v>27</v>
       </c>
       <c r="K287" t="s">
         <v>27</v>
       </c>
       <c r="L287" t="s">
         <v>132</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>30</v>
       </c>
       <c r="O287">
         <v>273066343407</v>
       </c>
       <c r="P287" t="s">
         <v>31</v>
       </c>
       <c r="Q287" t="s">
         <v>32</v>
       </c>