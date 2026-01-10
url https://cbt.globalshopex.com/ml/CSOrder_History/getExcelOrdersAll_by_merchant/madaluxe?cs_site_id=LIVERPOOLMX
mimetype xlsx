--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1030">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1029">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -2640,53 +2640,50 @@
     <t>1420038451-A</t>
   </si>
   <si>
     <t>2024-07-15 00:00:00</t>
   </si>
   <si>
     <t>/11138918</t>
   </si>
   <si>
     <t>/VSPLM2921</t>
   </si>
   <si>
     <t>2024-07-12 05:38:28</t>
   </si>
   <si>
     <t>3070091306-A</t>
   </si>
   <si>
     <t>/11138919</t>
   </si>
   <si>
     <t>2024-07-12 05:31:11</t>
   </si>
   <si>
     <t>3070091305-A</t>
-  </si>
-[...1 lines deleted...]
-    <t>/11138920</t>
   </si>
   <si>
     <t>/VSPOQ8621</t>
   </si>
   <si>
     <t>2024-07-12 03:27:38</t>
   </si>
   <si>
     <t>6230038692-A</t>
   </si>
   <si>
     <t>/11138921</t>
   </si>
   <si>
     <t>2024-07-10 11:47:07</t>
   </si>
   <si>
     <t>2640038521-A</t>
   </si>
   <si>
     <t>2024-07-11 00:00:00</t>
   </si>
   <si>
     <t>/11137184</t>
   </si>
@@ -18161,2372 +18158,2370 @@
       </c>
       <c r="Q247" t="s">
         <v>32</v>
       </c>
       <c r="R247"/>
       <c r="S247"/>
       <c r="T247"/>
       <c r="U247" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" t="s">
         <v>21</v>
       </c>
       <c r="B248" t="s">
         <v>874</v>
       </c>
       <c r="C248" t="s">
         <v>875</v>
       </c>
       <c r="D248">
         <v>573483</v>
       </c>
       <c r="E248" t="s">
-        <v>868</v>
+        <v>31</v>
       </c>
       <c r="F248" t="s">
         <v>24</v>
       </c>
-      <c r="G248" t="s">
+      <c r="G248"/>
+      <c r="H248">
+        <v>0</v>
+      </c>
+      <c r="I248" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
       <c r="J248" t="s">
         <v>27</v>
       </c>
       <c r="K248" t="s">
         <v>27</v>
       </c>
       <c r="L248" t="s">
         <v>732</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>30</v>
       </c>
       <c r="O248">
         <v>277113090111</v>
       </c>
       <c r="P248" t="s">
         <v>31</v>
       </c>
       <c r="Q248" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="R248" t="s">
         <v>27</v>
       </c>
       <c r="S248"/>
       <c r="T248"/>
       <c r="U248" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" t="s">
         <v>21</v>
       </c>
       <c r="B249" t="s">
+        <v>877</v>
+      </c>
+      <c r="C249" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="D249">
         <v>573482</v>
       </c>
       <c r="E249" t="s">
         <v>868</v>
       </c>
       <c r="F249" t="s">
         <v>24</v>
       </c>
       <c r="G249" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="H249">
         <v>53.55</v>
       </c>
       <c r="I249" t="s">
         <v>746</v>
       </c>
       <c r="J249" t="s">
         <v>27</v>
       </c>
       <c r="K249" t="s">
         <v>27</v>
       </c>
       <c r="L249" t="s">
         <v>132</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>30</v>
       </c>
       <c r="O249">
         <v>277112464303</v>
       </c>
       <c r="P249" t="s">
         <v>31</v>
       </c>
       <c r="Q249" t="s">
         <v>32</v>
       </c>
       <c r="R249"/>
       <c r="S249"/>
       <c r="T249"/>
       <c r="U249" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" t="s">
         <v>21</v>
       </c>
       <c r="B250" t="s">
+        <v>880</v>
+      </c>
+      <c r="C250" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="D250">
         <v>573282</v>
       </c>
       <c r="E250" t="s">
+        <v>882</v>
+      </c>
+      <c r="F250" t="s">
+        <v>24</v>
+      </c>
+      <c r="G250" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>884</v>
       </c>
       <c r="H250">
         <v>83.2</v>
       </c>
       <c r="I250" t="s">
         <v>201</v>
       </c>
       <c r="J250" t="s">
         <v>27</v>
       </c>
       <c r="K250" t="s">
         <v>27</v>
       </c>
       <c r="L250" t="s">
         <v>132</v>
       </c>
       <c r="M250" t="s">
         <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>30</v>
       </c>
       <c r="O250">
         <v>276961948690</v>
       </c>
       <c r="P250" t="s">
         <v>31</v>
       </c>
       <c r="Q250" t="s">
         <v>32</v>
       </c>
       <c r="R250"/>
       <c r="S250"/>
       <c r="T250"/>
       <c r="U250" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" t="s">
         <v>21</v>
       </c>
       <c r="B251" t="s">
+        <v>884</v>
+      </c>
+      <c r="C251" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="D251">
         <v>573151</v>
       </c>
       <c r="E251" t="s">
+        <v>886</v>
+      </c>
+      <c r="F251" t="s">
+        <v>24</v>
+      </c>
+      <c r="G251" t="s">
         <v>887</v>
-      </c>
-[...4 lines deleted...]
-        <v>888</v>
       </c>
       <c r="H251">
         <v>95.2</v>
       </c>
       <c r="I251" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="J251" t="s">
         <v>27</v>
       </c>
       <c r="K251" t="s">
         <v>27</v>
       </c>
       <c r="L251" t="s">
         <v>132</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>30</v>
       </c>
       <c r="O251">
         <v>276859934912</v>
       </c>
       <c r="P251" t="s">
         <v>31</v>
       </c>
       <c r="Q251" t="s">
         <v>32</v>
       </c>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251"/>
       <c r="U251" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" t="s">
         <v>21</v>
       </c>
       <c r="B252" t="s">
+        <v>889</v>
+      </c>
+      <c r="C252" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="D252">
         <v>573150</v>
       </c>
       <c r="E252" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="F252" t="s">
         <v>24</v>
       </c>
       <c r="G252" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="H252">
         <v>79.99</v>
       </c>
       <c r="I252" t="s">
         <v>394</v>
       </c>
       <c r="J252" t="s">
         <v>27</v>
       </c>
       <c r="K252" t="s">
         <v>27</v>
       </c>
       <c r="L252" t="s">
         <v>132</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>30</v>
       </c>
       <c r="O252">
         <v>276859972887</v>
       </c>
       <c r="P252" t="s">
         <v>31</v>
       </c>
       <c r="Q252" t="s">
         <v>32</v>
       </c>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" t="s">
         <v>21</v>
       </c>
       <c r="B253" t="s">
+        <v>892</v>
+      </c>
+      <c r="C253" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
       <c r="D253">
         <v>573149</v>
       </c>
       <c r="E253" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="F253" t="s">
         <v>24</v>
       </c>
       <c r="G253" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="H253">
         <v>79.99</v>
       </c>
       <c r="I253" t="s">
         <v>758</v>
       </c>
       <c r="J253" t="s">
         <v>27</v>
       </c>
       <c r="K253" t="s">
         <v>27</v>
       </c>
       <c r="L253" t="s">
         <v>132</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>30</v>
       </c>
       <c r="O253">
         <v>276860016978</v>
       </c>
       <c r="P253" t="s">
         <v>31</v>
       </c>
       <c r="Q253" t="s">
         <v>32</v>
       </c>
       <c r="R253"/>
       <c r="S253"/>
       <c r="T253"/>
       <c r="U253" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" t="s">
         <v>21</v>
       </c>
       <c r="B254" t="s">
+        <v>895</v>
+      </c>
+      <c r="C254" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="D254">
         <v>573148</v>
       </c>
       <c r="E254" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="F254" t="s">
         <v>24</v>
       </c>
       <c r="G254" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="H254">
         <v>121.6</v>
       </c>
       <c r="I254" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="J254" t="s">
         <v>27</v>
       </c>
       <c r="K254" t="s">
         <v>27</v>
       </c>
       <c r="L254" t="s">
         <v>132</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>30</v>
       </c>
       <c r="O254">
         <v>276860464400</v>
       </c>
       <c r="P254" t="s">
         <v>31</v>
       </c>
       <c r="Q254" t="s">
         <v>32</v>
       </c>
       <c r="R254"/>
       <c r="S254"/>
       <c r="T254"/>
       <c r="U254" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" t="s">
         <v>21</v>
       </c>
       <c r="B255" t="s">
+        <v>899</v>
+      </c>
+      <c r="C255" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="D255">
         <v>572866</v>
       </c>
       <c r="E255" t="s">
+        <v>901</v>
+      </c>
+      <c r="F255" t="s">
+        <v>24</v>
+      </c>
+      <c r="G255" t="s">
         <v>902</v>
-      </c>
-[...4 lines deleted...]
-        <v>903</v>
       </c>
       <c r="H255">
         <v>79.99</v>
       </c>
       <c r="I255" t="s">
         <v>394</v>
       </c>
       <c r="J255" t="s">
         <v>27</v>
       </c>
       <c r="K255" t="s">
         <v>27</v>
       </c>
       <c r="L255" t="s">
         <v>132</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>30</v>
       </c>
       <c r="O255">
         <v>276859732281</v>
       </c>
       <c r="P255" t="s">
         <v>31</v>
       </c>
       <c r="Q255" t="s">
         <v>32</v>
       </c>
       <c r="R255"/>
       <c r="S255"/>
       <c r="T255"/>
       <c r="U255" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" t="s">
         <v>21</v>
       </c>
       <c r="B256" t="s">
+        <v>903</v>
+      </c>
+      <c r="C256" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="D256">
         <v>572865</v>
       </c>
       <c r="E256" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="F256" t="s">
         <v>24</v>
       </c>
       <c r="G256" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="H256">
         <v>80</v>
       </c>
       <c r="I256" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="J256" t="s">
         <v>27</v>
       </c>
       <c r="K256" t="s">
         <v>27</v>
       </c>
       <c r="L256" t="s">
         <v>732</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>30</v>
       </c>
       <c r="O256">
         <v>276860271852</v>
       </c>
       <c r="P256" t="s">
         <v>31</v>
       </c>
       <c r="Q256" t="s">
         <v>32</v>
       </c>
       <c r="R256"/>
       <c r="S256"/>
       <c r="T256"/>
       <c r="U256" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" t="s">
         <v>21</v>
       </c>
       <c r="B257" t="s">
+        <v>907</v>
+      </c>
+      <c r="C257" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="D257">
         <v>572743</v>
       </c>
       <c r="E257" t="s">
+        <v>909</v>
+      </c>
+      <c r="F257" t="s">
+        <v>24</v>
+      </c>
+      <c r="G257" t="s">
         <v>910</v>
-      </c>
-[...4 lines deleted...]
-        <v>911</v>
       </c>
       <c r="H257">
         <v>204</v>
       </c>
       <c r="I257" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="J257" t="s">
         <v>27</v>
       </c>
       <c r="K257" t="s">
         <v>27</v>
       </c>
       <c r="L257" t="s">
         <v>132</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>30</v>
       </c>
       <c r="O257">
         <v>276860355620</v>
       </c>
       <c r="P257" t="s">
         <v>31</v>
       </c>
       <c r="Q257" t="s">
         <v>32</v>
       </c>
       <c r="R257"/>
       <c r="S257"/>
       <c r="T257"/>
       <c r="U257" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" t="s">
         <v>21</v>
       </c>
       <c r="B258" t="s">
+        <v>912</v>
+      </c>
+      <c r="C258" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="D258">
         <v>572575</v>
       </c>
       <c r="E258" t="s">
+        <v>914</v>
+      </c>
+      <c r="F258" t="s">
+        <v>24</v>
+      </c>
+      <c r="G258" t="s">
         <v>915</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
       <c r="H258">
         <v>115.2</v>
       </c>
       <c r="I258" t="s">
         <v>83</v>
       </c>
       <c r="J258" t="s">
         <v>27</v>
       </c>
       <c r="K258" t="s">
         <v>27</v>
       </c>
       <c r="L258" t="s">
         <v>132</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>30</v>
       </c>
       <c r="O258">
         <v>276393660041</v>
       </c>
       <c r="P258" t="s">
         <v>31</v>
       </c>
       <c r="Q258" t="s">
         <v>32</v>
       </c>
       <c r="R258"/>
       <c r="S258"/>
       <c r="T258"/>
       <c r="U258" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" t="s">
         <v>21</v>
       </c>
       <c r="B259" t="s">
+        <v>916</v>
+      </c>
+      <c r="C259" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
       <c r="D259">
         <v>572539</v>
       </c>
       <c r="E259" t="s">
+        <v>918</v>
+      </c>
+      <c r="F259" t="s">
+        <v>24</v>
+      </c>
+      <c r="G259" t="s">
         <v>919</v>
-      </c>
-[...4 lines deleted...]
-        <v>920</v>
       </c>
       <c r="H259">
         <v>79.99</v>
       </c>
       <c r="I259" t="s">
         <v>623</v>
       </c>
       <c r="J259" t="s">
         <v>27</v>
       </c>
       <c r="K259" t="s">
         <v>27</v>
       </c>
       <c r="L259" t="s">
         <v>732</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>30</v>
       </c>
       <c r="O259">
         <v>276342084030</v>
       </c>
       <c r="P259" t="s">
         <v>31</v>
       </c>
       <c r="Q259" t="s">
         <v>32</v>
       </c>
       <c r="R259"/>
       <c r="S259"/>
       <c r="T259"/>
       <c r="U259" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" t="s">
         <v>21</v>
       </c>
       <c r="B260" t="s">
+        <v>920</v>
+      </c>
+      <c r="C260" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="D260">
         <v>572538</v>
       </c>
       <c r="E260" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="F260" t="s">
         <v>24</v>
       </c>
       <c r="G260" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="H260">
         <v>79</v>
       </c>
       <c r="I260" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="J260" t="s">
         <v>27</v>
       </c>
       <c r="K260" t="s">
         <v>27</v>
       </c>
       <c r="L260" t="s">
         <v>132</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>30</v>
       </c>
       <c r="O260">
         <v>276344749280</v>
       </c>
       <c r="P260" t="s">
         <v>31</v>
       </c>
       <c r="Q260" t="s">
         <v>32</v>
       </c>
       <c r="R260"/>
       <c r="S260"/>
       <c r="T260"/>
       <c r="U260" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" t="s">
         <v>21</v>
       </c>
       <c r="B261" t="s">
+        <v>924</v>
+      </c>
+      <c r="C261" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="D261">
         <v>572537</v>
       </c>
       <c r="E261" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="F261" t="s">
         <v>24</v>
       </c>
       <c r="G261" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="H261">
         <v>55.2</v>
       </c>
       <c r="I261" t="s">
         <v>385</v>
       </c>
       <c r="J261" t="s">
         <v>27</v>
       </c>
       <c r="K261" t="s">
         <v>27</v>
       </c>
       <c r="L261" t="s">
         <v>732</v>
       </c>
       <c r="M261" t="s">
         <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>30</v>
       </c>
       <c r="O261">
         <v>276342252887</v>
       </c>
       <c r="P261" t="s">
         <v>31</v>
       </c>
       <c r="Q261" t="s">
         <v>32</v>
       </c>
       <c r="R261"/>
       <c r="S261"/>
       <c r="T261"/>
       <c r="U261" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" t="s">
         <v>21</v>
       </c>
       <c r="B262" t="s">
+        <v>927</v>
+      </c>
+      <c r="C262" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="D262">
         <v>572378</v>
       </c>
       <c r="E262" t="s">
+        <v>929</v>
+      </c>
+      <c r="F262" t="s">
+        <v>24</v>
+      </c>
+      <c r="G262" t="s">
         <v>930</v>
-      </c>
-[...4 lines deleted...]
-        <v>931</v>
       </c>
       <c r="H262">
         <v>79.99</v>
       </c>
       <c r="I262" t="s">
         <v>70</v>
       </c>
       <c r="J262" t="s">
         <v>27</v>
       </c>
       <c r="K262" t="s">
         <v>27</v>
       </c>
       <c r="L262" t="s">
         <v>732</v>
       </c>
       <c r="M262" t="s">
         <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>30</v>
       </c>
       <c r="O262">
         <v>276158428940</v>
       </c>
       <c r="P262" t="s">
         <v>31</v>
       </c>
       <c r="Q262" t="s">
         <v>32</v>
       </c>
       <c r="R262"/>
       <c r="S262"/>
       <c r="T262"/>
       <c r="U262" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" t="s">
         <v>21</v>
       </c>
       <c r="B263" t="s">
+        <v>931</v>
+      </c>
+      <c r="C263" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
       <c r="D263">
         <v>572315</v>
       </c>
       <c r="E263" t="s">
+        <v>933</v>
+      </c>
+      <c r="F263" t="s">
+        <v>24</v>
+      </c>
+      <c r="G263" t="s">
         <v>934</v>
-      </c>
-[...4 lines deleted...]
-        <v>935</v>
       </c>
       <c r="H263">
         <v>79.2</v>
       </c>
       <c r="I263" t="s">
         <v>870</v>
       </c>
       <c r="J263" t="s">
         <v>27</v>
       </c>
       <c r="K263" t="s">
         <v>27</v>
       </c>
       <c r="L263" t="s">
         <v>732</v>
       </c>
       <c r="M263" t="s">
         <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>30</v>
       </c>
       <c r="O263">
         <v>276073126844</v>
       </c>
       <c r="P263" t="s">
         <v>31</v>
       </c>
       <c r="Q263" t="s">
         <v>32</v>
       </c>
       <c r="R263"/>
       <c r="S263"/>
       <c r="T263"/>
       <c r="U263" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" t="s">
         <v>21</v>
       </c>
       <c r="B264" t="s">
+        <v>935</v>
+      </c>
+      <c r="C264" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
       <c r="D264">
         <v>572316</v>
       </c>
       <c r="E264" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="F264" t="s">
         <v>24</v>
       </c>
       <c r="G264" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="H264">
         <v>59.4</v>
       </c>
       <c r="I264" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="J264" t="s">
         <v>27</v>
       </c>
       <c r="K264" t="s">
         <v>27</v>
       </c>
       <c r="L264" t="s">
         <v>132</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>30</v>
       </c>
       <c r="O264">
         <v>276073067587</v>
       </c>
       <c r="P264" t="s">
         <v>31</v>
       </c>
       <c r="Q264" t="s">
         <v>32</v>
       </c>
       <c r="R264"/>
       <c r="S264"/>
       <c r="T264"/>
       <c r="U264" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" t="s">
         <v>21</v>
       </c>
       <c r="B265" t="s">
+        <v>939</v>
+      </c>
+      <c r="C265" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="D265">
         <v>572314</v>
       </c>
       <c r="E265" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="F265" t="s">
         <v>24</v>
       </c>
       <c r="G265" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="H265">
         <v>87</v>
       </c>
       <c r="I265" t="s">
         <v>522</v>
       </c>
       <c r="J265" t="s">
         <v>27</v>
       </c>
       <c r="K265" t="s">
         <v>27</v>
       </c>
       <c r="L265" t="s">
         <v>132</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>30</v>
       </c>
       <c r="O265">
         <v>276073094786</v>
       </c>
       <c r="P265" t="s">
         <v>31</v>
       </c>
       <c r="Q265" t="s">
         <v>32</v>
       </c>
       <c r="R265"/>
       <c r="S265"/>
       <c r="T265"/>
       <c r="U265" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" t="s">
         <v>21</v>
       </c>
       <c r="B266" t="s">
+        <v>942</v>
+      </c>
+      <c r="C266" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="D266">
         <v>572312</v>
       </c>
       <c r="E266" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="F266" t="s">
         <v>24</v>
       </c>
       <c r="G266" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="H266">
         <v>55.2</v>
       </c>
       <c r="I266" t="s">
         <v>385</v>
       </c>
       <c r="J266" t="s">
         <v>27</v>
       </c>
       <c r="K266" t="s">
         <v>27</v>
       </c>
       <c r="L266" t="s">
         <v>132</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>30</v>
       </c>
       <c r="O266">
         <v>276073041348</v>
       </c>
       <c r="P266" t="s">
         <v>31</v>
       </c>
       <c r="Q266" t="s">
         <v>32</v>
       </c>
       <c r="R266"/>
       <c r="S266"/>
       <c r="T266"/>
       <c r="U266" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" t="s">
         <v>21</v>
       </c>
       <c r="B267" t="s">
+        <v>945</v>
+      </c>
+      <c r="C267" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
       <c r="D267">
         <v>572311</v>
       </c>
       <c r="E267" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="F267" t="s">
         <v>24</v>
       </c>
       <c r="G267" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="H267">
         <v>79.99</v>
       </c>
       <c r="I267" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="J267" t="s">
         <v>27</v>
       </c>
       <c r="K267" t="s">
         <v>27</v>
       </c>
       <c r="L267" t="s">
         <v>132</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>30</v>
       </c>
       <c r="O267">
         <v>276071804949</v>
       </c>
       <c r="P267" t="s">
         <v>31</v>
       </c>
       <c r="Q267" t="s">
         <v>32</v>
       </c>
       <c r="R267"/>
       <c r="S267"/>
       <c r="T267"/>
       <c r="U267" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" t="s">
         <v>21</v>
       </c>
       <c r="B268" t="s">
+        <v>949</v>
+      </c>
+      <c r="C268" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
       <c r="D268">
         <v>572309</v>
       </c>
       <c r="E268" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="F268" t="s">
         <v>24</v>
       </c>
       <c r="G268" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="H268">
         <v>115.2</v>
       </c>
       <c r="I268" t="s">
         <v>83</v>
       </c>
       <c r="J268" t="s">
         <v>27</v>
       </c>
       <c r="K268" t="s">
         <v>27</v>
       </c>
       <c r="L268" t="s">
         <v>132</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>30</v>
       </c>
       <c r="O268">
         <v>276071837491</v>
       </c>
       <c r="P268" t="s">
         <v>31</v>
       </c>
       <c r="Q268" t="s">
         <v>32</v>
       </c>
       <c r="R268"/>
       <c r="S268"/>
       <c r="T268"/>
       <c r="U268" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" t="s">
         <v>21</v>
       </c>
       <c r="B269" t="s">
+        <v>952</v>
+      </c>
+      <c r="C269" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="D269">
         <v>572182</v>
       </c>
       <c r="E269" t="s">
+        <v>954</v>
+      </c>
+      <c r="F269" t="s">
+        <v>24</v>
+      </c>
+      <c r="G269" t="s">
         <v>955</v>
-      </c>
-[...4 lines deleted...]
-        <v>956</v>
       </c>
       <c r="H269">
         <v>66.56</v>
       </c>
       <c r="I269" t="s">
         <v>281</v>
       </c>
       <c r="J269" t="s">
         <v>27</v>
       </c>
       <c r="K269" t="s">
         <v>27</v>
       </c>
       <c r="L269" t="s">
         <v>132</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>30</v>
       </c>
       <c r="O269">
         <v>275928407290</v>
       </c>
       <c r="P269" t="s">
         <v>31</v>
       </c>
       <c r="Q269" t="s">
         <v>32</v>
       </c>
       <c r="R269"/>
       <c r="S269"/>
       <c r="T269"/>
       <c r="U269" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" t="s">
         <v>21</v>
       </c>
       <c r="B270" t="s">
+        <v>956</v>
+      </c>
+      <c r="C270" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
       <c r="D270">
         <v>572034</v>
       </c>
       <c r="E270" t="s">
+        <v>958</v>
+      </c>
+      <c r="F270" t="s">
+        <v>24</v>
+      </c>
+      <c r="G270" t="s">
         <v>959</v>
-      </c>
-[...4 lines deleted...]
-        <v>960</v>
       </c>
       <c r="H270">
         <v>59.4</v>
       </c>
       <c r="I270" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="J270" t="s">
         <v>27</v>
       </c>
       <c r="K270" t="s">
         <v>27</v>
       </c>
       <c r="L270" t="s">
         <v>732</v>
       </c>
       <c r="M270" t="s">
         <v>71</v>
       </c>
       <c r="N270" t="s">
         <v>30</v>
       </c>
       <c r="O270">
         <v>275746638391</v>
       </c>
       <c r="P270" t="s">
         <v>31</v>
       </c>
       <c r="Q270" t="s">
         <v>32</v>
       </c>
       <c r="R270" t="s">
         <v>72</v>
       </c>
       <c r="S270" t="s">
         <v>37</v>
       </c>
       <c r="T270" t="s">
+        <v>960</v>
+      </c>
+      <c r="U270" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" t="s">
         <v>21</v>
       </c>
       <c r="B271" t="s">
+        <v>962</v>
+      </c>
+      <c r="C271" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="D271">
         <v>572033</v>
       </c>
       <c r="E271" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F271" t="s">
         <v>24</v>
       </c>
       <c r="G271" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="H271">
         <v>95.2</v>
       </c>
       <c r="I271" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="J271" t="s">
         <v>27</v>
       </c>
       <c r="K271" t="s">
         <v>27</v>
       </c>
       <c r="L271" t="s">
         <v>132</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>30</v>
       </c>
       <c r="O271">
         <v>275746712902</v>
       </c>
       <c r="P271" t="s">
         <v>31</v>
       </c>
       <c r="Q271" t="s">
         <v>32</v>
       </c>
       <c r="R271"/>
       <c r="S271"/>
       <c r="T271"/>
       <c r="U271" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" t="s">
         <v>21</v>
       </c>
       <c r="B272" t="s">
+        <v>966</v>
+      </c>
+      <c r="C272" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
       <c r="D272">
         <v>572032</v>
       </c>
       <c r="E272" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F272" t="s">
         <v>24</v>
       </c>
       <c r="G272" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="H272">
         <v>95.99</v>
       </c>
       <c r="I272" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="J272" t="s">
         <v>27</v>
       </c>
       <c r="K272" t="s">
         <v>27</v>
       </c>
       <c r="L272" t="s">
         <v>732</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>30</v>
       </c>
       <c r="O272">
         <v>275746571939</v>
       </c>
       <c r="P272" t="s">
         <v>31</v>
       </c>
       <c r="Q272" t="s">
         <v>32</v>
       </c>
       <c r="R272"/>
       <c r="S272"/>
       <c r="T272"/>
       <c r="U272" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" t="s">
         <v>21</v>
       </c>
       <c r="B273" t="s">
+        <v>970</v>
+      </c>
+      <c r="C273" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
       <c r="D273">
         <v>572031</v>
       </c>
       <c r="E273" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F273" t="s">
         <v>24</v>
       </c>
       <c r="G273" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="H273">
         <v>95.99</v>
       </c>
       <c r="I273" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="J273" t="s">
         <v>27</v>
       </c>
       <c r="K273" t="s">
         <v>27</v>
       </c>
       <c r="L273" t="s">
         <v>132</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>30</v>
       </c>
       <c r="O273">
         <v>275746485428</v>
       </c>
       <c r="P273" t="s">
         <v>31</v>
       </c>
       <c r="Q273" t="s">
         <v>32</v>
       </c>
       <c r="R273"/>
       <c r="S273"/>
       <c r="T273"/>
       <c r="U273" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" t="s">
         <v>21</v>
       </c>
       <c r="B274" t="s">
+        <v>974</v>
+      </c>
+      <c r="C274" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
       <c r="D274">
         <v>572030</v>
       </c>
       <c r="E274" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F274" t="s">
         <v>24</v>
       </c>
       <c r="G274" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="H274">
         <v>99</v>
       </c>
       <c r="I274" t="s">
         <v>721</v>
       </c>
       <c r="J274" t="s">
         <v>27</v>
       </c>
       <c r="K274" t="s">
         <v>27</v>
       </c>
       <c r="L274" t="s">
         <v>132</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>30</v>
       </c>
       <c r="O274">
         <v>275746606890</v>
       </c>
       <c r="P274" t="s">
         <v>31</v>
       </c>
       <c r="Q274" t="s">
         <v>32</v>
       </c>
       <c r="R274"/>
       <c r="S274"/>
       <c r="T274"/>
       <c r="U274" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" t="s">
         <v>21</v>
       </c>
       <c r="B275" t="s">
+        <v>977</v>
+      </c>
+      <c r="C275" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="D275">
         <v>572029</v>
       </c>
       <c r="E275" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F275" t="s">
         <v>24</v>
       </c>
       <c r="G275" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="H275">
         <v>79.99</v>
       </c>
       <c r="I275" t="s">
         <v>70</v>
       </c>
       <c r="J275" t="s">
         <v>27</v>
       </c>
       <c r="K275" t="s">
         <v>27</v>
       </c>
       <c r="L275" t="s">
         <v>132</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>30</v>
       </c>
       <c r="O275">
         <v>275746678237</v>
       </c>
       <c r="P275" t="s">
         <v>31</v>
       </c>
       <c r="Q275" t="s">
         <v>32</v>
       </c>
       <c r="R275"/>
       <c r="S275"/>
       <c r="T275"/>
       <c r="U275" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" t="s">
         <v>21</v>
       </c>
       <c r="B276" t="s">
+        <v>980</v>
+      </c>
+      <c r="C276" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
       <c r="D276">
         <v>571150</v>
       </c>
       <c r="E276" t="s">
+        <v>982</v>
+      </c>
+      <c r="F276" t="s">
+        <v>24</v>
+      </c>
+      <c r="G276" t="s">
         <v>983</v>
-      </c>
-[...4 lines deleted...]
-        <v>984</v>
       </c>
       <c r="H276">
         <v>102.4</v>
       </c>
       <c r="I276" t="s">
         <v>447</v>
       </c>
       <c r="J276" t="s">
         <v>27</v>
       </c>
       <c r="K276" t="s">
         <v>27</v>
       </c>
       <c r="L276" t="s">
         <v>132</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>30</v>
       </c>
       <c r="O276">
         <v>274787659095</v>
       </c>
       <c r="P276" t="s">
         <v>31</v>
       </c>
       <c r="Q276" t="s">
         <v>32</v>
       </c>
       <c r="R276"/>
       <c r="S276"/>
       <c r="T276"/>
       <c r="U276" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" t="s">
         <v>21</v>
       </c>
       <c r="B277" t="s">
+        <v>984</v>
+      </c>
+      <c r="C277" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
       <c r="D277">
         <v>571051</v>
       </c>
       <c r="E277" t="s">
+        <v>986</v>
+      </c>
+      <c r="F277" t="s">
+        <v>24</v>
+      </c>
+      <c r="G277" t="s">
         <v>987</v>
-      </c>
-[...4 lines deleted...]
-        <v>988</v>
       </c>
       <c r="H277">
         <v>79.99</v>
       </c>
       <c r="I277" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="J277" t="s">
         <v>27</v>
       </c>
       <c r="K277" t="s">
         <v>27</v>
       </c>
       <c r="L277" t="s">
         <v>732</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>30</v>
       </c>
       <c r="O277">
         <v>274653073919</v>
       </c>
       <c r="P277" t="s">
         <v>31</v>
       </c>
       <c r="Q277" t="s">
         <v>32</v>
       </c>
       <c r="R277"/>
       <c r="S277"/>
       <c r="T277"/>
       <c r="U277" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" t="s">
         <v>21</v>
       </c>
       <c r="B278" t="s">
+        <v>989</v>
+      </c>
+      <c r="C278" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
       <c r="D278">
         <v>571050</v>
       </c>
       <c r="E278" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="F278" t="s">
         <v>24</v>
       </c>
       <c r="G278" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="H278">
         <v>55.99</v>
       </c>
       <c r="I278" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="J278" t="s">
         <v>27</v>
       </c>
       <c r="K278" t="s">
         <v>27</v>
       </c>
       <c r="L278" t="s">
         <v>132</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>30</v>
       </c>
       <c r="O278">
         <v>274653106215</v>
       </c>
       <c r="P278" t="s">
         <v>31</v>
       </c>
       <c r="Q278" t="s">
         <v>32</v>
       </c>
       <c r="R278"/>
       <c r="S278"/>
       <c r="T278"/>
       <c r="U278" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" t="s">
         <v>21</v>
       </c>
       <c r="B279" t="s">
+        <v>993</v>
+      </c>
+      <c r="C279" t="s">
         <v>994</v>
-      </c>
-[...1 lines deleted...]
-        <v>995</v>
       </c>
       <c r="D279">
         <v>569810</v>
       </c>
       <c r="E279" t="s">
+        <v>995</v>
+      </c>
+      <c r="F279" t="s">
+        <v>24</v>
+      </c>
+      <c r="G279" t="s">
         <v>996</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
       <c r="H279">
         <v>79.2</v>
       </c>
       <c r="I279" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="J279" t="s">
         <v>27</v>
       </c>
       <c r="K279" t="s">
         <v>27</v>
       </c>
       <c r="L279" t="s">
         <v>732</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>30</v>
       </c>
       <c r="O279">
         <v>273260168115</v>
       </c>
       <c r="P279" t="s">
         <v>31</v>
       </c>
       <c r="Q279" t="s">
         <v>32</v>
       </c>
       <c r="R279"/>
       <c r="S279"/>
       <c r="T279"/>
       <c r="U279" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" t="s">
         <v>21</v>
       </c>
       <c r="B280" t="s">
+        <v>998</v>
+      </c>
+      <c r="C280" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="D280">
         <v>569809</v>
       </c>
       <c r="E280" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="F280" t="s">
         <v>24</v>
       </c>
       <c r="G280" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="H280">
         <v>95.99</v>
       </c>
       <c r="I280" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="J280" t="s">
         <v>27</v>
       </c>
       <c r="K280" t="s">
         <v>27</v>
       </c>
       <c r="L280" t="s">
         <v>732</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>30</v>
       </c>
       <c r="O280">
         <v>273260231235</v>
       </c>
       <c r="P280" t="s">
         <v>31</v>
       </c>
       <c r="Q280" t="s">
         <v>32</v>
       </c>
       <c r="R280"/>
       <c r="S280"/>
       <c r="T280"/>
       <c r="U280" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" t="s">
         <v>21</v>
       </c>
       <c r="B281" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C281" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
       <c r="D281">
         <v>569653</v>
       </c>
       <c r="E281" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F281" t="s">
+        <v>24</v>
+      </c>
+      <c r="G281" t="s">
         <v>1005</v>
-      </c>
-[...4 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="H281">
         <v>79.99</v>
       </c>
       <c r="I281" t="s">
         <v>394</v>
       </c>
       <c r="J281" t="s">
         <v>27</v>
       </c>
       <c r="K281" t="s">
         <v>27</v>
       </c>
       <c r="L281" t="s">
         <v>132</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>30</v>
       </c>
       <c r="O281">
         <v>273129982270</v>
       </c>
       <c r="P281" t="s">
         <v>31</v>
       </c>
       <c r="Q281" t="s">
         <v>32</v>
       </c>
       <c r="R281"/>
       <c r="S281"/>
       <c r="T281"/>
       <c r="U281" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" t="s">
         <v>21</v>
       </c>
       <c r="B282" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C282" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="D282">
         <v>569652</v>
       </c>
       <c r="E282" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F282" t="s">
         <v>24</v>
       </c>
       <c r="G282" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="H282">
         <v>100</v>
       </c>
       <c r="I282" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="J282" t="s">
         <v>27</v>
       </c>
       <c r="K282" t="s">
         <v>27</v>
       </c>
       <c r="L282" t="s">
         <v>132</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>30</v>
       </c>
       <c r="O282">
         <v>273128917095</v>
       </c>
       <c r="P282" t="s">
         <v>31</v>
       </c>
       <c r="Q282" t="s">
         <v>32</v>
       </c>
       <c r="R282"/>
       <c r="S282"/>
       <c r="T282"/>
       <c r="U282" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" t="s">
         <v>21</v>
       </c>
       <c r="B283" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C283" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="D283">
         <v>569651</v>
       </c>
       <c r="E283" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F283" t="s">
         <v>24</v>
       </c>
       <c r="G283" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="H283">
         <v>60</v>
       </c>
       <c r="I283" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="J283" t="s">
         <v>27</v>
       </c>
       <c r="K283" t="s">
         <v>27</v>
       </c>
       <c r="L283" t="s">
         <v>732</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>30</v>
       </c>
       <c r="O283">
         <v>273129739220</v>
       </c>
       <c r="P283" t="s">
         <v>31</v>
       </c>
       <c r="Q283" t="s">
         <v>32</v>
       </c>
       <c r="R283"/>
       <c r="S283"/>
       <c r="T283"/>
       <c r="U283" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" t="s">
         <v>21</v>
       </c>
       <c r="B284" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C284" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="D284">
         <v>569649</v>
       </c>
       <c r="E284" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F284" t="s">
         <v>24</v>
       </c>
       <c r="G284" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="H284">
         <v>66.4</v>
       </c>
       <c r="I284" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="J284" t="s">
         <v>27</v>
       </c>
       <c r="K284" t="s">
         <v>27</v>
       </c>
       <c r="L284" t="s">
         <v>132</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>30</v>
       </c>
       <c r="O284">
         <v>273130286902</v>
       </c>
       <c r="P284" t="s">
         <v>31</v>
       </c>
       <c r="Q284" t="s">
         <v>32</v>
       </c>
       <c r="R284"/>
       <c r="S284"/>
       <c r="T284"/>
       <c r="U284" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" t="s">
         <v>21</v>
       </c>
       <c r="B285" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C285" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="D285">
         <v>569648</v>
       </c>
       <c r="E285" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F285" t="s">
         <v>24</v>
       </c>
       <c r="G285" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="H285">
         <v>47.99</v>
       </c>
       <c r="I285" t="s">
         <v>826</v>
       </c>
       <c r="J285" t="s">
         <v>27</v>
       </c>
       <c r="K285" t="s">
         <v>27</v>
       </c>
       <c r="L285" t="s">
         <v>132</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>30</v>
       </c>
       <c r="O285">
         <v>273129898920</v>
       </c>
       <c r="P285" t="s">
         <v>31</v>
       </c>
       <c r="Q285" t="s">
         <v>32</v>
       </c>
       <c r="R285"/>
       <c r="S285"/>
       <c r="T285"/>
       <c r="U285" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" t="s">
         <v>21</v>
       </c>
       <c r="B286" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C286" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="D286">
         <v>569629</v>
       </c>
       <c r="E286" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F286" t="s">
         <v>24</v>
       </c>
       <c r="G286" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="H286">
         <v>479.2</v>
       </c>
       <c r="I286" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="J286" t="s">
         <v>27</v>
       </c>
       <c r="K286" t="s">
         <v>27</v>
       </c>
       <c r="L286" t="s">
         <v>732</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>30</v>
       </c>
       <c r="O286">
         <v>273070227054</v>
       </c>
       <c r="P286" t="s">
         <v>31</v>
       </c>
       <c r="Q286" t="s">
         <v>32</v>
       </c>
       <c r="R286"/>
       <c r="S286"/>
       <c r="T286"/>
       <c r="U286" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" t="s">
         <v>21</v>
       </c>
       <c r="B287" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C287" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="D287">
         <v>569624</v>
       </c>
       <c r="E287" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F287" t="s">
         <v>24</v>
       </c>
       <c r="G287" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="H287">
         <v>212</v>
       </c>
       <c r="I287" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="J287" t="s">
         <v>27</v>
       </c>
       <c r="K287" t="s">
         <v>27</v>
       </c>
       <c r="L287" t="s">
         <v>132</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>30</v>
       </c>
       <c r="O287">
         <v>273066343407</v>
       </c>
       <c r="P287" t="s">
         <v>31</v>
       </c>
       <c r="Q287" t="s">
         <v>32</v>
       </c>