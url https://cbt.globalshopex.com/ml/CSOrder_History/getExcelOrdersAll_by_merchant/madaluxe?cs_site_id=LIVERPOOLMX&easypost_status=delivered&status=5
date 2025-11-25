--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,114 +80,156 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
+    <t>2025-03-11 01:08:12</t>
+  </si>
+  <si>
+    <t>0220062594</t>
+  </si>
+  <si>
+    <t>2025-03-11 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11290620</t>
+  </si>
+  <si>
+    <t>/VSP1P1621</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-04-16 16:49:38</t>
+  </si>
+  <si>
+    <t>2025-03-10 02:39:54</t>
+  </si>
+  <si>
+    <t>2025-03-10 00:00:00</t>
+  </si>
+  <si>
+    <t>/11290128</t>
+  </si>
+  <si>
+    <t>/VSP217121</t>
+  </si>
+  <si>
+    <t>2025-03-27 16:05:01</t>
+  </si>
+  <si>
     <t>2025-03-02 06:01:28</t>
   </si>
   <si>
     <t>2025-03-02 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11285803</t>
   </si>
   <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
-    <t>Pending</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-04-04 18:31:32</t>
   </si>
   <si>
     <t>2025-03-01 02:17:27</t>
   </si>
   <si>
     <t>2025-03-01 00:00:00</t>
   </si>
   <si>
     <t>/11285162</t>
   </si>
   <si>
-    <t>/VSP217121</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-04-04 18:29:03</t>
+  </si>
+  <si>
+    <t>2025-02-18 10:23:13</t>
+  </si>
+  <si>
+    <t>2025-02-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11278556</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-03-27 17:15:02</t>
   </si>
   <si>
     <t>2025-02-16 04:03:06</t>
   </si>
   <si>
     <t>0490060738</t>
   </si>
   <si>
     <t>2025-02-17 00:00:00</t>
   </si>
   <si>
     <t>/11277113</t>
   </si>
   <si>
     <t>2025-03-27 17:14:22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -505,51 +547,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U4"/>
+  <dimension ref="A1:U7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -585,230 +627,419 @@
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
-      <c r="C2">
-        <v>6360061677</v>
+      <c r="C2" t="s">
+        <v>23</v>
       </c>
       <c r="D2">
-        <v>587545</v>
+        <v>587818</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H2">
-        <v>79.99</v>
+        <v>118.99</v>
       </c>
       <c r="I2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="U2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C3">
-        <v>7820061495</v>
+        <v>2730062074</v>
       </c>
       <c r="D3">
-        <v>587514</v>
+        <v>587786</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H3">
         <v>79</v>
       </c>
       <c r="I3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T3" t="s">
+        <v>36</v>
+      </c>
+      <c r="U3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4">
+        <v>6360061677</v>
+      </c>
+      <c r="D4">
+        <v>587545</v>
+      </c>
+      <c r="E4" t="s">
         <v>44</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
         <v>45</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4">
+        <v>79.99</v>
+      </c>
+      <c r="I4" t="s">
         <v>46</v>
       </c>
-      <c r="F4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="U4" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5">
+        <v>7820061495</v>
+      </c>
+      <c r="D5">
+        <v>587514</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>79</v>
+      </c>
+      <c r="I5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O5"/>
+      <c r="P5" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>33</v>
+      </c>
+      <c r="R5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6">
+        <v>4610063356</v>
+      </c>
+      <c r="D6">
+        <v>587150</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>55.2</v>
+      </c>
+      <c r="I6" t="s">
+        <v>56</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" t="s">
+        <v>30</v>
+      </c>
+      <c r="N6" t="s">
+        <v>31</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>33</v>
+      </c>
+      <c r="R6" t="s">
+        <v>34</v>
+      </c>
+      <c r="S6" t="s">
+        <v>35</v>
+      </c>
+      <c r="T6" t="s">
+        <v>36</v>
+      </c>
+      <c r="U6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7">
+        <v>587046</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>79</v>
+      </c>
+      <c r="I7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" t="s">
+        <v>28</v>
+      </c>
+      <c r="K7" t="s">
+        <v>28</v>
+      </c>
+      <c r="L7" t="s">
+        <v>29</v>
+      </c>
+      <c r="M7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>33</v>
+      </c>
+      <c r="R7" t="s">
+        <v>34</v>
+      </c>
+      <c r="S7" t="s">
+        <v>35</v>
+      </c>
+      <c r="T7" t="s">
+        <v>36</v>
+      </c>
+      <c r="U7" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">