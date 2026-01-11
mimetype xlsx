--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,95 +80,110 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
+    <t>2025-03-15 04:41:28</t>
+  </si>
+  <si>
+    <t>2025-03-16 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11293786</t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-04-16 16:52:30</t>
+  </si>
+  <si>
     <t>2025-03-11 01:08:12</t>
   </si>
   <si>
     <t>0220062594</t>
   </si>
   <si>
     <t>2025-03-11 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11290620</t>
   </si>
   <si>
     <t>/VSP1P1621</t>
   </si>
   <si>
-    <t>Pending</t>
-[...25 lines deleted...]
-  <si>
     <t>2025-04-16 16:49:38</t>
   </si>
   <si>
     <t>2025-03-10 02:39:54</t>
   </si>
   <si>
     <t>2025-03-10 00:00:00</t>
   </si>
   <si>
     <t>/11290128</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-03-27 16:05:01</t>
   </si>
   <si>
     <t>2025-03-02 06:01:28</t>
   </si>
   <si>
     <t>2025-03-02 00:00:00</t>
   </si>
   <si>
     <t>/11285803</t>
@@ -201,50 +216,74 @@
     <t>2025-02-19 00:00:00</t>
   </si>
   <si>
     <t>/11278556</t>
   </si>
   <si>
     <t>/VSPOY8121</t>
   </si>
   <si>
     <t>2025-03-27 17:15:02</t>
   </si>
   <si>
     <t>2025-02-16 04:03:06</t>
   </si>
   <si>
     <t>0490060738</t>
   </si>
   <si>
     <t>2025-02-17 00:00:00</t>
   </si>
   <si>
     <t>/11277113</t>
   </si>
   <si>
     <t>2025-03-27 17:14:22</t>
+  </si>
+  <si>
+    <t>2024-10-06 01:43:59</t>
+  </si>
+  <si>
+    <t>2024-10-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11182752</t>
+  </si>
+  <si>
+    <t>/VSPBH1L21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2024-10-28 19:51:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -547,51 +586,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U7"/>
+  <dimension ref="A1:U9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -627,419 +666,547 @@
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2">
+        <v>8680062982</v>
+      </c>
+      <c r="D2">
+        <v>587993</v>
+      </c>
+      <c r="E2" t="s">
         <v>23</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>24</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>25</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2">
+        <v>79.99</v>
+      </c>
+      <c r="I2" t="s">
         <v>26</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>27</v>
+      </c>
+      <c r="K2" t="s">
+        <v>27</v>
+      </c>
+      <c r="L2" t="s">
         <v>28</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>29</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2" t="s">
         <v>32</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>33</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>34</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>35</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
         <v>38</v>
       </c>
-      <c r="C3">
-[...1 lines deleted...]
-      </c>
       <c r="D3">
-        <v>587786</v>
+        <v>587818</v>
       </c>
       <c r="E3" t="s">
         <v>39</v>
       </c>
       <c r="F3" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>40</v>
       </c>
       <c r="H3">
-        <v>79</v>
+        <v>118.99</v>
       </c>
       <c r="I3" t="s">
         <v>41</v>
       </c>
       <c r="J3" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" t="s">
         <v>28</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>29</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q3" t="s">
         <v>32</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>33</v>
       </c>
-      <c r="R3" t="s">
+      <c r="S3" t="s">
         <v>34</v>
       </c>
-      <c r="S3" t="s">
+      <c r="T3" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="U3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4">
-        <v>6360061677</v>
+        <v>2730062074</v>
       </c>
       <c r="D4">
-        <v>587545</v>
+        <v>587786</v>
       </c>
       <c r="E4" t="s">
         <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4">
-        <v>79.99</v>
+        <v>79</v>
       </c>
       <c r="I4" t="s">
         <v>46</v>
       </c>
       <c r="J4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" t="s">
         <v>28</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>29</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q4" t="s">
         <v>32</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
         <v>33</v>
       </c>
-      <c r="R4" t="s">
+      <c r="S4" t="s">
         <v>34</v>
       </c>
-      <c r="S4" t="s">
+      <c r="T4" t="s">
         <v>35</v>
       </c>
-      <c r="T4" t="s">
+      <c r="U4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5">
+        <v>6360061677</v>
+      </c>
+      <c r="D5">
+        <v>587545</v>
+      </c>
+      <c r="E5" t="s">
         <v>49</v>
       </c>
-      <c r="C5">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" t="s">
         <v>50</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5">
+        <v>79.99</v>
+      </c>
+      <c r="I5" t="s">
         <v>51</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
       <c r="J5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K5" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" t="s">
         <v>28</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>29</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q5" t="s">
         <v>32</v>
       </c>
-      <c r="Q5" t="s">
+      <c r="R5" t="s">
         <v>33</v>
       </c>
-      <c r="R5" t="s">
+      <c r="S5" t="s">
         <v>34</v>
       </c>
-      <c r="S5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T5" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="U5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6">
-        <v>4610063356</v>
+        <v>7820061495</v>
       </c>
       <c r="D6">
-        <v>587150</v>
+        <v>587514</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H6">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="I6" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J6" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L6" t="s">
         <v>28</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>29</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q6" t="s">
         <v>32</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
         <v>33</v>
       </c>
-      <c r="R6" t="s">
+      <c r="S6" t="s">
         <v>34</v>
       </c>
-      <c r="S6" t="s">
+      <c r="T6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="U6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7">
+        <v>4610063356</v>
+      </c>
+      <c r="D7">
+        <v>587150</v>
+      </c>
+      <c r="E7" t="s">
         <v>59</v>
       </c>
-      <c r="D7">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" t="s">
         <v>60</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7">
+        <v>55.2</v>
+      </c>
+      <c r="I7" t="s">
         <v>61</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" t="s">
         <v>28</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="M7" t="s">
         <v>29</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q7" t="s">
         <v>32</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="R7" t="s">
         <v>33</v>
       </c>
-      <c r="R7" t="s">
+      <c r="S7" t="s">
         <v>34</v>
       </c>
-      <c r="S7" t="s">
+      <c r="T7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="U7" t="s">
         <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8">
+        <v>587046</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8">
+        <v>79</v>
+      </c>
+      <c r="I8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J8" t="s">
+        <v>27</v>
+      </c>
+      <c r="K8" t="s">
+        <v>27</v>
+      </c>
+      <c r="L8" t="s">
+        <v>28</v>
+      </c>
+      <c r="M8" t="s">
+        <v>29</v>
+      </c>
+      <c r="N8" t="s">
+        <v>30</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>32</v>
+      </c>
+      <c r="R8" t="s">
+        <v>33</v>
+      </c>
+      <c r="S8" t="s">
+        <v>34</v>
+      </c>
+      <c r="T8" t="s">
+        <v>35</v>
+      </c>
+      <c r="U8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9">
+        <v>7220044730</v>
+      </c>
+      <c r="D9">
+        <v>578336</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>154</v>
+      </c>
+      <c r="I9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>28</v>
+      </c>
+      <c r="M9" t="s">
+        <v>29</v>
+      </c>
+      <c r="N9" t="s">
+        <v>30</v>
+      </c>
+      <c r="O9">
+        <v>280344065019</v>
+      </c>
+      <c r="P9" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>32</v>
+      </c>
+      <c r="R9" t="s">
+        <v>33</v>
+      </c>
+      <c r="S9" t="s">
+        <v>73</v>
+      </c>
+      <c r="T9" t="s">
+        <v>74</v>
+      </c>
+      <c r="U9" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">