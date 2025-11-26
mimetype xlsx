--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,146 +80,188 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
+    <t>2025-03-23 12:47:02</t>
+  </si>
+  <si>
+    <t>2025-03-24 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11298542</t>
+  </si>
+  <si>
+    <t>/VSPCD1A21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-03-17 08:26:45</t>
+  </si>
+  <si>
+    <t>2025-03-17 00:00:00</t>
+  </si>
+  <si>
+    <t>/11294558</t>
+  </si>
+  <si>
+    <t>/VSP1P1621</t>
+  </si>
+  <si>
     <t>2025-02-13 12:48:23</t>
   </si>
   <si>
     <t>2025-02-13 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11274503</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-02-13 05:49:40</t>
   </si>
   <si>
     <t>0160060685</t>
   </si>
   <si>
     <t>/11274658</t>
   </si>
   <si>
     <t>2025-02-11 06:38:33</t>
   </si>
   <si>
     <t>2025-02-11 00:00:00</t>
   </si>
   <si>
     <t>/11273545</t>
   </si>
   <si>
     <t>/VSPOY8821</t>
   </si>
   <si>
     <t>2025-02-10 09:15:52</t>
   </si>
   <si>
     <t>2025-02-10 00:00:00</t>
   </si>
   <si>
     <t>/11272905</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
+    <t>2025-02-10 05:23:17</t>
+  </si>
+  <si>
+    <t>0460060011</t>
+  </si>
+  <si>
+    <t>/11272621</t>
+  </si>
+  <si>
+    <t>/VSP263321</t>
+  </si>
+  <si>
+    <t>2025-02-10 03:55:08</t>
+  </si>
+  <si>
+    <t>/11272712</t>
+  </si>
+  <si>
+    <t>/VSPLD1321</t>
+  </si>
+  <si>
     <t>2025-02-06 10:40:22</t>
   </si>
   <si>
     <t>0740060459</t>
   </si>
   <si>
     <t>2025-02-07 00:00:00</t>
   </si>
   <si>
     <t>/11270572</t>
   </si>
   <si>
     <t>/VSPOS5221</t>
   </si>
   <si>
     <t>2025-02-06 04:45:03</t>
   </si>
   <si>
     <t>0710060233</t>
   </si>
   <si>
     <t>2025-02-06 00:00:00</t>
   </si>
   <si>
     <t>/11269843</t>
   </si>
   <si>
-    <t>/VSPLD1321</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-05 05:21:08</t>
   </si>
   <si>
     <t>2025-02-05 00:00:00</t>
   </si>
   <si>
     <t>/11269202</t>
   </si>
   <si>
     <t>/VSP1F3121</t>
   </si>
   <si>
     <t>2025-02-03 11:58:58</t>
   </si>
   <si>
     <t>2025-02-04 00:00:00</t>
   </si>
   <si>
     <t>/11268118</t>
   </si>
   <si>
     <t>/VSP640118</t>
   </si>
   <si>
     <t>2025-02-02 02:51:25</t>
@@ -269,53 +311,50 @@
   <si>
     <t>2025-01-28 01:09:59</t>
   </si>
   <si>
     <t>/11262928</t>
   </si>
   <si>
     <t>2025-01-25 12:37:13</t>
   </si>
   <si>
     <t>2025-01-25 00:00:00</t>
   </si>
   <si>
     <t>/11260912</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>2025-01-24 10:58:45</t>
   </si>
   <si>
     <t>/11260618</t>
   </si>
   <si>
-    <t>/VSP263321</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-23 07:16:06</t>
   </si>
   <si>
     <t>2025-01-23 00:00:00</t>
   </si>
   <si>
     <t>/11259717</t>
   </si>
   <si>
     <t>2025-01-22 07:52:01</t>
   </si>
   <si>
     <t>2025-01-22 00:00:00</t>
   </si>
   <si>
     <t>/11259153</t>
   </si>
   <si>
     <t>2025-01-19 10:52:43</t>
   </si>
   <si>
     <t>2025-01-20 00:00:00</t>
   </si>
   <si>
     <t>/11257685</t>
@@ -461,53 +500,50 @@
   <si>
     <t>/11241149</t>
   </si>
   <si>
     <t>/VSPVO2121</t>
   </si>
   <si>
     <t>2024-12-22 08:26:27</t>
   </si>
   <si>
     <t>2024-12-22 00:00:00</t>
   </si>
   <si>
     <t>/11240837</t>
   </si>
   <si>
     <t>2024-12-20 07:35:29</t>
   </si>
   <si>
     <t>2024-12-20 00:00:00</t>
   </si>
   <si>
     <t>/11239653</t>
   </si>
   <si>
-    <t>/VSPCD1A21</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-03 05:57:58</t>
   </si>
   <si>
     <t>2024-12-03 00:00:00</t>
   </si>
   <si>
     <t>/11223115</t>
   </si>
   <si>
     <t>/VSPBH1K21</t>
   </si>
   <si>
     <t>2024-12-01 07:51:34</t>
   </si>
   <si>
     <t>2024-12-01 00:00:00</t>
   </si>
   <si>
     <t>/11220750</t>
   </si>
   <si>
     <t>/VSPQ15021</t>
   </si>
   <si>
     <t>2024-12-01 04:37:05</t>
@@ -597,50 +633,62 @@
     <t>2024-11-19 12:11:25</t>
   </si>
   <si>
     <t>2024-11-19 00:00:00</t>
   </si>
   <si>
     <t>/11208465</t>
   </si>
   <si>
     <t>2024-11-17 08:50:50</t>
   </si>
   <si>
     <t>/11208468</t>
   </si>
   <si>
     <t>2024-11-16 04:47:53</t>
   </si>
   <si>
     <t>/11208474</t>
   </si>
   <si>
     <t>2024-11-14 06:28:15</t>
   </si>
   <si>
     <t>/11208476</t>
+  </si>
+  <si>
+    <t>2024-10-28 09:21:29</t>
+  </si>
+  <si>
+    <t>2024-10-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11195148</t>
+  </si>
+  <si>
+    <t>/VSPBH8521</t>
   </si>
   <si>
     <t>2024-10-23 11:14:26</t>
   </si>
   <si>
     <t>2024-10-24 00:00:00</t>
   </si>
   <si>
     <t>/11193128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -952,51 +1000,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U50"/>
+  <dimension ref="A1:U55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1033,2930 +1081,3225 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>6620060499</v>
+        <v>6240063653</v>
       </c>
       <c r="D2">
-        <v>586895</v>
+        <v>588260</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>79</v>
+        <v>58.99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>27</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2">
-        <v>285403546787</v>
+        <v>880607888478</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>32</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3">
+        <v>1620062938</v>
+      </c>
+      <c r="D3">
+        <v>588059</v>
+      </c>
+      <c r="E3" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>79</v>
+        <v>118.99</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3">
-        <v>285406129186</v>
+        <v>880607855042</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4">
-        <v>7710060906</v>
+        <v>6620060499</v>
       </c>
       <c r="D4">
-        <v>586850</v>
+        <v>586895</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H4">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>27</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4">
-        <v>285339986194</v>
+        <v>285403546787</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>5080060581</v>
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
       </c>
       <c r="D5">
-        <v>586820</v>
+        <v>586903</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>79</v>
       </c>
       <c r="I5" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5">
-        <v>285341404444</v>
+        <v>285406129186</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6">
+        <v>7710060906</v>
+      </c>
+      <c r="D6">
+        <v>586850</v>
+      </c>
+      <c r="E6" t="s">
         <v>44</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
         <v>45</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6">
+        <v>55.2</v>
+      </c>
+      <c r="I6" t="s">
         <v>46</v>
       </c>
-      <c r="F6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
-        <v>771992305648</v>
+        <v>285339986194</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7">
+        <v>5080060581</v>
+      </c>
+      <c r="D7">
+        <v>586820</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" t="s">
         <v>49</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H7">
+        <v>79</v>
+      </c>
+      <c r="I7" t="s">
         <v>50</v>
       </c>
-      <c r="D7">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" t="s">
         <v>51</v>
       </c>
-      <c r="F7" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7">
-        <v>285171750769</v>
+        <v>285341404444</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8">
+        <v>586786</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" t="s">
         <v>54</v>
       </c>
-      <c r="C8">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8">
+        <v>89.99</v>
+      </c>
+      <c r="I8" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8">
-        <v>285139352231</v>
+        <v>285285774776</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9">
+        <v>4930060123</v>
+      </c>
+      <c r="D9">
+        <v>586807</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>96.99</v>
+      </c>
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>61</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>27</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9">
-        <v>771872609154</v>
+        <v>771993216627</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10">
+        <v>586663</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" t="s">
         <v>62</v>
       </c>
-      <c r="C10">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10">
+        <v>103.99</v>
+      </c>
+      <c r="I10" t="s">
         <v>63</v>
       </c>
-      <c r="F10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J10" t="s">
         <v>27</v>
       </c>
       <c r="K10" t="s">
         <v>27</v>
       </c>
       <c r="L10" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10">
-        <v>285025669751</v>
+        <v>771992305648</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11">
+        <v>586657</v>
+      </c>
+      <c r="E11" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
         <v>67</v>
       </c>
       <c r="H11">
-        <v>80.99</v>
+        <v>96.99</v>
       </c>
       <c r="I11" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="J11" t="s">
         <v>27</v>
       </c>
       <c r="K11" t="s">
         <v>27</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11">
-        <v>771847851299</v>
+        <v>285171750769</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12">
+        <v>7950060116</v>
+      </c>
+      <c r="D12">
+        <v>586618</v>
+      </c>
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="C12">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" t="s">
         <v>70</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12">
+        <v>99.99</v>
+      </c>
+      <c r="I12" t="s">
         <v>71</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
         <v>27</v>
       </c>
       <c r="L12" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12">
-        <v>285052879935</v>
+        <v>285139352231</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13">
+        <v>2840060003</v>
+      </c>
+      <c r="D13">
+        <v>586508</v>
+      </c>
+      <c r="E13" t="s">
         <v>73</v>
       </c>
-      <c r="C13">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" t="s">
         <v>74</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13">
+        <v>99</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J13" t="s">
         <v>27</v>
       </c>
       <c r="K13" t="s">
         <v>27</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13">
-        <v>284852455347</v>
+        <v>771872609154</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14">
+        <v>4900059919</v>
+      </c>
+      <c r="D14">
+        <v>586427</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>78</v>
       </c>
       <c r="H14">
-        <v>96.99</v>
+        <v>63</v>
       </c>
       <c r="I14" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="J14" t="s">
         <v>27</v>
       </c>
       <c r="K14" t="s">
         <v>27</v>
       </c>
       <c r="L14" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14">
-        <v>284831987256</v>
+        <v>285025669751</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15">
-        <v>3750058816</v>
+        <v>4300059654</v>
       </c>
       <c r="D15">
-        <v>585996</v>
+        <v>586425</v>
       </c>
       <c r="E15" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="H15">
-        <v>79.99</v>
+        <v>80.99</v>
       </c>
       <c r="I15" t="s">
         <v>82</v>
       </c>
       <c r="J15" t="s">
         <v>27</v>
       </c>
       <c r="K15" t="s">
         <v>27</v>
       </c>
       <c r="L15" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>29</v>
       </c>
       <c r="O15">
-        <v>284782594998</v>
+        <v>771847851299</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16">
-        <v>3070112048</v>
+        <v>1490059643</v>
       </c>
       <c r="D16">
-        <v>585986</v>
+        <v>586370</v>
       </c>
       <c r="E16" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H16">
-        <v>89.99</v>
+        <v>89</v>
       </c>
       <c r="I16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J16" t="s">
         <v>27</v>
       </c>
       <c r="K16" t="s">
         <v>27</v>
       </c>
       <c r="L16" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>29</v>
       </c>
       <c r="O16">
-        <v>284782016268</v>
+        <v>285052879935</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17">
-        <v>4230058309</v>
+        <v>2360059693</v>
       </c>
       <c r="D17">
-        <v>585942</v>
+        <v>586102</v>
       </c>
       <c r="E17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
         <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H17">
-        <v>99</v>
+        <v>63.2</v>
       </c>
       <c r="I17" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="J17" t="s">
         <v>27</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
       <c r="L17" t="s">
         <v>28</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>29</v>
       </c>
       <c r="O17">
-        <v>771666025885</v>
+        <v>284852455347</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18">
-        <v>5930058878</v>
+        <v>1040059217</v>
       </c>
       <c r="D18">
-        <v>585887</v>
+        <v>586078</v>
       </c>
       <c r="E18" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H18">
-        <v>79</v>
+        <v>96.99</v>
       </c>
       <c r="I18" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="J18" t="s">
         <v>27</v>
       </c>
       <c r="K18" t="s">
         <v>27</v>
       </c>
       <c r="L18" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M18" t="s">
         <v>27</v>
       </c>
       <c r="N18" t="s">
         <v>29</v>
       </c>
       <c r="O18">
-        <v>284655554976</v>
+        <v>284831987256</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C19">
-        <v>1070058648</v>
+        <v>3750058816</v>
       </c>
       <c r="D19">
-        <v>585699</v>
+        <v>585996</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H19">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="I19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J19" t="s">
         <v>27</v>
       </c>
       <c r="K19" t="s">
         <v>27</v>
       </c>
       <c r="L19" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>29</v>
       </c>
       <c r="O19">
-        <v>284565987326</v>
+        <v>284782594998</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C20">
-        <v>7480058183</v>
+        <v>3070112048</v>
       </c>
       <c r="D20">
-        <v>585692</v>
+        <v>585986</v>
       </c>
       <c r="E20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H20">
-        <v>87.99</v>
+        <v>89.99</v>
       </c>
       <c r="I20" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="J20" t="s">
         <v>27</v>
       </c>
       <c r="K20" t="s">
         <v>27</v>
       </c>
       <c r="L20" t="s">
         <v>28</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>29</v>
       </c>
       <c r="O20">
-        <v>284553786386</v>
+        <v>284782016268</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21">
-        <v>3730058223</v>
+        <v>4230058309</v>
       </c>
       <c r="D21">
-        <v>585668</v>
+        <v>585942</v>
       </c>
       <c r="E21" t="s">
         <v>100</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
         <v>101</v>
       </c>
       <c r="H21">
-        <v>103.99</v>
+        <v>99</v>
       </c>
       <c r="I21" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="J21" t="s">
         <v>27</v>
       </c>
       <c r="K21" t="s">
         <v>27</v>
       </c>
       <c r="L21" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>29</v>
       </c>
       <c r="O21">
-        <v>284565956990</v>
+        <v>771666025885</v>
       </c>
       <c r="P21" t="s">
         <v>30</v>
       </c>
       <c r="Q21" t="s">
         <v>31</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22">
+        <v>5930058878</v>
+      </c>
+      <c r="D22">
+        <v>585887</v>
+      </c>
+      <c r="E22" t="s">
         <v>103</v>
       </c>
-      <c r="C22">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" t="s">
         <v>104</v>
       </c>
-      <c r="F22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H22">
-        <v>55.2</v>
+        <v>79</v>
       </c>
       <c r="I22" t="s">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="J22" t="s">
         <v>27</v>
       </c>
       <c r="K22" t="s">
         <v>27</v>
       </c>
       <c r="L22" t="s">
         <v>28</v>
       </c>
       <c r="M22" t="s">
         <v>27</v>
       </c>
       <c r="N22" t="s">
         <v>29</v>
       </c>
       <c r="O22">
-        <v>284542792248</v>
+        <v>284655554976</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="Q22" t="s">
         <v>31</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23">
+        <v>1070058648</v>
+      </c>
+      <c r="D23">
+        <v>585699</v>
+      </c>
+      <c r="E23" t="s">
+        <v>106</v>
+      </c>
+      <c r="F23" t="s">
+        <v>24</v>
+      </c>
+      <c r="G23" t="s">
         <v>107</v>
       </c>
-      <c r="C23">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23">
+        <v>119.99</v>
+      </c>
+      <c r="I23" t="s">
         <v>108</v>
       </c>
-      <c r="F23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J23" t="s">
         <v>27</v>
       </c>
       <c r="K23" t="s">
         <v>27</v>
       </c>
       <c r="L23" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>29</v>
       </c>
       <c r="O23">
-        <v>284493263213</v>
+        <v>284565987326</v>
       </c>
       <c r="P23" t="s">
         <v>30</v>
       </c>
       <c r="Q23" t="s">
         <v>31</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24">
+        <v>7480058183</v>
+      </c>
+      <c r="D24">
+        <v>585692</v>
+      </c>
+      <c r="E24" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" t="s">
         <v>110</v>
       </c>
-      <c r="C24">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24">
+        <v>87.99</v>
+      </c>
+      <c r="I24" t="s">
         <v>111</v>
       </c>
-      <c r="F24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J24" t="s">
         <v>27</v>
       </c>
       <c r="K24" t="s">
         <v>27</v>
       </c>
       <c r="L24" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>29</v>
       </c>
       <c r="O24">
-        <v>284482838222</v>
+        <v>284553786386</v>
       </c>
       <c r="P24" t="s">
         <v>30</v>
       </c>
       <c r="Q24" t="s">
         <v>31</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25">
+        <v>3730058223</v>
+      </c>
+      <c r="D25">
+        <v>585668</v>
+      </c>
+      <c r="E25" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" t="s">
         <v>114</v>
       </c>
-      <c r="C25">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25">
+        <v>103.99</v>
+      </c>
+      <c r="I25" t="s">
         <v>115</v>
       </c>
-      <c r="F25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J25" t="s">
         <v>27</v>
       </c>
       <c r="K25" t="s">
         <v>27</v>
       </c>
       <c r="L25" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>29</v>
       </c>
       <c r="O25">
-        <v>771395831023</v>
+        <v>284565956990</v>
       </c>
       <c r="P25" t="s">
         <v>30</v>
       </c>
       <c r="Q25" t="s">
         <v>31</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26">
+        <v>7700058091</v>
+      </c>
+      <c r="D26">
+        <v>585633</v>
+      </c>
+      <c r="E26" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" t="s">
         <v>118</v>
       </c>
-      <c r="C26">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26">
+        <v>55.2</v>
+      </c>
+      <c r="I26" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="J26" t="s">
         <v>27</v>
       </c>
       <c r="K26" t="s">
         <v>27</v>
       </c>
       <c r="L26" t="s">
         <v>28</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>29</v>
       </c>
       <c r="O26">
-        <v>771306085615</v>
+        <v>284542792248</v>
       </c>
       <c r="P26" t="s">
         <v>30</v>
       </c>
       <c r="Q26" t="s">
         <v>31</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27">
+        <v>7830057735</v>
+      </c>
+      <c r="D27">
+        <v>585598</v>
+      </c>
+      <c r="E27" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" t="s">
         <v>122</v>
       </c>
-      <c r="C27">
-[...13 lines deleted...]
-      </c>
       <c r="H27">
-        <v>79.99</v>
+        <v>96.99</v>
       </c>
       <c r="I27" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="J27" t="s">
         <v>27</v>
       </c>
       <c r="K27" t="s">
         <v>27</v>
       </c>
       <c r="L27" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>29</v>
       </c>
       <c r="O27">
-        <v>284122932510</v>
+        <v>284493263213</v>
       </c>
       <c r="P27" t="s">
         <v>30</v>
       </c>
       <c r="Q27" t="s">
         <v>31</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28">
+        <v>6550057768</v>
+      </c>
+      <c r="D28">
+        <v>585564</v>
+      </c>
+      <c r="E28" t="s">
+        <v>124</v>
+      </c>
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28">
+        <v>79.99</v>
+      </c>
+      <c r="I28" t="s">
         <v>126</v>
       </c>
-      <c r="C28">
-[...19 lines deleted...]
-      </c>
       <c r="J28" t="s">
         <v>27</v>
       </c>
       <c r="K28" t="s">
         <v>27</v>
       </c>
       <c r="L28" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M28" t="s">
         <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>29</v>
       </c>
       <c r="O28">
-        <v>771166437912</v>
+        <v>284482838222</v>
       </c>
       <c r="P28" t="s">
         <v>30</v>
       </c>
       <c r="Q28" t="s">
         <v>31</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29">
+        <v>1800126605</v>
+      </c>
+      <c r="D29">
+        <v>585362</v>
+      </c>
+      <c r="E29" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" t="s">
+        <v>24</v>
+      </c>
+      <c r="G29" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29">
+        <v>52.8</v>
+      </c>
+      <c r="I29" t="s">
         <v>130</v>
       </c>
-      <c r="C29">
-[...19 lines deleted...]
-      </c>
       <c r="J29" t="s">
         <v>27</v>
       </c>
       <c r="K29" t="s">
         <v>27</v>
       </c>
       <c r="L29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>29</v>
       </c>
       <c r="O29">
-        <v>283931170255</v>
+        <v>771395831023</v>
       </c>
       <c r="P29" t="s">
         <v>30</v>
       </c>
       <c r="Q29" t="s">
         <v>31</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
+        <v>131</v>
+      </c>
+      <c r="C30">
+        <v>7830056749</v>
+      </c>
+      <c r="D30">
+        <v>585163</v>
+      </c>
+      <c r="E30" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" t="s">
+        <v>24</v>
+      </c>
+      <c r="G30" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30">
+        <v>114.99</v>
+      </c>
+      <c r="I30" t="s">
         <v>134</v>
       </c>
-      <c r="C30">
-[...19 lines deleted...]
-      </c>
       <c r="J30" t="s">
         <v>27</v>
       </c>
       <c r="K30" t="s">
         <v>27</v>
       </c>
       <c r="L30" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>29</v>
       </c>
       <c r="O30">
-        <v>283718377116</v>
+        <v>771306085615</v>
       </c>
       <c r="P30" t="s">
         <v>30</v>
       </c>
       <c r="Q30" t="s">
         <v>31</v>
       </c>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31">
+        <v>7870057239</v>
+      </c>
+      <c r="D31">
+        <v>585147</v>
+      </c>
+      <c r="E31" t="s">
+        <v>136</v>
+      </c>
+      <c r="F31" t="s">
+        <v>24</v>
+      </c>
+      <c r="G31" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>139</v>
       </c>
       <c r="H31">
         <v>79.99</v>
       </c>
       <c r="I31" t="s">
-        <v>82</v>
+        <v>138</v>
       </c>
       <c r="J31" t="s">
         <v>27</v>
       </c>
       <c r="K31" t="s">
         <v>27</v>
       </c>
       <c r="L31" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>29</v>
       </c>
       <c r="O31">
-        <v>283666670601</v>
+        <v>284122932510</v>
       </c>
       <c r="P31" t="s">
         <v>30</v>
       </c>
       <c r="Q31" t="s">
         <v>31</v>
       </c>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
+        <v>139</v>
+      </c>
+      <c r="C32">
+        <v>8180055860</v>
+      </c>
+      <c r="D32">
+        <v>584851</v>
+      </c>
+      <c r="E32" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32">
-        <v>204</v>
+        <v>52.8</v>
       </c>
       <c r="I32" t="s">
         <v>142</v>
       </c>
       <c r="J32" t="s">
         <v>27</v>
       </c>
       <c r="K32" t="s">
         <v>27</v>
       </c>
       <c r="L32" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>29</v>
       </c>
       <c r="O32">
-        <v>283648726311</v>
+        <v>771166437912</v>
       </c>
       <c r="P32" t="s">
         <v>30</v>
       </c>
       <c r="Q32" t="s">
         <v>31</v>
       </c>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
         <v>143</v>
       </c>
       <c r="C33">
-        <v>6030054840</v>
+        <v>8200055799</v>
       </c>
       <c r="D33">
-        <v>584095</v>
+        <v>584771</v>
       </c>
       <c r="E33" t="s">
         <v>144</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
         <v>145</v>
       </c>
       <c r="H33">
-        <v>114.99</v>
+        <v>88.99</v>
       </c>
       <c r="I33" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="J33" t="s">
         <v>27</v>
       </c>
       <c r="K33" t="s">
         <v>27</v>
       </c>
       <c r="L33" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>29</v>
       </c>
       <c r="O33">
-        <v>771043764737</v>
+        <v>283931170255</v>
       </c>
       <c r="P33" t="s">
         <v>30</v>
       </c>
       <c r="Q33" t="s">
         <v>31</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C34">
-        <v>1760064388</v>
+        <v>7060055170</v>
       </c>
       <c r="D34">
-        <v>584025</v>
+        <v>584190</v>
       </c>
       <c r="E34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H34">
-        <v>58.99</v>
+        <v>79.99</v>
       </c>
       <c r="I34" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="J34" t="s">
         <v>27</v>
       </c>
       <c r="K34" t="s">
         <v>27</v>
       </c>
       <c r="L34" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>29</v>
       </c>
       <c r="O34">
-        <v>283590021804</v>
+        <v>283718377116</v>
       </c>
       <c r="P34" t="s">
         <v>30</v>
       </c>
       <c r="Q34" t="s">
         <v>31</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
         <v>150</v>
       </c>
       <c r="C35">
-        <v>4580099240</v>
+        <v>3150054572</v>
       </c>
       <c r="D35">
-        <v>582700</v>
+        <v>584145</v>
       </c>
       <c r="E35" t="s">
         <v>151</v>
       </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
         <v>152</v>
       </c>
       <c r="H35">
-        <v>136</v>
+        <v>79.99</v>
       </c>
       <c r="I35" t="s">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="J35" t="s">
         <v>27</v>
       </c>
       <c r="K35" t="s">
         <v>27</v>
       </c>
       <c r="L35" t="s">
         <v>28</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>29</v>
       </c>
       <c r="O35">
-        <v>282652533108</v>
+        <v>283666670601</v>
       </c>
       <c r="P35" t="s">
         <v>30</v>
       </c>
       <c r="Q35" t="s">
         <v>31</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36">
+        <v>7610054534</v>
+      </c>
+      <c r="D36">
+        <v>584110</v>
+      </c>
+      <c r="E36" t="s">
+        <v>151</v>
+      </c>
+      <c r="F36" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" t="s">
         <v>154</v>
       </c>
-      <c r="C36">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36">
+        <v>204</v>
+      </c>
+      <c r="I36" t="s">
         <v>155</v>
       </c>
-      <c r="F36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J36" t="s">
         <v>27</v>
       </c>
       <c r="K36" t="s">
         <v>27</v>
       </c>
       <c r="L36" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>29</v>
       </c>
       <c r="O36">
-        <v>282582931312</v>
+        <v>283648726311</v>
       </c>
       <c r="P36" t="s">
         <v>30</v>
       </c>
       <c r="Q36" t="s">
         <v>31</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37">
+        <v>6030054840</v>
+      </c>
+      <c r="D37">
+        <v>584095</v>
+      </c>
+      <c r="E37" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" t="s">
         <v>158</v>
       </c>
-      <c r="C37">
-[...13 lines deleted...]
-      </c>
       <c r="H37">
-        <v>58.99</v>
+        <v>114.99</v>
       </c>
       <c r="I37" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="J37" t="s">
         <v>27</v>
       </c>
       <c r="K37" t="s">
         <v>27</v>
       </c>
       <c r="L37" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>29</v>
       </c>
       <c r="O37">
-        <v>282584998289</v>
+        <v>771043764737</v>
       </c>
       <c r="P37" t="s">
         <v>30</v>
       </c>
       <c r="Q37" t="s">
         <v>31</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38">
+        <v>1760064388</v>
+      </c>
+      <c r="D38">
+        <v>584025</v>
+      </c>
+      <c r="E38" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" t="s">
         <v>161</v>
       </c>
       <c r="H38">
-        <v>102.99</v>
+        <v>58.99</v>
       </c>
       <c r="I38" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="J38" t="s">
         <v>27</v>
       </c>
       <c r="K38" t="s">
         <v>27</v>
       </c>
       <c r="L38" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>29</v>
       </c>
       <c r="O38">
-        <v>282608102720</v>
+        <v>283590021804</v>
       </c>
       <c r="P38" t="s">
         <v>30</v>
       </c>
       <c r="Q38" t="s">
         <v>31</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39">
+        <v>4580099240</v>
+      </c>
+      <c r="D39">
+        <v>582700</v>
+      </c>
+      <c r="E39" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
         <v>164</v>
       </c>
       <c r="H39">
-        <v>55.2</v>
+        <v>136</v>
       </c>
       <c r="I39" t="s">
         <v>165</v>
       </c>
       <c r="J39" t="s">
         <v>27</v>
       </c>
       <c r="K39" t="s">
         <v>27</v>
       </c>
       <c r="L39" t="s">
         <v>28</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>29</v>
       </c>
       <c r="O39">
-        <v>282608217379</v>
+        <v>282652533108</v>
       </c>
       <c r="P39" t="s">
         <v>30</v>
       </c>
       <c r="Q39" t="s">
         <v>31</v>
       </c>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
         <v>166</v>
       </c>
       <c r="C40">
-        <v>2560051478</v>
+        <v>6110051792</v>
       </c>
       <c r="D40">
-        <v>582241</v>
+        <v>582445</v>
       </c>
       <c r="E40" t="s">
         <v>167</v>
       </c>
       <c r="F40" t="s">
         <v>24</v>
       </c>
       <c r="G40" t="s">
         <v>168</v>
       </c>
       <c r="H40">
-        <v>66.4</v>
+        <v>79.2</v>
       </c>
       <c r="I40" t="s">
         <v>169</v>
       </c>
       <c r="J40" t="s">
         <v>27</v>
       </c>
       <c r="K40" t="s">
         <v>27</v>
       </c>
       <c r="L40" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>29</v>
       </c>
       <c r="O40">
-        <v>282607640967</v>
+        <v>282582931312</v>
       </c>
       <c r="P40" t="s">
         <v>30</v>
       </c>
       <c r="Q40" t="s">
         <v>31</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
         <v>170</v>
       </c>
       <c r="C41">
-        <v>6190051749</v>
+        <v>4900051913</v>
       </c>
       <c r="D41">
-        <v>582175</v>
+        <v>582411</v>
       </c>
       <c r="E41" t="s">
+        <v>167</v>
+      </c>
+      <c r="F41" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" t="s">
         <v>171</v>
       </c>
-      <c r="F41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H41">
-        <v>79.99</v>
+        <v>58.99</v>
       </c>
       <c r="I41" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="J41" t="s">
         <v>27</v>
       </c>
       <c r="K41" t="s">
         <v>27</v>
       </c>
       <c r="L41" t="s">
         <v>28</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>29</v>
       </c>
       <c r="O41">
-        <v>282476392592</v>
+        <v>282584998289</v>
       </c>
       <c r="P41" t="s">
         <v>30</v>
       </c>
       <c r="Q41" t="s">
         <v>31</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42">
+        <v>1190051636</v>
+      </c>
+      <c r="D42">
+        <v>582361</v>
+      </c>
+      <c r="E42" t="s">
+        <v>167</v>
+      </c>
+      <c r="F42" t="s">
+        <v>24</v>
+      </c>
+      <c r="G42" t="s">
         <v>173</v>
       </c>
-      <c r="C42">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="H42">
+        <v>102.99</v>
+      </c>
+      <c r="I42" t="s">
         <v>174</v>
       </c>
-      <c r="F42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J42" t="s">
         <v>27</v>
       </c>
       <c r="K42" t="s">
         <v>27</v>
       </c>
       <c r="L42" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>29</v>
       </c>
       <c r="O42">
-        <v>282253921670</v>
+        <v>282608102720</v>
       </c>
       <c r="P42" t="s">
         <v>30</v>
       </c>
       <c r="Q42" t="s">
         <v>31</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
+        <v>175</v>
+      </c>
+      <c r="C43">
+        <v>4490051745</v>
+      </c>
+      <c r="D43">
+        <v>582341</v>
+      </c>
+      <c r="E43" t="s">
+        <v>167</v>
+      </c>
+      <c r="F43" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" t="s">
         <v>176</v>
       </c>
-      <c r="C43">
-[...11 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43">
+        <v>55.2</v>
+      </c>
+      <c r="I43" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="J43" t="s">
         <v>27</v>
       </c>
       <c r="K43" t="s">
         <v>27</v>
       </c>
       <c r="L43" t="s">
         <v>28</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>29</v>
       </c>
       <c r="O43">
-        <v>282253862152</v>
+        <v>282608217379</v>
       </c>
       <c r="P43" t="s">
         <v>30</v>
       </c>
       <c r="Q43" t="s">
         <v>31</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
+        <v>178</v>
+      </c>
+      <c r="C44">
+        <v>2560051478</v>
+      </c>
+      <c r="D44">
+        <v>582241</v>
+      </c>
+      <c r="E44" t="s">
         <v>179</v>
       </c>
-      <c r="C44">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" t="s">
         <v>180</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44">
+        <v>66.4</v>
+      </c>
+      <c r="I44" t="s">
         <v>181</v>
       </c>
-      <c r="H44">
-[...4 lines deleted...]
-      </c>
       <c r="J44" t="s">
         <v>27</v>
       </c>
       <c r="K44" t="s">
         <v>27</v>
       </c>
       <c r="L44" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>29</v>
       </c>
       <c r="O44">
-        <v>282266545184</v>
+        <v>282607640967</v>
       </c>
       <c r="P44" t="s">
         <v>30</v>
       </c>
       <c r="Q44" t="s">
         <v>31</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
+        <v>182</v>
+      </c>
+      <c r="C45">
+        <v>6190051749</v>
+      </c>
+      <c r="D45">
+        <v>582175</v>
+      </c>
+      <c r="E45" t="s">
         <v>183</v>
       </c>
-      <c r="C45">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>24</v>
+      </c>
+      <c r="G45" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="H45">
         <v>79.99</v>
       </c>
       <c r="I45" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="J45" t="s">
         <v>27</v>
       </c>
       <c r="K45" t="s">
         <v>27</v>
       </c>
       <c r="L45" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>29</v>
       </c>
       <c r="O45">
-        <v>282065495184</v>
+        <v>282476392592</v>
       </c>
       <c r="P45" t="s">
         <v>30</v>
       </c>
       <c r="Q45" t="s">
         <v>31</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46">
+        <v>2890051372</v>
+      </c>
+      <c r="D46">
+        <v>581408</v>
+      </c>
+      <c r="E46" t="s">
         <v>186</v>
       </c>
-      <c r="C46">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>24</v>
+      </c>
+      <c r="G46" t="s">
         <v>187</v>
       </c>
-      <c r="F46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H46">
-        <v>96.99</v>
+        <v>79.99</v>
       </c>
       <c r="I46" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="J46" t="s">
         <v>27</v>
       </c>
       <c r="K46" t="s">
         <v>27</v>
       </c>
       <c r="L46" t="s">
         <v>28</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>29</v>
       </c>
       <c r="O46">
-        <v>282007659546</v>
+        <v>282253921670</v>
       </c>
       <c r="P46" t="s">
         <v>30</v>
       </c>
       <c r="Q46" t="s">
         <v>31</v>
       </c>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47">
+        <v>1570051619</v>
+      </c>
+      <c r="D47">
+        <v>581378</v>
+      </c>
+      <c r="E47" t="s">
+        <v>186</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" t="s">
         <v>189</v>
       </c>
-      <c r="C47">
-[...11 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47">
+        <v>63.2</v>
+      </c>
+      <c r="I47" t="s">
         <v>190</v>
       </c>
-      <c r="H47">
-[...4 lines deleted...]
-      </c>
       <c r="J47" t="s">
         <v>27</v>
       </c>
       <c r="K47" t="s">
         <v>27</v>
       </c>
       <c r="L47" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>29</v>
       </c>
       <c r="O47">
-        <v>282007625375</v>
+        <v>282253862152</v>
       </c>
       <c r="P47" t="s">
         <v>30</v>
       </c>
       <c r="Q47" t="s">
         <v>31</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
         <v>191</v>
       </c>
       <c r="C48">
-        <v>8920049283</v>
+        <v>7060051014</v>
       </c>
       <c r="D48">
-        <v>581014</v>
+        <v>581246</v>
       </c>
       <c r="E48" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H48">
-        <v>99.99</v>
+        <v>79.2</v>
       </c>
       <c r="I48" t="s">
-        <v>57</v>
+        <v>194</v>
       </c>
       <c r="J48" t="s">
         <v>27</v>
       </c>
       <c r="K48" t="s">
         <v>27</v>
       </c>
       <c r="L48" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>29</v>
       </c>
       <c r="O48">
-        <v>282007166912</v>
+        <v>282266545184</v>
       </c>
       <c r="P48" t="s">
         <v>30</v>
       </c>
       <c r="Q48" t="s">
         <v>31</v>
       </c>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C49">
-        <v>6380048108</v>
+        <v>4060050782</v>
       </c>
       <c r="D49">
-        <v>581012</v>
+        <v>581088</v>
       </c>
       <c r="E49" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="H49">
-        <v>114.99</v>
+        <v>79.99</v>
       </c>
       <c r="I49" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="J49" t="s">
         <v>27</v>
       </c>
       <c r="K49" t="s">
         <v>27</v>
       </c>
       <c r="L49" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>29</v>
       </c>
       <c r="O49">
-        <v>282007266710</v>
+        <v>282065495184</v>
       </c>
       <c r="P49" t="s">
         <v>30</v>
       </c>
       <c r="Q49" t="s">
         <v>31</v>
       </c>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C50">
-        <v>2490046591</v>
+        <v>2600049994</v>
       </c>
       <c r="D50">
-        <v>579382</v>
+        <v>581023</v>
       </c>
       <c r="E50" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F50" t="s">
         <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="H50">
-        <v>58.99</v>
+        <v>96.99</v>
       </c>
       <c r="I50" t="s">
-        <v>149</v>
+        <v>58</v>
       </c>
       <c r="J50" t="s">
         <v>27</v>
       </c>
       <c r="K50" t="s">
         <v>27</v>
       </c>
       <c r="L50" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>29</v>
       </c>
       <c r="O50">
-        <v>281024929445</v>
+        <v>282007659546</v>
       </c>
       <c r="P50" t="s">
         <v>30</v>
       </c>
       <c r="Q50" t="s">
         <v>31</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21">
+      <c r="A51" t="s">
+        <v>21</v>
+      </c>
+      <c r="B51" t="s">
+        <v>201</v>
+      </c>
+      <c r="C51">
+        <v>1130087506</v>
+      </c>
+      <c r="D51">
+        <v>581020</v>
+      </c>
+      <c r="E51" t="s">
+        <v>199</v>
+      </c>
+      <c r="F51" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" t="s">
+        <v>202</v>
+      </c>
+      <c r="H51">
+        <v>109.99</v>
+      </c>
+      <c r="I51" t="s">
+        <v>75</v>
+      </c>
+      <c r="J51" t="s">
+        <v>27</v>
+      </c>
+      <c r="K51" t="s">
+        <v>27</v>
+      </c>
+      <c r="L51" t="s">
+        <v>51</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>29</v>
+      </c>
+      <c r="O51">
+        <v>282007625375</v>
+      </c>
+      <c r="P51" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>31</v>
+      </c>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
+      <c r="U51" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21">
+      <c r="A52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B52" t="s">
+        <v>203</v>
+      </c>
+      <c r="C52">
+        <v>8920049283</v>
+      </c>
+      <c r="D52">
+        <v>581014</v>
+      </c>
+      <c r="E52" t="s">
+        <v>199</v>
+      </c>
+      <c r="F52" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" t="s">
+        <v>204</v>
+      </c>
+      <c r="H52">
+        <v>99.99</v>
+      </c>
+      <c r="I52" t="s">
+        <v>71</v>
+      </c>
+      <c r="J52" t="s">
+        <v>27</v>
+      </c>
+      <c r="K52" t="s">
+        <v>27</v>
+      </c>
+      <c r="L52" t="s">
+        <v>51</v>
+      </c>
+      <c r="M52" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" t="s">
+        <v>29</v>
+      </c>
+      <c r="O52">
+        <v>282007166912</v>
+      </c>
+      <c r="P52" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>31</v>
+      </c>
+      <c r="R52"/>
+      <c r="S52"/>
+      <c r="T52"/>
+      <c r="U52" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53" t="s">
+        <v>21</v>
+      </c>
+      <c r="B53" t="s">
+        <v>205</v>
+      </c>
+      <c r="C53">
+        <v>6380048108</v>
+      </c>
+      <c r="D53">
+        <v>581012</v>
+      </c>
+      <c r="E53" t="s">
+        <v>199</v>
+      </c>
+      <c r="F53" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" t="s">
+        <v>206</v>
+      </c>
+      <c r="H53">
+        <v>114.99</v>
+      </c>
+      <c r="I53" t="s">
+        <v>134</v>
+      </c>
+      <c r="J53" t="s">
+        <v>27</v>
+      </c>
+      <c r="K53" t="s">
+        <v>27</v>
+      </c>
+      <c r="L53" t="s">
+        <v>51</v>
+      </c>
+      <c r="M53" t="s">
+        <v>27</v>
+      </c>
+      <c r="N53" t="s">
+        <v>29</v>
+      </c>
+      <c r="O53">
+        <v>282007266710</v>
+      </c>
+      <c r="P53" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>31</v>
+      </c>
+      <c r="R53"/>
+      <c r="S53"/>
+      <c r="T53"/>
+      <c r="U53" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
+      <c r="A54" t="s">
+        <v>21</v>
+      </c>
+      <c r="B54" t="s">
+        <v>207</v>
+      </c>
+      <c r="C54">
+        <v>4440046818</v>
+      </c>
+      <c r="D54">
+        <v>579661</v>
+      </c>
+      <c r="E54" t="s">
+        <v>208</v>
+      </c>
+      <c r="F54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" t="s">
+        <v>209</v>
+      </c>
+      <c r="H54">
+        <v>88.99</v>
+      </c>
+      <c r="I54" t="s">
+        <v>210</v>
+      </c>
+      <c r="J54" t="s">
+        <v>27</v>
+      </c>
+      <c r="K54" t="s">
+        <v>27</v>
+      </c>
+      <c r="L54" t="s">
+        <v>51</v>
+      </c>
+      <c r="M54" t="s">
+        <v>27</v>
+      </c>
+      <c r="N54" t="s">
+        <v>29</v>
+      </c>
+      <c r="O54">
+        <v>281189407399</v>
+      </c>
+      <c r="P54" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>31</v>
+      </c>
+      <c r="R54"/>
+      <c r="S54"/>
+      <c r="T54"/>
+      <c r="U54" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
+      <c r="A55" t="s">
+        <v>21</v>
+      </c>
+      <c r="B55" t="s">
+        <v>211</v>
+      </c>
+      <c r="C55">
+        <v>2490046591</v>
+      </c>
+      <c r="D55">
+        <v>579382</v>
+      </c>
+      <c r="E55" t="s">
+        <v>212</v>
+      </c>
+      <c r="F55" t="s">
+        <v>24</v>
+      </c>
+      <c r="G55" t="s">
+        <v>213</v>
+      </c>
+      <c r="H55">
+        <v>58.99</v>
+      </c>
+      <c r="I55" t="s">
+        <v>26</v>
+      </c>
+      <c r="J55" t="s">
+        <v>27</v>
+      </c>
+      <c r="K55" t="s">
+        <v>27</v>
+      </c>
+      <c r="L55" t="s">
+        <v>51</v>
+      </c>
+      <c r="M55" t="s">
+        <v>27</v>
+      </c>
+      <c r="N55" t="s">
+        <v>29</v>
+      </c>
+      <c r="O55">
+        <v>281024929445</v>
+      </c>
+      <c r="P55" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>31</v>
+      </c>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
+      <c r="U55" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>