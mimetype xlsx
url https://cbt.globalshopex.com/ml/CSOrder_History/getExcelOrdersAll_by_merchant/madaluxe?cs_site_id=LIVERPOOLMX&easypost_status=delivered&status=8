--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -110,594 +110,441 @@
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/11298542</t>
   </si>
   <si>
     <t>/VSPCD1A21</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>REFUNDED</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
+    <t>2025-03-18 05:16:14</t>
+  </si>
+  <si>
+    <t>0760062861</t>
+  </si>
+  <si>
+    <t>2025-03-18 00:00:00</t>
+  </si>
+  <si>
+    <t>/11295154</t>
+  </si>
+  <si>
+    <t>/VSPOQ1G21</t>
+  </si>
+  <si>
     <t>2025-03-17 08:26:45</t>
   </si>
   <si>
     <t>2025-03-17 00:00:00</t>
   </si>
   <si>
     <t>/11294558</t>
   </si>
   <si>
     <t>/VSP1P1621</t>
   </si>
   <si>
     <t>2025-02-13 12:48:23</t>
   </si>
   <si>
     <t>2025-02-13 00:00:00</t>
   </si>
   <si>
     <t>/11274503</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
     <t>2025-02-13 05:49:40</t>
   </si>
   <si>
     <t>0160060685</t>
   </si>
   <si>
     <t>/11274658</t>
   </si>
   <si>
+    <t>2025-02-12 02:38:43</t>
+  </si>
+  <si>
+    <t>2025-02-12 00:00:00</t>
+  </si>
+  <si>
+    <t>/11274031</t>
+  </si>
+  <si>
+    <t>/VSP1F2221</t>
+  </si>
+  <si>
     <t>2025-02-11 06:38:33</t>
   </si>
   <si>
     <t>2025-02-11 00:00:00</t>
   </si>
   <si>
     <t>/11273545</t>
   </si>
   <si>
     <t>/VSPOY8821</t>
   </si>
   <si>
     <t>2025-02-10 09:15:52</t>
   </si>
   <si>
     <t>2025-02-10 00:00:00</t>
   </si>
   <si>
     <t>/11272905</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
     <t>2025-02-10 05:23:17</t>
   </si>
   <si>
     <t>0460060011</t>
   </si>
   <si>
     <t>/11272621</t>
   </si>
   <si>
     <t>/VSP263321</t>
   </si>
   <si>
     <t>2025-02-10 03:55:08</t>
   </si>
   <si>
     <t>/11272712</t>
   </si>
   <si>
     <t>/VSPLD1321</t>
   </si>
   <si>
-    <t>2025-02-06 10:40:22</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-02-06 04:45:03</t>
   </si>
   <si>
     <t>0710060233</t>
   </si>
   <si>
     <t>2025-02-06 00:00:00</t>
   </si>
   <si>
     <t>/11269843</t>
   </si>
   <si>
     <t>2025-02-05 05:21:08</t>
   </si>
   <si>
     <t>2025-02-05 00:00:00</t>
   </si>
   <si>
     <t>/11269202</t>
   </si>
   <si>
     <t>/VSP1F3121</t>
   </si>
   <si>
     <t>2025-02-03 11:58:58</t>
   </si>
   <si>
     <t>2025-02-04 00:00:00</t>
   </si>
   <si>
     <t>/11268118</t>
   </si>
   <si>
     <t>/VSP640118</t>
   </si>
   <si>
     <t>2025-02-02 02:51:25</t>
   </si>
   <si>
     <t>2025-02-02 00:00:00</t>
   </si>
   <si>
     <t>/11266562</t>
   </si>
   <si>
-    <t>/VSPOQ1G21</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-02 02:18:41</t>
   </si>
   <si>
     <t>/11266527</t>
   </si>
   <si>
     <t>/VSPCD1H21</t>
   </si>
   <si>
     <t>2025-01-31 11:16:15</t>
   </si>
   <si>
     <t>2025-02-01 00:00:00</t>
   </si>
   <si>
     <t>/11265599</t>
   </si>
   <si>
     <t>/VSP1P1821</t>
   </si>
   <si>
     <t>2025-01-28 03:25:50</t>
   </si>
   <si>
     <t>2025-01-28 00:00:00</t>
   </si>
   <si>
     <t>/11263236</t>
   </si>
   <si>
     <t>/VSPOQ1F21</t>
   </si>
   <si>
-    <t>2025-01-28 01:09:59</t>
-[...11 lines deleted...]
-    <t>/11260912</t>
+    <t>2025-01-19 10:52:43</t>
+  </si>
+  <si>
+    <t>2025-01-20 00:00:00</t>
+  </si>
+  <si>
+    <t>/11257685</t>
+  </si>
+  <si>
+    <t>/VSPLP0419</t>
+  </si>
+  <si>
+    <t>2024-12-31 04:57:23</t>
+  </si>
+  <si>
+    <t>2024-12-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11245469</t>
+  </si>
+  <si>
+    <t>/VSPBH1C21</t>
+  </si>
+  <si>
+    <t>2024-12-30 02:51:27</t>
+  </si>
+  <si>
+    <t>0300056298</t>
+  </si>
+  <si>
+    <t>2024-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11244689</t>
+  </si>
+  <si>
+    <t>/VSPOS6121</t>
+  </si>
+  <si>
+    <t>2024-12-30 01:48:45</t>
+  </si>
+  <si>
+    <t>/11244656</t>
+  </si>
+  <si>
+    <t>/VSPOY7021</t>
+  </si>
+  <si>
+    <t>2024-12-28 04:10:09</t>
+  </si>
+  <si>
+    <t>2024-12-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11243821</t>
+  </si>
+  <si>
+    <t>2024-12-27 06:09:44</t>
+  </si>
+  <si>
+    <t>0000055503</t>
+  </si>
+  <si>
+    <t>2024-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11243148</t>
+  </si>
+  <si>
+    <t>/SFYP00722</t>
+  </si>
+  <si>
+    <t>2024-12-23 05:59:01</t>
+  </si>
+  <si>
+    <t>0400054850</t>
+  </si>
+  <si>
+    <t>2024-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>/11241296</t>
+  </si>
+  <si>
+    <t>2024-12-01 07:51:34</t>
+  </si>
+  <si>
+    <t>2024-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11220750</t>
+  </si>
+  <si>
+    <t>/VSPQ15021</t>
+  </si>
+  <si>
+    <t>2024-12-01 04:37:05</t>
+  </si>
+  <si>
+    <t>/11220467</t>
+  </si>
+  <si>
+    <t>2024-11-30 11:18:25</t>
+  </si>
+  <si>
+    <t>/11219597</t>
+  </si>
+  <si>
+    <t>/VSP1R1421</t>
+  </si>
+  <si>
+    <t>2024-11-30 05:12:40</t>
+  </si>
+  <si>
+    <t>2024-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11219413</t>
+  </si>
+  <si>
+    <t>/VSPOY5821</t>
+  </si>
+  <si>
+    <t>2024-11-29 10:42:00</t>
+  </si>
+  <si>
+    <t>2024-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>/11217802</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
-    <t>2025-01-24 10:58:45</t>
-[...62 lines deleted...]
-    <t>/11256186</t>
+    <t>2024-11-10 11:21:17</t>
+  </si>
+  <si>
+    <t>2024-11-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11208478</t>
+  </si>
+  <si>
+    <t>2024-11-09 06:33:45</t>
+  </si>
+  <si>
+    <t>/11208480</t>
+  </si>
+  <si>
+    <t>/VSPOQ2B21</t>
+  </si>
+  <si>
+    <t>2024-10-28 09:21:29</t>
+  </si>
+  <si>
+    <t>2024-10-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11195148</t>
+  </si>
+  <si>
+    <t>/VSPBH8521</t>
+  </si>
+  <si>
+    <t>2024-10-07 09:16:43</t>
+  </si>
+  <si>
+    <t>2024-10-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11182776</t>
+  </si>
+  <si>
+    <t>2024-10-06 04:35:09</t>
+  </si>
+  <si>
+    <t>/11182751</t>
+  </si>
+  <si>
+    <t>/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>2024-10-04 11:22:33</t>
+  </si>
+  <si>
+    <t>2024-10-06 00:00:00</t>
+  </si>
+  <si>
+    <t>/11181931</t>
+  </si>
+  <si>
+    <t>/VSP216621</t>
+  </si>
+  <si>
+    <t>2024-09-24 01:07:41</t>
+  </si>
+  <si>
+    <t>2024-09-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11177157</t>
   </si>
   <si>
     <t>/VSPOY7721</t>
-  </si>
-[...280 lines deleted...]
-    <t>/11193128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1000,51 +847,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U55"/>
+  <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1139,3167 +986,2105 @@
         <v>29</v>
       </c>
       <c r="O2">
         <v>880607888478</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>32</v>
       </c>
-      <c r="C3">
-        <v>1620062938</v>
+      <c r="C3" t="s">
+        <v>33</v>
       </c>
       <c r="D3">
-        <v>588059</v>
+        <v>588088</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>118.99</v>
+        <v>63</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
         <v>27</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3">
-        <v>880607855042</v>
+        <v>286582758293</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C4">
-        <v>6620060499</v>
+        <v>1620062938</v>
       </c>
       <c r="D4">
-        <v>586895</v>
+        <v>588059</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H4">
-        <v>79</v>
+        <v>118.99</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>27</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4">
-        <v>285403546787</v>
+        <v>880607855042</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
         <v>41</v>
       </c>
+      <c r="C5">
+        <v>6620060499</v>
+      </c>
       <c r="D5">
-        <v>586903</v>
+        <v>586895</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>79</v>
       </c>
       <c r="I5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5">
-        <v>285406129186</v>
+        <v>285403546787</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>7710060906</v>
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
       </c>
       <c r="D6">
-        <v>586850</v>
+        <v>586903</v>
       </c>
       <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>79</v>
+      </c>
+      <c r="I6" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
-        <v>285339986194</v>
+        <v>285406129186</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7">
-        <v>5080060581</v>
+        <v>8640060253</v>
       </c>
       <c r="D7">
-        <v>586820</v>
+        <v>586875</v>
       </c>
       <c r="E7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H7">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="I7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
         <v>27</v>
       </c>
       <c r="L7" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7">
-        <v>285341404444</v>
+        <v>285383518108</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8">
+        <v>7710060906</v>
+      </c>
+      <c r="D8">
+        <v>586850</v>
+      </c>
+      <c r="E8" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>54</v>
       </c>
       <c r="H8">
-        <v>89.99</v>
+        <v>55.2</v>
       </c>
       <c r="I8" t="s">
         <v>55</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8">
-        <v>285285774776</v>
+        <v>285339986194</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9">
-        <v>4930060123</v>
+        <v>5080060581</v>
       </c>
       <c r="D9">
-        <v>586807</v>
+        <v>586820</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H9">
-        <v>96.99</v>
+        <v>79</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>27</v>
       </c>
       <c r="L9" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9">
-        <v>771993216627</v>
+        <v>285341404444</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D10">
-        <v>586663</v>
+        <v>586786</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10">
-        <v>103.99</v>
+        <v>89.99</v>
       </c>
       <c r="I10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J10" t="s">
         <v>27</v>
       </c>
       <c r="K10" t="s">
         <v>27</v>
       </c>
       <c r="L10" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10">
-        <v>771992305648</v>
+        <v>285285774776</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>65</v>
       </c>
+      <c r="C11">
+        <v>4930060123</v>
+      </c>
       <c r="D11">
-        <v>586657</v>
+        <v>586807</v>
       </c>
       <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H11">
         <v>96.99</v>
       </c>
       <c r="I11" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="J11" t="s">
         <v>27</v>
       </c>
       <c r="K11" t="s">
         <v>27</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11">
-        <v>285171750769</v>
+        <v>771993216627</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
-      <c r="C12">
-        <v>7950060116</v>
+      <c r="C12" t="s">
+        <v>69</v>
       </c>
       <c r="D12">
-        <v>586618</v>
+        <v>586657</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H12">
-        <v>99.99</v>
+        <v>96.99</v>
       </c>
       <c r="I12" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
         <v>27</v>
       </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12">
-        <v>285139352231</v>
+        <v>285171750769</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13">
-        <v>2840060003</v>
+        <v>7950060116</v>
       </c>
       <c r="D13">
-        <v>586508</v>
+        <v>586618</v>
       </c>
       <c r="E13" t="s">
         <v>73</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
         <v>74</v>
       </c>
       <c r="H13">
-        <v>99</v>
+        <v>99.99</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
       <c r="J13" t="s">
         <v>27</v>
       </c>
       <c r="K13" t="s">
         <v>27</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13">
-        <v>771872609154</v>
+        <v>285139352231</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14">
-        <v>4900059919</v>
+        <v>2840060003</v>
       </c>
       <c r="D14">
-        <v>586427</v>
+        <v>586508</v>
       </c>
       <c r="E14" t="s">
         <v>77</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>78</v>
       </c>
       <c r="H14">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
       <c r="J14" t="s">
         <v>27</v>
       </c>
       <c r="K14" t="s">
         <v>27</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14">
-        <v>285025669751</v>
+        <v>771872609154</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15">
-        <v>4300059654</v>
+        <v>4900059919</v>
       </c>
       <c r="D15">
-        <v>586425</v>
+        <v>586427</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H15">
-        <v>80.99</v>
+        <v>63</v>
       </c>
       <c r="I15" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="J15" t="s">
         <v>27</v>
       </c>
       <c r="K15" t="s">
         <v>27</v>
       </c>
       <c r="L15" t="s">
         <v>28</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>29</v>
       </c>
       <c r="O15">
-        <v>771847851299</v>
+        <v>285025669751</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16">
-        <v>1490059643</v>
+        <v>4300059654</v>
       </c>
       <c r="D16">
-        <v>586370</v>
+        <v>586425</v>
       </c>
       <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
         <v>84</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16">
+        <v>80.99</v>
+      </c>
+      <c r="I16" t="s">
         <v>85</v>
       </c>
-      <c r="H16">
-[...4 lines deleted...]
-      </c>
       <c r="J16" t="s">
         <v>27</v>
       </c>
       <c r="K16" t="s">
         <v>27</v>
       </c>
       <c r="L16" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>29</v>
       </c>
       <c r="O16">
-        <v>285052879935</v>
+        <v>771847851299</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17">
+        <v>1490059643</v>
+      </c>
+      <c r="D17">
+        <v>586370</v>
+      </c>
+      <c r="E17" t="s">
         <v>87</v>
       </c>
-      <c r="C17">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" t="s">
         <v>88</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17">
         <v>89</v>
       </c>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J17" t="s">
         <v>27</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
       <c r="L17" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>29</v>
       </c>
       <c r="O17">
-        <v>284852455347</v>
+        <v>285052879935</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18">
+        <v>2360059693</v>
+      </c>
+      <c r="D18">
+        <v>586102</v>
+      </c>
+      <c r="E18" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>92</v>
       </c>
       <c r="H18">
-        <v>96.99</v>
+        <v>63.2</v>
       </c>
       <c r="I18" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="J18" t="s">
         <v>27</v>
       </c>
       <c r="K18" t="s">
         <v>27</v>
       </c>
       <c r="L18" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M18" t="s">
         <v>27</v>
       </c>
       <c r="N18" t="s">
         <v>29</v>
       </c>
       <c r="O18">
-        <v>284831987256</v>
+        <v>284852455347</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19">
-        <v>3750058816</v>
+        <v>1070058648</v>
       </c>
       <c r="D19">
-        <v>585996</v>
+        <v>585699</v>
       </c>
       <c r="E19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H19">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="I19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J19" t="s">
         <v>27</v>
       </c>
       <c r="K19" t="s">
         <v>27</v>
       </c>
       <c r="L19" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>29</v>
       </c>
       <c r="O19">
-        <v>284782594998</v>
+        <v>284565987326</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20">
-        <v>3070112048</v>
+        <v>8200055799</v>
       </c>
       <c r="D20">
-        <v>585986</v>
+        <v>584771</v>
       </c>
       <c r="E20" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H20">
-        <v>89.99</v>
+        <v>88.99</v>
       </c>
       <c r="I20" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="J20" t="s">
         <v>27</v>
       </c>
       <c r="K20" t="s">
         <v>27</v>
       </c>
       <c r="L20" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>29</v>
       </c>
       <c r="O20">
-        <v>284782016268</v>
+        <v>283931170255</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>4230058309</v>
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
       </c>
       <c r="D21">
-        <v>585942</v>
+        <v>584660</v>
       </c>
       <c r="E21" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H21">
-        <v>99</v>
+        <v>79.99</v>
       </c>
       <c r="I21" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="J21" t="s">
         <v>27</v>
       </c>
       <c r="K21" t="s">
         <v>27</v>
       </c>
       <c r="L21" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>29</v>
       </c>
       <c r="O21">
-        <v>771666025885</v>
+        <v>283832949645</v>
       </c>
       <c r="P21" t="s">
         <v>30</v>
       </c>
       <c r="Q21" t="s">
         <v>31</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C22">
-        <v>5930058878</v>
+        <v>3120085459</v>
       </c>
       <c r="D22">
-        <v>585887</v>
+        <v>584656</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H22">
-        <v>79</v>
+        <v>52.8</v>
       </c>
       <c r="I22" t="s">
-        <v>39</v>
+        <v>109</v>
       </c>
       <c r="J22" t="s">
         <v>27</v>
       </c>
       <c r="K22" t="s">
         <v>27</v>
       </c>
       <c r="L22" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M22" t="s">
         <v>27</v>
       </c>
       <c r="N22" t="s">
         <v>29</v>
       </c>
       <c r="O22">
-        <v>284655554976</v>
+        <v>771111146897</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="Q22" t="s">
         <v>31</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C23">
-        <v>1070058648</v>
+        <v>1540055480</v>
       </c>
       <c r="D23">
-        <v>585699</v>
+        <v>584561</v>
       </c>
       <c r="E23" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H23">
-        <v>119.99</v>
+        <v>89.99</v>
       </c>
       <c r="I23" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="J23" t="s">
         <v>27</v>
       </c>
       <c r="K23" t="s">
         <v>27</v>
       </c>
       <c r="L23" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>29</v>
       </c>
       <c r="O23">
-        <v>284565987326</v>
+        <v>283835293825</v>
       </c>
       <c r="P23" t="s">
         <v>30</v>
       </c>
       <c r="Q23" t="s">
         <v>31</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>7480058183</v>
+        <v>113</v>
+      </c>
+      <c r="C24" t="s">
+        <v>114</v>
       </c>
       <c r="D24">
-        <v>585692</v>
+        <v>584465</v>
       </c>
       <c r="E24" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="F24" t="s">
         <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="H24">
-        <v>87.99</v>
+        <v>199.2</v>
       </c>
       <c r="I24" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="J24" t="s">
         <v>27</v>
       </c>
       <c r="K24" t="s">
         <v>27</v>
       </c>
       <c r="L24" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>29</v>
       </c>
       <c r="O24">
-        <v>284553786386</v>
+        <v>283759126186</v>
       </c>
       <c r="P24" t="s">
         <v>30</v>
       </c>
       <c r="Q24" t="s">
         <v>31</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>3730058223</v>
+        <v>118</v>
+      </c>
+      <c r="C25" t="s">
+        <v>119</v>
       </c>
       <c r="D25">
-        <v>585668</v>
+        <v>584143</v>
       </c>
       <c r="E25" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="F25" t="s">
         <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H25">
-        <v>103.99</v>
+        <v>63</v>
       </c>
       <c r="I25" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="J25" t="s">
         <v>27</v>
       </c>
       <c r="K25" t="s">
         <v>27</v>
       </c>
       <c r="L25" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>29</v>
       </c>
       <c r="O25">
-        <v>284565956990</v>
+        <v>283662083128</v>
       </c>
       <c r="P25" t="s">
         <v>30</v>
       </c>
       <c r="Q25" t="s">
         <v>31</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C26">
-        <v>7700058091</v>
+        <v>6110051792</v>
       </c>
       <c r="D26">
-        <v>585633</v>
+        <v>582445</v>
       </c>
       <c r="E26" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F26" t="s">
         <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H26">
-        <v>55.2</v>
+        <v>79.2</v>
       </c>
       <c r="I26" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="J26" t="s">
         <v>27</v>
       </c>
       <c r="K26" t="s">
         <v>27</v>
       </c>
       <c r="L26" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>29</v>
       </c>
       <c r="O26">
-        <v>284542792248</v>
+        <v>282582931312</v>
       </c>
       <c r="P26" t="s">
         <v>30</v>
       </c>
       <c r="Q26" t="s">
         <v>31</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C27">
-        <v>7830057735</v>
+        <v>4900051913</v>
       </c>
       <c r="D27">
-        <v>585598</v>
+        <v>582411</v>
       </c>
       <c r="E27" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H27">
-        <v>96.99</v>
+        <v>58.99</v>
       </c>
       <c r="I27" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="J27" t="s">
         <v>27</v>
       </c>
       <c r="K27" t="s">
         <v>27</v>
       </c>
       <c r="L27" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>29</v>
       </c>
       <c r="O27">
-        <v>284493263213</v>
+        <v>282584998289</v>
       </c>
       <c r="P27" t="s">
         <v>30</v>
       </c>
       <c r="Q27" t="s">
         <v>31</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
+        <v>128</v>
+      </c>
+      <c r="C28">
+        <v>4490051745</v>
+      </c>
+      <c r="D28">
+        <v>582341</v>
+      </c>
+      <c r="E28" t="s">
         <v>123</v>
       </c>
-      <c r="C28">
-[...7 lines deleted...]
-      </c>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="H28">
-        <v>79.99</v>
+        <v>55.2</v>
       </c>
       <c r="I28" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J28" t="s">
         <v>27</v>
       </c>
       <c r="K28" t="s">
         <v>27</v>
       </c>
       <c r="L28" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M28" t="s">
         <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>29</v>
       </c>
       <c r="O28">
-        <v>284482838222</v>
+        <v>282608217379</v>
       </c>
       <c r="P28" t="s">
         <v>30</v>
       </c>
       <c r="Q28" t="s">
         <v>31</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C29">
-        <v>1800126605</v>
+        <v>2560051478</v>
       </c>
       <c r="D29">
-        <v>585362</v>
+        <v>582241</v>
       </c>
       <c r="E29" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="H29">
-        <v>52.8</v>
+        <v>66.4</v>
       </c>
       <c r="I29" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="J29" t="s">
         <v>27</v>
       </c>
       <c r="K29" t="s">
         <v>27</v>
       </c>
       <c r="L29" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>29</v>
       </c>
       <c r="O29">
-        <v>771395831023</v>
+        <v>282607640967</v>
       </c>
       <c r="P29" t="s">
         <v>30</v>
       </c>
       <c r="Q29" t="s">
         <v>31</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C30">
-        <v>7830056749</v>
+        <v>6190051749</v>
       </c>
       <c r="D30">
-        <v>585163</v>
+        <v>582175</v>
       </c>
       <c r="E30" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F30" t="s">
         <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="H30">
-        <v>114.99</v>
+        <v>79.99</v>
       </c>
       <c r="I30" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="J30" t="s">
         <v>27</v>
       </c>
       <c r="K30" t="s">
         <v>27</v>
       </c>
       <c r="L30" t="s">
         <v>28</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>29</v>
       </c>
       <c r="O30">
-        <v>771306085615</v>
+        <v>282476392592</v>
       </c>
       <c r="P30" t="s">
         <v>30</v>
       </c>
       <c r="Q30" t="s">
         <v>31</v>
       </c>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C31">
-        <v>7870057239</v>
+        <v>2360048234</v>
       </c>
       <c r="D31">
-        <v>585147</v>
+        <v>581010</v>
       </c>
       <c r="E31" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F31" t="s">
         <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H31">
-        <v>79.99</v>
+        <v>109.99</v>
       </c>
       <c r="I31" t="s">
-        <v>138</v>
+        <v>79</v>
       </c>
       <c r="J31" t="s">
         <v>27</v>
       </c>
       <c r="K31" t="s">
         <v>27</v>
       </c>
       <c r="L31" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>29</v>
       </c>
       <c r="O31">
-        <v>284122932510</v>
+        <v>282007361640</v>
       </c>
       <c r="P31" t="s">
         <v>30</v>
       </c>
       <c r="Q31" t="s">
         <v>31</v>
       </c>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C32">
-        <v>8180055860</v>
+        <v>5280047509</v>
       </c>
       <c r="D32">
-        <v>584851</v>
+        <v>581008</v>
       </c>
       <c r="E32" t="s">
         <v>140</v>
       </c>
       <c r="F32" t="s">
         <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H32">
-        <v>52.8</v>
+        <v>63</v>
       </c>
       <c r="I32" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J32" t="s">
         <v>27</v>
       </c>
       <c r="K32" t="s">
         <v>27</v>
       </c>
       <c r="L32" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>29</v>
       </c>
       <c r="O32">
-        <v>771166437912</v>
+        <v>282007500173</v>
       </c>
       <c r="P32" t="s">
         <v>30</v>
       </c>
       <c r="Q32" t="s">
         <v>31</v>
       </c>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C33">
-        <v>8200055799</v>
+        <v>4440046818</v>
       </c>
       <c r="D33">
-        <v>584771</v>
+        <v>579661</v>
       </c>
       <c r="E33" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F33" t="s">
         <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H33">
         <v>88.99</v>
       </c>
       <c r="I33" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J33" t="s">
         <v>27</v>
       </c>
       <c r="K33" t="s">
         <v>27</v>
       </c>
       <c r="L33" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>29</v>
       </c>
       <c r="O33">
-        <v>283931170255</v>
+        <v>281189407399</v>
       </c>
       <c r="P33" t="s">
         <v>30</v>
       </c>
       <c r="Q33" t="s">
         <v>31</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C34">
-        <v>7060055170</v>
+        <v>1940080050</v>
       </c>
       <c r="D34">
-        <v>584190</v>
+        <v>578407</v>
       </c>
       <c r="E34" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H34">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="I34" t="s">
-        <v>138</v>
+        <v>79</v>
       </c>
       <c r="J34" t="s">
         <v>27</v>
       </c>
       <c r="K34" t="s">
         <v>27</v>
       </c>
       <c r="L34" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>29</v>
       </c>
       <c r="O34">
-        <v>283718377116</v>
+        <v>280357985791</v>
       </c>
       <c r="P34" t="s">
         <v>30</v>
       </c>
       <c r="Q34" t="s">
         <v>31</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
+        <v>152</v>
+      </c>
+      <c r="C35">
+        <v>4870045097</v>
+      </c>
+      <c r="D35">
+        <v>578339</v>
+      </c>
+      <c r="E35" t="s">
         <v>150</v>
       </c>
-      <c r="C35">
-[...7 lines deleted...]
-      </c>
       <c r="F35" t="s">
         <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H35">
-        <v>79.99</v>
+        <v>63.2</v>
       </c>
       <c r="I35" t="s">
-        <v>96</v>
+        <v>154</v>
       </c>
       <c r="J35" t="s">
         <v>27</v>
       </c>
       <c r="K35" t="s">
         <v>27</v>
       </c>
       <c r="L35" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>29</v>
       </c>
       <c r="O35">
-        <v>283666670601</v>
+        <v>280345631778</v>
       </c>
       <c r="P35" t="s">
         <v>30</v>
       </c>
       <c r="Q35" t="s">
         <v>31</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C36">
-        <v>7610054534</v>
+        <v>3690044247</v>
       </c>
       <c r="D36">
-        <v>584110</v>
+        <v>578298</v>
       </c>
       <c r="E36" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="H36">
-        <v>204</v>
+        <v>136</v>
       </c>
       <c r="I36" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J36" t="s">
         <v>27</v>
       </c>
       <c r="K36" t="s">
         <v>27</v>
       </c>
       <c r="L36" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>29</v>
       </c>
       <c r="O36">
-        <v>283648726311</v>
+        <v>280342375107</v>
       </c>
       <c r="P36" t="s">
         <v>30</v>
       </c>
       <c r="Q36" t="s">
         <v>31</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C37">
-        <v>6030054840</v>
+        <v>8210043476</v>
       </c>
       <c r="D37">
-        <v>584095</v>
+        <v>577746</v>
       </c>
       <c r="E37" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="H37">
-        <v>114.99</v>
+        <v>55.2</v>
       </c>
       <c r="I37" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="J37" t="s">
         <v>27</v>
       </c>
       <c r="K37" t="s">
         <v>27</v>
       </c>
       <c r="L37" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>29</v>
       </c>
       <c r="O37">
-        <v>771043764737</v>
+        <v>279949494238</v>
       </c>
       <c r="P37" t="s">
         <v>30</v>
       </c>
       <c r="Q37" t="s">
         <v>31</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
-        <v>30</v>
-[...1060 lines deleted...]
-      <c r="U55" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>