--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -80,63 +80,63 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
-    <t>2024-10-28 09:21:29</t>
-[...2 lines deleted...]
-    <t>2024-10-28 00:00:00</t>
+    <t>2024-10-16 01:26:36</t>
+  </si>
+  <si>
+    <t>2024-10-16 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11195148</t>
-[...2 lines deleted...]
-    <t>/VSPBH8521</t>
+    <t>/11188145</t>
+  </si>
+  <si>
+    <t>/VSPCD1H21</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -535,87 +535,87 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>4440046818</v>
+        <v>7570046712</v>
       </c>
       <c r="D2">
-        <v>579661</v>
+        <v>578901</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>88.99</v>
+        <v>80.99</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>27</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2">
-        <v>281189407399</v>
+        <v>280716550720</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>