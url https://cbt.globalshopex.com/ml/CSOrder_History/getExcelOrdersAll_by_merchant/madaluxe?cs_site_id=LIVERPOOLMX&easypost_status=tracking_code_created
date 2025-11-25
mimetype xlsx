--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -488,483 +488,354 @@
   <si>
     <t>2025-04-04 00:00:00</t>
   </si>
   <si>
     <t>/11303696</t>
   </si>
   <si>
     <t>2025-04-02 03:13:57</t>
   </si>
   <si>
     <t>2025-04-02 00:00:00</t>
   </si>
   <si>
     <t>/11302934</t>
   </si>
   <si>
     <t>2025-03-30 03:16:53</t>
   </si>
   <si>
     <t>2025-03-31 00:00:00</t>
   </si>
   <si>
     <t>/11301707</t>
   </si>
   <si>
-    <t>2025-03-27 03:17:33</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-03-24 08:33:11</t>
   </si>
   <si>
     <t>2025-03-24 00:00:00</t>
   </si>
   <si>
     <t>/11298747</t>
   </si>
   <si>
     <t>/VSP1F2821</t>
   </si>
   <si>
-    <t>2025-03-23 12:47:02</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-03-23 11:24:04</t>
   </si>
   <si>
     <t>/11298564</t>
   </si>
   <si>
     <t>/VSP1F3121</t>
   </si>
   <si>
     <t>2025-03-18 05:16:14</t>
   </si>
   <si>
     <t>0760062861</t>
   </si>
   <si>
     <t>2025-03-18 00:00:00</t>
   </si>
   <si>
     <t>/11295154</t>
   </si>
   <si>
-    <t>2025-03-17 08:26:45</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-03-15 04:41:28</t>
   </si>
   <si>
     <t>2025-03-16 00:00:00</t>
   </si>
   <si>
     <t>/11293786</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-04-16 16:52:30</t>
   </si>
   <si>
     <t>2025-03-12 11:37:51</t>
   </si>
   <si>
     <t>0270062515</t>
   </si>
   <si>
     <t>2025-03-14 00:00:00</t>
   </si>
   <si>
     <t>/11292914</t>
   </si>
   <si>
     <t>/VSPOY8421</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
     <t xml:space="preserve">COMENTARIO: "Orden no despachada por Merchant"							</t>
   </si>
   <si>
     <t>2025-03-18 22:10:25</t>
   </si>
   <si>
-    <t>2025-03-11 01:08:12</t>
-[...35 lines deleted...]
-    <t>/11289742</t>
+    <t>2025-03-03 07:16:45</t>
+  </si>
+  <si>
+    <t>0800061379</t>
+  </si>
+  <si>
+    <t>2025-03-03 00:00:00</t>
+  </si>
+  <si>
+    <t>/11286420</t>
+  </si>
+  <si>
+    <t>2025-02-26 12:27:34</t>
+  </si>
+  <si>
+    <t>2025-02-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11282838</t>
+  </si>
+  <si>
+    <t>/VSP1R2821</t>
+  </si>
+  <si>
+    <t>2025-02-12 02:38:43</t>
+  </si>
+  <si>
+    <t>2025-02-12 00:00:00</t>
+  </si>
+  <si>
+    <t>/11274031</t>
+  </si>
+  <si>
+    <t>/VSP1F2221</t>
+  </si>
+  <si>
+    <t>2025-02-11 11:01:19</t>
+  </si>
+  <si>
+    <t>/11273998</t>
+  </si>
+  <si>
+    <t>/VSPBH8321</t>
+  </si>
+  <si>
+    <t>2025-02-05 05:36:30</t>
+  </si>
+  <si>
+    <t>2025-02-05 00:00:00</t>
+  </si>
+  <si>
+    <t>/11269201</t>
+  </si>
+  <si>
+    <t>/VSPVO2121</t>
+  </si>
+  <si>
+    <t>2025-02-04 01:35:55</t>
+  </si>
+  <si>
+    <t>2025-02-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11268117</t>
+  </si>
+  <si>
+    <t>2025-02-01 12:43:40</t>
+  </si>
+  <si>
+    <t>2025-02-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11265677</t>
+  </si>
+  <si>
+    <t>2025-01-25 01:54:57</t>
+  </si>
+  <si>
+    <t>0470058842</t>
+  </si>
+  <si>
+    <t>2025-01-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11260742</t>
+  </si>
+  <si>
+    <t>/VSPOQ2B21/VSPOQ1D21</t>
+  </si>
+  <si>
+    <t>2025-01-16 02:03:15</t>
+  </si>
+  <si>
+    <t>2025-01-16 00:00:00</t>
+  </si>
+  <si>
+    <t>/11255075</t>
+  </si>
+  <si>
+    <t>/VSPLP1421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-01-20 16:36:34</t>
+  </si>
+  <si>
+    <t>2025-01-13 03:45:08</t>
+  </si>
+  <si>
+    <t>2025-01-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11252619</t>
+  </si>
+  <si>
+    <t>/VSPOQ2T21</t>
+  </si>
+  <si>
+    <t>2025-01-11 06:13:24</t>
+  </si>
+  <si>
+    <t>2025-01-11 00:00:00</t>
+  </si>
+  <si>
+    <t>/11251416</t>
+  </si>
+  <si>
+    <t>/VSPOY7721</t>
+  </si>
+  <si>
+    <t>2025-01-10 01:28:35</t>
+  </si>
+  <si>
+    <t>2025-01-10 00:00:00</t>
+  </si>
+  <si>
+    <t>/11250232</t>
+  </si>
+  <si>
+    <t>2025-01-09 08:58:54</t>
+  </si>
+  <si>
+    <t>0010056789</t>
+  </si>
+  <si>
+    <t>2025-01-09 00:00:00</t>
+  </si>
+  <si>
+    <t>/11250081</t>
+  </si>
+  <si>
+    <t>/VSP640118</t>
+  </si>
+  <si>
+    <t>2024-12-30 02:51:27</t>
+  </si>
+  <si>
+    <t>0300056298</t>
+  </si>
+  <si>
+    <t>2024-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11244689</t>
+  </si>
+  <si>
+    <t>2024-12-30 01:48:45</t>
+  </si>
+  <si>
+    <t>/11244656</t>
+  </si>
+  <si>
+    <t>/VSPOY7021</t>
+  </si>
+  <si>
+    <t>2024-12-29 04:47:01</t>
+  </si>
+  <si>
+    <t>2024-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>/11244379</t>
+  </si>
+  <si>
+    <t>2024-12-29 01:22:52</t>
+  </si>
+  <si>
+    <t>/11244105</t>
+  </si>
+  <si>
+    <t>/VSPLD1321</t>
+  </si>
+  <si>
+    <t>2024-12-28 07:19:27</t>
+  </si>
+  <si>
+    <t>2024-12-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11243918</t>
+  </si>
+  <si>
+    <t>/VSPLD1621</t>
+  </si>
+  <si>
+    <t>2024-12-28 04:10:09</t>
+  </si>
+  <si>
+    <t>/11243821</t>
+  </si>
+  <si>
+    <t>2024-12-27 06:09:44</t>
+  </si>
+  <si>
+    <t>0000055503</t>
+  </si>
+  <si>
+    <t>2024-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11243148</t>
   </si>
   <si>
     <t>/SFYP00722</t>
-  </si>
-[...286 lines deleted...]
-    <t>/11243148</t>
   </si>
   <si>
     <t>2024-12-23 05:59:01</t>
   </si>
   <si>
     <t>0400054850</t>
   </si>
   <si>
     <t>2024-12-23 00:00:00</t>
   </si>
   <si>
     <t>/11241296</t>
   </si>
   <si>
     <t>2024-12-16 10:48:45</t>
   </si>
   <si>
     <t>2024-12-17 00:00:00</t>
   </si>
   <si>
     <t>/11236436</t>
   </si>
   <si>
     <t>/VSPLM2521</t>
   </si>
@@ -1630,51 +1501,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U115"/>
+  <dimension ref="A1:U103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3887,4599 +3758,3885 @@
         <v>30</v>
       </c>
       <c r="O38">
         <v>288030957515</v>
       </c>
       <c r="P38" t="s">
         <v>31</v>
       </c>
       <c r="Q38" t="s">
         <v>32</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
-      <c r="C39" t="s">
+      <c r="C39">
+        <v>1230063823</v>
+      </c>
+      <c r="D39">
+        <v>588318</v>
+      </c>
+      <c r="E39" t="s">
         <v>159</v>
       </c>
-      <c r="D39">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>24</v>
+      </c>
+      <c r="G39" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="H39">
         <v>79.99</v>
       </c>
       <c r="I39" t="s">
-        <v>36</v>
+        <v>161</v>
       </c>
       <c r="J39" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="K39" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L39" t="s">
         <v>28</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="N39" t="s">
         <v>30</v>
       </c>
-      <c r="O39">
-[...1 lines deleted...]
-      </c>
+      <c r="O39"/>
       <c r="P39" t="s">
         <v>31</v>
       </c>
       <c r="Q39" t="s">
         <v>32</v>
       </c>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
         <v>162</v>
       </c>
       <c r="C40">
-        <v>1230063823</v>
+        <v>4470063774</v>
       </c>
       <c r="D40">
-        <v>588318</v>
+        <v>588303</v>
       </c>
       <c r="E40" t="s">
+        <v>159</v>
+      </c>
+      <c r="F40" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" t="s">
         <v>163</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40">
+        <v>114.99</v>
+      </c>
+      <c r="I40" t="s">
         <v>164</v>
       </c>
-      <c r="H40">
-[...4 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K40" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L40" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M40" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="N40" t="s">
         <v>30</v>
       </c>
-      <c r="O40"/>
+      <c r="O40">
+        <v>287643379899</v>
+      </c>
       <c r="P40" t="s">
         <v>31</v>
       </c>
       <c r="Q40" t="s">
         <v>32</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
+        <v>165</v>
+      </c>
+      <c r="C41" t="s">
         <v>166</v>
       </c>
-      <c r="C41">
-[...1 lines deleted...]
-      </c>
       <c r="D41">
-        <v>588260</v>
+        <v>588088</v>
       </c>
       <c r="E41" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H41">
-        <v>58.99</v>
+        <v>63</v>
       </c>
       <c r="I41" t="s">
-        <v>148</v>
+        <v>75</v>
       </c>
       <c r="J41" t="s">
         <v>27</v>
       </c>
       <c r="K41" t="s">
         <v>27</v>
       </c>
       <c r="L41" t="s">
         <v>28</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>30</v>
       </c>
       <c r="O41">
-        <v>880607888478</v>
+        <v>286582758293</v>
       </c>
       <c r="P41" t="s">
         <v>31</v>
       </c>
       <c r="Q41" t="s">
         <v>32</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C42">
-        <v>4470063774</v>
+        <v>8680062982</v>
       </c>
       <c r="D42">
-        <v>588303</v>
+        <v>587993</v>
       </c>
       <c r="E42" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="F42" t="s">
         <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H42">
-        <v>114.99</v>
+        <v>79.99</v>
       </c>
       <c r="I42" t="s">
-        <v>170</v>
+        <v>82</v>
       </c>
       <c r="J42" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="K42" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L42" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M42" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="N42" t="s">
         <v>30</v>
       </c>
-      <c r="O42">
-[...1 lines deleted...]
-      </c>
+      <c r="O42"/>
       <c r="P42" t="s">
         <v>31</v>
       </c>
       <c r="Q42" t="s">
         <v>32</v>
       </c>
-      <c r="R42"/>
-[...1 lines deleted...]
-      <c r="T42"/>
+      <c r="R42" t="s">
+        <v>172</v>
+      </c>
+      <c r="S42" t="s">
+        <v>173</v>
+      </c>
+      <c r="T42" t="s">
+        <v>174</v>
+      </c>
       <c r="U42" t="s">
-        <v>31</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D43">
-        <v>588088</v>
+        <v>587898</v>
       </c>
       <c r="E43" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H43">
-        <v>63</v>
+        <v>55.2</v>
       </c>
       <c r="I43" t="s">
-        <v>75</v>
+        <v>180</v>
       </c>
       <c r="J43" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="K43" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L43" t="s">
         <v>28</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="N43" t="s">
         <v>30</v>
       </c>
-      <c r="O43">
-[...1 lines deleted...]
-      </c>
+      <c r="O43"/>
       <c r="P43" t="s">
         <v>31</v>
       </c>
       <c r="Q43" t="s">
         <v>32</v>
       </c>
       <c r="R43"/>
-      <c r="S43"/>
-      <c r="T43"/>
+      <c r="S43" t="s">
+        <v>59</v>
+      </c>
+      <c r="T43" t="s">
+        <v>182</v>
+      </c>
       <c r="U43" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>1620062938</v>
+        <v>184</v>
+      </c>
+      <c r="C44" t="s">
+        <v>185</v>
       </c>
       <c r="D44">
-        <v>588059</v>
+        <v>587578</v>
       </c>
       <c r="E44" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F44" t="s">
         <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="H44">
-        <v>118.99</v>
+        <v>119</v>
       </c>
       <c r="I44" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="J44" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="K44" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="L44" t="s">
         <v>28</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="N44" t="s">
         <v>30</v>
       </c>
-      <c r="O44">
-[...1 lines deleted...]
-      </c>
+      <c r="O44"/>
       <c r="P44" t="s">
         <v>31</v>
       </c>
       <c r="Q44" t="s">
         <v>32</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C45">
-        <v>8680062982</v>
+        <v>2040061753</v>
       </c>
       <c r="D45">
-        <v>587993</v>
+        <v>587376</v>
       </c>
       <c r="E45" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="H45">
-        <v>79.99</v>
+        <v>55.2</v>
       </c>
       <c r="I45" t="s">
-        <v>82</v>
+        <v>191</v>
       </c>
       <c r="J45" t="s">
         <v>52</v>
       </c>
       <c r="K45" t="s">
         <v>52</v>
       </c>
       <c r="L45" t="s">
         <v>28</v>
       </c>
       <c r="M45" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N45" t="s">
         <v>30</v>
       </c>
       <c r="O45"/>
       <c r="P45" t="s">
         <v>31</v>
       </c>
       <c r="Q45" t="s">
         <v>32</v>
       </c>
-      <c r="R45" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R45"/>
+      <c r="S45"/>
+      <c r="T45"/>
       <c r="U45" t="s">
-        <v>184</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>192</v>
+      </c>
+      <c r="C46">
+        <v>8640060253</v>
       </c>
       <c r="D46">
-        <v>587898</v>
+        <v>586875</v>
       </c>
       <c r="E46" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F46" t="s">
         <v>24</v>
       </c>
       <c r="G46" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="H46">
-        <v>55.2</v>
+        <v>153</v>
       </c>
       <c r="I46" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="J46" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K46" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L46" t="s">
         <v>28</v>
       </c>
       <c r="M46" t="s">
-        <v>190</v>
+        <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>30</v>
       </c>
-      <c r="O46"/>
+      <c r="O46">
+        <v>285383518108</v>
+      </c>
       <c r="P46" t="s">
         <v>31</v>
       </c>
       <c r="Q46" t="s">
         <v>32</v>
       </c>
       <c r="R46"/>
-      <c r="S46" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S46"/>
+      <c r="T46"/>
       <c r="U46" t="s">
-        <v>192</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47">
+        <v>4170062785</v>
+      </c>
+      <c r="D47">
+        <v>586858</v>
+      </c>
+      <c r="E47" t="s">
         <v>193</v>
       </c>
-      <c r="C47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>24</v>
       </c>
       <c r="G47" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H47">
-        <v>118.99</v>
+        <v>87.99</v>
       </c>
       <c r="I47" t="s">
-        <v>57</v>
+        <v>198</v>
       </c>
       <c r="J47" t="s">
         <v>52</v>
       </c>
       <c r="K47" t="s">
         <v>52</v>
       </c>
       <c r="L47" t="s">
         <v>28</v>
       </c>
       <c r="M47" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N47" t="s">
         <v>30</v>
       </c>
       <c r="O47"/>
       <c r="P47" t="s">
         <v>31</v>
       </c>
       <c r="Q47" t="s">
         <v>32</v>
       </c>
-      <c r="R47" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R47"/>
+      <c r="S47"/>
+      <c r="T47"/>
       <c r="U47" t="s">
-        <v>197</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C48">
-        <v>2730062074</v>
+        <v>8200059949</v>
       </c>
       <c r="D48">
-        <v>587786</v>
+        <v>586619</v>
       </c>
       <c r="E48" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H48">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="I48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J48" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K48" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L48" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M48" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>30</v>
       </c>
-      <c r="O48"/>
+      <c r="O48">
+        <v>285139464065</v>
+      </c>
       <c r="P48" t="s">
         <v>31</v>
       </c>
       <c r="Q48" t="s">
         <v>32</v>
       </c>
-      <c r="R48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R48"/>
+      <c r="S48"/>
+      <c r="T48"/>
       <c r="U48" t="s">
-        <v>202</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
         <v>203</v>
       </c>
       <c r="C49">
-        <v>5920062222</v>
+        <v>4200060319</v>
       </c>
       <c r="D49">
-        <v>587764</v>
+        <v>586513</v>
       </c>
       <c r="E49" t="s">
         <v>204</v>
       </c>
       <c r="F49" t="s">
         <v>24</v>
       </c>
       <c r="G49" t="s">
         <v>205</v>
       </c>
       <c r="H49">
-        <v>199.2</v>
+        <v>79.99</v>
       </c>
       <c r="I49" t="s">
-        <v>206</v>
+        <v>64</v>
       </c>
       <c r="J49" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K49" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L49" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M49" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>30</v>
       </c>
-      <c r="O49"/>
+      <c r="O49">
+        <v>285072514048</v>
+      </c>
       <c r="P49" t="s">
         <v>31</v>
       </c>
       <c r="Q49" t="s">
         <v>32</v>
       </c>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
+        <v>206</v>
+      </c>
+      <c r="C50">
+        <v>2530060434</v>
+      </c>
+      <c r="D50">
+        <v>586376</v>
+      </c>
+      <c r="E50" t="s">
         <v>207</v>
       </c>
-      <c r="C50">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>24</v>
+      </c>
+      <c r="G50" t="s">
         <v>208</v>
       </c>
-      <c r="F50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H50">
-        <v>118.99</v>
+        <v>87.99</v>
       </c>
       <c r="I50" t="s">
-        <v>57</v>
+        <v>198</v>
       </c>
       <c r="J50" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K50" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L50" t="s">
         <v>28</v>
       </c>
       <c r="M50" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>30</v>
       </c>
-      <c r="O50"/>
+      <c r="O50">
+        <v>771847713825</v>
+      </c>
       <c r="P50" t="s">
         <v>31</v>
       </c>
       <c r="Q50" t="s">
         <v>32</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
+        <v>209</v>
+      </c>
+      <c r="C51" t="s">
         <v>210</v>
       </c>
-      <c r="C51">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>587618</v>
+        <v>585991</v>
       </c>
       <c r="E51" t="s">
         <v>211</v>
       </c>
       <c r="F51" t="s">
         <v>24</v>
       </c>
       <c r="G51" t="s">
         <v>212</v>
       </c>
       <c r="H51">
-        <v>125.99</v>
+        <v>126.2</v>
       </c>
       <c r="I51" t="s">
         <v>213</v>
       </c>
       <c r="J51" t="s">
         <v>27</v>
       </c>
       <c r="K51" t="s">
         <v>27</v>
       </c>
       <c r="L51" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M51" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N51" t="s">
         <v>30</v>
       </c>
       <c r="O51">
-        <v>286098653879</v>
+        <v>284781824721</v>
       </c>
       <c r="P51" t="s">
         <v>31</v>
       </c>
       <c r="Q51" t="s">
         <v>32</v>
       </c>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
         <v>214</v>
       </c>
-      <c r="C52" t="s">
+      <c r="C52">
+        <v>6890057919</v>
+      </c>
+      <c r="D52">
+        <v>585574</v>
+      </c>
+      <c r="E52" t="s">
         <v>215</v>
       </c>
-      <c r="D52">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" t="s">
         <v>216</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52">
+        <v>114.99</v>
+      </c>
+      <c r="I52" t="s">
         <v>217</v>
       </c>
-      <c r="H52">
-[...4 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K52" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L52" t="s">
         <v>28</v>
       </c>
       <c r="M52" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="N52" t="s">
         <v>30</v>
       </c>
-      <c r="O52"/>
+      <c r="O52">
+        <v>771515693480</v>
+      </c>
       <c r="P52" t="s">
         <v>31</v>
       </c>
       <c r="Q52" t="s">
         <v>32</v>
       </c>
-      <c r="R52"/>
-[...1 lines deleted...]
-      <c r="T52"/>
+      <c r="R52" t="s">
+        <v>172</v>
+      </c>
+      <c r="S52" t="s">
+        <v>59</v>
+      </c>
+      <c r="T52" t="s">
+        <v>218</v>
+      </c>
       <c r="U52" t="s">
-        <v>31</v>
+        <v>219</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C53">
-        <v>2100061552</v>
+        <v>5170057611</v>
       </c>
       <c r="D53">
-        <v>587377</v>
+        <v>585395</v>
       </c>
       <c r="E53" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F53" t="s">
         <v>24</v>
       </c>
       <c r="G53" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H53">
-        <v>115.19</v>
+        <v>63.2</v>
       </c>
       <c r="I53" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J53" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K53" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L53" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M53" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>30</v>
       </c>
-      <c r="O53"/>
+      <c r="O53">
+        <v>284301023541</v>
+      </c>
       <c r="P53" t="s">
         <v>31</v>
       </c>
       <c r="Q53" t="s">
         <v>32</v>
       </c>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C54">
-        <v>2040061753</v>
+        <v>4510057550</v>
       </c>
       <c r="D54">
-        <v>587376</v>
+        <v>585350</v>
       </c>
       <c r="E54" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H54">
         <v>55.2</v>
       </c>
       <c r="I54" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J54" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K54" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L54" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M54" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>30</v>
       </c>
-      <c r="O54"/>
+      <c r="O54">
+        <v>771431668612</v>
+      </c>
       <c r="P54" t="s">
         <v>31</v>
       </c>
       <c r="Q54" t="s">
         <v>32</v>
       </c>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C55">
-        <v>4610063356</v>
+        <v>5300057409</v>
       </c>
       <c r="D55">
-        <v>587150</v>
+        <v>585280</v>
       </c>
       <c r="E55" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="H55">
-        <v>55.2</v>
+        <v>79.99</v>
       </c>
       <c r="I55" t="s">
-        <v>228</v>
+        <v>36</v>
       </c>
       <c r="J55" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K55" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L55" t="s">
         <v>28</v>
       </c>
       <c r="M55" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>30</v>
       </c>
-      <c r="O55"/>
+      <c r="O55">
+        <v>771431846510</v>
+      </c>
       <c r="P55" t="s">
         <v>31</v>
       </c>
       <c r="Q55" t="s">
         <v>32</v>
       </c>
-      <c r="R55" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
       <c r="U55" t="s">
-        <v>229</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>8640060253</v>
+        <v>231</v>
+      </c>
+      <c r="C56" t="s">
+        <v>232</v>
       </c>
       <c r="D56">
-        <v>586875</v>
+        <v>585271</v>
       </c>
       <c r="E56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H56">
-        <v>153</v>
+        <v>109.99</v>
       </c>
       <c r="I56" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J56" t="s">
         <v>27</v>
       </c>
       <c r="K56" t="s">
         <v>27</v>
       </c>
       <c r="L56" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>30</v>
       </c>
       <c r="O56">
-        <v>285383518108</v>
+        <v>771431712689</v>
       </c>
       <c r="P56" t="s">
         <v>31</v>
       </c>
       <c r="Q56" t="s">
         <v>32</v>
       </c>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>4170062785</v>
+        <v>236</v>
+      </c>
+      <c r="C57" t="s">
+        <v>237</v>
       </c>
       <c r="D57">
-        <v>586858</v>
+        <v>584660</v>
       </c>
       <c r="E57" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="H57">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="I57" t="s">
-        <v>236</v>
+        <v>64</v>
       </c>
       <c r="J57" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K57" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L57" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M57" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>30</v>
       </c>
-      <c r="O57"/>
+      <c r="O57">
+        <v>283832949645</v>
+      </c>
       <c r="P57" t="s">
         <v>31</v>
       </c>
       <c r="Q57" t="s">
         <v>32</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="C58" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58">
+        <v>3120085459</v>
+      </c>
+      <c r="D58">
+        <v>584656</v>
+      </c>
+      <c r="E58" t="s">
         <v>238</v>
       </c>
-      <c r="D58">
-[...4 lines deleted...]
-      </c>
       <c r="F58" t="s">
         <v>24</v>
       </c>
       <c r="G58" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H58">
-        <v>89.99</v>
+        <v>52.8</v>
       </c>
       <c r="I58" t="s">
-        <v>92</v>
+        <v>242</v>
       </c>
       <c r="J58" t="s">
         <v>27</v>
       </c>
       <c r="K58" t="s">
         <v>27</v>
       </c>
       <c r="L58" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>30</v>
       </c>
       <c r="O58">
-        <v>285285774776</v>
+        <v>771111146897</v>
       </c>
       <c r="P58" t="s">
         <v>31</v>
       </c>
       <c r="Q58" t="s">
         <v>32</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C59">
-        <v>4930060123</v>
+        <v>7140055861</v>
       </c>
       <c r="D59">
-        <v>586807</v>
+        <v>584614</v>
       </c>
       <c r="E59" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F59" t="s">
         <v>24</v>
       </c>
       <c r="G59" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H59">
-        <v>96.99</v>
+        <v>79.99</v>
       </c>
       <c r="I59" t="s">
-        <v>243</v>
+        <v>64</v>
       </c>
       <c r="J59" t="s">
         <v>27</v>
       </c>
       <c r="K59" t="s">
         <v>27</v>
       </c>
       <c r="L59" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>30</v>
       </c>
       <c r="O59">
-        <v>771993216627</v>
+        <v>283837203083</v>
       </c>
       <c r="P59" t="s">
         <v>31</v>
       </c>
       <c r="Q59" t="s">
         <v>32</v>
       </c>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60">
+        <v>7920055572</v>
+      </c>
+      <c r="D60">
+        <v>584583</v>
+      </c>
+      <c r="E60" t="s">
         <v>244</v>
       </c>
-      <c r="C60">
-[...7 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>24</v>
       </c>
       <c r="G60" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H60">
-        <v>89</v>
+        <v>96.99</v>
       </c>
       <c r="I60" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J60" t="s">
         <v>27</v>
       </c>
       <c r="K60" t="s">
         <v>27</v>
       </c>
       <c r="L60" t="s">
         <v>115</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>30</v>
       </c>
       <c r="O60">
-        <v>285139464065</v>
+        <v>283834862837</v>
       </c>
       <c r="P60" t="s">
         <v>31</v>
       </c>
       <c r="Q60" t="s">
         <v>32</v>
       </c>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C61">
-        <v>4200060319</v>
+        <v>1030116891</v>
       </c>
       <c r="D61">
-        <v>586513</v>
+        <v>584565</v>
       </c>
       <c r="E61" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H61">
-        <v>79.99</v>
+        <v>103.99</v>
       </c>
       <c r="I61" t="s">
-        <v>64</v>
+        <v>252</v>
       </c>
       <c r="J61" t="s">
         <v>27</v>
       </c>
       <c r="K61" t="s">
         <v>27</v>
       </c>
       <c r="L61" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>30</v>
       </c>
       <c r="O61">
-        <v>285072514048</v>
+        <v>283834819778</v>
       </c>
       <c r="P61" t="s">
         <v>31</v>
       </c>
       <c r="Q61" t="s">
         <v>32</v>
       </c>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C62">
-        <v>2530060434</v>
+        <v>1540055480</v>
       </c>
       <c r="D62">
-        <v>586376</v>
+        <v>584561</v>
       </c>
       <c r="E62" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F62" t="s">
         <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H62">
-        <v>87.99</v>
+        <v>89.99</v>
       </c>
       <c r="I62" t="s">
-        <v>236</v>
+        <v>92</v>
       </c>
       <c r="J62" t="s">
         <v>27</v>
       </c>
       <c r="K62" t="s">
         <v>27</v>
       </c>
       <c r="L62" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M62" t="s">
         <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>30</v>
       </c>
       <c r="O62">
-        <v>771847713825</v>
+        <v>283835293825</v>
       </c>
       <c r="P62" t="s">
         <v>31</v>
       </c>
       <c r="Q62" t="s">
         <v>32</v>
       </c>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D63">
-        <v>585991</v>
+        <v>584465</v>
       </c>
       <c r="E63" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F63" t="s">
         <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H63">
-        <v>126.2</v>
+        <v>199.2</v>
       </c>
       <c r="I63" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J63" t="s">
         <v>27</v>
       </c>
       <c r="K63" t="s">
         <v>27</v>
       </c>
       <c r="L63" t="s">
         <v>115</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>30</v>
       </c>
       <c r="O63">
-        <v>284781824721</v>
+        <v>283759126186</v>
       </c>
       <c r="P63" t="s">
         <v>31</v>
       </c>
       <c r="Q63" t="s">
         <v>32</v>
       </c>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>6890057919</v>
+        <v>260</v>
+      </c>
+      <c r="C64" t="s">
+        <v>261</v>
       </c>
       <c r="D64">
-        <v>585574</v>
+        <v>584143</v>
       </c>
       <c r="E64" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F64" t="s">
         <v>24</v>
       </c>
       <c r="G64" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H64">
-        <v>114.99</v>
+        <v>63</v>
       </c>
       <c r="I64" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="J64" t="s">
         <v>27</v>
       </c>
       <c r="K64" t="s">
         <v>27</v>
       </c>
       <c r="L64" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M64" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>30</v>
       </c>
       <c r="O64">
-        <v>771515693480</v>
+        <v>283662083128</v>
       </c>
       <c r="P64" t="s">
         <v>31</v>
       </c>
       <c r="Q64" t="s">
         <v>32</v>
       </c>
-      <c r="R64" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
       <c r="U64" t="s">
-        <v>264</v>
+        <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
+        <v>264</v>
+      </c>
+      <c r="C65">
+        <v>2950054472</v>
+      </c>
+      <c r="D65">
+        <v>583766</v>
+      </c>
+      <c r="E65" t="s">
         <v>265</v>
       </c>
-      <c r="C65">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" t="s">
         <v>266</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65">
+        <v>79.2</v>
+      </c>
+      <c r="I65" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J65" t="s">
         <v>27</v>
       </c>
       <c r="K65" t="s">
         <v>27</v>
       </c>
       <c r="L65" t="s">
         <v>115</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>30</v>
       </c>
       <c r="O65">
-        <v>284301023541</v>
+        <v>283429382993</v>
       </c>
       <c r="P65" t="s">
         <v>31</v>
       </c>
       <c r="Q65" t="s">
         <v>32</v>
       </c>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
+        <v>268</v>
+      </c>
+      <c r="C66">
+        <v>3360054250</v>
+      </c>
+      <c r="D66">
+        <v>583716</v>
+      </c>
+      <c r="E66" t="s">
         <v>269</v>
       </c>
-      <c r="C66">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>24</v>
+      </c>
+      <c r="G66" t="s">
         <v>270</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66">
+        <v>80.99</v>
+      </c>
+      <c r="I66" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="J66" t="s">
         <v>27</v>
       </c>
       <c r="K66" t="s">
         <v>27</v>
       </c>
       <c r="L66" t="s">
         <v>115</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>30</v>
       </c>
       <c r="O66">
-        <v>771431668612</v>
+        <v>283331427143</v>
       </c>
       <c r="P66" t="s">
         <v>31</v>
       </c>
       <c r="Q66" t="s">
         <v>32</v>
       </c>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67">
+        <v>2700054807</v>
+      </c>
+      <c r="D67">
+        <v>583699</v>
+      </c>
+      <c r="E67" t="s">
+        <v>269</v>
+      </c>
+      <c r="F67" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" t="s">
         <v>273</v>
       </c>
-      <c r="C67">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="H67">
+        <v>63.2</v>
+      </c>
+      <c r="I67" t="s">
         <v>274</v>
       </c>
-      <c r="F67" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J67" t="s">
         <v>27</v>
       </c>
       <c r="K67" t="s">
         <v>27</v>
       </c>
       <c r="L67" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>30</v>
       </c>
       <c r="O67">
-        <v>771431846510</v>
+        <v>283335693579</v>
       </c>
       <c r="P67" t="s">
         <v>31</v>
       </c>
       <c r="Q67" t="s">
         <v>32</v>
       </c>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68">
+        <v>6410054677</v>
+      </c>
+      <c r="D68">
+        <v>583611</v>
+      </c>
+      <c r="E68" t="s">
         <v>276</v>
       </c>
-      <c r="C68" t="s">
+      <c r="F68" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68" t="s">
         <v>277</v>
       </c>
-      <c r="D68">
-[...2 lines deleted...]
-      <c r="E68" t="s">
+      <c r="H68">
+        <v>138</v>
+      </c>
+      <c r="I68" t="s">
         <v>278</v>
       </c>
-      <c r="F68" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J68" t="s">
         <v>27</v>
       </c>
       <c r="K68" t="s">
         <v>27</v>
       </c>
       <c r="L68" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>30</v>
       </c>
       <c r="O68">
-        <v>771431712689</v>
+        <v>283336429939</v>
       </c>
       <c r="P68" t="s">
         <v>31</v>
       </c>
       <c r="Q68" t="s">
         <v>32</v>
       </c>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
+        <v>279</v>
+      </c>
+      <c r="C69">
+        <v>8290054493</v>
+      </c>
+      <c r="D69">
+        <v>583565</v>
+      </c>
+      <c r="E69" t="s">
+        <v>280</v>
+      </c>
+      <c r="F69" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" t="s">
         <v>281</v>
       </c>
-      <c r="C69" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H69">
-        <v>79.99</v>
+        <v>87.99</v>
       </c>
       <c r="I69" t="s">
-        <v>64</v>
+        <v>198</v>
       </c>
       <c r="J69" t="s">
         <v>27</v>
       </c>
       <c r="K69" t="s">
         <v>27</v>
       </c>
       <c r="L69" t="s">
         <v>115</v>
       </c>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>30</v>
       </c>
       <c r="O69">
-        <v>283832949645</v>
+        <v>283332367357</v>
       </c>
       <c r="P69" t="s">
         <v>31</v>
       </c>
       <c r="Q69" t="s">
         <v>32</v>
       </c>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C70">
-        <v>3120085459</v>
+        <v>5010054569</v>
       </c>
       <c r="D70">
-        <v>584656</v>
+        <v>583423</v>
       </c>
       <c r="E70" t="s">
         <v>283</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="H70">
-        <v>52.8</v>
+        <v>66.4</v>
       </c>
       <c r="I70" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J70" t="s">
         <v>27</v>
       </c>
       <c r="K70" t="s">
         <v>27</v>
       </c>
       <c r="L70" t="s">
         <v>115</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>30</v>
       </c>
       <c r="O70">
-        <v>771111146897</v>
+        <v>283174021093</v>
       </c>
       <c r="P70" t="s">
         <v>31</v>
       </c>
       <c r="Q70" t="s">
         <v>32</v>
       </c>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
+        <v>286</v>
+      </c>
+      <c r="C71">
+        <v>2420054298</v>
+      </c>
+      <c r="D71">
+        <v>583258</v>
+      </c>
+      <c r="E71" t="s">
+        <v>287</v>
+      </c>
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" t="s">
         <v>288</v>
       </c>
-      <c r="C71">
-[...13 lines deleted...]
-      </c>
       <c r="H71">
-        <v>79.99</v>
+        <v>102.99</v>
       </c>
       <c r="I71" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="J71" t="s">
         <v>27</v>
       </c>
       <c r="K71" t="s">
         <v>27</v>
       </c>
       <c r="L71" t="s">
         <v>115</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>30</v>
       </c>
       <c r="O71">
-        <v>283837203083</v>
+        <v>283037163073</v>
       </c>
       <c r="P71" t="s">
         <v>31</v>
       </c>
       <c r="Q71" t="s">
         <v>32</v>
       </c>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
+        <v>289</v>
+      </c>
+      <c r="C72">
+        <v>1590053622</v>
+      </c>
+      <c r="D72">
+        <v>583153</v>
+      </c>
+      <c r="E72" t="s">
+        <v>290</v>
+      </c>
+      <c r="F72" t="s">
+        <v>24</v>
+      </c>
+      <c r="G72" t="s">
         <v>291</v>
       </c>
-      <c r="C72">
-[...11 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72">
+        <v>85.99</v>
+      </c>
+      <c r="I72" t="s">
         <v>292</v>
       </c>
-      <c r="H72">
-[...4 lines deleted...]
-      </c>
       <c r="J72" t="s">
         <v>27</v>
       </c>
       <c r="K72" t="s">
         <v>27</v>
       </c>
       <c r="L72" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>30</v>
       </c>
       <c r="O72">
-        <v>283834862837</v>
+        <v>282999185534</v>
       </c>
       <c r="P72" t="s">
         <v>31</v>
       </c>
       <c r="Q72" t="s">
         <v>32</v>
       </c>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
         <v>293</v>
       </c>
       <c r="C73">
-        <v>1030116891</v>
+        <v>8000053403</v>
       </c>
       <c r="D73">
-        <v>584565</v>
+        <v>583151</v>
       </c>
       <c r="E73" t="s">
+        <v>290</v>
+      </c>
+      <c r="F73" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" t="s">
         <v>294</v>
       </c>
-      <c r="F73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H73">
-        <v>103.99</v>
+        <v>79.99</v>
       </c>
       <c r="I73" t="s">
-        <v>296</v>
+        <v>64</v>
       </c>
       <c r="J73" t="s">
         <v>27</v>
       </c>
       <c r="K73" t="s">
         <v>27</v>
       </c>
       <c r="L73" t="s">
         <v>28</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>30</v>
       </c>
       <c r="O73">
-        <v>283834819778</v>
+        <v>282999791124</v>
       </c>
       <c r="P73" t="s">
         <v>31</v>
       </c>
       <c r="Q73" t="s">
         <v>32</v>
       </c>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C74">
-        <v>1540055480</v>
+        <v>2090053970</v>
       </c>
       <c r="D74">
-        <v>584561</v>
+        <v>583150</v>
       </c>
       <c r="E74" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F74" t="s">
         <v>24</v>
       </c>
       <c r="G74" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="H74">
-        <v>89.99</v>
+        <v>120.99</v>
       </c>
       <c r="I74" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="J74" t="s">
         <v>27</v>
       </c>
       <c r="K74" t="s">
         <v>27</v>
       </c>
       <c r="L74" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M74" t="s">
         <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>30</v>
       </c>
       <c r="O74">
-        <v>283835293825</v>
+        <v>282999427985</v>
       </c>
       <c r="P74" t="s">
         <v>31</v>
       </c>
       <c r="Q74" t="s">
         <v>32</v>
       </c>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
+        <v>297</v>
+      </c>
+      <c r="C75">
+        <v>7290052967</v>
+      </c>
+      <c r="D75">
+        <v>583066</v>
+      </c>
+      <c r="E75" t="s">
+        <v>298</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" t="s">
         <v>299</v>
       </c>
-      <c r="C75" t="s">
+      <c r="H75">
+        <v>79.2</v>
+      </c>
+      <c r="I75" t="s">
         <v>300</v>
       </c>
-      <c r="D75">
-[...16 lines deleted...]
-      </c>
       <c r="J75" t="s">
         <v>27</v>
       </c>
       <c r="K75" t="s">
         <v>27</v>
       </c>
       <c r="L75" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>30</v>
       </c>
       <c r="O75">
-        <v>283759126186</v>
+        <v>282979883296</v>
       </c>
       <c r="P75" t="s">
         <v>31</v>
       </c>
       <c r="Q75" t="s">
         <v>32</v>
       </c>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
+        <v>301</v>
+      </c>
+      <c r="C76">
+        <v>1790052842</v>
+      </c>
+      <c r="D76">
+        <v>582968</v>
+      </c>
+      <c r="E76" t="s">
+        <v>302</v>
+      </c>
+      <c r="F76" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" t="s">
         <v>303</v>
       </c>
-      <c r="C76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H76">
-        <v>63</v>
+        <v>144</v>
       </c>
       <c r="I76" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="J76" t="s">
         <v>27</v>
       </c>
       <c r="K76" t="s">
         <v>27</v>
       </c>
       <c r="L76" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M76" t="s">
         <v>27</v>
       </c>
       <c r="N76" t="s">
         <v>30</v>
       </c>
       <c r="O76">
-        <v>283662083128</v>
+        <v>282885593876</v>
       </c>
       <c r="P76" t="s">
         <v>31</v>
       </c>
       <c r="Q76" t="s">
         <v>32</v>
       </c>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C77">
-        <v>2950054472</v>
+        <v>1020114892</v>
       </c>
       <c r="D77">
-        <v>583766</v>
+        <v>582963</v>
       </c>
       <c r="E77" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="F77" t="s">
         <v>24</v>
       </c>
       <c r="G77" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="H77">
-        <v>79.2</v>
+        <v>120.99</v>
       </c>
       <c r="I77" t="s">
-        <v>310</v>
+        <v>126</v>
       </c>
       <c r="J77" t="s">
         <v>27</v>
       </c>
       <c r="K77" t="s">
         <v>27</v>
       </c>
       <c r="L77" t="s">
         <v>115</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>30</v>
       </c>
       <c r="O77">
-        <v>283429382993</v>
+        <v>282881075341</v>
       </c>
       <c r="P77" t="s">
         <v>31</v>
       </c>
       <c r="Q77" t="s">
         <v>32</v>
       </c>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C78">
-        <v>3360054250</v>
+        <v>3540056332</v>
       </c>
       <c r="D78">
-        <v>583716</v>
+        <v>582962</v>
       </c>
       <c r="E78" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="F78" t="s">
         <v>24</v>
       </c>
       <c r="G78" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="H78">
-        <v>80.99</v>
+        <v>57.6</v>
       </c>
       <c r="I78" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="J78" t="s">
         <v>27</v>
       </c>
       <c r="K78" t="s">
         <v>27</v>
       </c>
       <c r="L78" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M78" t="s">
         <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>30</v>
       </c>
       <c r="O78">
-        <v>283331427143</v>
+        <v>282881294228</v>
       </c>
       <c r="P78" t="s">
         <v>31</v>
       </c>
       <c r="Q78" t="s">
         <v>32</v>
       </c>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="C79">
-        <v>2700054807</v>
+        <v>2320052421</v>
       </c>
       <c r="D79">
-        <v>583699</v>
+        <v>582954</v>
       </c>
       <c r="E79" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="F79" t="s">
         <v>24</v>
       </c>
       <c r="G79" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="H79">
-        <v>63.2</v>
+        <v>103.99</v>
       </c>
       <c r="I79" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="J79" t="s">
         <v>27</v>
       </c>
       <c r="K79" t="s">
         <v>27</v>
       </c>
       <c r="L79" t="s">
         <v>115</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>30</v>
       </c>
       <c r="O79">
-        <v>283335693579</v>
+        <v>282877205234</v>
       </c>
       <c r="P79" t="s">
         <v>31</v>
       </c>
       <c r="Q79" t="s">
         <v>32</v>
       </c>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C80">
-        <v>6410054677</v>
+        <v>4190052611</v>
       </c>
       <c r="D80">
-        <v>583611</v>
+        <v>582947</v>
       </c>
       <c r="E80" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
       <c r="F80" t="s">
         <v>24</v>
       </c>
       <c r="G80" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="H80">
-        <v>138</v>
+        <v>102.99</v>
       </c>
       <c r="I80" t="s">
-        <v>321</v>
+        <v>123</v>
       </c>
       <c r="J80" t="s">
         <v>27</v>
       </c>
       <c r="K80" t="s">
         <v>27</v>
       </c>
       <c r="L80" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>30</v>
       </c>
       <c r="O80">
-        <v>283336429939</v>
+        <v>282866759962</v>
       </c>
       <c r="P80" t="s">
         <v>31</v>
       </c>
       <c r="Q80" t="s">
         <v>32</v>
       </c>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="C81">
-        <v>8290054493</v>
+        <v>2930052223</v>
       </c>
       <c r="D81">
-        <v>583565</v>
+        <v>582666</v>
       </c>
       <c r="E81" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="F81" t="s">
         <v>24</v>
       </c>
       <c r="G81" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="H81">
-        <v>87.99</v>
+        <v>126</v>
       </c>
       <c r="I81" t="s">
-        <v>236</v>
+        <v>75</v>
       </c>
       <c r="J81" t="s">
         <v>27</v>
       </c>
       <c r="K81" t="s">
         <v>27</v>
       </c>
       <c r="L81" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>30</v>
       </c>
       <c r="O81">
-        <v>283332367357</v>
+        <v>282655519033</v>
       </c>
       <c r="P81" t="s">
         <v>31</v>
       </c>
       <c r="Q81" t="s">
         <v>32</v>
       </c>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="C82">
-        <v>5010054569</v>
+        <v>4480052112</v>
       </c>
       <c r="D82">
-        <v>583423</v>
+        <v>582618</v>
       </c>
       <c r="E82" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="F82" t="s">
         <v>24</v>
       </c>
       <c r="G82" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="H82">
-        <v>66.4</v>
+        <v>79.2</v>
       </c>
       <c r="I82" t="s">
-        <v>328</v>
+        <v>300</v>
       </c>
       <c r="J82" t="s">
         <v>27</v>
       </c>
       <c r="K82" t="s">
         <v>27</v>
       </c>
       <c r="L82" t="s">
         <v>115</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>30</v>
       </c>
       <c r="O82">
-        <v>283174021093</v>
+        <v>282613690978</v>
       </c>
       <c r="P82" t="s">
         <v>31</v>
       </c>
       <c r="Q82" t="s">
         <v>32</v>
       </c>
       <c r="R82"/>
       <c r="S82"/>
       <c r="T82"/>
       <c r="U82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="C83">
-        <v>2420054298</v>
+        <v>5280051787</v>
       </c>
       <c r="D83">
-        <v>583258</v>
+        <v>582552</v>
       </c>
       <c r="E83" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="F83" t="s">
         <v>24</v>
       </c>
       <c r="G83" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="H83">
-        <v>102.99</v>
+        <v>103.99</v>
       </c>
       <c r="I83" t="s">
-        <v>123</v>
+        <v>252</v>
       </c>
       <c r="J83" t="s">
         <v>27</v>
       </c>
       <c r="K83" t="s">
         <v>27</v>
       </c>
       <c r="L83" t="s">
         <v>115</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>30</v>
       </c>
       <c r="O83">
-        <v>283037163073</v>
+        <v>282609713053</v>
       </c>
       <c r="P83" t="s">
         <v>31</v>
       </c>
       <c r="Q83" t="s">
         <v>32</v>
       </c>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="C84">
-        <v>1590053622</v>
+        <v>6470051484</v>
       </c>
       <c r="D84">
-        <v>583153</v>
+        <v>581523</v>
       </c>
       <c r="E84" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="F84" t="s">
         <v>24</v>
       </c>
       <c r="G84" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="H84">
-        <v>85.99</v>
+        <v>79.2</v>
       </c>
       <c r="I84" t="s">
-        <v>335</v>
+        <v>300</v>
       </c>
       <c r="J84" t="s">
         <v>27</v>
       </c>
       <c r="K84" t="s">
         <v>27</v>
       </c>
       <c r="L84" t="s">
         <v>28</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N84" t="s">
         <v>30</v>
       </c>
       <c r="O84">
-        <v>282999185534</v>
+        <v>282316752249</v>
       </c>
       <c r="P84" t="s">
         <v>31</v>
       </c>
       <c r="Q84" t="s">
         <v>32</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="C85">
-        <v>8000053403</v>
+        <v>8920050145</v>
       </c>
       <c r="D85">
-        <v>583151</v>
+        <v>581021</v>
       </c>
       <c r="E85" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="F85" t="s">
         <v>24</v>
       </c>
       <c r="G85" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="H85">
-        <v>79.99</v>
+        <v>63</v>
       </c>
       <c r="I85" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="J85" t="s">
         <v>27</v>
       </c>
       <c r="K85" t="s">
         <v>27</v>
       </c>
       <c r="L85" t="s">
         <v>28</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>30</v>
       </c>
       <c r="O85">
-        <v>282999791124</v>
+        <v>282007912720</v>
       </c>
       <c r="P85" t="s">
         <v>31</v>
       </c>
       <c r="Q85" t="s">
         <v>32</v>
       </c>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="C86">
-        <v>2090053970</v>
+        <v>3040081556</v>
       </c>
       <c r="D86">
-        <v>583150</v>
+        <v>581019</v>
       </c>
       <c r="E86" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="F86" t="s">
         <v>24</v>
       </c>
       <c r="G86" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="H86">
-        <v>120.99</v>
+        <v>79.99</v>
       </c>
       <c r="I86" t="s">
-        <v>126</v>
+        <v>82</v>
       </c>
       <c r="J86" t="s">
         <v>27</v>
       </c>
       <c r="K86" t="s">
         <v>27</v>
       </c>
       <c r="L86" t="s">
         <v>28</v>
       </c>
       <c r="M86" t="s">
         <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>30</v>
       </c>
       <c r="O86">
-        <v>282999427985</v>
+        <v>282007587793</v>
       </c>
       <c r="P86" t="s">
         <v>31</v>
       </c>
       <c r="Q86" t="s">
         <v>32</v>
       </c>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="C87">
-        <v>7290052967</v>
+        <v>7350048995</v>
       </c>
       <c r="D87">
-        <v>583066</v>
+        <v>581017</v>
       </c>
       <c r="E87" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="F87" t="s">
         <v>24</v>
       </c>
       <c r="G87" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="H87">
-        <v>79.2</v>
+        <v>63</v>
       </c>
       <c r="I87" t="s">
-        <v>343</v>
+        <v>75</v>
       </c>
       <c r="J87" t="s">
         <v>27</v>
       </c>
       <c r="K87" t="s">
         <v>27</v>
       </c>
       <c r="L87" t="s">
         <v>28</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>30</v>
       </c>
       <c r="O87">
-        <v>282979883296</v>
+        <v>282008034689</v>
       </c>
       <c r="P87" t="s">
         <v>31</v>
       </c>
       <c r="Q87" t="s">
         <v>32</v>
       </c>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="C88">
-        <v>1790052842</v>
+        <v>6670049414</v>
       </c>
       <c r="D88">
-        <v>582968</v>
+        <v>581016</v>
       </c>
       <c r="E88" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="F88" t="s">
         <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="H88">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="I88" t="s">
-        <v>40</v>
+        <v>333</v>
       </c>
       <c r="J88" t="s">
         <v>27</v>
       </c>
       <c r="K88" t="s">
         <v>27</v>
       </c>
       <c r="L88" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>30</v>
       </c>
       <c r="O88">
-        <v>282885593876</v>
+        <v>282008068941</v>
       </c>
       <c r="P88" t="s">
         <v>31</v>
       </c>
       <c r="Q88" t="s">
         <v>32</v>
       </c>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="C89">
-        <v>1020114892</v>
+        <v>8190049345</v>
       </c>
       <c r="D89">
-        <v>582963</v>
+        <v>581018</v>
       </c>
       <c r="E89" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="F89" t="s">
         <v>24</v>
       </c>
       <c r="G89" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="H89">
-        <v>120.99</v>
+        <v>79.99</v>
       </c>
       <c r="I89" t="s">
-        <v>126</v>
+        <v>82</v>
       </c>
       <c r="J89" t="s">
         <v>27</v>
       </c>
       <c r="K89" t="s">
         <v>27</v>
       </c>
       <c r="L89" t="s">
         <v>115</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>30</v>
       </c>
       <c r="O89">
-        <v>282881075341</v>
+        <v>282007541060</v>
       </c>
       <c r="P89" t="s">
         <v>31</v>
       </c>
       <c r="Q89" t="s">
         <v>32</v>
       </c>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="C90">
-        <v>3540056332</v>
+        <v>2800048756</v>
       </c>
       <c r="D90">
-        <v>582962</v>
+        <v>581011</v>
       </c>
       <c r="E90" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="F90" t="s">
         <v>24</v>
       </c>
       <c r="G90" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="H90">
-        <v>57.6</v>
+        <v>119.99</v>
       </c>
       <c r="I90" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="J90" t="s">
         <v>27</v>
       </c>
       <c r="K90" t="s">
         <v>27</v>
       </c>
       <c r="L90" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>30</v>
       </c>
       <c r="O90">
-        <v>282881294228</v>
+        <v>282007325675</v>
       </c>
       <c r="P90" t="s">
         <v>31</v>
       </c>
       <c r="Q90" t="s">
         <v>32</v>
       </c>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="C91">
-        <v>2320052421</v>
+        <v>2360048234</v>
       </c>
       <c r="D91">
-        <v>582954</v>
+        <v>581010</v>
       </c>
       <c r="E91" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="H91">
-        <v>103.99</v>
+        <v>109.99</v>
       </c>
       <c r="I91" t="s">
-        <v>296</v>
+        <v>235</v>
       </c>
       <c r="J91" t="s">
         <v>27</v>
       </c>
       <c r="K91" t="s">
         <v>27</v>
       </c>
       <c r="L91" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M91" t="s">
         <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>30</v>
       </c>
       <c r="O91">
-        <v>282877205234</v>
+        <v>282007361640</v>
       </c>
       <c r="P91" t="s">
         <v>31</v>
       </c>
       <c r="Q91" t="s">
         <v>32</v>
       </c>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="C92">
-        <v>4190052611</v>
+        <v>7190047727</v>
       </c>
       <c r="D92">
-        <v>582947</v>
+        <v>581009</v>
       </c>
       <c r="E92" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="F92" t="s">
         <v>24</v>
       </c>
       <c r="G92" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="H92">
-        <v>102.99</v>
+        <v>63.2</v>
       </c>
       <c r="I92" t="s">
-        <v>123</v>
+        <v>343</v>
       </c>
       <c r="J92" t="s">
         <v>27</v>
       </c>
       <c r="K92" t="s">
         <v>27</v>
       </c>
       <c r="L92" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>30</v>
       </c>
       <c r="O92">
-        <v>282866759962</v>
+        <v>282007455475</v>
       </c>
       <c r="P92" t="s">
         <v>31</v>
       </c>
       <c r="Q92" t="s">
         <v>32</v>
       </c>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>356</v>
+        <v>344</v>
       </c>
       <c r="C93">
-        <v>2930052223</v>
+        <v>5280047509</v>
       </c>
       <c r="D93">
-        <v>582666</v>
+        <v>581008</v>
       </c>
       <c r="E93" t="s">
-        <v>357</v>
+        <v>325</v>
       </c>
       <c r="F93" t="s">
         <v>24</v>
       </c>
       <c r="G93" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="H93">
-        <v>126</v>
+        <v>63</v>
       </c>
       <c r="I93" t="s">
-        <v>75</v>
+        <v>346</v>
       </c>
       <c r="J93" t="s">
         <v>27</v>
       </c>
       <c r="K93" t="s">
         <v>27</v>
       </c>
       <c r="L93" t="s">
         <v>28</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>30</v>
       </c>
       <c r="O93">
-        <v>282655519033</v>
+        <v>282007500173</v>
       </c>
       <c r="P93" t="s">
         <v>31</v>
       </c>
       <c r="Q93" t="s">
         <v>32</v>
       </c>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="C94">
-        <v>4480052112</v>
+        <v>4710056268</v>
       </c>
       <c r="D94">
-        <v>582618</v>
+        <v>579263</v>
       </c>
       <c r="E94" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="F94" t="s">
         <v>24</v>
       </c>
       <c r="G94" t="s">
-        <v>361</v>
+        <v>349</v>
       </c>
       <c r="H94">
-        <v>79.2</v>
+        <v>82.99</v>
       </c>
       <c r="I94" t="s">
-        <v>343</v>
+        <v>36</v>
       </c>
       <c r="J94" t="s">
         <v>27</v>
       </c>
       <c r="K94" t="s">
         <v>27</v>
       </c>
       <c r="L94" t="s">
         <v>115</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>30</v>
       </c>
       <c r="O94">
-        <v>282613690978</v>
+        <v>280929212040</v>
       </c>
       <c r="P94" t="s">
         <v>31</v>
       </c>
       <c r="Q94" t="s">
         <v>32</v>
       </c>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="C95">
-        <v>5280051787</v>
+        <v>7570046712</v>
       </c>
       <c r="D95">
-        <v>582552</v>
+        <v>578901</v>
       </c>
       <c r="E95" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="F95" t="s">
         <v>24</v>
       </c>
       <c r="G95" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="H95">
-        <v>103.99</v>
+        <v>80.99</v>
       </c>
       <c r="I95" t="s">
-        <v>296</v>
+        <v>271</v>
       </c>
       <c r="J95" t="s">
         <v>27</v>
       </c>
       <c r="K95" t="s">
         <v>27</v>
       </c>
       <c r="L95" t="s">
         <v>115</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>30</v>
       </c>
       <c r="O95">
-        <v>282609713053</v>
+        <v>280716550720</v>
       </c>
       <c r="P95" t="s">
         <v>31</v>
       </c>
       <c r="Q95" t="s">
         <v>32</v>
       </c>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="C96">
-        <v>6470051484</v>
+        <v>2550046091</v>
       </c>
       <c r="D96">
-        <v>581523</v>
+        <v>578823</v>
       </c>
       <c r="E96" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="F96" t="s">
         <v>24</v>
       </c>
       <c r="G96" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="H96">
-        <v>79.2</v>
+        <v>95.99</v>
       </c>
       <c r="I96" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="J96" t="s">
         <v>27</v>
       </c>
       <c r="K96" t="s">
         <v>27</v>
       </c>
       <c r="L96" t="s">
         <v>28</v>
       </c>
       <c r="M96" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>30</v>
       </c>
       <c r="O96">
-        <v>282316752249</v>
+        <v>280668368000</v>
       </c>
       <c r="P96" t="s">
         <v>31</v>
       </c>
       <c r="Q96" t="s">
         <v>32</v>
       </c>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="C97">
-        <v>8920050145</v>
+        <v>1940080050</v>
       </c>
       <c r="D97">
-        <v>581021</v>
+        <v>578407</v>
       </c>
       <c r="E97" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="F97" t="s">
         <v>24</v>
       </c>
       <c r="G97" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="H97">
-        <v>63</v>
+        <v>119.99</v>
       </c>
       <c r="I97" t="s">
-        <v>75</v>
+        <v>235</v>
       </c>
       <c r="J97" t="s">
         <v>27</v>
       </c>
       <c r="K97" t="s">
         <v>27</v>
       </c>
       <c r="L97" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>30</v>
       </c>
       <c r="O97">
-        <v>282007912720</v>
+        <v>280357985791</v>
       </c>
       <c r="P97" t="s">
         <v>31</v>
       </c>
       <c r="Q97" t="s">
         <v>32</v>
       </c>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="C98">
-        <v>3040081556</v>
+        <v>4870045097</v>
       </c>
       <c r="D98">
-        <v>581019</v>
+        <v>578339</v>
       </c>
       <c r="E98" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="F98" t="s">
         <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="H98">
-        <v>79.99</v>
+        <v>63.2</v>
       </c>
       <c r="I98" t="s">
-        <v>82</v>
+        <v>362</v>
       </c>
       <c r="J98" t="s">
         <v>27</v>
       </c>
       <c r="K98" t="s">
         <v>27</v>
       </c>
       <c r="L98" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>30</v>
       </c>
       <c r="O98">
-        <v>282007587793</v>
+        <v>280345631778</v>
       </c>
       <c r="P98" t="s">
         <v>31</v>
       </c>
       <c r="Q98" t="s">
         <v>32</v>
       </c>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="C99">
-        <v>7350048995</v>
+        <v>7220044730</v>
       </c>
       <c r="D99">
-        <v>581017</v>
+        <v>578336</v>
       </c>
       <c r="E99" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="F99" t="s">
         <v>24</v>
       </c>
       <c r="G99" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="H99">
-        <v>63</v>
+        <v>154</v>
       </c>
       <c r="I99" t="s">
-        <v>75</v>
+        <v>365</v>
       </c>
       <c r="J99" t="s">
         <v>27</v>
       </c>
       <c r="K99" t="s">
         <v>27</v>
       </c>
       <c r="L99" t="s">
         <v>28</v>
       </c>
       <c r="M99" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="N99" t="s">
         <v>30</v>
       </c>
       <c r="O99">
-        <v>282008034689</v>
+        <v>280344065019</v>
       </c>
       <c r="P99" t="s">
         <v>31</v>
       </c>
       <c r="Q99" t="s">
         <v>32</v>
       </c>
-      <c r="R99"/>
-[...1 lines deleted...]
-      <c r="T99"/>
+      <c r="R99" t="s">
+        <v>172</v>
+      </c>
+      <c r="S99" t="s">
+        <v>59</v>
+      </c>
+      <c r="T99" t="s">
+        <v>366</v>
+      </c>
       <c r="U99" t="s">
-        <v>31</v>
+        <v>367</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C100">
-        <v>6670049414</v>
+        <v>3690044247</v>
       </c>
       <c r="D100">
-        <v>581016</v>
+        <v>578298</v>
       </c>
       <c r="E100" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F100" t="s">
         <v>24</v>
       </c>
       <c r="G100" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="H100">
         <v>136</v>
       </c>
       <c r="I100" t="s">
-        <v>376</v>
+        <v>333</v>
       </c>
       <c r="J100" t="s">
         <v>27</v>
       </c>
       <c r="K100" t="s">
         <v>27</v>
       </c>
       <c r="L100" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>30</v>
       </c>
       <c r="O100">
-        <v>282008068941</v>
+        <v>280342375107</v>
       </c>
       <c r="P100" t="s">
         <v>31</v>
       </c>
       <c r="Q100" t="s">
         <v>32</v>
       </c>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="C101">
-        <v>8190049345</v>
+        <v>3940043808</v>
       </c>
       <c r="D101">
-        <v>581018</v>
+        <v>577843</v>
       </c>
       <c r="E101" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F101" t="s">
         <v>24</v>
       </c>
       <c r="G101" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="H101">
-        <v>79.99</v>
+        <v>135.99</v>
       </c>
       <c r="I101" t="s">
-        <v>82</v>
+        <v>374</v>
       </c>
       <c r="J101" t="s">
         <v>27</v>
       </c>
       <c r="K101" t="s">
         <v>27</v>
       </c>
       <c r="L101" t="s">
         <v>115</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>30</v>
       </c>
       <c r="O101">
-        <v>282007541060</v>
+        <v>280008930939</v>
       </c>
       <c r="P101" t="s">
         <v>31</v>
       </c>
       <c r="Q101" t="s">
         <v>32</v>
       </c>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C102">
-        <v>2800048756</v>
+        <v>2050043889</v>
       </c>
       <c r="D102">
-        <v>581011</v>
+        <v>577842</v>
       </c>
       <c r="E102" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F102" t="s">
         <v>24</v>
       </c>
       <c r="G102" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="H102">
-        <v>119.99</v>
+        <v>68.99</v>
       </c>
       <c r="I102" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="J102" t="s">
         <v>27</v>
       </c>
       <c r="K102" t="s">
         <v>27</v>
       </c>
       <c r="L102" t="s">
         <v>115</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>30</v>
       </c>
       <c r="O102">
-        <v>282007325675</v>
+        <v>280008871292</v>
       </c>
       <c r="P102" t="s">
         <v>31</v>
       </c>
       <c r="Q102" t="s">
         <v>32</v>
       </c>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C103">
-        <v>2360048234</v>
+        <v>8210043476</v>
       </c>
       <c r="D103">
-        <v>581010</v>
+        <v>577746</v>
       </c>
       <c r="E103" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="F103" t="s">
         <v>24</v>
       </c>
       <c r="G103" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="H103">
-        <v>109.99</v>
+        <v>55.2</v>
       </c>
       <c r="I103" t="s">
-        <v>280</v>
+        <v>227</v>
       </c>
       <c r="J103" t="s">
         <v>27</v>
       </c>
       <c r="K103" t="s">
         <v>27</v>
       </c>
       <c r="L103" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>30</v>
       </c>
       <c r="O103">
-        <v>282007361640</v>
+        <v>279949494238</v>
       </c>
       <c r="P103" t="s">
         <v>31</v>
       </c>
       <c r="Q103" t="s">
         <v>32</v>
       </c>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103" t="s">
-        <v>31</v>
-[...712 lines deleted...]
-      <c r="U115" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>