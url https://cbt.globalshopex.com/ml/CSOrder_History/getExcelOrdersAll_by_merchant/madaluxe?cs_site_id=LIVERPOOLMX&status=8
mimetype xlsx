--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -1733,54 +1733,54 @@
   <si>
     <t>2024-07-15 00:00:00</t>
   </si>
   <si>
     <t>/11138918</t>
   </si>
   <si>
     <t>/VSPLM2921</t>
   </si>
   <si>
     <t>2024-07-12 05:38:28</t>
   </si>
   <si>
     <t>3070091306-A</t>
   </si>
   <si>
     <t>/11138919</t>
   </si>
   <si>
     <t>2024-07-12 05:31:11</t>
   </si>
   <si>
     <t>3070091305-A</t>
   </si>
   <si>
-    <t>/11138920</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPOQ8621</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
   <si>
     <t>2024-07-12 03:27:38</t>
   </si>
   <si>
     <t>6230038692-A</t>
   </si>
   <si>
     <t>/11138921</t>
   </si>
   <si>
     <t>2024-07-10 11:47:07</t>
   </si>
   <si>
     <t>2640038521-A</t>
   </si>
   <si>
     <t>2024-07-11 00:00:00</t>
   </si>
   <si>
     <t>/11137184</t>
   </si>
   <si>
     <t>2024-07-07 05:51:02</t>
   </si>
@@ -12231,87 +12231,85 @@
       </c>
       <c r="Q164" t="s">
         <v>32</v>
       </c>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
         <v>21</v>
       </c>
       <c r="B165" t="s">
         <v>571</v>
       </c>
       <c r="C165" t="s">
         <v>572</v>
       </c>
       <c r="D165">
         <v>573483</v>
       </c>
       <c r="E165" t="s">
-        <v>565</v>
+        <v>31</v>
       </c>
       <c r="F165" t="s">
         <v>25</v>
       </c>
-      <c r="G165" t="s">
+      <c r="G165"/>
+      <c r="H165">
+        <v>0</v>
+      </c>
+      <c r="I165" t="s">
         <v>573</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
       <c r="J165" t="s">
         <v>28</v>
       </c>
       <c r="K165" t="s">
         <v>28</v>
       </c>
       <c r="L165" t="s">
         <v>445</v>
       </c>
       <c r="M165" t="s">
         <v>28</v>
       </c>
       <c r="N165" t="s">
         <v>30</v>
       </c>
       <c r="O165">
         <v>277113090111</v>
       </c>
       <c r="P165" t="s">
         <v>31</v>
       </c>
       <c r="Q165" t="s">
-        <v>32</v>
+        <v>574</v>
       </c>
       <c r="R165" t="s">
         <v>28</v>
       </c>
       <c r="S165"/>
       <c r="T165"/>
       <c r="U165" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
         <v>21</v>
       </c>
       <c r="B166" t="s">
         <v>575</v>
       </c>
       <c r="C166" t="s">
         <v>576</v>
       </c>
       <c r="D166">
         <v>573482</v>
       </c>
       <c r="E166" t="s">
         <v>565</v>