--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,114 +80,132 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-07-30 23:05:31</t>
+  </si>
+  <si>
+    <t>23786751501-A</t>
+  </si>
+  <si>
+    <t>2025-07-31 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11362141</t>
+  </si>
+  <si>
+    <t>/VSP470821</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
+  </si>
+  <si>
+    <t>2025-08-18 17:53:59</t>
+  </si>
+  <si>
     <t>2024-12-26 19:16:44</t>
   </si>
   <si>
     <t>23218504401-A</t>
   </si>
   <si>
     <t>2024-12-26 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11242773</t>
   </si>
   <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
   </si>
   <si>
     <t>2025-01-13 20:01:01</t>
   </si>
   <si>
     <t>2024-12-22 20:52:02</t>
   </si>
   <si>
     <t>23211312301-A</t>
   </si>
   <si>
     <t>2024-12-22 00:00:00</t>
   </si>
   <si>
     <t>/11240836</t>
   </si>
   <si>
     <t>/VSPLL2621</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
   </si>
   <si>
     <t>2025-01-21 18:23:15</t>
   </si>
   <si>
     <t>2024-05-13 23:39:39</t>
   </si>
   <si>
     <t>22437790301-A</t>
   </si>
   <si>
     <t>2024-05-14 00:00:00</t>
   </si>
   <si>
     <t>/11108399</t>
   </si>
   <si>
     <t>/VSPVP1021</t>
   </si>
   <si>
     <t xml:space="preserve">							COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"</t>
   </si>
   <si>
     <t>2024-06-17 18:30:43</t>
   </si>
@@ -719,51 +737,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U14"/>
+  <dimension ref="A1:U15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -803,882 +821,947 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>584430</v>
+        <v>592724</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>79.99</v>
+        <v>103</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2">
-        <v>283735470345</v>
+        <v>391619259185</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3">
-        <v>584107</v>
+        <v>584430</v>
       </c>
       <c r="E3" t="s">
         <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>41</v>
       </c>
       <c r="H3">
-        <v>80.99</v>
+        <v>79.99</v>
       </c>
       <c r="I3" t="s">
         <v>42</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3">
-        <v>283645278235</v>
+        <v>283735470345</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
         <v>35</v>
       </c>
       <c r="T3" t="s">
         <v>43</v>
       </c>
       <c r="U3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4">
-        <v>571031</v>
+        <v>584107</v>
       </c>
       <c r="E4" t="s">
         <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4">
-        <v>104</v>
+        <v>80.99</v>
       </c>
       <c r="I4" t="s">
         <v>49</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4">
-        <v>274645387937</v>
+        <v>283645278235</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
         <v>35</v>
       </c>
       <c r="T4" t="s">
+        <v>36</v>
+      </c>
+      <c r="U4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>52</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>571031</v>
+      </c>
+      <c r="E5" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>104</v>
+      </c>
+      <c r="I5" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5">
-        <v>788268618887</v>
+        <v>274645387937</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
         <v>35</v>
       </c>
       <c r="T5" t="s">
+        <v>56</v>
+      </c>
+      <c r="U5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
         <v>59</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>565561</v>
+      </c>
+      <c r="E6" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>249.7</v>
+      </c>
+      <c r="I6" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6">
-        <v>788204161301</v>
+        <v>788268618887</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
         <v>35</v>
       </c>
       <c r="T6" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="U6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>66</v>
       </c>
       <c r="D7">
-        <v>563373</v>
+        <v>565415</v>
       </c>
       <c r="E7" t="s">
         <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="I7" t="s">
         <v>69</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>29</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7">
-        <v>786720095223</v>
+        <v>788204161301</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
         <v>35</v>
       </c>
       <c r="T7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="U7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
       <c r="C8" t="s">
         <v>72</v>
       </c>
       <c r="D8">
-        <v>555657</v>
+        <v>563373</v>
       </c>
       <c r="E8" t="s">
         <v>73</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
         <v>74</v>
       </c>
       <c r="H8">
-        <v>424.1</v>
+        <v>89</v>
       </c>
       <c r="I8" t="s">
         <v>75</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
         <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>31</v>
       </c>
       <c r="O8">
-        <v>780573921009</v>
+        <v>786720095223</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
+        <v>35</v>
+      </c>
+      <c r="T8" t="s">
+        <v>63</v>
+      </c>
+      <c r="U8" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9">
+        <v>555657</v>
+      </c>
+      <c r="E9" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="H9">
-        <v>54</v>
+        <v>424.1</v>
       </c>
       <c r="I9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
         <v>29</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
         <v>31</v>
       </c>
       <c r="O9">
-        <v>398928434600</v>
+        <v>780573921009</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="T9" t="s">
+        <v>83</v>
+      </c>
+      <c r="U9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10">
+        <v>554038</v>
+      </c>
+      <c r="E10" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10">
+        <v>54</v>
+      </c>
+      <c r="I10" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
         <v>29</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
         <v>31</v>
       </c>
       <c r="O10">
-        <v>398926471657</v>
+        <v>398928434600</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="T10" t="s">
+        <v>90</v>
+      </c>
+      <c r="U10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
         <v>93</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>553970</v>
+      </c>
+      <c r="E11" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11">
+        <v>234.15</v>
+      </c>
+      <c r="I11" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
         <v>29</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
         <v>31</v>
       </c>
       <c r="O11">
-        <v>397457804796</v>
+        <v>398926471657</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="T11" t="s">
+        <v>97</v>
+      </c>
+      <c r="U11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
         <v>100</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>552252</v>
+      </c>
+      <c r="E12" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12">
+        <v>188</v>
+      </c>
+      <c r="I12" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
         <v>29</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
         <v>31</v>
       </c>
       <c r="O12">
-        <v>397105676670</v>
+        <v>397457804796</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="T12" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="U12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
         <v>106</v>
       </c>
       <c r="C13" t="s">
         <v>107</v>
       </c>
       <c r="D13">
-        <v>551061</v>
+        <v>551751</v>
       </c>
       <c r="E13" t="s">
         <v>108</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
         <v>109</v>
       </c>
       <c r="H13">
-        <v>199</v>
+        <v>266.8</v>
       </c>
       <c r="I13" t="s">
         <v>110</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
         <v>29</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
         <v>31</v>
       </c>
       <c r="O13">
-        <v>396601561702</v>
+        <v>397105676670</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
       <c r="R13" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="S13" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="T13" t="s">
+        <v>63</v>
+      </c>
+      <c r="U13" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
         <v>113</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>551061</v>
+      </c>
+      <c r="E14" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
+        <v>115</v>
+      </c>
+      <c r="H14">
+        <v>199</v>
+      </c>
+      <c r="I14" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
         <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
         <v>31</v>
       </c>
       <c r="O14">
-        <v>390914965890</v>
+        <v>396601561702</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="T14" t="s">
+        <v>117</v>
+      </c>
+      <c r="U14" t="s">
         <v>118</v>
       </c>
-      <c r="U14" t="s">
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" t="s">
         <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15">
+        <v>542193</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15">
+        <v>314.2</v>
+      </c>
+      <c r="I15" t="s">
+        <v>123</v>
+      </c>
+      <c r="J15" t="s">
+        <v>28</v>
+      </c>
+      <c r="K15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L15" t="s">
+        <v>29</v>
+      </c>
+      <c r="M15" t="s">
+        <v>30</v>
+      </c>
+      <c r="N15" t="s">
+        <v>31</v>
+      </c>
+      <c r="O15">
+        <v>390914965890</v>
+      </c>
+      <c r="P15" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R15" t="s">
+        <v>34</v>
+      </c>
+      <c r="S15" t="s">
+        <v>82</v>
+      </c>
+      <c r="T15" t="s">
+        <v>124</v>
+      </c>
+      <c r="U15" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">