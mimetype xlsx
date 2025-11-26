--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -189,53 +189,50 @@
     <t>/VSPHI4921</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">							Madaluxe - cancelado por stock</t>
   </si>
   <si>
     <t>2023-09-11 17:43:05</t>
   </si>
   <si>
     <t>2023-08-14 00:35:38</t>
   </si>
   <si>
     <t>21693589501-A</t>
   </si>
   <si>
     <t>2023-08-14 00:00:00</t>
   </si>
   <si>
     <t>/10991051</t>
   </si>
   <si>
     <t>/VSPLP1621</t>
-  </si>
-[...1 lines deleted...]
-    <t>In International Hub - OK</t>
   </si>
   <si>
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA DEL CLIENTE </t>
   </si>
   <si>
     <t>2023-08-15 15:12:24</t>
   </si>
   <si>
     <t>2023-07-29 06:27:19</t>
   </si>
   <si>
     <t>21650427501-A</t>
   </si>
   <si>
     <t>2023-07-29 00:00:00</t>
   </si>
   <si>
     <t>/10985352</t>
   </si>
   <si>
     <t>/VE5A01421</t>
   </si>
   <si>
     <t xml:space="preserve">						ARREPENTIMIENTO DEL CLIENTE 	</t>
   </si>
@@ -1086,820 +1083,820 @@
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5">
         <v>782471920385</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="S5" t="s">
         <v>51</v>
       </c>
       <c r="T5" t="s">
+        <v>59</v>
+      </c>
+      <c r="U5" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D6">
         <v>557135</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H6">
         <v>188</v>
       </c>
       <c r="I6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6">
         <v>781830445416</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
         <v>51</v>
       </c>
       <c r="T6" t="s">
+        <v>66</v>
+      </c>
+      <c r="U6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D7">
         <v>556319</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H7">
         <v>75.5</v>
       </c>
       <c r="I7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>29</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7">
         <v>781049873696</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
         <v>51</v>
       </c>
       <c r="T7" t="s">
+        <v>73</v>
+      </c>
+      <c r="U7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D8">
         <v>554664</v>
       </c>
       <c r="E8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H8">
         <v>43.5</v>
       </c>
       <c r="I8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
         <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>31</v>
       </c>
       <c r="O8">
         <v>399502813620</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
         <v>51</v>
       </c>
       <c r="T8" t="s">
+        <v>80</v>
+      </c>
+      <c r="U8" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D9">
         <v>554580</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H9">
         <v>41.4</v>
       </c>
       <c r="I9" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
         <v>29</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
         <v>31</v>
       </c>
       <c r="O9">
         <v>399499211058</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
         <v>51</v>
       </c>
       <c r="T9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D10">
         <v>554309</v>
       </c>
       <c r="E10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H10">
         <v>228</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
         <v>29</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
         <v>31</v>
       </c>
       <c r="O10">
         <v>399194946945</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
         <v>51</v>
       </c>
       <c r="T10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U10" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D11">
         <v>554165</v>
       </c>
       <c r="E11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H11">
         <v>658</v>
       </c>
       <c r="I11" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
         <v>29</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
         <v>31</v>
       </c>
       <c r="O11">
         <v>399056859927</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
         <v>51</v>
       </c>
       <c r="T11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D12">
         <v>554132</v>
       </c>
       <c r="E12" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H12">
         <v>41.4</v>
       </c>
       <c r="I12" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
         <v>29</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
         <v>31</v>
       </c>
       <c r="O12">
         <v>399023344355</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
         <v>51</v>
       </c>
       <c r="T12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D13">
         <v>553855</v>
       </c>
       <c r="E13" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H13">
         <v>88</v>
       </c>
       <c r="I13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
         <v>29</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
         <v>31</v>
       </c>
       <c r="O13">
         <v>398818045533</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>51</v>
       </c>
       <c r="T13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D14">
         <v>553603</v>
       </c>
       <c r="E14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H14">
         <v>74.7</v>
       </c>
       <c r="I14" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
         <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
         <v>31</v>
       </c>
       <c r="O14">
         <v>398596488783</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
         <v>51</v>
       </c>
       <c r="T14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D15">
         <v>552866</v>
       </c>
       <c r="E15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H15">
         <v>83.2</v>
       </c>
       <c r="I15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" t="s">
         <v>28</v>
       </c>
       <c r="L15" t="s">
         <v>29</v>
       </c>
       <c r="M15" t="s">
         <v>30</v>
       </c>
       <c r="N15" t="s">
         <v>31</v>
       </c>
       <c r="O15">
         <v>397999348541</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
       <c r="R15" t="s">
         <v>34</v>
       </c>
       <c r="S15" t="s">
         <v>51</v>
       </c>
       <c r="T15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D16">
         <v>550827</v>
       </c>
       <c r="E16" t="s">
         <v>32</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16"/>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16" t="s">
         <v>29</v>
       </c>
       <c r="M16" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="R16" t="s">
         <v>34</v>
       </c>
       <c r="S16" t="s">
         <v>51</v>
       </c>
       <c r="T16" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D17">
         <v>593971</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="G17"/>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17" t="s">
         <v>29</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="R17" t="s">
         <v>34</v>
       </c>
       <c r="S17" t="s">
         <v>35</v>
       </c>
       <c r="T17" t="s">
+        <v>134</v>
+      </c>
+      <c r="U17" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">