--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,252 +80,171 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-10-07 18:48:27</t>
-[...5 lines deleted...]
-    <t>2025-10-07 00:00:00</t>
+    <t>2025-11-17 01:18:49</t>
+  </si>
+  <si>
+    <t>24126583201-A</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11420004</t>
-[...2 lines deleted...]
-    <t>/VSPHF3421</t>
+    <t>/11437254</t>
+  </si>
+  <si>
+    <t>/VSP171121</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-09-11 00:06:28</t>
-[...26 lines deleted...]
-    <t>/VSP1S3621</t>
+    <t>2025-07-27 22:23:10</t>
+  </si>
+  <si>
+    <t>23779398201-A</t>
+  </si>
+  <si>
+    <t>2025-07-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11359580</t>
+  </si>
+  <si>
+    <t>/VSPOQ1F21</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
-    <t>2025-09-07 20:26:43</t>
-[...41 lines deleted...]
-    <t>/VSP470821</t>
+    <t>2025-01-15 20:26:35</t>
+  </si>
+  <si>
+    <t>23262164401-A</t>
+  </si>
+  <si>
+    <t>2025-01-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/11254584</t>
+  </si>
+  <si>
+    <t>/AM0331SK-30011454-004</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
+    <t>2024-11-13 15:03:30</t>
+  </si>
+  <si>
+    <t>23049373601-A</t>
+  </si>
+  <si>
+    <t>2024-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11204460</t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>2024-09-07 15:02:56</t>
+  </si>
+  <si>
+    <t>22838335501-A</t>
+  </si>
+  <si>
+    <t>2024-09-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11167196</t>
+  </si>
+  <si>
+    <t>/VSPBH8521</t>
+  </si>
+  <si>
+    <t>2024-04-19 12:50:44</t>
+  </si>
+  <si>
+    <t>22378276101-A</t>
+  </si>
+  <si>
+    <t>2024-04-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11096087</t>
+  </si>
+  <si>
+    <t>/VSPBH3321</t>
+  </si>
+  <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
-  </si>
-[...79 lines deleted...]
-    <t>/VSPBH3321</t>
   </si>
   <si>
     <t xml:space="preserve">						CARGA PERDIDA - DESISTIMIENTO DE COMPRA	</t>
   </si>
   <si>
     <t>2024-05-29 18:16:26</t>
   </si>
   <si>
     <t>2024-03-01 14:02:26</t>
   </si>
   <si>
     <t>22261890801-A</t>
   </si>
   <si>
     <t>2024-03-01 00:00:00</t>
   </si>
   <si>
     <t>/11076322</t>
   </si>
   <si>
     <t>/VSPCD1F21</t>
   </si>
   <si>
     <t xml:space="preserve">							ORDEN PERDIDA ADUANAS</t>
   </si>
@@ -733,51 +652,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U17"/>
+  <dimension ref="A1:U12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -817,1016 +736,715 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594695</v>
+        <v>596500</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>103.99</v>
+        <v>119.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>394014238979</v>
+        <v>886172269913</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3">
-        <v>593997</v>
+        <v>592620</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
-        <v>559.99</v>
+        <v>50.32</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3">
-        <v>393100986010</v>
+        <v>391483654831</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D4">
-        <v>593979</v>
+        <v>585539</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H4">
-        <v>76.99</v>
+        <v>58.4</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>393067682138</v>
+        <v>284442019482</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D5">
-        <v>593918</v>
+        <v>580606</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="I5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>392980025678</v>
+        <v>281768359781</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D6">
-        <v>592728</v>
+        <v>576839</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H6">
-        <v>95.99</v>
+        <v>88.99</v>
       </c>
       <c r="I6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="M6" t="s">
         <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>391619397075</v>
+        <v>279261056352</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="D7">
-        <v>592724</v>
+        <v>570125</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H7">
-        <v>103</v>
+        <v>129.6</v>
       </c>
       <c r="I7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M7" t="s">
         <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
-        <v>391619259185</v>
+        <v>273628716009</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>61</v>
       </c>
       <c r="S7" t="s">
         <v>62</v>
       </c>
       <c r="T7" t="s">
         <v>63</v>
       </c>
       <c r="U7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>66</v>
       </c>
       <c r="D8">
-        <v>592620</v>
+        <v>568336</v>
       </c>
       <c r="E8" t="s">
         <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
         <v>68</v>
       </c>
       <c r="H8">
-        <v>50.32</v>
+        <v>79.99</v>
       </c>
       <c r="I8" t="s">
         <v>69</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M8" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>391483654831</v>
+        <v>271632899501</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
-      <c r="R8"/>
-[...1 lines deleted...]
-      <c r="T8"/>
+      <c r="R8" t="s">
+        <v>61</v>
+      </c>
+      <c r="S8" t="s">
+        <v>62</v>
+      </c>
+      <c r="T8" t="s">
+        <v>70</v>
+      </c>
       <c r="U8" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D9">
-        <v>585539</v>
+        <v>556880</v>
       </c>
       <c r="E9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H9">
-        <v>58.4</v>
+        <v>65.88</v>
       </c>
       <c r="I9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M9" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>284442019482</v>
+        <v>781534080984</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
-      <c r="R9"/>
-[...1 lines deleted...]
-      <c r="T9"/>
+      <c r="R9" t="s">
+        <v>61</v>
+      </c>
+      <c r="S9" t="s">
+        <v>77</v>
+      </c>
+      <c r="T9" t="s">
+        <v>78</v>
+      </c>
       <c r="U9" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D10">
-        <v>580606</v>
+        <v>554969</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H10">
-        <v>79.99</v>
+        <v>37.44</v>
       </c>
       <c r="I10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M10" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>281768359781</v>
+        <v>780044710820</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
-      <c r="R10"/>
-[...1 lines deleted...]
-      <c r="T10"/>
+      <c r="R10" t="s">
+        <v>61</v>
+      </c>
+      <c r="S10" t="s">
+        <v>77</v>
+      </c>
+      <c r="T10" t="s">
+        <v>85</v>
+      </c>
       <c r="U10" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="D11">
-        <v>576839</v>
+        <v>554018</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="H11">
-        <v>88.99</v>
+        <v>59.5</v>
       </c>
       <c r="I11" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M11" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
-        <v>279261056352</v>
+        <v>398936918488</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
-      <c r="R11"/>
-[...1 lines deleted...]
-      <c r="T11"/>
+      <c r="R11" t="s">
+        <v>61</v>
+      </c>
+      <c r="S11" t="s">
+        <v>77</v>
+      </c>
+      <c r="T11" t="s">
+        <v>85</v>
+      </c>
       <c r="U11" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D12">
-        <v>570125</v>
+        <v>546747</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="H12">
-        <v>129.6</v>
+        <v>165.2</v>
       </c>
       <c r="I12" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M12" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
-        <v>273628716009</v>
+        <v>393349059691</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
-      <c r="R12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
       <c r="U12" t="s">
-        <v>91</v>
-[...317 lines deleted...]
-      <c r="U17" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>