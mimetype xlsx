--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,99 +80,81 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-11-17 01:18:49</t>
-[...5 lines deleted...]
-    <t>2025-11-17 00:00:00</t>
+    <t>2025-07-27 22:23:10</t>
+  </si>
+  <si>
+    <t>23779398201-A</t>
+  </si>
+  <si>
+    <t>2025-07-27 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11437254</t>
-[...2 lines deleted...]
-    <t>/VSP171121</t>
+    <t>/11359580</t>
+  </si>
+  <si>
+    <t>/VSPOQ1F21</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
-    <t>SHIPPING</t>
+    <t>RECEIVED</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
-  </si>
-[...16 lines deleted...]
-    <t>RECEIVED</t>
   </si>
   <si>
     <t>2025-01-15 20:26:35</t>
   </si>
   <si>
     <t>23262164401-A</t>
   </si>
   <si>
     <t>2025-01-15 00:00:00</t>
   </si>
   <si>
     <t>/11254584</t>
   </si>
   <si>
     <t>/AM0331SK-30011454-004</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
     <t>2024-11-13 15:03:30</t>
   </si>
   <si>
     <t>23049373601-A</t>
   </si>
@@ -652,51 +634,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U12"/>
+  <dimension ref="A1:U11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -736,715 +718,656 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>596500</v>
+        <v>592620</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>119.99</v>
+        <v>50.32</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>886172269913</v>
+        <v>391483654831</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3">
-        <v>592620</v>
+        <v>585539</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
-        <v>50.32</v>
+        <v>58.4</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>38</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3">
-        <v>391483654831</v>
+        <v>284442019482</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4">
-        <v>585539</v>
+        <v>580606</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>42</v>
       </c>
       <c r="H4">
-        <v>58.4</v>
+        <v>79.99</v>
       </c>
       <c r="I4" t="s">
         <v>43</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>284442019482</v>
+        <v>281768359781</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>576839</v>
+      </c>
+      <c r="E5" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>88.99</v>
+      </c>
+      <c r="I5" t="s">
         <v>48</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>281768359781</v>
+        <v>279261056352</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>50</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>570125</v>
+      </c>
+      <c r="E6" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>129.6</v>
+      </c>
+      <c r="I6" t="s">
         <v>53</v>
       </c>
-      <c r="H6">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M6" t="s">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>279261056352</v>
+        <v>273628716009</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
-      <c r="R6"/>
-[...1 lines deleted...]
-      <c r="T6"/>
+      <c r="R6" t="s">
+        <v>55</v>
+      </c>
+      <c r="S6" t="s">
+        <v>56</v>
+      </c>
+      <c r="T6" t="s">
+        <v>57</v>
+      </c>
       <c r="U6" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D7">
-        <v>570125</v>
+        <v>568336</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>129.6</v>
+        <v>79.99</v>
       </c>
       <c r="I7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
-        <v>273628716009</v>
+        <v>271632899501</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="S7" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="T7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D8">
-        <v>568336</v>
+        <v>556880</v>
       </c>
       <c r="E8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H8">
-        <v>79.99</v>
+        <v>65.88</v>
       </c>
       <c r="I8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>271632899501</v>
+        <v>781534080984</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="S8" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="T8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="U8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D9">
-        <v>556880</v>
+        <v>554969</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H9">
-        <v>65.88</v>
+        <v>37.44</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>781534080984</v>
+        <v>780044710820</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="S9" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="U9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D10">
-        <v>554969</v>
+        <v>554018</v>
       </c>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H10">
-        <v>37.44</v>
+        <v>59.5</v>
       </c>
       <c r="I10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>780044710820</v>
+        <v>398936918488</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="S10" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T10" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="U10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>88</v>
       </c>
       <c r="D11">
-        <v>554018</v>
+        <v>546747</v>
       </c>
       <c r="E11" t="s">
         <v>89</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
         <v>90</v>
       </c>
       <c r="H11">
-        <v>59.5</v>
+        <v>165.2</v>
       </c>
       <c r="I11" t="s">
         <v>91</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M11" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
-        <v>398936918488</v>
+        <v>393349059691</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
-      <c r="R11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
       <c r="U11" t="s">
-        <v>92</v>
-[...57 lines deleted...]
-      <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>