--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -80,66 +80,66 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-10-08 21:32:55</t>
-[...5 lines deleted...]
-    <t>2025-10-08 00:00:00</t>
+    <t>2025-11-23 23:05:03</t>
+  </si>
+  <si>
+    <t>24139266801-A</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11420493</t>
-[...2 lines deleted...]
-    <t>/VSP1S3421</t>
+    <t>/11440057</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -544,84 +544,84 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594719</v>
+        <v>596942</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>87.99</v>
+        <v>52.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2">
-        <v>394078991421</v>
+        <v>395710457546</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>