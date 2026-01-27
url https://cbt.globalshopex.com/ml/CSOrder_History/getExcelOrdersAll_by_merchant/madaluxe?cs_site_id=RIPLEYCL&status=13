--- v1 (2025-11-25)
+++ v2 (2026-01-27)
@@ -80,66 +80,66 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-11-23 23:05:03</t>
-[...5 lines deleted...]
-    <t>2025-11-24 00:00:00</t>
+    <t>2026-01-26 20:51:00</t>
+  </si>
+  <si>
+    <t>24368962601-A</t>
+  </si>
+  <si>
+    <t>2026-01-26 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11440057</t>
-[...2 lines deleted...]
-    <t>/VSPOY8121</t>
+    <t>/11467693</t>
+  </si>
+  <si>
+    <t>/VSPOQ2K21</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -544,84 +544,84 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>596942</v>
+        <v>600054</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>52.99</v>
+        <v>55.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2">
-        <v>395710457546</v>
+        <v>398127144215</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>