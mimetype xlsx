--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,143 +80,314 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
+    <t>2025-11-16 20:04:09</t>
+  </si>
+  <si>
+    <t>24125980801-A</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11437255</t>
+  </si>
+  <si>
+    <t>/PJ0032O-30006266-001-60036</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-12-11 20:22:08</t>
+  </si>
+  <si>
+    <t>2025-11-04 16:38:24</t>
+  </si>
+  <si>
+    <t>24101243901-A</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11431466</t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-002-40024</t>
+  </si>
+  <si>
+    <t>2025-12-11 18:58:21</t>
+  </si>
+  <si>
+    <t>2025-11-02 15:03:35</t>
+  </si>
+  <si>
+    <t>24096365201-A</t>
+  </si>
+  <si>
+    <t>/PJ0016O-30002079-007-60073/PJ0012O-30000643-010-00018/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-12-11 18:59:35</t>
+  </si>
+  <si>
+    <t>2025-10-30 13:31:38</t>
+  </si>
+  <si>
+    <t>24090918101-A</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11429265</t>
+  </si>
+  <si>
+    <t>/PJ0005O-30000638-002-50032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-11 20:49:18</t>
+  </si>
+  <si>
+    <t>2025-10-17 06:01:42</t>
+  </si>
+  <si>
+    <t>24069459401-A</t>
+  </si>
+  <si>
+    <t>2025-10-17 00:00:00</t>
+  </si>
+  <si>
+    <t>/11423944</t>
+  </si>
+  <si>
+    <t>/PJ0031O-30006265-007-01123/PJ0005O-30000638-002-50032/PJ0030O-30006264-004-01130</t>
+  </si>
+  <si>
+    <t>2025-11-11 20:52:57</t>
+  </si>
+  <si>
+    <t>2025-10-15 03:27:27</t>
+  </si>
+  <si>
+    <t>24066545401-A</t>
+  </si>
+  <si>
+    <t>2025-10-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/11423026</t>
+  </si>
+  <si>
+    <t>/PJ0012O-30000643-010-00018/PJ0003O-30000637-008-60511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-11-11 20:56:01</t>
+  </si>
+  <si>
+    <t>2025-10-08 04:41:01</t>
+  </si>
+  <si>
+    <t>24024164202-A</t>
+  </si>
+  <si>
+    <t>2025-10-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11420255</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>2025-11-11 20:58:11</t>
+  </si>
+  <si>
+    <t>2025-10-07 00:21:31</t>
+  </si>
+  <si>
+    <t>23995271701-A</t>
+  </si>
+  <si>
+    <t>/PJ0012O-30000643-010-00018</t>
+  </si>
+  <si>
+    <t>2025-11-11 21:01:57</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:27:56</t>
+  </si>
+  <si>
+    <t>23951767801-A</t>
+  </si>
+  <si>
+    <t>2025-11-11 21:07:14</t>
+  </si>
+  <si>
+    <t>2025-09-02 07:50:12</t>
+  </si>
+  <si>
+    <t>23861148001-A</t>
+  </si>
+  <si>
+    <t>2025-09-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11396931</t>
+  </si>
+  <si>
+    <t>/PJ0031O-30006265-007-01123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
+  </si>
+  <si>
+    <t>2025-10-20 17:14:42</t>
+  </si>
+  <si>
     <t>2025-07-30 23:05:31</t>
   </si>
   <si>
     <t>23786751501-A</t>
   </si>
   <si>
     <t>2025-07-31 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11362141</t>
   </si>
   <si>
     <t>/VSP470821</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...16 lines deleted...]
-  <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
   </si>
   <si>
     <t>2025-08-18 17:53:59</t>
   </si>
   <si>
     <t>2025-03-14 14:36:34</t>
   </si>
   <si>
     <t>23388233401-A</t>
   </si>
   <si>
     <t>2025-03-14 00:00:00</t>
   </si>
   <si>
     <t>/11292795</t>
   </si>
   <si>
     <t>/VSPOY9321</t>
   </si>
   <si>
-    <t>Pending</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-04-16 20:03:02</t>
   </si>
   <si>
     <t>2025-03-13 02:17:47</t>
   </si>
   <si>
     <t>23385478101-A</t>
   </si>
   <si>
     <t>2025-03-13 00:00:00</t>
   </si>
   <si>
     <t>/11292141</t>
   </si>
   <si>
     <t>/VSP1O1021</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-16 16:51:05</t>
   </si>
   <si>
     <t>2025-03-07 21:52:55</t>
   </si>
   <si>
     <t>23373596701-A</t>
   </si>
   <si>
     <t>2025-03-07 00:00:00</t>
   </si>
   <si>
     <t>/11288780</t>
   </si>
   <si>
     <t>/VSPOQ1N21</t>
   </si>
   <si>
     <t xml:space="preserve">					COMENTARIO: "Orden no despachada por Merchant"		</t>
   </si>
   <si>
     <t>2025-04-24 14:04:13</t>
   </si>
   <si>
     <t>2025-03-03 04:03:48</t>
@@ -245,179 +416,146 @@
   <si>
     <t>/11286322</t>
   </si>
   <si>
     <t>/BB0072S-30008290-001-00011</t>
   </si>
   <si>
     <t>2025-04-15 15:07:02</t>
   </si>
   <si>
     <t>2025-03-02 18:28:05</t>
   </si>
   <si>
     <t>23360135001-A</t>
   </si>
   <si>
     <t>2025-03-02 00:00:00</t>
   </si>
   <si>
     <t>/11285864</t>
   </si>
   <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-04 18:41:11</t>
   </si>
   <si>
     <t>2025-03-01 16:57:14</t>
   </si>
   <si>
     <t>23357406301-A</t>
   </si>
   <si>
     <t>2025-03-01 00:00:00</t>
   </si>
   <si>
     <t>/11285217</t>
   </si>
   <si>
     <t>/VEKB00222</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"						</t>
   </si>
   <si>
     <t>2025-04-04 18:40:20</t>
   </si>
   <si>
     <t>2025-02-28 15:39:11</t>
   </si>
   <si>
     <t>23354519701-A</t>
   </si>
   <si>
-    <t>2025-02-28 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPOS5621</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t>2025-04-25 18:35:51</t>
   </si>
   <si>
     <t>2025-02-27 09:58:50</t>
   </si>
   <si>
     <t>23351345402-A</t>
   </si>
   <si>
-    <t>2025-02-27 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPZQ1521</t>
   </si>
   <si>
     <t>2025-04-25 18:34:30</t>
   </si>
   <si>
     <t>2025-02-26 14:31:24</t>
   </si>
   <si>
     <t>23348961501-A</t>
   </si>
   <si>
-    <t>2025-02-26 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPEV1921</t>
   </si>
   <si>
     <t>2025-04-25 18:33:42</t>
   </si>
   <si>
     <t>2025-02-25 15:26:28</t>
   </si>
   <si>
     <t>23347779001-A</t>
   </si>
   <si>
     <t>2025-02-25 00:00:00</t>
   </si>
   <si>
     <t>/11282348</t>
   </si>
   <si>
     <t>2025-02-26 20:14:30</t>
   </si>
   <si>
     <t>2025-02-17 12:37:46</t>
   </si>
   <si>
     <t>23330325401-A</t>
   </si>
   <si>
-    <t>2025-02-17 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSP1F2421/VSPLN1321</t>
   </si>
   <si>
     <t>2025-04-02 17:30:19</t>
   </si>
   <si>
     <t>2025-02-15 03:17:53</t>
   </si>
   <si>
     <t>23326837301-A</t>
   </si>
   <si>
-    <t>2025-02-16 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPZQ1421/VE3L00322/VSPCD1D21</t>
   </si>
   <si>
     <t>2025-04-07 17:47:13</t>
   </si>
   <si>
     <t>2024-12-26 19:16:44</t>
   </si>
   <si>
     <t>23218504401-A</t>
   </si>
   <si>
     <t>2024-12-26 00:00:00</t>
   </si>
   <si>
     <t>/11242773</t>
   </si>
   <si>
     <t>/VSPOS6121</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
   </si>
   <si>
     <t>2025-01-13 20:01:01</t>
@@ -674,53 +812,50 @@
   <si>
     <t>/VSPHI4921</t>
   </si>
   <si>
     <t xml:space="preserve">							Madaluxe - cancelado por stock</t>
   </si>
   <si>
     <t>2023-09-11 17:43:05</t>
   </si>
   <si>
     <t>2023-08-14 00:35:38</t>
   </si>
   <si>
     <t>21693589501-A</t>
   </si>
   <si>
     <t>2023-08-14 00:00:00</t>
   </si>
   <si>
     <t>/10991051</t>
   </si>
   <si>
     <t>/VSPLP1621</t>
   </si>
   <si>
-    <t>In International Hub - OK</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA DEL CLIENTE </t>
   </si>
   <si>
     <t>2023-08-15 15:12:24</t>
   </si>
   <si>
     <t>2023-07-29 06:27:19</t>
   </si>
   <si>
     <t>21650427501-A</t>
   </si>
   <si>
     <t>2023-07-29 00:00:00</t>
   </si>
   <si>
     <t>/10985352</t>
   </si>
   <si>
     <t>/VE5A01421</t>
   </si>
   <si>
     <t xml:space="preserve">						ARREPENTIMIENTO DEL CLIENTE 	</t>
   </si>
   <si>
     <t>2023-07-31 14:20:45</t>
@@ -1053,53 +1188,50 @@
     <t>2023-04-04 00:00:00</t>
   </si>
   <si>
     <t>/10945802</t>
   </si>
   <si>
     <t>/PWCAA1021</t>
   </si>
   <si>
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA	</t>
   </si>
   <si>
     <t>2023-12-05 20:02:58</t>
   </si>
   <si>
     <t>2023-03-30 17:33:00</t>
   </si>
   <si>
     <t>21256217601-A</t>
   </si>
   <si>
     <t>/VE3E00721</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>2023-04-03 17:51:29</t>
   </si>
   <si>
     <t>2023-03-29 14:30:11</t>
   </si>
   <si>
     <t>21102176301SCK-A</t>
   </si>
   <si>
     <t>/VSPLP1721</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2025-09-10 20:25:18</t>
   </si>
   <si>
     <t>2022-11-19 17:16:39</t>
   </si>
@@ -1445,51 +1577,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U52"/>
+  <dimension ref="A1:U62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1529,3306 +1661,3920 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>592724</v>
+        <v>596499</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>103</v>
+        <v>10.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
-      <c r="O2">
-[...1 lines deleted...]
-      </c>
+      <c r="O2"/>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3">
-        <v>587941</v>
+        <v>595753</v>
       </c>
       <c r="E3" t="s">
         <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>41</v>
       </c>
       <c r="H3">
-        <v>55.2</v>
+        <v>10.99</v>
       </c>
       <c r="I3" t="s">
         <v>42</v>
       </c>
       <c r="J3" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T3" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="U3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D4">
-        <v>587903</v>
+        <v>595612</v>
       </c>
       <c r="E4" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4"/>
       <c r="H4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="I4" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T4" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="U4" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5">
+        <v>595484</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>10.99</v>
+      </c>
+      <c r="I5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T5" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="U5" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6">
+        <v>595061</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>32.97</v>
+      </c>
+      <c r="I6" t="s">
         <v>61</v>
       </c>
-      <c r="C6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
         <v>35</v>
       </c>
       <c r="T6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="U6" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7">
+        <v>594990</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7">
+        <v>21.98</v>
+      </c>
+      <c r="I7" t="s">
         <v>67</v>
       </c>
-      <c r="C7" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>29</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
         <v>35</v>
       </c>
       <c r="T7" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="U7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8">
+        <v>594704</v>
+      </c>
+      <c r="E8" t="s">
         <v>72</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
         <v>73</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8">
+        <v>10.99</v>
+      </c>
+      <c r="I8" t="s">
         <v>74</v>
       </c>
-      <c r="F8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K8" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L8" t="s">
         <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>31</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T8" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="U8" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D9">
-        <v>587516</v>
+        <v>594673</v>
       </c>
       <c r="E9" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9"/>
       <c r="H9">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="I9" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K9" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L9" t="s">
         <v>29</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
         <v>31</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T9" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="U9" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D10">
-        <v>587484</v>
+        <v>594497</v>
       </c>
       <c r="E10" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10"/>
       <c r="H10">
-        <v>75.99</v>
+        <v>0</v>
       </c>
       <c r="I10" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="J10" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K10" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L10" t="s">
         <v>29</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
         <v>31</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="T10" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="U10" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D11">
-        <v>587432</v>
+        <v>593731</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="H11">
-        <v>99</v>
+        <v>10.99</v>
       </c>
       <c r="I11" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K11" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L11" t="s">
         <v>29</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
         <v>31</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="T11" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="U11" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D12">
-        <v>587395</v>
+        <v>592724</v>
       </c>
       <c r="E12" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="H12">
-        <v>88.99</v>
+        <v>103</v>
       </c>
       <c r="I12" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="J12" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L12" t="s">
         <v>29</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
         <v>31</v>
       </c>
       <c r="O12">
-        <v>285847306218</v>
+        <v>391619259185</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="T12" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="U12" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D13">
-        <v>587363</v>
+        <v>587941</v>
       </c>
       <c r="E13" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="H13">
-        <v>94.2</v>
+        <v>55.2</v>
       </c>
       <c r="I13" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K13" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L13" t="s">
         <v>29</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
         <v>31</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>35</v>
       </c>
       <c r="T13" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="U13" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D14">
-        <v>587081</v>
+        <v>587903</v>
       </c>
       <c r="E14" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H14">
-        <v>179.19</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
         <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
         <v>31</v>
       </c>
-      <c r="O14">
-[...1 lines deleted...]
-      </c>
+      <c r="O14"/>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
         <v>35</v>
       </c>
       <c r="T14" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="U14" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D15">
-        <v>586983</v>
+        <v>587722</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="H15">
-        <v>540.99</v>
+        <v>53.99</v>
       </c>
       <c r="I15" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" t="s">
         <v>28</v>
       </c>
       <c r="L15" t="s">
         <v>29</v>
       </c>
       <c r="M15" t="s">
         <v>30</v>
       </c>
       <c r="N15" t="s">
         <v>31</v>
       </c>
-      <c r="O15">
-[...1 lines deleted...]
-      </c>
+      <c r="O15"/>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
       <c r="R15" t="s">
         <v>34</v>
       </c>
       <c r="S15" t="s">
         <v>35</v>
       </c>
       <c r="T15" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="U15" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16">
+        <v>587573</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16">
+        <v>66.4</v>
+      </c>
+      <c r="I16" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" t="s">
         <v>28</v>
       </c>
       <c r="L16" t="s">
         <v>29</v>
       </c>
       <c r="M16" t="s">
         <v>30</v>
       </c>
       <c r="N16" t="s">
         <v>31</v>
       </c>
-      <c r="O16">
-[...1 lines deleted...]
-      </c>
+      <c r="O16"/>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
         <v>33</v>
       </c>
       <c r="R16" t="s">
         <v>34</v>
       </c>
       <c r="S16" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T16" t="s">
-        <v>127</v>
+        <v>55</v>
       </c>
       <c r="U16" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D17">
-        <v>584107</v>
+        <v>587572</v>
       </c>
       <c r="E17" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="G17" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H17">
-        <v>80.99</v>
+        <v>94.2</v>
       </c>
       <c r="I17" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" t="s">
         <v>28</v>
       </c>
       <c r="L17" t="s">
         <v>29</v>
       </c>
       <c r="M17" t="s">
         <v>30</v>
       </c>
       <c r="N17" t="s">
         <v>31</v>
       </c>
-      <c r="O17">
-[...1 lines deleted...]
-      </c>
+      <c r="O17"/>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
         <v>33</v>
       </c>
       <c r="R17" t="s">
         <v>34</v>
       </c>
       <c r="S17" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T17" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="U17" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D18">
-        <v>575066</v>
+        <v>587549</v>
       </c>
       <c r="E18" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="H18">
-        <v>95.99</v>
+        <v>79.99</v>
       </c>
       <c r="I18" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="J18" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="K18" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L18" t="s">
         <v>29</v>
       </c>
       <c r="M18" t="s">
         <v>30</v>
       </c>
       <c r="N18" t="s">
         <v>31</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
         <v>33</v>
       </c>
       <c r="R18" t="s">
         <v>34</v>
       </c>
       <c r="S18" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T18" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="U18" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="D19">
-        <v>571035</v>
+        <v>587516</v>
       </c>
       <c r="E19" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="H19">
-        <v>638</v>
+        <v>319</v>
       </c>
       <c r="I19" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" t="s">
         <v>28</v>
       </c>
       <c r="L19" t="s">
         <v>29</v>
       </c>
       <c r="M19" t="s">
         <v>30</v>
       </c>
       <c r="N19" t="s">
         <v>31</v>
       </c>
-      <c r="O19">
-[...1 lines deleted...]
-      </c>
+      <c r="O19"/>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
         <v>33</v>
       </c>
       <c r="R19" t="s">
         <v>34</v>
       </c>
       <c r="S19" t="s">
         <v>35</v>
       </c>
       <c r="T19" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="U19" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D20">
-        <v>571031</v>
+        <v>587484</v>
       </c>
       <c r="E20" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
-      <c r="G20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G20"/>
       <c r="H20">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="I20" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" t="s">
         <v>28</v>
       </c>
       <c r="L20" t="s">
         <v>29</v>
       </c>
       <c r="M20" t="s">
         <v>30</v>
       </c>
       <c r="N20" t="s">
         <v>31</v>
       </c>
-      <c r="O20">
-[...1 lines deleted...]
-      </c>
+      <c r="O20"/>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R20" t="s">
         <v>34</v>
       </c>
       <c r="S20" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="T20" t="s">
-        <v>152</v>
+        <v>68</v>
       </c>
       <c r="U20" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="D21">
-        <v>570125</v>
+        <v>587432</v>
       </c>
       <c r="E21" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
-      <c r="G21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G21"/>
       <c r="H21">
-        <v>129.6</v>
+        <v>0</v>
       </c>
       <c r="I21" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" t="s">
         <v>28</v>
       </c>
       <c r="L21" t="s">
         <v>29</v>
       </c>
       <c r="M21" t="s">
         <v>30</v>
       </c>
       <c r="N21" t="s">
         <v>31</v>
       </c>
-      <c r="O21">
-[...1 lines deleted...]
-      </c>
+      <c r="O21"/>
       <c r="P21" t="s">
         <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R21" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="S21" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="T21" t="s">
-        <v>159</v>
+        <v>68</v>
       </c>
       <c r="U21" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="C22" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="D22">
-        <v>569428</v>
+        <v>587395</v>
       </c>
       <c r="E22" t="s">
-        <v>163</v>
+        <v>32</v>
       </c>
       <c r="F22" t="s">
         <v>25</v>
       </c>
-      <c r="G22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G22"/>
       <c r="H22">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="I22" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="J22" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K22" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L22" t="s">
         <v>29</v>
       </c>
       <c r="M22" t="s">
         <v>30</v>
       </c>
       <c r="N22" t="s">
         <v>31</v>
       </c>
       <c r="O22">
-        <v>272866236647</v>
+        <v>285847306218</v>
       </c>
       <c r="P22" t="s">
         <v>32</v>
       </c>
       <c r="Q22" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R22" t="s">
         <v>34</v>
       </c>
       <c r="S22" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="T22" t="s">
-        <v>166</v>
+        <v>68</v>
       </c>
       <c r="U22" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="D23">
-        <v>568336</v>
+        <v>587363</v>
       </c>
       <c r="E23" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="H23">
-        <v>79.99</v>
+        <v>94.2</v>
       </c>
       <c r="I23" t="s">
-        <v>172</v>
+        <v>127</v>
       </c>
       <c r="J23" t="s">
         <v>28</v>
       </c>
       <c r="K23" t="s">
         <v>28</v>
       </c>
       <c r="L23" t="s">
         <v>29</v>
       </c>
       <c r="M23" t="s">
         <v>30</v>
       </c>
       <c r="N23" t="s">
         <v>31</v>
       </c>
-      <c r="O23">
-[...1 lines deleted...]
-      </c>
+      <c r="O23"/>
       <c r="P23" t="s">
         <v>32</v>
       </c>
       <c r="Q23" t="s">
         <v>33</v>
       </c>
       <c r="R23" t="s">
         <v>34</v>
       </c>
       <c r="S23" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T23" t="s">
-        <v>173</v>
+        <v>55</v>
       </c>
       <c r="U23" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="D24">
-        <v>568280</v>
+        <v>587081</v>
       </c>
       <c r="E24" t="s">
-        <v>177</v>
+        <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G24"/>
       <c r="H24">
-        <v>71.99</v>
+        <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="J24" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K24" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L24" t="s">
         <v>29</v>
       </c>
       <c r="M24" t="s">
         <v>30</v>
       </c>
       <c r="N24" t="s">
         <v>31</v>
       </c>
       <c r="O24">
-        <v>271570657861</v>
+        <v>285510152157</v>
       </c>
       <c r="P24" t="s">
         <v>32</v>
       </c>
       <c r="Q24" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R24" t="s">
         <v>34</v>
       </c>
       <c r="S24" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T24" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="U24" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="C25" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="D25">
-        <v>565561</v>
+        <v>586983</v>
       </c>
       <c r="E25" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
-      <c r="G25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G25"/>
       <c r="H25">
-        <v>249.7</v>
+        <v>0</v>
       </c>
       <c r="I25" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="J25" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K25" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L25" t="s">
         <v>29</v>
       </c>
       <c r="M25" t="s">
         <v>30</v>
       </c>
       <c r="N25" t="s">
         <v>31</v>
       </c>
       <c r="O25">
-        <v>788268618887</v>
+        <v>285577094507</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="R25" t="s">
         <v>34</v>
       </c>
       <c r="S25" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T25" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="U25" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="D26">
-        <v>565415</v>
+        <v>584430</v>
       </c>
       <c r="E26" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
       <c r="G26" t="s">
-        <v>192</v>
+        <v>171</v>
       </c>
       <c r="H26">
-        <v>79</v>
+        <v>79.99</v>
       </c>
       <c r="I26" t="s">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="J26" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K26" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L26" t="s">
         <v>29</v>
       </c>
       <c r="M26" t="s">
         <v>30</v>
       </c>
       <c r="N26" t="s">
         <v>31</v>
       </c>
       <c r="O26">
-        <v>788204161301</v>
+        <v>283735470345</v>
       </c>
       <c r="P26" t="s">
         <v>32</v>
       </c>
       <c r="Q26" t="s">
         <v>33</v>
       </c>
       <c r="R26" t="s">
         <v>34</v>
       </c>
       <c r="S26" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T26" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="U26" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="C27" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="D27">
-        <v>563891</v>
+        <v>584107</v>
       </c>
       <c r="E27" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
-        <v>198</v>
+        <v>178</v>
       </c>
       <c r="H27">
-        <v>71.1</v>
+        <v>80.99</v>
       </c>
       <c r="I27" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
       <c r="J27" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="K27" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="L27" t="s">
         <v>29</v>
       </c>
       <c r="M27" t="s">
         <v>30</v>
       </c>
       <c r="N27" t="s">
         <v>31</v>
       </c>
-      <c r="O27"/>
+      <c r="O27">
+        <v>283645278235</v>
+      </c>
       <c r="P27" t="s">
         <v>32</v>
       </c>
       <c r="Q27" t="s">
         <v>33</v>
       </c>
       <c r="R27" t="s">
         <v>34</v>
       </c>
       <c r="S27" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="T27" t="s">
-        <v>200</v>
+        <v>97</v>
       </c>
       <c r="U27" t="s">
-        <v>201</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>181</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
       <c r="D28">
-        <v>563373</v>
+        <v>575066</v>
       </c>
       <c r="E28" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
       <c r="G28" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="H28">
-        <v>89</v>
+        <v>95.99</v>
       </c>
       <c r="I28" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
       <c r="J28" t="s">
         <v>28</v>
       </c>
       <c r="K28" t="s">
         <v>28</v>
       </c>
       <c r="L28" t="s">
         <v>29</v>
       </c>
       <c r="M28" t="s">
         <v>30</v>
       </c>
       <c r="N28" t="s">
         <v>31</v>
       </c>
-      <c r="O28">
-[...1 lines deleted...]
-      </c>
+      <c r="O28"/>
       <c r="P28" t="s">
         <v>32</v>
       </c>
       <c r="Q28" t="s">
         <v>33</v>
       </c>
       <c r="R28" t="s">
         <v>34</v>
       </c>
       <c r="S28" t="s">
         <v>35</v>
       </c>
       <c r="T28" t="s">
-        <v>187</v>
+        <v>68</v>
       </c>
       <c r="U28" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>208</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
-        <v>209</v>
+        <v>188</v>
       </c>
       <c r="D29">
-        <v>559184</v>
+        <v>571035</v>
       </c>
       <c r="E29" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="H29">
-        <v>52.8</v>
+        <v>638</v>
       </c>
       <c r="I29" t="s">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="J29" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="K29" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="L29" t="s">
         <v>29</v>
       </c>
       <c r="M29" t="s">
         <v>30</v>
       </c>
       <c r="N29" t="s">
         <v>31</v>
       </c>
-      <c r="O29"/>
+      <c r="O29">
+        <v>274639860722</v>
+      </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
         <v>33</v>
       </c>
       <c r="R29" t="s">
         <v>34</v>
       </c>
       <c r="S29" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T29" t="s">
-        <v>213</v>
+        <v>192</v>
       </c>
       <c r="U29" t="s">
-        <v>214</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="D30">
-        <v>557959</v>
+        <v>571031</v>
       </c>
       <c r="E30" t="s">
-        <v>217</v>
+        <v>189</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="H30">
-        <v>89.6</v>
+        <v>104</v>
       </c>
       <c r="I30" t="s">
-        <v>219</v>
+        <v>197</v>
       </c>
       <c r="J30" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K30" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L30" t="s">
         <v>29</v>
       </c>
       <c r="M30" t="s">
         <v>30</v>
       </c>
       <c r="N30" t="s">
         <v>31</v>
       </c>
       <c r="O30">
-        <v>782471920385</v>
+        <v>274645387937</v>
       </c>
       <c r="P30" t="s">
         <v>32</v>
       </c>
       <c r="Q30" t="s">
         <v>33</v>
       </c>
       <c r="R30" t="s">
-        <v>220</v>
+        <v>34</v>
       </c>
       <c r="S30" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T30" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="U30" t="s">
-        <v>222</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
-        <v>224</v>
+        <v>201</v>
       </c>
       <c r="D31">
-        <v>557135</v>
+        <v>570125</v>
       </c>
       <c r="E31" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="H31">
-        <v>188</v>
+        <v>129.6</v>
       </c>
       <c r="I31" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="J31" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K31" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L31" t="s">
         <v>29</v>
       </c>
       <c r="M31" t="s">
         <v>30</v>
       </c>
       <c r="N31" t="s">
         <v>31</v>
       </c>
       <c r="O31">
-        <v>781830445416</v>
+        <v>273628716009</v>
       </c>
       <c r="P31" t="s">
         <v>32</v>
       </c>
       <c r="Q31" t="s">
         <v>33</v>
       </c>
       <c r="R31" t="s">
         <v>34</v>
       </c>
       <c r="S31" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T31" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="U31" t="s">
-        <v>229</v>
+        <v>206</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>230</v>
+        <v>207</v>
       </c>
       <c r="C32" t="s">
-        <v>231</v>
+        <v>208</v>
       </c>
       <c r="D32">
-        <v>556880</v>
+        <v>569428</v>
       </c>
       <c r="E32" t="s">
-        <v>232</v>
+        <v>209</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>233</v>
+        <v>210</v>
       </c>
       <c r="H32">
-        <v>65.88</v>
+        <v>79</v>
       </c>
       <c r="I32" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
       <c r="J32" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K32" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L32" t="s">
         <v>29</v>
       </c>
       <c r="M32" t="s">
         <v>30</v>
       </c>
       <c r="N32" t="s">
         <v>31</v>
       </c>
       <c r="O32">
-        <v>781534080984</v>
+        <v>272866236647</v>
       </c>
       <c r="P32" t="s">
         <v>32</v>
       </c>
       <c r="Q32" t="s">
         <v>33</v>
       </c>
       <c r="R32" t="s">
         <v>34</v>
       </c>
       <c r="S32" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T32" t="s">
-        <v>235</v>
+        <v>212</v>
       </c>
       <c r="U32" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>237</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
-        <v>238</v>
+        <v>215</v>
       </c>
       <c r="D33">
-        <v>556319</v>
+        <v>568336</v>
       </c>
       <c r="E33" t="s">
-        <v>239</v>
+        <v>216</v>
       </c>
       <c r="F33" t="s">
         <v>25</v>
       </c>
       <c r="G33" t="s">
-        <v>240</v>
+        <v>217</v>
       </c>
       <c r="H33">
-        <v>75.5</v>
+        <v>79.99</v>
       </c>
       <c r="I33" t="s">
-        <v>241</v>
+        <v>218</v>
       </c>
       <c r="J33" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K33" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L33" t="s">
         <v>29</v>
       </c>
       <c r="M33" t="s">
         <v>30</v>
       </c>
       <c r="N33" t="s">
         <v>31</v>
       </c>
       <c r="O33">
-        <v>781049873696</v>
+        <v>271632899501</v>
       </c>
       <c r="P33" t="s">
         <v>32</v>
       </c>
       <c r="Q33" t="s">
         <v>33</v>
       </c>
       <c r="R33" t="s">
         <v>34</v>
       </c>
       <c r="S33" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T33" t="s">
-        <v>242</v>
+        <v>219</v>
       </c>
       <c r="U33" t="s">
-        <v>243</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>244</v>
+        <v>221</v>
       </c>
       <c r="C34" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="D34">
-        <v>555657</v>
+        <v>568280</v>
       </c>
       <c r="E34" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
       <c r="G34" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="H34">
-        <v>424.1</v>
+        <v>71.99</v>
       </c>
       <c r="I34" t="s">
-        <v>248</v>
+        <v>225</v>
       </c>
       <c r="J34" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K34" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L34" t="s">
         <v>29</v>
       </c>
       <c r="M34" t="s">
         <v>30</v>
       </c>
       <c r="N34" t="s">
         <v>31</v>
       </c>
       <c r="O34">
-        <v>780573921009</v>
+        <v>271570657861</v>
       </c>
       <c r="P34" t="s">
         <v>32</v>
       </c>
       <c r="Q34" t="s">
         <v>33</v>
       </c>
       <c r="R34" t="s">
         <v>34</v>
       </c>
       <c r="S34" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T34" t="s">
-        <v>249</v>
+        <v>226</v>
       </c>
       <c r="U34" t="s">
-        <v>250</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>251</v>
+        <v>228</v>
       </c>
       <c r="C35" t="s">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="D35">
-        <v>554969</v>
+        <v>565561</v>
       </c>
       <c r="E35" t="s">
-        <v>253</v>
+        <v>230</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>254</v>
+        <v>231</v>
       </c>
       <c r="H35">
-        <v>37.44</v>
+        <v>249.7</v>
       </c>
       <c r="I35" t="s">
-        <v>255</v>
+        <v>232</v>
       </c>
       <c r="J35" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K35" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L35" t="s">
         <v>29</v>
       </c>
       <c r="M35" t="s">
         <v>30</v>
       </c>
       <c r="N35" t="s">
         <v>31</v>
       </c>
       <c r="O35">
-        <v>780044710820</v>
+        <v>788268618887</v>
       </c>
       <c r="P35" t="s">
         <v>32</v>
       </c>
       <c r="Q35" t="s">
         <v>33</v>
       </c>
       <c r="R35" t="s">
         <v>34</v>
       </c>
       <c r="S35" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T35" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="U35" t="s">
-        <v>257</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>258</v>
+        <v>235</v>
       </c>
       <c r="C36" t="s">
-        <v>259</v>
+        <v>236</v>
       </c>
       <c r="D36">
-        <v>554664</v>
+        <v>565415</v>
       </c>
       <c r="E36" t="s">
-        <v>260</v>
+        <v>237</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="H36">
-        <v>43.5</v>
+        <v>79</v>
       </c>
       <c r="I36" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="J36" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K36" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L36" t="s">
         <v>29</v>
       </c>
       <c r="M36" t="s">
         <v>30</v>
       </c>
       <c r="N36" t="s">
         <v>31</v>
       </c>
       <c r="O36">
-        <v>399502813620</v>
+        <v>788204161301</v>
       </c>
       <c r="P36" t="s">
         <v>32</v>
       </c>
       <c r="Q36" t="s">
         <v>33</v>
       </c>
       <c r="R36" t="s">
         <v>34</v>
       </c>
       <c r="S36" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T36" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="U36" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>264</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="D37">
-        <v>554580</v>
+        <v>563891</v>
       </c>
       <c r="E37" t="s">
-        <v>266</v>
+        <v>243</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>267</v>
+        <v>244</v>
       </c>
       <c r="H37">
-        <v>41.4</v>
+        <v>71.1</v>
       </c>
       <c r="I37" t="s">
-        <v>268</v>
+        <v>245</v>
       </c>
       <c r="J37" t="s">
         <v>28</v>
       </c>
       <c r="K37" t="s">
         <v>28</v>
       </c>
       <c r="L37" t="s">
         <v>29</v>
       </c>
       <c r="M37" t="s">
         <v>30</v>
       </c>
       <c r="N37" t="s">
         <v>31</v>
       </c>
-      <c r="O37">
-[...1 lines deleted...]
-      </c>
+      <c r="O37"/>
       <c r="P37" t="s">
         <v>32</v>
       </c>
       <c r="Q37" t="s">
         <v>33</v>
       </c>
       <c r="R37" t="s">
         <v>34</v>
       </c>
       <c r="S37" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T37" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="U37" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="C38" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
       <c r="D38">
-        <v>554309</v>
+        <v>563373</v>
       </c>
       <c r="E38" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="H38">
-        <v>228</v>
+        <v>89</v>
       </c>
       <c r="I38" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="J38" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K38" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L38" t="s">
         <v>29</v>
       </c>
       <c r="M38" t="s">
         <v>30</v>
       </c>
       <c r="N38" t="s">
         <v>31</v>
       </c>
       <c r="O38">
-        <v>399194946945</v>
+        <v>786720095223</v>
       </c>
       <c r="P38" t="s">
         <v>32</v>
       </c>
       <c r="Q38" t="s">
         <v>33</v>
       </c>
       <c r="R38" t="s">
         <v>34</v>
       </c>
       <c r="S38" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="T38" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="U38" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="C39" t="s">
-        <v>277</v>
+        <v>255</v>
       </c>
       <c r="D39">
-        <v>554165</v>
+        <v>559184</v>
       </c>
       <c r="E39" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>279</v>
+        <v>257</v>
       </c>
       <c r="H39">
-        <v>658</v>
+        <v>52.8</v>
       </c>
       <c r="I39" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="J39" t="s">
         <v>28</v>
       </c>
       <c r="K39" t="s">
         <v>28</v>
       </c>
       <c r="L39" t="s">
         <v>29</v>
       </c>
       <c r="M39" t="s">
         <v>30</v>
       </c>
       <c r="N39" t="s">
         <v>31</v>
       </c>
-      <c r="O39">
-[...1 lines deleted...]
-      </c>
+      <c r="O39"/>
       <c r="P39" t="s">
         <v>32</v>
       </c>
       <c r="Q39" t="s">
         <v>33</v>
       </c>
       <c r="R39" t="s">
         <v>34</v>
       </c>
       <c r="S39" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T39" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="U39" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C40" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="D40">
-        <v>554132</v>
+        <v>557959</v>
       </c>
       <c r="E40" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="H40">
-        <v>41.4</v>
+        <v>89.6</v>
       </c>
       <c r="I40" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="J40" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K40" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L40" t="s">
         <v>29</v>
       </c>
       <c r="M40" t="s">
         <v>30</v>
       </c>
       <c r="N40" t="s">
         <v>31</v>
       </c>
       <c r="O40">
-        <v>399023344355</v>
+        <v>782471920385</v>
       </c>
       <c r="P40" t="s">
         <v>32</v>
       </c>
       <c r="Q40" t="s">
         <v>33</v>
       </c>
       <c r="R40" t="s">
         <v>34</v>
       </c>
       <c r="S40" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T40" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="U40" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="C41" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
       <c r="D41">
-        <v>554038</v>
+        <v>557135</v>
       </c>
       <c r="E41" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="H41">
-        <v>54</v>
+        <v>188</v>
       </c>
       <c r="I41" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="J41" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K41" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L41" t="s">
         <v>29</v>
       </c>
       <c r="M41" t="s">
         <v>30</v>
       </c>
       <c r="N41" t="s">
         <v>31</v>
       </c>
       <c r="O41">
-        <v>398928434600</v>
+        <v>781830445416</v>
       </c>
       <c r="P41" t="s">
         <v>32</v>
       </c>
       <c r="Q41" t="s">
         <v>33</v>
       </c>
       <c r="R41" t="s">
         <v>34</v>
       </c>
       <c r="S41" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T41" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="U41" t="s">
-        <v>294</v>
+        <v>274</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
       <c r="C42" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="D42">
-        <v>554018</v>
+        <v>556880</v>
       </c>
       <c r="E42" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="H42">
-        <v>59.5</v>
+        <v>65.88</v>
       </c>
       <c r="I42" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="J42" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K42" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L42" t="s">
         <v>29</v>
       </c>
       <c r="M42" t="s">
         <v>30</v>
       </c>
       <c r="N42" t="s">
         <v>31</v>
       </c>
       <c r="O42">
-        <v>398936918488</v>
+        <v>781534080984</v>
       </c>
       <c r="P42" t="s">
         <v>32</v>
       </c>
       <c r="Q42" t="s">
         <v>33</v>
       </c>
       <c r="R42" t="s">
         <v>34</v>
       </c>
       <c r="S42" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T42" t="s">
-        <v>256</v>
+        <v>280</v>
       </c>
       <c r="U42" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>301</v>
+        <v>282</v>
       </c>
       <c r="C43" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
       <c r="D43">
-        <v>553970</v>
+        <v>556319</v>
       </c>
       <c r="E43" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="H43">
-        <v>234.15</v>
+        <v>75.5</v>
       </c>
       <c r="I43" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="J43" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K43" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L43" t="s">
         <v>29</v>
       </c>
       <c r="M43" t="s">
         <v>30</v>
       </c>
       <c r="N43" t="s">
         <v>31</v>
       </c>
       <c r="O43">
-        <v>398926471657</v>
+        <v>781049873696</v>
       </c>
       <c r="P43" t="s">
         <v>32</v>
       </c>
       <c r="Q43" t="s">
         <v>33</v>
       </c>
       <c r="R43" t="s">
         <v>34</v>
       </c>
       <c r="S43" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T43" t="s">
-        <v>256</v>
+        <v>287</v>
       </c>
       <c r="U43" t="s">
-        <v>305</v>
+        <v>288</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
       <c r="C44" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="D44">
-        <v>553855</v>
+        <v>555657</v>
       </c>
       <c r="E44" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="H44">
-        <v>88</v>
+        <v>424.1</v>
       </c>
       <c r="I44" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="J44" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K44" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L44" t="s">
         <v>29</v>
       </c>
       <c r="M44" t="s">
         <v>30</v>
       </c>
       <c r="N44" t="s">
         <v>31</v>
       </c>
       <c r="O44">
-        <v>398818045533</v>
+        <v>780573921009</v>
       </c>
       <c r="P44" t="s">
         <v>32</v>
       </c>
       <c r="Q44" t="s">
         <v>33</v>
       </c>
       <c r="R44" t="s">
         <v>34</v>
       </c>
       <c r="S44" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T44" t="s">
-        <v>256</v>
+        <v>294</v>
       </c>
       <c r="U44" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="D45">
-        <v>553603</v>
+        <v>554969</v>
       </c>
       <c r="E45" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="H45">
-        <v>74.7</v>
+        <v>37.44</v>
       </c>
       <c r="I45" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="J45" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K45" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L45" t="s">
         <v>29</v>
       </c>
       <c r="M45" t="s">
         <v>30</v>
       </c>
       <c r="N45" t="s">
         <v>31</v>
       </c>
       <c r="O45">
-        <v>398596488783</v>
+        <v>780044710820</v>
       </c>
       <c r="P45" t="s">
         <v>32</v>
       </c>
       <c r="Q45" t="s">
         <v>33</v>
       </c>
       <c r="R45" t="s">
         <v>34</v>
       </c>
       <c r="S45" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T45" t="s">
-        <v>256</v>
+        <v>301</v>
       </c>
       <c r="U45" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="D46">
-        <v>552866</v>
+        <v>554664</v>
       </c>
       <c r="E46" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
       <c r="H46">
-        <v>83.2</v>
+        <v>43.5</v>
       </c>
       <c r="I46" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="J46" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K46" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L46" t="s">
         <v>29</v>
       </c>
       <c r="M46" t="s">
         <v>30</v>
       </c>
       <c r="N46" t="s">
         <v>31</v>
       </c>
       <c r="O46">
-        <v>397999348541</v>
+        <v>399502813620</v>
       </c>
       <c r="P46" t="s">
         <v>32</v>
       </c>
       <c r="Q46" t="s">
         <v>33</v>
       </c>
       <c r="R46" t="s">
         <v>34</v>
       </c>
       <c r="S46" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T46" t="s">
-        <v>256</v>
+        <v>301</v>
       </c>
       <c r="U46" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="D47">
-        <v>552252</v>
+        <v>554580</v>
       </c>
       <c r="E47" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="F47" t="s">
         <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="H47">
-        <v>188</v>
+        <v>41.4</v>
       </c>
       <c r="I47" t="s">
-        <v>227</v>
+        <v>313</v>
       </c>
       <c r="J47" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K47" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L47" t="s">
         <v>29</v>
       </c>
       <c r="M47" t="s">
         <v>30</v>
       </c>
       <c r="N47" t="s">
         <v>31</v>
       </c>
       <c r="O47">
-        <v>397457804796</v>
+        <v>399499211058</v>
       </c>
       <c r="P47" t="s">
         <v>32</v>
       </c>
       <c r="Q47" t="s">
         <v>33</v>
       </c>
       <c r="R47" t="s">
         <v>34</v>
       </c>
       <c r="S47" t="s">
         <v>35</v>
       </c>
       <c r="T47" t="s">
-        <v>328</v>
+        <v>301</v>
       </c>
       <c r="U47" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="C48" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="D48">
-        <v>551751</v>
+        <v>554309</v>
       </c>
       <c r="E48" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>333</v>
+        <v>318</v>
       </c>
       <c r="H48">
-        <v>266.8</v>
+        <v>228</v>
       </c>
       <c r="I48" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="J48" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K48" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L48" t="s">
         <v>29</v>
       </c>
       <c r="M48" t="s">
         <v>30</v>
       </c>
       <c r="N48" t="s">
         <v>31</v>
       </c>
       <c r="O48">
-        <v>397105676670</v>
+        <v>399194946945</v>
       </c>
       <c r="P48" t="s">
         <v>32</v>
       </c>
       <c r="Q48" t="s">
         <v>33</v>
       </c>
       <c r="R48" t="s">
         <v>34</v>
       </c>
       <c r="S48" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T48" t="s">
-        <v>187</v>
+        <v>301</v>
       </c>
       <c r="U48" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="C49" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="D49">
-        <v>551061</v>
+        <v>554165</v>
       </c>
       <c r="E49" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="H49">
-        <v>199</v>
+        <v>658</v>
       </c>
       <c r="I49" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="J49" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K49" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L49" t="s">
         <v>29</v>
       </c>
       <c r="M49" t="s">
         <v>30</v>
       </c>
       <c r="N49" t="s">
         <v>31</v>
       </c>
       <c r="O49">
-        <v>396601561702</v>
+        <v>399056859927</v>
       </c>
       <c r="P49" t="s">
         <v>32</v>
       </c>
       <c r="Q49" t="s">
         <v>33</v>
       </c>
       <c r="R49" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="S49" t="s">
         <v>35</v>
       </c>
       <c r="T49" t="s">
-        <v>341</v>
+        <v>301</v>
       </c>
       <c r="U49" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="C50" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="D50">
-        <v>550827</v>
+        <v>554132</v>
       </c>
       <c r="E50" t="s">
-        <v>32</v>
+        <v>329</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
-      <c r="G50"/>
+      <c r="G50" t="s">
+        <v>330</v>
+      </c>
       <c r="H50">
-        <v>0</v>
+        <v>41.4</v>
       </c>
       <c r="I50" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-      <c r="K50"/>
+        <v>331</v>
+      </c>
+      <c r="J50" t="s">
+        <v>95</v>
+      </c>
+      <c r="K50" t="s">
+        <v>95</v>
+      </c>
       <c r="L50" t="s">
         <v>29</v>
       </c>
       <c r="M50" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-      <c r="O50"/>
+        <v>30</v>
+      </c>
+      <c r="N50" t="s">
+        <v>31</v>
+      </c>
+      <c r="O50">
+        <v>399023344355</v>
+      </c>
       <c r="P50" t="s">
         <v>32</v>
       </c>
       <c r="Q50" t="s">
-        <v>347</v>
+        <v>33</v>
       </c>
       <c r="R50" t="s">
         <v>34</v>
       </c>
       <c r="S50" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T50" t="s">
-        <v>256</v>
+        <v>301</v>
       </c>
       <c r="U50" t="s">
-        <v>348</v>
+        <v>332</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
       <c r="C51" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="D51">
-        <v>593971</v>
+        <v>554038</v>
       </c>
       <c r="E51" t="s">
-        <v>32</v>
+        <v>335</v>
       </c>
       <c r="F51" t="s">
         <v>25</v>
       </c>
-      <c r="G51"/>
+      <c r="G51" t="s">
+        <v>336</v>
+      </c>
       <c r="H51">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="I51" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-      <c r="K51"/>
+        <v>337</v>
+      </c>
+      <c r="J51" t="s">
+        <v>95</v>
+      </c>
+      <c r="K51" t="s">
+        <v>95</v>
+      </c>
       <c r="L51" t="s">
         <v>29</v>
       </c>
       <c r="M51" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-      <c r="O51"/>
+        <v>30</v>
+      </c>
+      <c r="N51" t="s">
+        <v>31</v>
+      </c>
+      <c r="O51">
+        <v>398928434600</v>
+      </c>
       <c r="P51" t="s">
         <v>32</v>
       </c>
       <c r="Q51" t="s">
-        <v>347</v>
+        <v>33</v>
       </c>
       <c r="R51" t="s">
         <v>34</v>
       </c>
       <c r="S51" t="s">
         <v>35</v>
       </c>
       <c r="T51" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="U51" t="s">
-        <v>354</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="C52" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="D52">
-        <v>542193</v>
+        <v>554018</v>
       </c>
       <c r="E52" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="H52">
-        <v>314.2</v>
+        <v>59.5</v>
       </c>
       <c r="I52" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="J52" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="K52" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="L52" t="s">
         <v>29</v>
       </c>
       <c r="M52" t="s">
         <v>30</v>
       </c>
       <c r="N52" t="s">
         <v>31</v>
       </c>
       <c r="O52">
-        <v>390914965890</v>
+        <v>398936918488</v>
       </c>
       <c r="P52" t="s">
         <v>32</v>
       </c>
       <c r="Q52" t="s">
         <v>33</v>
       </c>
       <c r="R52" t="s">
         <v>34</v>
       </c>
       <c r="S52" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T52" t="s">
+        <v>301</v>
+      </c>
+      <c r="U52" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53" t="s">
+        <v>21</v>
+      </c>
+      <c r="B53" t="s">
+        <v>346</v>
+      </c>
+      <c r="C53" t="s">
+        <v>347</v>
+      </c>
+      <c r="D53">
+        <v>553970</v>
+      </c>
+      <c r="E53" t="s">
+        <v>342</v>
+      </c>
+      <c r="F53" t="s">
+        <v>25</v>
+      </c>
+      <c r="G53" t="s">
+        <v>348</v>
+      </c>
+      <c r="H53">
+        <v>234.15</v>
+      </c>
+      <c r="I53" t="s">
+        <v>349</v>
+      </c>
+      <c r="J53" t="s">
+        <v>95</v>
+      </c>
+      <c r="K53" t="s">
+        <v>95</v>
+      </c>
+      <c r="L53" t="s">
+        <v>29</v>
+      </c>
+      <c r="M53" t="s">
+        <v>30</v>
+      </c>
+      <c r="N53" t="s">
+        <v>31</v>
+      </c>
+      <c r="O53">
+        <v>398926471657</v>
+      </c>
+      <c r="P53" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>33</v>
+      </c>
+      <c r="R53" t="s">
+        <v>34</v>
+      </c>
+      <c r="S53" t="s">
+        <v>35</v>
+      </c>
+      <c r="T53" t="s">
+        <v>301</v>
+      </c>
+      <c r="U53" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
+      <c r="A54" t="s">
+        <v>21</v>
+      </c>
+      <c r="B54" t="s">
+        <v>351</v>
+      </c>
+      <c r="C54" t="s">
+        <v>352</v>
+      </c>
+      <c r="D54">
+        <v>553855</v>
+      </c>
+      <c r="E54" t="s">
+        <v>353</v>
+      </c>
+      <c r="F54" t="s">
+        <v>25</v>
+      </c>
+      <c r="G54" t="s">
+        <v>354</v>
+      </c>
+      <c r="H54">
+        <v>88</v>
+      </c>
+      <c r="I54" t="s">
+        <v>355</v>
+      </c>
+      <c r="J54" t="s">
+        <v>95</v>
+      </c>
+      <c r="K54" t="s">
+        <v>95</v>
+      </c>
+      <c r="L54" t="s">
+        <v>29</v>
+      </c>
+      <c r="M54" t="s">
+        <v>30</v>
+      </c>
+      <c r="N54" t="s">
+        <v>31</v>
+      </c>
+      <c r="O54">
+        <v>398818045533</v>
+      </c>
+      <c r="P54" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>33</v>
+      </c>
+      <c r="R54" t="s">
+        <v>34</v>
+      </c>
+      <c r="S54" t="s">
+        <v>35</v>
+      </c>
+      <c r="T54" t="s">
+        <v>301</v>
+      </c>
+      <c r="U54" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
+      <c r="A55" t="s">
+        <v>21</v>
+      </c>
+      <c r="B55" t="s">
+        <v>357</v>
+      </c>
+      <c r="C55" t="s">
+        <v>358</v>
+      </c>
+      <c r="D55">
+        <v>553603</v>
+      </c>
+      <c r="E55" t="s">
+        <v>359</v>
+      </c>
+      <c r="F55" t="s">
+        <v>25</v>
+      </c>
+      <c r="G55" t="s">
         <v>360</v>
       </c>
-      <c r="U52" t="s">
+      <c r="H55">
+        <v>74.7</v>
+      </c>
+      <c r="I55" t="s">
         <v>361</v>
+      </c>
+      <c r="J55" t="s">
+        <v>95</v>
+      </c>
+      <c r="K55" t="s">
+        <v>95</v>
+      </c>
+      <c r="L55" t="s">
+        <v>29</v>
+      </c>
+      <c r="M55" t="s">
+        <v>30</v>
+      </c>
+      <c r="N55" t="s">
+        <v>31</v>
+      </c>
+      <c r="O55">
+        <v>398596488783</v>
+      </c>
+      <c r="P55" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R55" t="s">
+        <v>34</v>
+      </c>
+      <c r="S55" t="s">
+        <v>35</v>
+      </c>
+      <c r="T55" t="s">
+        <v>301</v>
+      </c>
+      <c r="U55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21">
+      <c r="A56" t="s">
+        <v>21</v>
+      </c>
+      <c r="B56" t="s">
+        <v>363</v>
+      </c>
+      <c r="C56" t="s">
+        <v>364</v>
+      </c>
+      <c r="D56">
+        <v>552866</v>
+      </c>
+      <c r="E56" t="s">
+        <v>365</v>
+      </c>
+      <c r="F56" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" t="s">
+        <v>366</v>
+      </c>
+      <c r="H56">
+        <v>83.2</v>
+      </c>
+      <c r="I56" t="s">
+        <v>367</v>
+      </c>
+      <c r="J56" t="s">
+        <v>95</v>
+      </c>
+      <c r="K56" t="s">
+        <v>95</v>
+      </c>
+      <c r="L56" t="s">
+        <v>29</v>
+      </c>
+      <c r="M56" t="s">
+        <v>30</v>
+      </c>
+      <c r="N56" t="s">
+        <v>31</v>
+      </c>
+      <c r="O56">
+        <v>397999348541</v>
+      </c>
+      <c r="P56" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>33</v>
+      </c>
+      <c r="R56" t="s">
+        <v>34</v>
+      </c>
+      <c r="S56" t="s">
+        <v>35</v>
+      </c>
+      <c r="T56" t="s">
+        <v>301</v>
+      </c>
+      <c r="U56" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21">
+      <c r="A57" t="s">
+        <v>21</v>
+      </c>
+      <c r="B57" t="s">
+        <v>369</v>
+      </c>
+      <c r="C57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D57">
+        <v>552252</v>
+      </c>
+      <c r="E57" t="s">
+        <v>371</v>
+      </c>
+      <c r="F57" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" t="s">
+        <v>372</v>
+      </c>
+      <c r="H57">
+        <v>188</v>
+      </c>
+      <c r="I57" t="s">
+        <v>272</v>
+      </c>
+      <c r="J57" t="s">
+        <v>95</v>
+      </c>
+      <c r="K57" t="s">
+        <v>95</v>
+      </c>
+      <c r="L57" t="s">
+        <v>29</v>
+      </c>
+      <c r="M57" t="s">
+        <v>30</v>
+      </c>
+      <c r="N57" t="s">
+        <v>31</v>
+      </c>
+      <c r="O57">
+        <v>397457804796</v>
+      </c>
+      <c r="P57" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>33</v>
+      </c>
+      <c r="R57" t="s">
+        <v>34</v>
+      </c>
+      <c r="S57" t="s">
+        <v>96</v>
+      </c>
+      <c r="T57" t="s">
+        <v>373</v>
+      </c>
+      <c r="U57" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21">
+      <c r="A58" t="s">
+        <v>21</v>
+      </c>
+      <c r="B58" t="s">
+        <v>375</v>
+      </c>
+      <c r="C58" t="s">
+        <v>376</v>
+      </c>
+      <c r="D58">
+        <v>551751</v>
+      </c>
+      <c r="E58" t="s">
+        <v>377</v>
+      </c>
+      <c r="F58" t="s">
+        <v>25</v>
+      </c>
+      <c r="G58" t="s">
+        <v>378</v>
+      </c>
+      <c r="H58">
+        <v>266.8</v>
+      </c>
+      <c r="I58" t="s">
+        <v>379</v>
+      </c>
+      <c r="J58" t="s">
+        <v>95</v>
+      </c>
+      <c r="K58" t="s">
+        <v>95</v>
+      </c>
+      <c r="L58" t="s">
+        <v>29</v>
+      </c>
+      <c r="M58" t="s">
+        <v>30</v>
+      </c>
+      <c r="N58" t="s">
+        <v>31</v>
+      </c>
+      <c r="O58">
+        <v>397105676670</v>
+      </c>
+      <c r="P58" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>33</v>
+      </c>
+      <c r="R58" t="s">
+        <v>34</v>
+      </c>
+      <c r="S58" t="s">
+        <v>35</v>
+      </c>
+      <c r="T58" t="s">
+        <v>233</v>
+      </c>
+      <c r="U58" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21">
+      <c r="A59" t="s">
+        <v>21</v>
+      </c>
+      <c r="B59" t="s">
+        <v>381</v>
+      </c>
+      <c r="C59" t="s">
+        <v>382</v>
+      </c>
+      <c r="D59">
+        <v>551061</v>
+      </c>
+      <c r="E59" t="s">
+        <v>383</v>
+      </c>
+      <c r="F59" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" t="s">
+        <v>384</v>
+      </c>
+      <c r="H59">
+        <v>199</v>
+      </c>
+      <c r="I59" t="s">
+        <v>385</v>
+      </c>
+      <c r="J59" t="s">
+        <v>95</v>
+      </c>
+      <c r="K59" t="s">
+        <v>95</v>
+      </c>
+      <c r="L59" t="s">
+        <v>29</v>
+      </c>
+      <c r="M59" t="s">
+        <v>30</v>
+      </c>
+      <c r="N59" t="s">
+        <v>31</v>
+      </c>
+      <c r="O59">
+        <v>396601561702</v>
+      </c>
+      <c r="P59" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>33</v>
+      </c>
+      <c r="R59" t="s">
+        <v>34</v>
+      </c>
+      <c r="S59" t="s">
+        <v>96</v>
+      </c>
+      <c r="T59" t="s">
+        <v>386</v>
+      </c>
+      <c r="U59" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21">
+      <c r="A60" t="s">
+        <v>21</v>
+      </c>
+      <c r="B60" t="s">
+        <v>388</v>
+      </c>
+      <c r="C60" t="s">
+        <v>389</v>
+      </c>
+      <c r="D60">
+        <v>550827</v>
+      </c>
+      <c r="E60" t="s">
+        <v>32</v>
+      </c>
+      <c r="F60" t="s">
+        <v>25</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60">
+        <v>0</v>
+      </c>
+      <c r="I60" t="s">
+        <v>390</v>
+      </c>
+      <c r="J60"/>
+      <c r="K60"/>
+      <c r="L60" t="s">
+        <v>29</v>
+      </c>
+      <c r="M60" t="s">
+        <v>391</v>
+      </c>
+      <c r="N60"/>
+      <c r="O60"/>
+      <c r="P60" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>47</v>
+      </c>
+      <c r="R60" t="s">
+        <v>34</v>
+      </c>
+      <c r="S60" t="s">
+        <v>35</v>
+      </c>
+      <c r="T60" t="s">
+        <v>301</v>
+      </c>
+      <c r="U60" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21">
+      <c r="A61" t="s">
+        <v>21</v>
+      </c>
+      <c r="B61" t="s">
+        <v>393</v>
+      </c>
+      <c r="C61" t="s">
+        <v>394</v>
+      </c>
+      <c r="D61">
+        <v>593971</v>
+      </c>
+      <c r="E61" t="s">
+        <v>32</v>
+      </c>
+      <c r="F61" t="s">
+        <v>25</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61" t="s">
+        <v>395</v>
+      </c>
+      <c r="J61"/>
+      <c r="K61"/>
+      <c r="L61" t="s">
+        <v>29</v>
+      </c>
+      <c r="M61" t="s">
+        <v>396</v>
+      </c>
+      <c r="N61"/>
+      <c r="O61"/>
+      <c r="P61" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>47</v>
+      </c>
+      <c r="R61" t="s">
+        <v>34</v>
+      </c>
+      <c r="S61" t="s">
+        <v>96</v>
+      </c>
+      <c r="T61" t="s">
+        <v>397</v>
+      </c>
+      <c r="U61" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21">
+      <c r="A62" t="s">
+        <v>21</v>
+      </c>
+      <c r="B62" t="s">
+        <v>399</v>
+      </c>
+      <c r="C62" t="s">
+        <v>400</v>
+      </c>
+      <c r="D62">
+        <v>542193</v>
+      </c>
+      <c r="E62" t="s">
+        <v>401</v>
+      </c>
+      <c r="F62" t="s">
+        <v>25</v>
+      </c>
+      <c r="G62" t="s">
+        <v>402</v>
+      </c>
+      <c r="H62">
+        <v>314.2</v>
+      </c>
+      <c r="I62" t="s">
+        <v>403</v>
+      </c>
+      <c r="J62" t="s">
+        <v>95</v>
+      </c>
+      <c r="K62" t="s">
+        <v>95</v>
+      </c>
+      <c r="L62" t="s">
+        <v>29</v>
+      </c>
+      <c r="M62" t="s">
+        <v>30</v>
+      </c>
+      <c r="N62" t="s">
+        <v>31</v>
+      </c>
+      <c r="O62">
+        <v>390914965890</v>
+      </c>
+      <c r="P62" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>33</v>
+      </c>
+      <c r="R62" t="s">
+        <v>34</v>
+      </c>
+      <c r="S62" t="s">
+        <v>35</v>
+      </c>
+      <c r="T62" t="s">
+        <v>404</v>
+      </c>
+      <c r="U62" t="s">
+        <v>405</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">