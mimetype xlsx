--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1946">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1961">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,107 +80,170 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2025-11-17 16:14:10</t>
+  </si>
+  <si>
+    <t>7420778701-A</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11437269</t>
+  </si>
+  <si>
+    <t>/PWZBA0523-GOLD1-OS/PWPSA0624-GOLD1-OS</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:04:10</t>
+  </si>
+  <si>
+    <t>7391826101-A</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11431485</t>
+  </si>
+  <si>
+    <t>/VE3F00222</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:14:55</t>
+  </si>
+  <si>
+    <t>7339189901-A</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:00:00</t>
+  </si>
+  <si>
+    <t>/11423422</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:08:52</t>
+  </si>
+  <si>
     <t>2025-10-01 02:31:53</t>
   </si>
   <si>
     <t>7326910001-A</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11417239</t>
   </si>
   <si>
     <t>/BB0072S-30008290-001-00011</t>
   </si>
   <si>
-    <t>Pending</t>
-[...14 lines deleted...]
-    <t>automatic</t>
+    <t>2025-11-11 16:03:53</t>
   </si>
   <si>
     <t>2025-09-07 22:04:31</t>
   </si>
   <si>
     <t>7302454801-A</t>
   </si>
   <si>
     <t>2025-09-08 00:00:00</t>
   </si>
   <si>
     <t>/11402238</t>
   </si>
   <si>
     <t>/PJ8AA18BU</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-07 21:51:48</t>
   </si>
   <si>
     <t>7302440501-A</t>
   </si>
   <si>
     <t>/11402239</t>
   </si>
   <si>
     <t>/PWPFA0724-BLACK-OS</t>
   </si>
   <si>
     <t>2025-08-31 18:22:30</t>
   </si>
   <si>
     <t>7296535101-A</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>/11395957</t>
   </si>
   <si>
     <t>/CH0021OA-30009911-003-00287-NS</t>
@@ -206,65 +269,50 @@
   <si>
     <t>7277890401-A</t>
   </si>
   <si>
     <t>2025-08-11 00:00:00</t>
   </si>
   <si>
     <t>/11371991</t>
   </si>
   <si>
     <t>/AM0405S-30014336-003-40022-NS</t>
   </si>
   <si>
     <t>2025-07-15 16:37:29</t>
   </si>
   <si>
     <t>7238458501-A</t>
   </si>
   <si>
     <t>2025-07-15 00:00:00</t>
   </si>
   <si>
     <t>/11352998</t>
   </si>
   <si>
-    <t>CLOSED</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-08-01 17:11:42</t>
   </si>
   <si>
     <t>2025-07-11 22:33:44</t>
   </si>
   <si>
     <t>7229307901-A</t>
   </si>
   <si>
     <t>2025-07-14 00:00:00</t>
   </si>
   <si>
     <t>/11352281</t>
   </si>
   <si>
     <t>/BB0024SA-30007767-001</t>
   </si>
   <si>
     <t>2025-07-05 23:00:42</t>
   </si>
   <si>
     <t>7211987601-A</t>
   </si>
   <si>
     <t>2025-07-07 00:00:00</t>
@@ -315,53 +363,50 @@
     <t>2025-06-18 00:00:00</t>
   </si>
   <si>
     <t>/11339696</t>
   </si>
   <si>
     <t>/PWBAA1122</t>
   </si>
   <si>
     <t>2025-07-09 13:51:51</t>
   </si>
   <si>
     <t>2025-06-05 17:26:29</t>
   </si>
   <si>
     <t>7165432201-A</t>
   </si>
   <si>
     <t>2025-06-05 00:00:00</t>
   </si>
   <si>
     <t>/11333394</t>
   </si>
   <si>
     <t>/BB0098S-30008870-001</t>
-  </si>
-[...1 lines deleted...]
-    <t>Merchant info  - Waiting local Tracking Number</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-07-17 17:23:49</t>
   </si>
   <si>
     <t>2025-06-03 15:13:13</t>
   </si>
   <si>
     <t>7162658801-A</t>
   </si>
   <si>
     <t>2025-06-03 00:00:00</t>
   </si>
   <si>
     <t>/11332399</t>
   </si>
   <si>
     <t>2025-05-23 14:51:57</t>
   </si>
   <si>
     <t>7150985801-A</t>
   </si>
@@ -6196,51 +6241,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U414"/>
+  <dimension ref="A1:U417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6280,24474 +6325,24661 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594526</v>
+        <v>596507</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>94.2</v>
+        <v>1112</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O2"/>
+        <v>30</v>
+      </c>
+      <c r="O2">
+        <v>395451491083</v>
+      </c>
       <c r="P2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
         <v>34</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>595756</v>
+      </c>
+      <c r="E3" t="s">
         <v>35</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" t="s">
         <v>36</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3">
+        <v>556.2</v>
+      </c>
+      <c r="I3" t="s">
         <v>37</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" t="s">
         <v>38</v>
       </c>
-      <c r="J3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O3">
-        <v>392980346229</v>
+        <v>394978466627</v>
       </c>
       <c r="P3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4">
+        <v>595023</v>
+      </c>
+      <c r="E4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
         <v>42</v>
       </c>
-      <c r="D4">
-[...8 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4">
+        <v>10.99</v>
+      </c>
+      <c r="I4" t="s">
         <v>43</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>44</v>
       </c>
-      <c r="J4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O4"/>
       <c r="P4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q4" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T4"/>
+        <v>32</v>
+      </c>
+      <c r="R4" t="s">
+        <v>47</v>
+      </c>
+      <c r="S4" t="s">
+        <v>48</v>
+      </c>
+      <c r="T4" t="s">
+        <v>49</v>
+      </c>
       <c r="U4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5">
+        <v>594526</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>94.2</v>
+      </c>
+      <c r="I5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
         <v>46</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="N5" t="s">
+        <v>30</v>
+      </c>
+      <c r="O5"/>
+      <c r="P5" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>32</v>
+      </c>
+      <c r="R5" t="s">
         <v>47</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="S5" t="s">
         <v>48</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="T5" t="s">
         <v>49</v>
       </c>
-      <c r="J5" t="s">
-[...25 lines deleted...]
-      <c r="T5"/>
       <c r="U5" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D6">
-        <v>593586</v>
+        <v>593915</v>
       </c>
       <c r="E6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="H6">
-        <v>95.99</v>
+        <v>88</v>
       </c>
       <c r="I6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="J6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="M6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O6">
-        <v>392615061412</v>
+        <v>392980346229</v>
       </c>
       <c r="P6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D7">
-        <v>593074</v>
+        <v>593914</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="H7">
-        <v>87.99</v>
+        <v>616</v>
       </c>
       <c r="I7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="M7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O7">
-        <v>391979347020</v>
+        <v>392980888674</v>
       </c>
       <c r="P7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="D8">
-        <v>592223</v>
+        <v>593690</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H8">
-        <v>80.07</v>
+        <v>71.99</v>
       </c>
       <c r="I8" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="M8" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N8" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O8"/>
+        <v>30</v>
+      </c>
+      <c r="O8">
+        <v>392757375460</v>
+      </c>
       <c r="P8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q8" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
       <c r="U8" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D9">
-        <v>592109</v>
+        <v>593586</v>
       </c>
       <c r="E9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H9">
         <v>95.99</v>
       </c>
       <c r="I9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J9" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K9" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="M9" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O9">
-        <v>391002740546</v>
+        <v>392615061412</v>
       </c>
       <c r="P9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D10">
-        <v>591925</v>
+        <v>593074</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H10">
-        <v>71.99</v>
+        <v>87.99</v>
       </c>
       <c r="I10" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="J10" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K10" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="M10" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O10">
-        <v>390742155620</v>
+        <v>391979347020</v>
       </c>
       <c r="P10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q10" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D11">
-        <v>591632</v>
+        <v>592223</v>
       </c>
       <c r="E11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H11">
-        <v>91.99</v>
+        <v>80.07</v>
       </c>
       <c r="I11" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="J11" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K11" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M11" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N11" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O11"/>
       <c r="P11" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q11" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T11"/>
+        <v>32</v>
+      </c>
+      <c r="R11" t="s">
+        <v>47</v>
+      </c>
+      <c r="S11" t="s">
+        <v>48</v>
+      </c>
+      <c r="T11" t="s">
+        <v>49</v>
+      </c>
       <c r="U11" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D12">
-        <v>591585</v>
+        <v>592109</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H12">
-        <v>21.98</v>
+        <v>95.99</v>
       </c>
       <c r="I12" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="M12" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N12" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O12"/>
+        <v>30</v>
+      </c>
+      <c r="O12">
+        <v>391002740546</v>
+      </c>
       <c r="P12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q12" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
       <c r="U12" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D13">
-        <v>591295</v>
+        <v>591925</v>
       </c>
       <c r="E13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H13">
-        <v>430</v>
+        <v>71.99</v>
       </c>
       <c r="I13" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="M13" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O13"/>
+        <v>30</v>
+      </c>
+      <c r="O13">
+        <v>390742155620</v>
+      </c>
       <c r="P13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q13" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
       <c r="U13" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
         <v>96</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>591632</v>
+      </c>
+      <c r="E14" t="s">
         <v>97</v>
       </c>
-      <c r="D14">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" t="s">
         <v>98</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14">
+        <v>91.99</v>
+      </c>
+      <c r="I14" t="s">
         <v>99</v>
       </c>
-      <c r="H14">
-[...4 lines deleted...]
-      </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M14" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N14" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O14"/>
+        <v>30</v>
+      </c>
+      <c r="O14">
+        <v>390513739227</v>
+      </c>
       <c r="P14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q14" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
       <c r="U14" t="s">
-        <v>103</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15">
+        <v>591585</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15">
+        <v>21.98</v>
+      </c>
+      <c r="I15" t="s">
+        <v>103</v>
+      </c>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>44</v>
+      </c>
+      <c r="L15" t="s">
+        <v>45</v>
+      </c>
+      <c r="M15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N15" t="s">
+        <v>30</v>
+      </c>
+      <c r="O15"/>
+      <c r="P15" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>32</v>
+      </c>
+      <c r="R15" t="s">
+        <v>47</v>
+      </c>
+      <c r="S15" t="s">
+        <v>48</v>
+      </c>
+      <c r="T15" t="s">
         <v>104</v>
       </c>
-      <c r="C15" t="s">
+      <c r="U15" t="s">
         <v>105</v>
-      </c>
-[...46 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16">
+        <v>591295</v>
+      </c>
+      <c r="E16" t="s">
         <v>108</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
         <v>109</v>
       </c>
-      <c r="D16">
-[...2 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16">
+        <v>430</v>
+      </c>
+      <c r="I16" t="s">
         <v>110</v>
       </c>
-      <c r="F16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="K16" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="L16" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M16" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="N16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q16" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R16" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S16" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T16" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="U16" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17">
+        <v>590863</v>
+      </c>
+      <c r="E17" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" t="s">
         <v>115</v>
       </c>
-      <c r="C17" t="s">
+      <c r="H17">
+        <v>79.99</v>
+      </c>
+      <c r="I17" t="s">
         <v>116</v>
       </c>
-      <c r="D17">
-[...16 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="K17" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="L17" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M17" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="N17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q17" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R17" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S17" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T17" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="U17" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
         <v>120</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>590772</v>
+      </c>
+      <c r="E18" t="s">
         <v>121</v>
       </c>
-      <c r="D18">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" t="s">
         <v>122</v>
       </c>
-      <c r="F18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18">
-        <v>63.99</v>
+        <v>71.99</v>
       </c>
       <c r="I18" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="J18" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K18" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M18" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N18" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O18">
-        <v>288367096237</v>
+        <v>289370324011</v>
       </c>
       <c r="P18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q18" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19">
+        <v>590381</v>
+      </c>
+      <c r="E19" t="s">
         <v>125</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" t="s">
         <v>126</v>
       </c>
-      <c r="D19">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19">
+        <v>32.97</v>
+      </c>
+      <c r="I19" t="s">
         <v>127</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>44</v>
+      </c>
+      <c r="L19" t="s">
+        <v>45</v>
+      </c>
+      <c r="M19" t="s">
+        <v>46</v>
+      </c>
+      <c r="N19" t="s">
+        <v>30</v>
+      </c>
+      <c r="O19"/>
+      <c r="P19" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>32</v>
+      </c>
+      <c r="R19" t="s">
+        <v>47</v>
+      </c>
+      <c r="S19" t="s">
+        <v>48</v>
+      </c>
+      <c r="T19" t="s">
         <v>128</v>
       </c>
-      <c r="H19">
-[...2 lines deleted...]
-      <c r="I19" t="s">
+      <c r="U19" t="s">
         <v>129</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
         <v>131</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20">
+        <v>589821</v>
+      </c>
+      <c r="E20" t="s">
         <v>132</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" t="s">
         <v>133</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20">
+        <v>94.2</v>
+      </c>
+      <c r="I20" t="s">
+        <v>55</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>44</v>
+      </c>
+      <c r="L20" t="s">
+        <v>45</v>
+      </c>
+      <c r="M20" t="s">
+        <v>46</v>
+      </c>
+      <c r="N20" t="s">
+        <v>30</v>
+      </c>
+      <c r="O20"/>
+      <c r="P20" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>32</v>
+      </c>
+      <c r="R20" t="s">
+        <v>47</v>
+      </c>
+      <c r="S20" t="s">
+        <v>48</v>
+      </c>
+      <c r="T20" t="s">
+        <v>128</v>
+      </c>
+      <c r="U20" t="s">
         <v>134</v>
-      </c>
-[...34 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>135</v>
       </c>
       <c r="C21" t="s">
         <v>136</v>
       </c>
       <c r="D21">
-        <v>589200</v>
+        <v>589735</v>
       </c>
       <c r="E21" t="s">
         <v>137</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
         <v>138</v>
       </c>
       <c r="H21">
-        <v>128.99</v>
+        <v>63.99</v>
       </c>
       <c r="I21" t="s">
         <v>139</v>
       </c>
       <c r="J21" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K21" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M21" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O21">
-        <v>287967447538</v>
+        <v>288367096237</v>
       </c>
       <c r="P21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q21" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>140</v>
       </c>
       <c r="C22" t="s">
         <v>141</v>
       </c>
       <c r="D22">
-        <v>588873</v>
+        <v>589533</v>
       </c>
       <c r="E22" t="s">
         <v>142</v>
       </c>
       <c r="F22" t="s">
         <v>25</v>
       </c>
       <c r="G22" t="s">
         <v>143</v>
       </c>
       <c r="H22">
-        <v>55.2</v>
+        <v>95.99</v>
       </c>
       <c r="I22" t="s">
         <v>144</v>
       </c>
       <c r="J22" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K22" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L22" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M22" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N22" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>288030862084</v>
+        <v>30</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
       </c>
       <c r="P22" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q22" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D23">
-        <v>588753</v>
+        <v>589239</v>
       </c>
       <c r="E23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H23">
-        <v>430</v>
+        <v>63.99</v>
       </c>
       <c r="I23" t="s">
-        <v>94</v>
+        <v>139</v>
       </c>
       <c r="J23" t="s">
         <v>28</v>
       </c>
       <c r="K23" t="s">
         <v>28</v>
       </c>
       <c r="L23" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M23" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N23" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O23"/>
+        <v>30</v>
+      </c>
+      <c r="O23">
+        <v>287967264215</v>
+      </c>
       <c r="P23" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q23" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
       <c r="U23" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
         <v>150</v>
       </c>
       <c r="C24" t="s">
         <v>151</v>
       </c>
       <c r="D24">
-        <v>588752</v>
+        <v>589200</v>
       </c>
       <c r="E24" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
       <c r="G24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H24">
-        <v>63.99</v>
+        <v>128.99</v>
       </c>
       <c r="I24" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="J24" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K24" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L24" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M24" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O24">
-        <v>288027880076</v>
+        <v>287967447538</v>
       </c>
       <c r="P24" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q24" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C25" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D25">
-        <v>588698</v>
+        <v>588873</v>
       </c>
       <c r="E25" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H25">
-        <v>122.99</v>
+        <v>55.2</v>
       </c>
       <c r="I25" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="J25" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K25" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L25" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M25" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O25">
-        <v>288025995300</v>
+        <v>288030862084</v>
       </c>
       <c r="P25" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q25" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D26">
-        <v>588552</v>
+        <v>588753</v>
       </c>
       <c r="E26" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
       <c r="G26" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H26">
-        <v>63.99</v>
+        <v>430</v>
       </c>
       <c r="I26" t="s">
-        <v>161</v>
+        <v>110</v>
       </c>
       <c r="J26" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K26" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L26" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M26" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N26" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O26"/>
       <c r="P26" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q26" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T26"/>
+        <v>32</v>
+      </c>
+      <c r="R26" t="s">
+        <v>47</v>
+      </c>
+      <c r="S26" t="s">
+        <v>48</v>
+      </c>
+      <c r="T26" t="s">
+        <v>128</v>
+      </c>
       <c r="U26" t="s">
-        <v>32</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>166</v>
+      </c>
+      <c r="D27">
+        <v>588752</v>
+      </c>
+      <c r="E27" t="s">
         <v>162</v>
       </c>
-      <c r="C27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H27">
-        <v>106.99</v>
+        <v>63.99</v>
       </c>
       <c r="I27" t="s">
-        <v>165</v>
+        <v>139</v>
       </c>
       <c r="J27" t="s">
         <v>28</v>
       </c>
       <c r="K27" t="s">
         <v>28</v>
       </c>
       <c r="L27" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M27" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N27" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O27"/>
+        <v>30</v>
+      </c>
+      <c r="O27">
+        <v>288027880076</v>
+      </c>
       <c r="P27" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q27" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
       <c r="U27" t="s">
-        <v>167</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
         <v>168</v>
       </c>
       <c r="C28" t="s">
         <v>169</v>
       </c>
       <c r="D28">
-        <v>588259</v>
+        <v>588698</v>
       </c>
       <c r="E28" t="s">
+        <v>162</v>
+      </c>
+      <c r="F28" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" t="s">
         <v>170</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28">
+        <v>122.99</v>
+      </c>
+      <c r="I28" t="s">
         <v>171</v>
       </c>
-      <c r="H28">
-[...4 lines deleted...]
-      </c>
       <c r="J28" t="s">
         <v>28</v>
       </c>
       <c r="K28" t="s">
         <v>28</v>
       </c>
       <c r="L28" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M28" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N28" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O28"/>
+        <v>30</v>
+      </c>
+      <c r="O28">
+        <v>288025995300</v>
+      </c>
       <c r="P28" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q28" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R28"/>
+      <c r="S28"/>
+      <c r="T28"/>
       <c r="U28" t="s">
-        <v>173</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>173</v>
+      </c>
+      <c r="D29">
+        <v>588552</v>
+      </c>
+      <c r="E29" t="s">
         <v>174</v>
       </c>
-      <c r="C29" t="s">
+      <c r="F29" t="s">
+        <v>25</v>
+      </c>
+      <c r="G29" t="s">
         <v>175</v>
       </c>
-      <c r="D29">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="H29">
+        <v>63.99</v>
+      </c>
+      <c r="I29" t="s">
         <v>176</v>
       </c>
-      <c r="F29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J29" t="s">
         <v>28</v>
       </c>
       <c r="K29" t="s">
         <v>28</v>
       </c>
       <c r="L29" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M29" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N29" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O29"/>
+        <v>30</v>
+      </c>
+      <c r="O29">
+        <v>880865878410</v>
+      </c>
       <c r="P29" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q29" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R29"/>
+      <c r="S29"/>
+      <c r="T29"/>
       <c r="U29" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
+        <v>177</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30">
+        <v>588489</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30" t="s">
+        <v>179</v>
+      </c>
+      <c r="H30">
+        <v>106.99</v>
+      </c>
+      <c r="I30" t="s">
         <v>180</v>
       </c>
-      <c r="C30" t="s">
+      <c r="J30" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" t="s">
+        <v>44</v>
+      </c>
+      <c r="L30" t="s">
+        <v>45</v>
+      </c>
+      <c r="M30" t="s">
+        <v>46</v>
+      </c>
+      <c r="N30" t="s">
+        <v>30</v>
+      </c>
+      <c r="O30"/>
+      <c r="P30" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>32</v>
+      </c>
+      <c r="R30" t="s">
+        <v>47</v>
+      </c>
+      <c r="S30" t="s">
         <v>181</v>
       </c>
-      <c r="D30">
-[...2 lines deleted...]
-      <c r="E30" t="s">
+      <c r="T30" t="s">
+        <v>49</v>
+      </c>
+      <c r="U30" t="s">
         <v>182</v>
-      </c>
-[...40 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
+        <v>183</v>
+      </c>
+      <c r="C31" t="s">
+        <v>184</v>
+      </c>
+      <c r="D31">
+        <v>588259</v>
+      </c>
+      <c r="E31" t="s">
         <v>185</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>25</v>
+      </c>
+      <c r="G31" t="s">
         <v>186</v>
       </c>
-      <c r="D31">
-[...8 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31">
+        <v>10.99</v>
+      </c>
+      <c r="I31" t="s">
         <v>187</v>
       </c>
-      <c r="H31">
-[...4 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K31" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L31" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M31" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N31" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O31"/>
       <c r="P31" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q31" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T31"/>
+        <v>32</v>
+      </c>
+      <c r="R31" t="s">
+        <v>47</v>
+      </c>
+      <c r="S31" t="s">
+        <v>48</v>
+      </c>
+      <c r="T31" t="s">
+        <v>117</v>
+      </c>
       <c r="U31" t="s">
-        <v>32</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D32">
-        <v>586741</v>
+        <v>588055</v>
       </c>
       <c r="E32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H32">
-        <v>399</v>
+        <v>84.99</v>
       </c>
       <c r="I32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J32" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K32" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L32" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M32" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N32" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O32"/>
       <c r="P32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q32" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T32"/>
+        <v>32</v>
+      </c>
+      <c r="R32" t="s">
+        <v>47</v>
+      </c>
+      <c r="S32" t="s">
+        <v>181</v>
+      </c>
+      <c r="T32" t="s">
+        <v>117</v>
+      </c>
       <c r="U32" t="s">
-        <v>32</v>
+        <v>194</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D33">
-        <v>586514</v>
+        <v>586781</v>
       </c>
       <c r="E33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F33" t="s">
         <v>25</v>
       </c>
       <c r="G33" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H33">
-        <v>63.2</v>
+        <v>57.6</v>
       </c>
       <c r="I33" t="s">
-        <v>124</v>
+        <v>199</v>
       </c>
       <c r="J33" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K33" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L33" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M33" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O33">
-        <v>285073841399</v>
+        <v>772022135798</v>
       </c>
       <c r="P33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q33" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>201</v>
+      </c>
+      <c r="D34">
+        <v>586760</v>
+      </c>
+      <c r="E34" t="s">
         <v>197</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G34" t="s">
+        <v>202</v>
+      </c>
+      <c r="H34">
+        <v>57.6</v>
+      </c>
+      <c r="I34" t="s">
         <v>199</v>
       </c>
-      <c r="F34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K34" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L34" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M34" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O34">
-        <v>284797077273</v>
+        <v>285341471901</v>
       </c>
       <c r="P34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q34" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D35">
-        <v>585950</v>
+        <v>586741</v>
       </c>
       <c r="E35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H35">
-        <v>84</v>
+        <v>399</v>
       </c>
       <c r="I35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J35" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K35" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L35" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M35" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N35" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O35">
-        <v>284720298611</v>
+        <v>285274263274</v>
       </c>
       <c r="P35" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D36">
-        <v>585730</v>
+        <v>586514</v>
       </c>
       <c r="E36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H36">
-        <v>111.99</v>
+        <v>63.2</v>
       </c>
       <c r="I36" t="s">
-        <v>211</v>
+        <v>139</v>
       </c>
       <c r="J36" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K36" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L36" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M36" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N36" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O36">
-        <v>284560154272</v>
+        <v>285073841399</v>
       </c>
       <c r="P36" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q36" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
         <v>212</v>
       </c>
       <c r="C37" t="s">
         <v>213</v>
       </c>
       <c r="D37">
-        <v>585729</v>
+        <v>585985</v>
       </c>
       <c r="E37" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H37">
-        <v>89</v>
+        <v>99.99</v>
       </c>
       <c r="I37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J37" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K37" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L37" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M37" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N37" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O37">
-        <v>284560208130</v>
+        <v>284797077273</v>
       </c>
       <c r="P37" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q37" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D38">
-        <v>585673</v>
+        <v>585950</v>
       </c>
       <c r="E38" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H38">
-        <v>479.2</v>
+        <v>84</v>
       </c>
       <c r="I38" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J38" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K38" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L38" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M38" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N38" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O38">
-        <v>284553873404</v>
+        <v>284720298611</v>
       </c>
       <c r="P38" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q38" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D39">
-        <v>585641</v>
+        <v>585730</v>
       </c>
       <c r="E39" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H39">
-        <v>504</v>
+        <v>111.99</v>
       </c>
       <c r="I39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J39" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K39" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L39" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M39" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N39" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O39">
-        <v>284545548738</v>
+        <v>284560154272</v>
       </c>
       <c r="P39" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q39" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C40" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D40">
-        <v>585382</v>
+        <v>585729</v>
       </c>
       <c r="E40" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H40">
-        <v>159.2</v>
+        <v>89</v>
       </c>
       <c r="I40" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J40" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K40" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L40" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M40" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N40" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O40">
-        <v>284297558820</v>
+        <v>284560208130</v>
       </c>
       <c r="P40" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q40" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D41">
-        <v>585358</v>
+        <v>585673</v>
       </c>
       <c r="E41" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
         <v>233</v>
       </c>
       <c r="H41">
-        <v>79.99</v>
+        <v>479.2</v>
       </c>
       <c r="I41" t="s">
         <v>234</v>
       </c>
       <c r="J41" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K41" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L41" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M41" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N41" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O41">
-        <v>771431810200</v>
+        <v>284553873404</v>
       </c>
       <c r="P41" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q41" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
         <v>235</v>
       </c>
       <c r="C42" t="s">
         <v>236</v>
       </c>
       <c r="D42">
-        <v>585329</v>
+        <v>585641</v>
       </c>
       <c r="E42" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H42">
-        <v>63.2</v>
+        <v>504</v>
       </c>
       <c r="I42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J42" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K42" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L42" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M42" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O42">
-        <v>284294283000</v>
+        <v>284545548738</v>
       </c>
       <c r="P42" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q42" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C43" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D43">
-        <v>584404</v>
+        <v>585382</v>
       </c>
       <c r="E43" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H43">
-        <v>55.2</v>
+        <v>159.2</v>
       </c>
       <c r="I43" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J43" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K43" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L43" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M43" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N43" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O43">
-        <v>283714973578</v>
+        <v>284297558820</v>
       </c>
       <c r="P43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q43" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D44">
-        <v>584039</v>
+        <v>585358</v>
       </c>
       <c r="E44" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H44">
-        <v>57.6</v>
+        <v>79.99</v>
       </c>
       <c r="I44" t="s">
-        <v>184</v>
+        <v>249</v>
       </c>
       <c r="J44" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K44" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L44" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M44" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N44" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O44">
-        <v>771044069195</v>
+        <v>771431810200</v>
       </c>
       <c r="P44" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q44" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C45" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D45">
-        <v>584018</v>
+        <v>585329</v>
       </c>
       <c r="E45" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H45">
-        <v>78.99</v>
+        <v>63.2</v>
       </c>
       <c r="I45" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J45" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K45" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L45" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M45" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O45">
-        <v>283581496533</v>
+        <v>284294283000</v>
       </c>
       <c r="P45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C46" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D46">
-        <v>583489</v>
+        <v>584404</v>
       </c>
       <c r="E46" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H46">
-        <v>99</v>
+        <v>55.2</v>
       </c>
       <c r="I46" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J46" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K46" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L46" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M46" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N46" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O46">
-        <v>283235923383</v>
+        <v>283714973578</v>
       </c>
       <c r="P46" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q46" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46"/>
       <c r="U46" t="s">
-        <v>259</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
+        <v>259</v>
+      </c>
+      <c r="C47" t="s">
         <v>260</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47">
+        <v>584039</v>
+      </c>
+      <c r="E47" t="s">
         <v>261</v>
       </c>
-      <c r="D47">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>25</v>
+      </c>
+      <c r="G47" t="s">
         <v>262</v>
       </c>
-      <c r="F47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H47">
-        <v>55.2</v>
+        <v>57.6</v>
       </c>
       <c r="I47" t="s">
-        <v>243</v>
+        <v>199</v>
       </c>
       <c r="J47" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K47" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L47" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M47" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O47">
-        <v>282999242534</v>
+        <v>771044069195</v>
       </c>
       <c r="P47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q47" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
+        <v>263</v>
+      </c>
+      <c r="C48" t="s">
         <v>264</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48">
+        <v>584018</v>
+      </c>
+      <c r="E48" t="s">
         <v>265</v>
       </c>
-      <c r="D48">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>25</v>
+      </c>
+      <c r="G48" t="s">
         <v>266</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48">
+        <v>78.99</v>
+      </c>
+      <c r="I48" t="s">
         <v>267</v>
       </c>
-      <c r="H48">
-[...4 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K48" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L48" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M48" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O48">
-        <v>282978277909</v>
+        <v>283581496533</v>
       </c>
       <c r="P48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
+        <v>268</v>
+      </c>
+      <c r="C49" t="s">
         <v>269</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49">
+        <v>583489</v>
+      </c>
+      <c r="E49" t="s">
         <v>270</v>
       </c>
-      <c r="D49">
-[...2 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>25</v>
+      </c>
+      <c r="G49" t="s">
         <v>271</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49">
+        <v>99</v>
+      </c>
+      <c r="I49" t="s">
         <v>272</v>
       </c>
-      <c r="H49">
-[...4 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K49" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L49" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M49" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O49">
-        <v>282855784727</v>
+        <v>283235923383</v>
       </c>
       <c r="P49" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q49" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T49"/>
+        <v>32</v>
+      </c>
+      <c r="R49" t="s">
+        <v>47</v>
+      </c>
+      <c r="S49" t="s">
+        <v>181</v>
+      </c>
+      <c r="T49" t="s">
+        <v>273</v>
+      </c>
       <c r="U49" t="s">
-        <v>32</v>
+        <v>274</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C50" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D50">
-        <v>582810</v>
+        <v>583186</v>
       </c>
       <c r="E50" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H50">
         <v>55.2</v>
       </c>
       <c r="I50" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
       <c r="J50" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K50" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L50" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M50" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N50" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O50">
-        <v>282793359940</v>
+        <v>282999242534</v>
       </c>
       <c r="P50" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q50" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C51" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D51">
-        <v>582340</v>
+        <v>583075</v>
       </c>
       <c r="E51" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F51" t="s">
         <v>25</v>
       </c>
       <c r="G51" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H51">
-        <v>326.97</v>
+        <v>394.2</v>
       </c>
       <c r="I51" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J51" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K51" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L51" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M51" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N51" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O51">
-        <v>282608608206</v>
+        <v>282978277909</v>
       </c>
       <c r="P51" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q51" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C52" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D52">
-        <v>582209</v>
+        <v>582921</v>
       </c>
       <c r="E52" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H52">
-        <v>114.99</v>
+        <v>55.2</v>
       </c>
       <c r="I52" t="s">
-        <v>286</v>
+        <v>258</v>
       </c>
       <c r="J52" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K52" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L52" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M52" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N52" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O52">
-        <v>282606681700</v>
+        <v>282855784727</v>
       </c>
       <c r="P52" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q52" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C53" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D53">
-        <v>582125</v>
+        <v>582810</v>
       </c>
       <c r="E53" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H53">
-        <v>159.2</v>
+        <v>55.2</v>
       </c>
       <c r="I53" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
       <c r="J53" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K53" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L53" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M53" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N53" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O53">
-        <v>282448895459</v>
+        <v>282793359940</v>
       </c>
       <c r="P53" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q53" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
         <v>292</v>
       </c>
       <c r="C54" t="s">
         <v>293</v>
       </c>
       <c r="D54">
-        <v>581464</v>
+        <v>582340</v>
       </c>
       <c r="E54" t="s">
         <v>294</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
         <v>295</v>
       </c>
       <c r="H54">
-        <v>89.99</v>
+        <v>326.97</v>
       </c>
       <c r="I54" t="s">
         <v>296</v>
       </c>
       <c r="J54" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K54" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L54" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M54" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N54" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O54">
-        <v>282295297514</v>
+        <v>282608608206</v>
       </c>
       <c r="P54" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q54" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
         <v>297</v>
       </c>
       <c r="C55" t="s">
         <v>298</v>
       </c>
       <c r="D55">
-        <v>581286</v>
+        <v>582209</v>
       </c>
       <c r="E55" t="s">
         <v>299</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
         <v>300</v>
       </c>
       <c r="H55">
-        <v>60.99</v>
+        <v>114.99</v>
       </c>
       <c r="I55" t="s">
         <v>301</v>
       </c>
       <c r="J55" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K55" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L55" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M55" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N55" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O55">
-        <v>282241645621</v>
+        <v>282606681700</v>
       </c>
       <c r="P55" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q55" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
         <v>302</v>
       </c>
       <c r="C56" t="s">
         <v>303</v>
       </c>
       <c r="D56">
-        <v>580487</v>
+        <v>582125</v>
       </c>
       <c r="E56" t="s">
         <v>304</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
         <v>305</v>
       </c>
       <c r="H56">
-        <v>99.99</v>
+        <v>159.2</v>
       </c>
       <c r="I56" t="s">
         <v>306</v>
       </c>
       <c r="J56" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K56" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L56" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M56" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N56" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O56">
-        <v>281663753404</v>
+        <v>282448895459</v>
       </c>
       <c r="P56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q56" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
         <v>307</v>
       </c>
       <c r="C57" t="s">
         <v>308</v>
       </c>
       <c r="D57">
-        <v>580161</v>
+        <v>581464</v>
       </c>
       <c r="E57" t="s">
         <v>309</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
         <v>310</v>
       </c>
       <c r="H57">
-        <v>95</v>
+        <v>89.99</v>
       </c>
       <c r="I57" t="s">
         <v>311</v>
       </c>
       <c r="J57" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K57" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L57" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M57" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N57" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O57">
-        <v>281496228016</v>
+        <v>282295297514</v>
       </c>
       <c r="P57" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q57" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
         <v>312</v>
       </c>
       <c r="C58" t="s">
         <v>313</v>
       </c>
       <c r="D58">
-        <v>580091</v>
+        <v>581286</v>
       </c>
       <c r="E58" t="s">
         <v>314</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
         <v>315</v>
       </c>
       <c r="H58">
-        <v>71.99</v>
+        <v>60.99</v>
       </c>
       <c r="I58" t="s">
         <v>316</v>
       </c>
       <c r="J58" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K58" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L58" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M58" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N58" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O58">
-        <v>281443105409</v>
+        <v>282241645621</v>
       </c>
       <c r="P58" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q58" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
         <v>317</v>
       </c>
       <c r="C59" t="s">
         <v>318</v>
       </c>
       <c r="D59">
-        <v>578585</v>
+        <v>580487</v>
       </c>
       <c r="E59" t="s">
         <v>319</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
         <v>320</v>
       </c>
       <c r="H59">
-        <v>87</v>
+        <v>99.99</v>
       </c>
       <c r="I59" t="s">
         <v>321</v>
       </c>
       <c r="J59" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K59" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L59" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M59" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N59" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O59">
-        <v>280503820308</v>
+        <v>281663753404</v>
       </c>
       <c r="P59" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q59" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
         <v>322</v>
       </c>
       <c r="C60" t="s">
         <v>323</v>
       </c>
       <c r="D60">
-        <v>578253</v>
+        <v>580161</v>
       </c>
       <c r="E60" t="s">
         <v>324</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
         <v>325</v>
       </c>
       <c r="H60">
-        <v>79.99</v>
+        <v>95</v>
       </c>
       <c r="I60" t="s">
         <v>326</v>
       </c>
       <c r="J60" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K60" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L60" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M60" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N60" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O60">
-        <v>280274722644</v>
+        <v>281496228016</v>
       </c>
       <c r="P60" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q60" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
         <v>327</v>
       </c>
       <c r="C61" t="s">
         <v>328</v>
       </c>
       <c r="D61">
-        <v>577865</v>
+        <v>580091</v>
       </c>
       <c r="E61" t="s">
         <v>329</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
         <v>330</v>
       </c>
       <c r="H61">
-        <v>138.4</v>
+        <v>71.99</v>
       </c>
       <c r="I61" t="s">
         <v>331</v>
       </c>
       <c r="J61" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K61" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L61" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M61" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N61" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O61">
-        <v>280030808616</v>
+        <v>281443105409</v>
       </c>
       <c r="P61" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q61" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
         <v>332</v>
       </c>
       <c r="C62" t="s">
         <v>333</v>
       </c>
       <c r="D62">
-        <v>577514</v>
+        <v>578585</v>
       </c>
       <c r="E62" t="s">
         <v>334</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
         <v>335</v>
       </c>
       <c r="H62">
-        <v>79.2</v>
+        <v>87</v>
       </c>
       <c r="I62" t="s">
         <v>336</v>
       </c>
       <c r="J62" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K62" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L62" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M62" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N62" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O62">
-        <v>279832555268</v>
+        <v>280503820308</v>
       </c>
       <c r="P62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q62" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
         <v>337</v>
       </c>
       <c r="C63" t="s">
         <v>338</v>
       </c>
       <c r="D63">
-        <v>577273</v>
+        <v>578253</v>
       </c>
       <c r="E63" t="s">
         <v>339</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
         <v>340</v>
       </c>
       <c r="H63">
-        <v>69.99</v>
+        <v>79.99</v>
       </c>
       <c r="I63" t="s">
         <v>341</v>
       </c>
       <c r="J63" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K63" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L63" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M63" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N63" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O63">
-        <v>279555415415</v>
+        <v>280274722644</v>
       </c>
       <c r="P63" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q63" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
         <v>342</v>
       </c>
       <c r="C64" t="s">
         <v>343</v>
       </c>
       <c r="D64">
-        <v>576821</v>
+        <v>577865</v>
       </c>
       <c r="E64" t="s">
         <v>344</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
         <v>345</v>
       </c>
       <c r="H64">
-        <v>639</v>
+        <v>138.4</v>
       </c>
       <c r="I64" t="s">
         <v>346</v>
       </c>
       <c r="J64" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K64" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L64" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M64" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N64" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O64">
-        <v>279261060767</v>
+        <v>280030808616</v>
       </c>
       <c r="P64" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q64" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
         <v>347</v>
       </c>
       <c r="C65" t="s">
         <v>348</v>
       </c>
       <c r="D65">
-        <v>575948</v>
+        <v>577514</v>
       </c>
       <c r="E65" t="s">
         <v>349</v>
       </c>
       <c r="F65" t="s">
         <v>25</v>
       </c>
       <c r="G65" t="s">
         <v>350</v>
       </c>
       <c r="H65">
-        <v>97.99</v>
+        <v>79.2</v>
       </c>
       <c r="I65" t="s">
         <v>351</v>
       </c>
       <c r="J65" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K65" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L65" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M65" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N65" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O65">
-        <v>278723362503</v>
+        <v>279832555268</v>
       </c>
       <c r="P65" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q65" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
         <v>352</v>
       </c>
       <c r="C66" t="s">
         <v>353</v>
       </c>
       <c r="D66">
-        <v>575130</v>
+        <v>577273</v>
       </c>
       <c r="E66" t="s">
         <v>354</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
       <c r="G66" t="s">
         <v>355</v>
       </c>
       <c r="H66">
-        <v>79.99</v>
+        <v>69.99</v>
       </c>
       <c r="I66" t="s">
         <v>356</v>
       </c>
       <c r="J66" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K66" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L66" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M66" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N66" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O66">
-        <v>278167120515</v>
+        <v>279555415415</v>
       </c>
       <c r="P66" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q66" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
         <v>357</v>
       </c>
       <c r="C67" t="s">
         <v>358</v>
       </c>
       <c r="D67">
-        <v>575012</v>
+        <v>576821</v>
       </c>
       <c r="E67" t="s">
         <v>359</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
         <v>360</v>
       </c>
       <c r="H67">
-        <v>79.99</v>
+        <v>639</v>
       </c>
       <c r="I67" t="s">
         <v>361</v>
       </c>
       <c r="J67" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K67" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L67" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M67" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N67" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O67">
-        <v>278060714508</v>
+        <v>279261060767</v>
       </c>
       <c r="P67" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q67" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
         <v>362</v>
       </c>
       <c r="C68" t="s">
         <v>363</v>
       </c>
       <c r="D68">
-        <v>574899</v>
+        <v>575948</v>
       </c>
       <c r="E68" t="s">
         <v>364</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
         <v>365</v>
       </c>
       <c r="H68">
-        <v>63</v>
+        <v>97.99</v>
       </c>
       <c r="I68" t="s">
         <v>366</v>
       </c>
       <c r="J68" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K68" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L68" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M68" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N68" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O68">
-        <v>278011936212</v>
+        <v>278723362503</v>
       </c>
       <c r="P68" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q68" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
         <v>367</v>
       </c>
       <c r="C69" t="s">
         <v>368</v>
       </c>
       <c r="D69">
-        <v>574024</v>
+        <v>575130</v>
       </c>
       <c r="E69" t="s">
         <v>369</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
       <c r="G69" t="s">
         <v>370</v>
       </c>
       <c r="H69">
-        <v>84.15</v>
+        <v>79.99</v>
       </c>
       <c r="I69" t="s">
         <v>371</v>
       </c>
       <c r="J69" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K69" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L69" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M69" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N69" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O69">
-        <v>277516492983</v>
+        <v>278167120515</v>
       </c>
       <c r="P69" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q69" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
         <v>372</v>
       </c>
       <c r="C70" t="s">
         <v>373</v>
       </c>
       <c r="D70">
-        <v>573893</v>
+        <v>575012</v>
       </c>
       <c r="E70" t="s">
         <v>374</v>
       </c>
       <c r="F70" t="s">
         <v>25</v>
       </c>
       <c r="G70" t="s">
         <v>375</v>
       </c>
       <c r="H70">
-        <v>68</v>
+        <v>79.99</v>
       </c>
       <c r="I70" t="s">
-        <v>341</v>
+        <v>376</v>
       </c>
       <c r="J70" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K70" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L70" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M70" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N70" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O70">
-        <v>277399558157</v>
+        <v>278060714508</v>
       </c>
       <c r="P70" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q70" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C71" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D71">
-        <v>573840</v>
+        <v>574899</v>
       </c>
       <c r="E71" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F71" t="s">
         <v>25</v>
       </c>
       <c r="G71" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="H71">
-        <v>74.74</v>
+        <v>63</v>
       </c>
       <c r="I71" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="J71" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K71" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L71" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M71" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N71" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O71">
-        <v>277371584530</v>
+        <v>278011936212</v>
       </c>
       <c r="P71" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q71" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C72" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D72">
-        <v>573711</v>
+        <v>574024</v>
       </c>
       <c r="E72" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H72">
-        <v>74.8</v>
+        <v>84.15</v>
       </c>
       <c r="I72" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="J72" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K72" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L72" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M72" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N72" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O72">
-        <v>277286312617</v>
+        <v>277516492983</v>
       </c>
       <c r="P72" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q72" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C73" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D73">
-        <v>573699</v>
+        <v>573893</v>
       </c>
       <c r="E73" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
       <c r="G73" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H73">
-        <v>80.75</v>
+        <v>68</v>
       </c>
       <c r="I73" t="s">
-        <v>311</v>
+        <v>356</v>
       </c>
       <c r="J73" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K73" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L73" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M73" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N73" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O73">
-        <v>277286344174</v>
+        <v>277399558157</v>
       </c>
       <c r="P73" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q73" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C74" t="s">
+        <v>392</v>
+      </c>
+      <c r="D74">
+        <v>573840</v>
+      </c>
+      <c r="E74" t="s">
         <v>389</v>
       </c>
-      <c r="D74">
-[...4 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>25</v>
       </c>
       <c r="G74" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H74">
-        <v>68</v>
+        <v>74.74</v>
       </c>
       <c r="I74" t="s">
-        <v>341</v>
+        <v>394</v>
       </c>
       <c r="J74" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K74" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L74" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M74" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N74" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O74">
-        <v>277286642629</v>
+        <v>277371584530</v>
       </c>
       <c r="P74" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q74" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C75" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D75">
-        <v>573627</v>
+        <v>573711</v>
       </c>
       <c r="E75" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F75" t="s">
         <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="H75">
-        <v>61.2</v>
+        <v>74.8</v>
       </c>
       <c r="I75" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="J75" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K75" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L75" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M75" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N75" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O75">
-        <v>277221071702</v>
+        <v>277286312617</v>
       </c>
       <c r="P75" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q75" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C76" t="s">
+        <v>401</v>
+      </c>
+      <c r="D76">
+        <v>573699</v>
+      </c>
+      <c r="E76" t="s">
         <v>397</v>
       </c>
-      <c r="D76">
-[...4 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H76">
-        <v>148.75</v>
+        <v>80.75</v>
       </c>
       <c r="I76" t="s">
-        <v>400</v>
+        <v>326</v>
       </c>
       <c r="J76" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K76" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L76" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M76" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N76" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O76">
-        <v>277139885993</v>
+        <v>277286344174</v>
       </c>
       <c r="P76" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q76" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C77" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D77">
-        <v>573290</v>
+        <v>573692</v>
       </c>
       <c r="E77" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="F77" t="s">
         <v>25</v>
       </c>
       <c r="G77" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H77">
-        <v>71.99</v>
+        <v>68</v>
       </c>
       <c r="I77" t="s">
-        <v>405</v>
+        <v>356</v>
       </c>
       <c r="J77" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K77" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L77" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M77" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N77" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O77">
-        <v>276963236635</v>
+        <v>277286642629</v>
       </c>
       <c r="P77" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q77" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
         <v>406</v>
       </c>
       <c r="C78" t="s">
         <v>407</v>
       </c>
       <c r="D78">
-        <v>573025</v>
+        <v>573627</v>
       </c>
       <c r="E78" t="s">
         <v>408</v>
       </c>
       <c r="F78" t="s">
         <v>25</v>
       </c>
       <c r="G78" t="s">
         <v>409</v>
       </c>
       <c r="H78">
-        <v>63</v>
+        <v>61.2</v>
       </c>
       <c r="I78" t="s">
-        <v>366</v>
+        <v>410</v>
       </c>
       <c r="J78" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K78" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L78" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M78" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N78" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O78">
-        <v>276860225419</v>
+        <v>277221071702</v>
       </c>
       <c r="P78" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q78" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C79" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D79">
-        <v>572645</v>
+        <v>573558</v>
       </c>
       <c r="E79" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H79">
-        <v>79.99</v>
+        <v>148.75</v>
       </c>
       <c r="I79" t="s">
-        <v>326</v>
+        <v>415</v>
       </c>
       <c r="J79" t="s">
         <v>28</v>
       </c>
       <c r="K79" t="s">
         <v>28</v>
       </c>
       <c r="L79" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M79" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N79" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O79"/>
+        <v>30</v>
+      </c>
+      <c r="O79">
+        <v>277139885993</v>
+      </c>
       <c r="P79" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q79" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R79"/>
+      <c r="S79"/>
+      <c r="T79"/>
       <c r="U79" t="s">
-        <v>415</v>
+        <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
         <v>416</v>
       </c>
       <c r="C80" t="s">
         <v>417</v>
       </c>
       <c r="D80">
-        <v>572591</v>
+        <v>573290</v>
       </c>
       <c r="E80" t="s">
         <v>418</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
         <v>419</v>
       </c>
       <c r="H80">
-        <v>47.99</v>
+        <v>71.99</v>
       </c>
       <c r="I80" t="s">
-        <v>144</v>
+        <v>420</v>
       </c>
       <c r="J80" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K80" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L80" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M80" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N80" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O80">
-        <v>276416925899</v>
+        <v>276963236635</v>
       </c>
       <c r="P80" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q80" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C81" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D81">
-        <v>572407</v>
+        <v>573025</v>
       </c>
       <c r="E81" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H81">
-        <v>97.99</v>
+        <v>63</v>
       </c>
       <c r="I81" t="s">
-        <v>424</v>
+        <v>381</v>
       </c>
       <c r="J81" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K81" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L81" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M81" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N81" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O81">
-        <v>276197986153</v>
+        <v>276860225419</v>
       </c>
       <c r="P81" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q81" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
         <v>425</v>
       </c>
       <c r="C82" t="s">
         <v>426</v>
       </c>
       <c r="D82">
-        <v>571872</v>
+        <v>572645</v>
       </c>
       <c r="E82" t="s">
         <v>427</v>
       </c>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
         <v>428</v>
       </c>
       <c r="H82">
-        <v>143.2</v>
+        <v>79.99</v>
       </c>
       <c r="I82" t="s">
+        <v>341</v>
+      </c>
+      <c r="J82" t="s">
+        <v>44</v>
+      </c>
+      <c r="K82" t="s">
+        <v>44</v>
+      </c>
+      <c r="L82" t="s">
+        <v>45</v>
+      </c>
+      <c r="M82" t="s">
+        <v>46</v>
+      </c>
+      <c r="N82" t="s">
+        <v>30</v>
+      </c>
+      <c r="O82"/>
+      <c r="P82" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>32</v>
+      </c>
+      <c r="R82" t="s">
+        <v>47</v>
+      </c>
+      <c r="S82" t="s">
+        <v>181</v>
+      </c>
+      <c r="T82" t="s">
         <v>429</v>
       </c>
-      <c r="J82" t="s">
-[...25 lines deleted...]
-      <c r="T82"/>
       <c r="U82" t="s">
-        <v>32</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C83" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D83">
-        <v>571191</v>
+        <v>572591</v>
       </c>
       <c r="E83" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H83">
-        <v>55.99</v>
+        <v>47.99</v>
       </c>
       <c r="I83" t="s">
-        <v>434</v>
+        <v>159</v>
       </c>
       <c r="J83" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K83" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L83" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M83" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N83" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O83">
-        <v>274876805773</v>
+        <v>276416925899</v>
       </c>
       <c r="P83" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q83" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
         <v>435</v>
       </c>
       <c r="C84" t="s">
         <v>436</v>
       </c>
       <c r="D84">
-        <v>571098</v>
+        <v>572407</v>
       </c>
       <c r="E84" t="s">
         <v>437</v>
       </c>
       <c r="F84" t="s">
         <v>25</v>
       </c>
       <c r="G84" t="s">
         <v>438</v>
       </c>
       <c r="H84">
-        <v>95.2</v>
+        <v>97.99</v>
       </c>
       <c r="I84" t="s">
         <v>439</v>
       </c>
       <c r="J84" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K84" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L84" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M84" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N84" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O84">
-        <v>274713801690</v>
+        <v>276197986153</v>
       </c>
       <c r="P84" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q84" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
         <v>440</v>
       </c>
       <c r="C85" t="s">
         <v>441</v>
       </c>
       <c r="D85">
-        <v>570677</v>
+        <v>571872</v>
       </c>
       <c r="E85" t="s">
         <v>442</v>
       </c>
       <c r="F85" t="s">
         <v>25</v>
       </c>
       <c r="G85" t="s">
         <v>443</v>
       </c>
       <c r="H85">
-        <v>249.7</v>
+        <v>143.2</v>
       </c>
       <c r="I85" t="s">
         <v>444</v>
       </c>
       <c r="J85" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K85" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L85" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M85" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N85" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O85">
-        <v>274289427645</v>
+        <v>275562055664</v>
       </c>
       <c r="P85" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q85" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
         <v>445</v>
       </c>
       <c r="C86" t="s">
         <v>446</v>
       </c>
       <c r="D86">
-        <v>570480</v>
+        <v>571191</v>
       </c>
       <c r="E86" t="s">
         <v>447</v>
       </c>
       <c r="F86" t="s">
         <v>25</v>
       </c>
       <c r="G86" t="s">
         <v>448</v>
       </c>
       <c r="H86">
-        <v>79.99</v>
+        <v>55.99</v>
       </c>
       <c r="I86" t="s">
         <v>449</v>
       </c>
       <c r="J86" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K86" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L86" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M86" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N86" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O86">
-        <v>273993112812</v>
+        <v>274876805773</v>
       </c>
       <c r="P86" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q86" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
         <v>450</v>
       </c>
       <c r="C87" t="s">
         <v>451</v>
       </c>
       <c r="D87">
-        <v>570327</v>
+        <v>571098</v>
       </c>
       <c r="E87" t="s">
         <v>452</v>
       </c>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87" t="s">
         <v>453</v>
       </c>
       <c r="H87">
-        <v>71.99</v>
+        <v>95.2</v>
       </c>
       <c r="I87" t="s">
         <v>454</v>
       </c>
       <c r="J87" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K87" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L87" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M87" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N87" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O87">
-        <v>273795639864</v>
+        <v>274713801690</v>
       </c>
       <c r="P87" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q87" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
         <v>455</v>
       </c>
       <c r="C88" t="s">
         <v>456</v>
       </c>
       <c r="D88">
-        <v>570315</v>
+        <v>570677</v>
       </c>
       <c r="E88" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H88">
-        <v>79.99</v>
+        <v>249.7</v>
       </c>
       <c r="I88" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J88" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K88" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L88" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M88" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N88" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O88">
-        <v>273783834349</v>
+        <v>274289427645</v>
       </c>
       <c r="P88" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q88" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C89" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D89">
-        <v>570270</v>
+        <v>570480</v>
       </c>
       <c r="E89" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H89">
-        <v>71.99</v>
+        <v>79.99</v>
       </c>
       <c r="I89" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="J89" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K89" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L89" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M89" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N89" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O89">
-        <v>273697384480</v>
+        <v>273993112812</v>
       </c>
       <c r="P89" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q89" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C90" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D90">
-        <v>570209</v>
+        <v>570327</v>
       </c>
       <c r="E90" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F90" t="s">
         <v>25</v>
       </c>
       <c r="G90" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H90">
-        <v>79.99</v>
+        <v>71.99</v>
       </c>
       <c r="I90" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="J90" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K90" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L90" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M90" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N90" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O90">
-        <v>273701907142</v>
+        <v>273795639864</v>
       </c>
       <c r="P90" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q90" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C91" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D91">
-        <v>570192</v>
+        <v>570315</v>
       </c>
       <c r="E91" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F91" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H91">
-        <v>117.44</v>
+        <v>79.99</v>
       </c>
       <c r="I91" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J91" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K91" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="L91" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M91" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N91" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>30</v>
+      </c>
+      <c r="O91">
+        <v>273783834349</v>
       </c>
       <c r="P91" t="s">
-        <v>476</v>
+        <v>31</v>
       </c>
       <c r="Q91" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C92" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D92">
-        <v>570182</v>
+        <v>570270</v>
       </c>
       <c r="E92" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
       <c r="G92" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="H92">
-        <v>79.2</v>
+        <v>71.99</v>
       </c>
       <c r="I92" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="J92" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K92" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L92" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M92" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N92" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O92">
-        <v>273696068088</v>
+        <v>273697384480</v>
       </c>
       <c r="P92" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q92" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C93" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D93">
-        <v>570172</v>
+        <v>570209</v>
       </c>
       <c r="E93" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="H93">
         <v>79.99</v>
       </c>
       <c r="I93" t="s">
-        <v>361</v>
+        <v>482</v>
       </c>
       <c r="J93" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K93" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L93" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M93" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N93" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O93">
-        <v>273696320210</v>
+        <v>273701907142</v>
       </c>
       <c r="P93" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q93" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
+        <v>483</v>
+      </c>
+      <c r="C94" t="s">
+        <v>484</v>
+      </c>
+      <c r="D94">
+        <v>570192</v>
+      </c>
+      <c r="E94" t="s">
+        <v>480</v>
+      </c>
+      <c r="F94" t="s">
         <v>485</v>
       </c>
-      <c r="C94" t="s">
+      <c r="G94" t="s">
         <v>486</v>
       </c>
-      <c r="D94">
-[...8 lines deleted...]
-      <c r="G94" t="s">
+      <c r="H94">
+        <v>117.44</v>
+      </c>
+      <c r="I94" t="s">
         <v>487</v>
       </c>
-      <c r="H94">
-[...2 lines deleted...]
-      <c r="I94" t="s">
+      <c r="J94" t="s">
+        <v>28</v>
+      </c>
+      <c r="K94" t="s">
         <v>488</v>
       </c>
-      <c r="J94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L94" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M94" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N94" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>273696149270</v>
+        <v>489</v>
+      </c>
+      <c r="O94" t="s">
+        <v>490</v>
       </c>
       <c r="P94" t="s">
-        <v>32</v>
+        <v>491</v>
       </c>
       <c r="Q94" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C95" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D95">
-        <v>570142</v>
+        <v>570182</v>
       </c>
       <c r="E95" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="F95" t="s">
         <v>25</v>
       </c>
       <c r="G95" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="H95">
-        <v>87.99</v>
+        <v>79.2</v>
       </c>
       <c r="I95" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="J95" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K95" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L95" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M95" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N95" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O95">
-        <v>273643838429</v>
+        <v>273696068088</v>
       </c>
       <c r="P95" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q95" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C96" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D96">
-        <v>570115</v>
+        <v>570172</v>
       </c>
       <c r="E96" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="F96" t="s">
-        <v>496</v>
+        <v>25</v>
       </c>
       <c r="G96" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H96">
-        <v>195.32</v>
+        <v>79.99</v>
       </c>
       <c r="I96" t="s">
-        <v>498</v>
+        <v>376</v>
       </c>
       <c r="J96" t="s">
         <v>28</v>
       </c>
       <c r="K96" t="s">
         <v>28</v>
       </c>
       <c r="L96" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M96" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N96" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O96"/>
+        <v>30</v>
+      </c>
+      <c r="O96">
+        <v>273696320210</v>
+      </c>
       <c r="P96" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q96" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C97" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D97">
-        <v>570098</v>
+        <v>570167</v>
       </c>
       <c r="E97" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
       <c r="G97" t="s">
         <v>502</v>
       </c>
       <c r="H97">
-        <v>87.2</v>
+        <v>79.2</v>
       </c>
       <c r="I97" t="s">
-        <v>356</v>
+        <v>503</v>
       </c>
       <c r="J97" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K97" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L97" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M97" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N97" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O97">
-        <v>273600593969</v>
+        <v>273696149270</v>
       </c>
       <c r="P97" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q97" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C98" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D98">
-        <v>570067</v>
+        <v>570142</v>
       </c>
       <c r="E98" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F98" t="s">
         <v>25</v>
       </c>
       <c r="G98" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H98">
-        <v>224</v>
+        <v>87.99</v>
       </c>
       <c r="I98" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J98" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K98" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L98" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M98" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N98" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O98">
-        <v>273572938388</v>
+        <v>273643838429</v>
       </c>
       <c r="P98" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q98" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C99" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D99">
-        <v>570010</v>
+        <v>570115</v>
       </c>
       <c r="E99" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="F99" t="s">
-        <v>25</v>
+        <v>511</v>
       </c>
       <c r="G99" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="H99">
-        <v>79.99</v>
+        <v>195.32</v>
       </c>
       <c r="I99" t="s">
-        <v>467</v>
+        <v>513</v>
       </c>
       <c r="J99" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K99" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L99" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M99" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N99" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O99"/>
       <c r="P99" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q99" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C100" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D100">
-        <v>569821</v>
+        <v>570098</v>
       </c>
       <c r="E100" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F100" t="s">
         <v>25</v>
       </c>
       <c r="G100" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H100">
-        <v>151.2</v>
+        <v>87.2</v>
       </c>
       <c r="I100" t="s">
-        <v>516</v>
+        <v>371</v>
       </c>
       <c r="J100" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K100" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L100" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M100" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N100" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O100">
-        <v>273266605888</v>
+        <v>273600593969</v>
       </c>
       <c r="P100" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q100" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C101" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D101">
-        <v>569487</v>
+        <v>570067</v>
       </c>
       <c r="E101" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F101" t="s">
         <v>25</v>
       </c>
       <c r="G101" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H101">
-        <v>79.99</v>
+        <v>224</v>
       </c>
       <c r="I101" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="J101" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K101" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L101" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M101" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N101" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O101">
-        <v>272930793400</v>
+        <v>273572938388</v>
       </c>
       <c r="P101" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q101" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C102" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D102">
-        <v>569332</v>
+        <v>570010</v>
       </c>
       <c r="E102" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F102" t="s">
         <v>25</v>
       </c>
       <c r="G102" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H102">
-        <v>89</v>
+        <v>79.99</v>
       </c>
       <c r="I102" t="s">
-        <v>526</v>
+        <v>482</v>
       </c>
       <c r="J102" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K102" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L102" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M102" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N102" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O102">
-        <v>272772957875</v>
+        <v>273503736883</v>
       </c>
       <c r="P102" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q102" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R102"/>
+      <c r="S102"/>
+      <c r="T102"/>
       <c r="U102" t="s">
-        <v>528</v>
+        <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
+        <v>527</v>
+      </c>
+      <c r="C103" t="s">
+        <v>528</v>
+      </c>
+      <c r="D103">
+        <v>569821</v>
+      </c>
+      <c r="E103" t="s">
         <v>529</v>
       </c>
-      <c r="C103" t="s">
+      <c r="F103" t="s">
+        <v>25</v>
+      </c>
+      <c r="G103" t="s">
         <v>530</v>
       </c>
-      <c r="D103">
-[...2 lines deleted...]
-      <c r="E103" t="s">
+      <c r="H103">
+        <v>151.2</v>
+      </c>
+      <c r="I103" t="s">
         <v>531</v>
       </c>
-      <c r="F103" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K103" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L103" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M103" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N103" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O103">
-        <v>272633668543</v>
+        <v>273266605888</v>
       </c>
       <c r="P103" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q103" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
+        <v>532</v>
+      </c>
+      <c r="C104" t="s">
+        <v>533</v>
+      </c>
+      <c r="D104">
+        <v>569487</v>
+      </c>
+      <c r="E104" t="s">
         <v>534</v>
       </c>
-      <c r="C104" t="s">
+      <c r="F104" t="s">
+        <v>25</v>
+      </c>
+      <c r="G104" t="s">
         <v>535</v>
       </c>
-      <c r="D104">
-[...2 lines deleted...]
-      <c r="E104" t="s">
+      <c r="H104">
+        <v>79.99</v>
+      </c>
+      <c r="I104" t="s">
         <v>536</v>
       </c>
-      <c r="F104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J104" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K104" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L104" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M104" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N104" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O104">
-        <v>272348021657</v>
+        <v>272930793400</v>
       </c>
       <c r="P104" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q104" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
+        <v>537</v>
+      </c>
+      <c r="C105" t="s">
+        <v>538</v>
+      </c>
+      <c r="D105">
+        <v>569332</v>
+      </c>
+      <c r="E105" t="s">
         <v>539</v>
       </c>
-      <c r="C105" t="s">
+      <c r="F105" t="s">
+        <v>25</v>
+      </c>
+      <c r="G105" t="s">
         <v>540</v>
       </c>
-      <c r="D105">
-[...2 lines deleted...]
-      <c r="E105" t="s">
+      <c r="H105">
+        <v>89</v>
+      </c>
+      <c r="I105" t="s">
         <v>541</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="J105" t="s">
+        <v>28</v>
+      </c>
+      <c r="K105" t="s">
+        <v>28</v>
+      </c>
+      <c r="L105" t="s">
+        <v>45</v>
+      </c>
+      <c r="M105" t="s">
+        <v>46</v>
+      </c>
+      <c r="N105" t="s">
+        <v>30</v>
+      </c>
+      <c r="O105">
+        <v>272772957875</v>
+      </c>
+      <c r="P105" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>32</v>
+      </c>
+      <c r="R105" t="s">
+        <v>47</v>
+      </c>
+      <c r="S105" t="s">
+        <v>181</v>
+      </c>
+      <c r="T105" t="s">
         <v>542</v>
       </c>
-      <c r="H105">
-[...2 lines deleted...]
-      <c r="I105" t="s">
+      <c r="U105" t="s">
         <v>543</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
         <v>544</v>
       </c>
       <c r="C106" t="s">
         <v>545</v>
       </c>
       <c r="D106">
-        <v>568689</v>
+        <v>569211</v>
       </c>
       <c r="E106" t="s">
         <v>546</v>
       </c>
       <c r="F106" t="s">
         <v>25</v>
       </c>
       <c r="G106" t="s">
         <v>547</v>
       </c>
       <c r="H106">
-        <v>52.8</v>
+        <v>415.2</v>
       </c>
       <c r="I106" t="s">
         <v>548</v>
       </c>
       <c r="J106" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K106" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L106" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M106" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N106" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O106">
-        <v>271992939178</v>
+        <v>272633668543</v>
       </c>
       <c r="P106" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q106" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
         <v>549</v>
       </c>
       <c r="C107" t="s">
         <v>550</v>
       </c>
       <c r="D107">
-        <v>568360</v>
+        <v>568905</v>
       </c>
       <c r="E107" t="s">
         <v>551</v>
       </c>
       <c r="F107" t="s">
         <v>25</v>
       </c>
       <c r="G107" t="s">
         <v>552</v>
       </c>
       <c r="H107">
-        <v>119.99</v>
+        <v>99</v>
       </c>
       <c r="I107" t="s">
-        <v>74</v>
+        <v>553</v>
       </c>
       <c r="J107" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K107" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L107" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M107" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N107" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O107">
-        <v>271717909336</v>
+        <v>272348021657</v>
       </c>
       <c r="P107" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q107" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C108" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D108">
-        <v>568314</v>
+        <v>568785</v>
       </c>
       <c r="E108" t="s">
-        <v>32</v>
+        <v>556</v>
       </c>
       <c r="F108" t="s">
         <v>25</v>
       </c>
-      <c r="G108"/>
+      <c r="G108" t="s">
+        <v>557</v>
+      </c>
       <c r="H108">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="I108" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-      <c r="K108"/>
+        <v>558</v>
+      </c>
+      <c r="J108" t="s">
+        <v>28</v>
+      </c>
+      <c r="K108" t="s">
+        <v>28</v>
+      </c>
       <c r="L108" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M108" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O108"/>
+        <v>28</v>
+      </c>
+      <c r="N108" t="s">
+        <v>30</v>
+      </c>
+      <c r="O108">
+        <v>272132918867</v>
+      </c>
       <c r="P108" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q108" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R108"/>
+      <c r="S108"/>
+      <c r="T108"/>
       <c r="U108" t="s">
-        <v>559</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
+        <v>559</v>
+      </c>
+      <c r="C109" t="s">
         <v>560</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109">
+        <v>568689</v>
+      </c>
+      <c r="E109" t="s">
         <v>561</v>
       </c>
-      <c r="D109">
-[...2 lines deleted...]
-      <c r="E109" t="s">
+      <c r="F109" t="s">
+        <v>25</v>
+      </c>
+      <c r="G109" t="s">
         <v>562</v>
       </c>
-      <c r="F109" t="s">
-[...2 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109">
+        <v>52.8</v>
+      </c>
+      <c r="I109" t="s">
         <v>563</v>
       </c>
-      <c r="H109">
-[...4 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K109" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L109" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M109" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N109" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O109">
-        <v>271030062890</v>
+        <v>271992939178</v>
       </c>
       <c r="P109" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q109" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
+        <v>564</v>
+      </c>
+      <c r="C110" t="s">
         <v>565</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110">
+        <v>568360</v>
+      </c>
+      <c r="E110" t="s">
         <v>566</v>
       </c>
-      <c r="D110">
-[...2 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
+        <v>25</v>
+      </c>
+      <c r="G110" t="s">
         <v>567</v>
       </c>
-      <c r="F110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H110">
-        <v>93.6</v>
+        <v>119.99</v>
       </c>
       <c r="I110" t="s">
-        <v>569</v>
+        <v>90</v>
       </c>
       <c r="J110" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K110" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L110" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M110" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N110" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O110">
-        <v>270607440843</v>
+        <v>271717909336</v>
       </c>
       <c r="P110" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q110" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
+        <v>568</v>
+      </c>
+      <c r="C111" t="s">
+        <v>569</v>
+      </c>
+      <c r="D111">
+        <v>568314</v>
+      </c>
+      <c r="E111" t="s">
+        <v>31</v>
+      </c>
+      <c r="F111" t="s">
+        <v>25</v>
+      </c>
+      <c r="G111"/>
+      <c r="H111">
+        <v>0</v>
+      </c>
+      <c r="I111" t="s">
         <v>570</v>
       </c>
-      <c r="C111" t="s">
+      <c r="J111"/>
+      <c r="K111"/>
+      <c r="L111" t="s">
+        <v>45</v>
+      </c>
+      <c r="M111" t="s">
         <v>571</v>
       </c>
-      <c r="D111">
-[...2 lines deleted...]
-      <c r="E111" t="s">
+      <c r="N111"/>
+      <c r="O111"/>
+      <c r="P111" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q111" t="s">
         <v>572</v>
       </c>
-      <c r="F111" t="s">
-[...2 lines deleted...]
-      <c r="G111" t="s">
+      <c r="R111" t="s">
+        <v>47</v>
+      </c>
+      <c r="S111" t="s">
+        <v>181</v>
+      </c>
+      <c r="T111" t="s">
         <v>573</v>
       </c>
-      <c r="H111">
-[...31 lines deleted...]
-      <c r="T111"/>
       <c r="U111" t="s">
-        <v>32</v>
+        <v>574</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C112" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D112">
-        <v>567331</v>
+        <v>567816</v>
       </c>
       <c r="E112" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F112" t="s">
         <v>25</v>
       </c>
       <c r="G112" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H112">
-        <v>95.99</v>
+        <v>72.8</v>
       </c>
       <c r="I112" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="J112" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K112" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L112" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M112" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N112" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O112">
-        <v>270522006145</v>
+        <v>271030062890</v>
       </c>
       <c r="P112" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q112" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R112"/>
       <c r="S112"/>
       <c r="T112"/>
       <c r="U112" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C113" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D113">
-        <v>567299</v>
+        <v>567417</v>
       </c>
       <c r="E113" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="H113">
-        <v>138.99</v>
+        <v>93.6</v>
       </c>
       <c r="I113" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J113" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K113" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L113" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M113" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N113" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O113">
-        <v>270479691935</v>
+        <v>270607440843</v>
       </c>
       <c r="P113" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q113" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="R113"/>
       <c r="S113"/>
       <c r="T113"/>
       <c r="U113" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C114" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D114">
-        <v>567135</v>
+        <v>567357</v>
       </c>
       <c r="E114" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F114" t="s">
         <v>25</v>
       </c>
       <c r="G114" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="H114">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="I114" t="s">
-        <v>587</v>
+        <v>90</v>
       </c>
       <c r="J114" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K114" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L114" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M114" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N114" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O114">
-        <v>270320002531</v>
+        <v>270599475938</v>
       </c>
       <c r="P114" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q114" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R114"/>
       <c r="S114"/>
       <c r="T114"/>
       <c r="U114" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C115" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D115">
-        <v>566475</v>
+        <v>567331</v>
       </c>
       <c r="E115" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
       <c r="G115" t="s">
         <v>591</v>
       </c>
       <c r="H115">
-        <v>178</v>
+        <v>95.99</v>
       </c>
       <c r="I115" t="s">
         <v>592</v>
       </c>
       <c r="J115" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K115" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L115" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M115" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N115" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O115">
-        <v>789174928370</v>
+        <v>270522006145</v>
       </c>
       <c r="P115" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q115" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R115"/>
       <c r="S115"/>
       <c r="T115"/>
       <c r="U115" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
         <v>21</v>
       </c>
       <c r="B116" t="s">
         <v>593</v>
       </c>
       <c r="C116" t="s">
         <v>594</v>
       </c>
       <c r="D116">
-        <v>566444</v>
+        <v>567299</v>
       </c>
       <c r="E116" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F116" t="s">
         <v>25</v>
       </c>
       <c r="G116" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H116">
-        <v>79</v>
+        <v>138.99</v>
       </c>
       <c r="I116" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="J116" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K116" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L116" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M116" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N116" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O116">
-        <v>789174875844</v>
+        <v>270479691935</v>
       </c>
       <c r="P116" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q116" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R116"/>
       <c r="S116"/>
       <c r="T116"/>
       <c r="U116" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
         <v>21</v>
       </c>
       <c r="B117" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C117" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D117">
-        <v>566387</v>
+        <v>567135</v>
       </c>
       <c r="E117" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="F117" t="s">
         <v>25</v>
       </c>
       <c r="G117" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="H117">
-        <v>89</v>
+        <v>79.99</v>
       </c>
       <c r="I117" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="J117" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K117" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L117" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M117" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N117" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O117">
-        <v>789174817110</v>
+        <v>270320002531</v>
       </c>
       <c r="P117" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q117" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R117"/>
       <c r="S117"/>
       <c r="T117"/>
       <c r="U117" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
         <v>21</v>
       </c>
       <c r="B118" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C118" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D118">
-        <v>566305</v>
+        <v>566475</v>
       </c>
       <c r="E118" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F118" t="s">
         <v>25</v>
       </c>
       <c r="G118" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H118">
-        <v>49</v>
+        <v>178</v>
       </c>
       <c r="I118" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J118" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K118" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L118" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M118" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N118" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O118">
-        <v>789006179270</v>
+        <v>789174928370</v>
       </c>
       <c r="P118" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q118" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R118"/>
       <c r="S118"/>
       <c r="T118"/>
       <c r="U118" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
         <v>21</v>
       </c>
       <c r="B119" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C119" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D119">
-        <v>566024</v>
+        <v>566444</v>
       </c>
       <c r="E119" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="F119" t="s">
-        <v>496</v>
+        <v>25</v>
       </c>
       <c r="G119" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H119">
-        <v>212.17</v>
+        <v>79</v>
       </c>
       <c r="I119" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="J119" t="s">
         <v>28</v>
       </c>
       <c r="K119" t="s">
         <v>28</v>
       </c>
       <c r="L119" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M119" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N119" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O119"/>
+        <v>30</v>
+      </c>
+      <c r="O119">
+        <v>789174875844</v>
+      </c>
       <c r="P119" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q119" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R119"/>
       <c r="S119"/>
       <c r="T119"/>
       <c r="U119" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
         <v>21</v>
       </c>
       <c r="B120" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C120" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D120">
-        <v>565644</v>
+        <v>566387</v>
       </c>
       <c r="E120" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="F120" t="s">
         <v>25</v>
       </c>
       <c r="G120" t="s">
         <v>614</v>
       </c>
       <c r="H120">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="I120" t="s">
         <v>615</v>
       </c>
       <c r="J120" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K120" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L120" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M120" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N120" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O120">
-        <v>788351374235</v>
+        <v>789174817110</v>
       </c>
       <c r="P120" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q120" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R120"/>
       <c r="S120"/>
       <c r="T120"/>
       <c r="U120" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
         <v>21</v>
       </c>
       <c r="B121" t="s">
         <v>616</v>
       </c>
       <c r="C121" t="s">
         <v>617</v>
       </c>
       <c r="D121">
-        <v>565626</v>
+        <v>566305</v>
       </c>
       <c r="E121" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="F121" t="s">
         <v>25</v>
       </c>
       <c r="G121" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H121">
-        <v>87.99</v>
+        <v>49</v>
       </c>
       <c r="I121" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="J121" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K121" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L121" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M121" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N121" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O121">
-        <v>788336900262</v>
+        <v>789006179270</v>
       </c>
       <c r="P121" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q121" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R121"/>
       <c r="S121"/>
       <c r="T121"/>
       <c r="U121" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
         <v>21</v>
       </c>
       <c r="B122" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C122" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D122">
-        <v>565567</v>
+        <v>566024</v>
       </c>
       <c r="E122" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F122" t="s">
-        <v>25</v>
+        <v>511</v>
       </c>
       <c r="G122" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H122">
-        <v>89</v>
+        <v>212.17</v>
       </c>
       <c r="I122" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="J122" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K122" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L122" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M122" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N122" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O122"/>
       <c r="P122" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q122" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R122"/>
       <c r="S122"/>
       <c r="T122"/>
       <c r="U122" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
         <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C123" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D123">
-        <v>565530</v>
+        <v>565644</v>
       </c>
       <c r="E123" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F123" t="s">
         <v>25</v>
       </c>
       <c r="G123" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H123">
-        <v>79.99</v>
+        <v>149</v>
       </c>
       <c r="I123" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J123" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K123" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L123" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M123" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N123" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O123">
-        <v>788230687828</v>
+        <v>788351374235</v>
       </c>
       <c r="P123" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q123" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R123"/>
       <c r="S123"/>
       <c r="T123"/>
       <c r="U123" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
         <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C124" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D124">
-        <v>565515</v>
+        <v>565626</v>
       </c>
       <c r="E124" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F124" t="s">
         <v>25</v>
       </c>
       <c r="G124" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H124">
-        <v>29</v>
+        <v>87.99</v>
       </c>
       <c r="I124" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="J124" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K124" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L124" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M124" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N124" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O124">
-        <v>788231347178</v>
+        <v>788336900262</v>
       </c>
       <c r="P124" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q124" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R124"/>
       <c r="S124"/>
       <c r="T124"/>
       <c r="U124" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
         <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C125" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D125">
-        <v>565201</v>
+        <v>565567</v>
       </c>
       <c r="E125" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F125" t="s">
         <v>25</v>
       </c>
       <c r="G125" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H125">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="I125" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="J125" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K125" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L125" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M125" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N125" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O125">
-        <v>787961816020</v>
+        <v>788273005651</v>
       </c>
       <c r="P125" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q125" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R125"/>
       <c r="S125"/>
       <c r="T125"/>
       <c r="U125" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
         <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C126" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D126">
-        <v>564905</v>
+        <v>565530</v>
       </c>
       <c r="E126" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F126" t="s">
         <v>25</v>
       </c>
       <c r="G126" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="H126">
-        <v>99</v>
+        <v>79.99</v>
       </c>
       <c r="I126" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J126" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K126" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L126" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M126" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N126" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O126">
-        <v>787635470021</v>
+        <v>788230687828</v>
       </c>
       <c r="P126" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q126" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R126"/>
       <c r="S126"/>
       <c r="T126"/>
       <c r="U126" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
         <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C127" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D127">
-        <v>564136</v>
+        <v>565515</v>
       </c>
       <c r="E127" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="F127" t="s">
         <v>25</v>
       </c>
       <c r="G127" t="s">
         <v>647</v>
       </c>
       <c r="H127">
-        <v>71.1</v>
+        <v>29</v>
       </c>
       <c r="I127" t="s">
         <v>648</v>
       </c>
       <c r="J127" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K127" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L127" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M127" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N127" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O127">
-        <v>787081133878</v>
+        <v>788231347178</v>
       </c>
       <c r="P127" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q127" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
       <c r="U127" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
         <v>21</v>
       </c>
       <c r="B128" t="s">
         <v>649</v>
       </c>
       <c r="C128" t="s">
         <v>650</v>
       </c>
       <c r="D128">
-        <v>564060</v>
+        <v>565201</v>
       </c>
       <c r="E128" t="s">
         <v>651</v>
       </c>
       <c r="F128" t="s">
         <v>25</v>
       </c>
       <c r="G128" t="s">
         <v>652</v>
       </c>
       <c r="H128">
-        <v>62.1</v>
+        <v>79</v>
       </c>
       <c r="I128" t="s">
         <v>653</v>
       </c>
       <c r="J128" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K128" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L128" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M128" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N128" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O128">
-        <v>787037463368</v>
+        <v>787961816020</v>
       </c>
       <c r="P128" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q128" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
       <c r="U128" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
         <v>21</v>
       </c>
       <c r="B129" t="s">
         <v>654</v>
       </c>
       <c r="C129" t="s">
         <v>655</v>
       </c>
       <c r="D129">
-        <v>564022</v>
+        <v>564905</v>
       </c>
       <c r="E129" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="F129" t="s">
         <v>25</v>
       </c>
       <c r="G129" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H129">
-        <v>125.1</v>
+        <v>99</v>
       </c>
       <c r="I129" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="J129" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K129" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L129" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M129" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N129" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O129">
-        <v>787029866679</v>
+        <v>787635470021</v>
       </c>
       <c r="P129" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q129" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R129"/>
       <c r="S129"/>
       <c r="T129"/>
       <c r="U129" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
         <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C130" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D130">
-        <v>563797</v>
+        <v>564136</v>
       </c>
       <c r="E130" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F130" t="s">
         <v>25</v>
       </c>
       <c r="G130" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H130">
-        <v>98.1</v>
+        <v>71.1</v>
       </c>
       <c r="I130" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J130" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K130" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L130" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M130" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N130" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O130">
-        <v>786893084923</v>
+        <v>787081133878</v>
       </c>
       <c r="P130" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q130" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R130"/>
       <c r="S130"/>
       <c r="T130"/>
       <c r="U130" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
         <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C131" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D131">
-        <v>563765</v>
+        <v>564060</v>
       </c>
       <c r="E131" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="F131" t="s">
         <v>25</v>
       </c>
       <c r="G131" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="H131">
-        <v>71.1</v>
+        <v>62.1</v>
       </c>
       <c r="I131" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="J131" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K131" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L131" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M131" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N131" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O131">
-        <v>786986407982</v>
+        <v>787037463368</v>
       </c>
       <c r="P131" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q131" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R131"/>
       <c r="S131"/>
       <c r="T131"/>
       <c r="U131" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
         <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C132" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="D132">
-        <v>563629</v>
+        <v>564022</v>
       </c>
       <c r="E132" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="F132" t="s">
         <v>25</v>
       </c>
       <c r="G132" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H132">
-        <v>80.1</v>
+        <v>125.1</v>
       </c>
       <c r="I132" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="J132" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K132" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L132" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M132" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N132" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O132">
-        <v>786825537663</v>
+        <v>787029866679</v>
       </c>
       <c r="P132" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q132" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
       <c r="U132" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
         <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C133" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D133">
-        <v>563518</v>
+        <v>563797</v>
       </c>
       <c r="E133" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F133" t="s">
         <v>25</v>
       </c>
       <c r="G133" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H133">
         <v>98.1</v>
       </c>
       <c r="I133" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="J133" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K133" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L133" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M133" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N133" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O133">
-        <v>786826175843</v>
+        <v>786893084923</v>
       </c>
       <c r="P133" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q133" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
       <c r="U133" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" t="s">
         <v>21</v>
       </c>
       <c r="B134" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C134" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D134">
-        <v>562681</v>
+        <v>563765</v>
       </c>
       <c r="E134" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="F134" t="s">
         <v>25</v>
       </c>
       <c r="G134" t="s">
         <v>680</v>
       </c>
       <c r="H134">
-        <v>149</v>
+        <v>71.1</v>
       </c>
       <c r="I134" t="s">
         <v>681</v>
       </c>
       <c r="J134" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K134" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L134" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M134" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N134" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O134">
-        <v>786309727429</v>
+        <v>786986407982</v>
       </c>
       <c r="P134" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q134" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
       <c r="U134" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" t="s">
         <v>21</v>
       </c>
       <c r="B135" t="s">
         <v>682</v>
       </c>
       <c r="C135" t="s">
         <v>683</v>
       </c>
       <c r="D135">
-        <v>561758</v>
+        <v>563629</v>
       </c>
       <c r="E135" t="s">
         <v>684</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
         <v>685</v>
       </c>
       <c r="H135">
-        <v>109</v>
+        <v>80.1</v>
       </c>
       <c r="I135" t="s">
         <v>686</v>
       </c>
       <c r="J135" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K135" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L135" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M135" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N135" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O135">
-        <v>785788144854</v>
+        <v>786825537663</v>
       </c>
       <c r="P135" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q135" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R135"/>
       <c r="S135"/>
       <c r="T135"/>
       <c r="U135" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" t="s">
         <v>21</v>
       </c>
       <c r="B136" t="s">
         <v>687</v>
       </c>
       <c r="C136" t="s">
         <v>688</v>
       </c>
       <c r="D136">
-        <v>561747</v>
+        <v>563518</v>
       </c>
       <c r="E136" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="F136" t="s">
         <v>25</v>
       </c>
       <c r="G136" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H136">
-        <v>138</v>
+        <v>98.1</v>
       </c>
       <c r="I136" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J136" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K136" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L136" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M136" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N136" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O136">
-        <v>785783385722</v>
+        <v>786826175843</v>
       </c>
       <c r="P136" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q136" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R136"/>
       <c r="S136"/>
       <c r="T136"/>
       <c r="U136" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" t="s">
         <v>21</v>
       </c>
       <c r="B137" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C137" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D137">
-        <v>561593</v>
+        <v>562681</v>
       </c>
       <c r="E137" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="F137" t="s">
         <v>25</v>
       </c>
       <c r="G137" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="H137">
-        <v>89.1</v>
+        <v>149</v>
       </c>
       <c r="I137" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="J137" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K137" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L137" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M137" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N137" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O137">
-        <v>785727509851</v>
+        <v>786309727429</v>
       </c>
       <c r="P137" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q137" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R137"/>
       <c r="S137"/>
       <c r="T137"/>
       <c r="U137" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" t="s">
         <v>21</v>
       </c>
       <c r="B138" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C138" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D138">
-        <v>561536</v>
+        <v>561758</v>
       </c>
       <c r="E138" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F138" t="s">
         <v>25</v>
       </c>
       <c r="G138" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H138">
-        <v>134.1</v>
+        <v>109</v>
       </c>
       <c r="I138" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="J138" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K138" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L138" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M138" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N138" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O138">
-        <v>785641298720</v>
+        <v>785788144854</v>
       </c>
       <c r="P138" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q138" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R138"/>
       <c r="S138"/>
       <c r="T138"/>
       <c r="U138" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" t="s">
         <v>21</v>
       </c>
       <c r="B139" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C139" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D139">
-        <v>561504</v>
+        <v>561747</v>
       </c>
       <c r="E139" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F139" t="s">
         <v>25</v>
       </c>
       <c r="G139" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H139">
-        <v>98.1</v>
+        <v>138</v>
       </c>
       <c r="I139" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="J139" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K139" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L139" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M139" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N139" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O139">
-        <v>785615872443</v>
+        <v>785783385722</v>
       </c>
       <c r="P139" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q139" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R139"/>
       <c r="S139"/>
       <c r="T139"/>
       <c r="U139" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" t="s">
         <v>21</v>
       </c>
       <c r="B140" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C140" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D140">
-        <v>561501</v>
+        <v>561593</v>
       </c>
       <c r="E140" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="F140" t="s">
         <v>25</v>
       </c>
       <c r="G140" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="H140">
-        <v>71.1</v>
+        <v>89.1</v>
       </c>
       <c r="I140" t="s">
-        <v>336</v>
+        <v>710</v>
       </c>
       <c r="J140" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K140" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L140" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M140" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N140" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O140">
-        <v>785616825710</v>
+        <v>785727509851</v>
       </c>
       <c r="P140" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q140" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R140"/>
       <c r="S140"/>
       <c r="T140"/>
       <c r="U140" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" t="s">
         <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C141" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D141">
-        <v>561429</v>
+        <v>561536</v>
       </c>
       <c r="E141" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F141" t="s">
         <v>25</v>
       </c>
       <c r="G141" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="H141">
-        <v>71.1</v>
+        <v>134.1</v>
       </c>
       <c r="I141" t="s">
-        <v>564</v>
+        <v>715</v>
       </c>
       <c r="J141" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K141" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L141" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M141" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N141" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O141">
-        <v>785540580614</v>
+        <v>785641298720</v>
       </c>
       <c r="P141" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q141" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R141"/>
+      <c r="S141"/>
+      <c r="T141"/>
       <c r="U141" t="s">
-        <v>713</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" t="s">
         <v>21</v>
       </c>
       <c r="B142" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C142" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D142">
-        <v>561395</v>
+        <v>561504</v>
       </c>
       <c r="E142" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F142" t="s">
         <v>25</v>
       </c>
       <c r="G142" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="H142">
-        <v>180</v>
+        <v>98.1</v>
       </c>
       <c r="I142" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="J142" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K142" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L142" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M142" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N142" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O142">
-        <v>785513844919</v>
+        <v>785615872443</v>
       </c>
       <c r="P142" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q142" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R142"/>
       <c r="S142"/>
       <c r="T142"/>
       <c r="U142" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" t="s">
         <v>21</v>
       </c>
       <c r="B143" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C143" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D143">
-        <v>561250</v>
+        <v>561501</v>
       </c>
       <c r="E143" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="F143" t="s">
         <v>25</v>
       </c>
       <c r="G143" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H143">
         <v>71.1</v>
       </c>
       <c r="I143" t="s">
-        <v>722</v>
+        <v>351</v>
       </c>
       <c r="J143" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K143" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L143" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M143" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N143" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O143">
-        <v>785407627485</v>
+        <v>785616825710</v>
       </c>
       <c r="P143" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q143" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R143"/>
       <c r="S143"/>
       <c r="T143"/>
       <c r="U143" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" t="s">
         <v>21</v>
       </c>
       <c r="B144" t="s">
         <v>723</v>
       </c>
       <c r="C144" t="s">
         <v>724</v>
       </c>
       <c r="D144">
-        <v>561127</v>
+        <v>561429</v>
       </c>
       <c r="E144" t="s">
         <v>725</v>
       </c>
       <c r="F144" t="s">
         <v>25</v>
       </c>
       <c r="G144" t="s">
         <v>726</v>
       </c>
       <c r="H144">
-        <v>149</v>
+        <v>71.1</v>
       </c>
       <c r="I144" t="s">
+        <v>579</v>
+      </c>
+      <c r="J144" t="s">
+        <v>28</v>
+      </c>
+      <c r="K144" t="s">
+        <v>28</v>
+      </c>
+      <c r="L144" t="s">
+        <v>45</v>
+      </c>
+      <c r="M144" t="s">
+        <v>46</v>
+      </c>
+      <c r="N144" t="s">
+        <v>30</v>
+      </c>
+      <c r="O144">
+        <v>785540580614</v>
+      </c>
+      <c r="P144" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>32</v>
+      </c>
+      <c r="R144" t="s">
+        <v>47</v>
+      </c>
+      <c r="S144" t="s">
+        <v>181</v>
+      </c>
+      <c r="T144" t="s">
         <v>727</v>
       </c>
-      <c r="J144" t="s">
-[...25 lines deleted...]
-      <c r="T144"/>
       <c r="U144" t="s">
-        <v>32</v>
+        <v>728</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" t="s">
         <v>21</v>
       </c>
       <c r="B145" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C145" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D145">
-        <v>561080</v>
+        <v>561395</v>
       </c>
       <c r="E145" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>25</v>
       </c>
       <c r="G145" t="s">
         <v>731</v>
       </c>
       <c r="H145">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="I145" t="s">
         <v>732</v>
       </c>
       <c r="J145" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K145" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L145" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M145" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N145" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O145">
-        <v>785213684665</v>
+        <v>785513844919</v>
       </c>
       <c r="P145" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q145" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R145"/>
       <c r="S145"/>
       <c r="T145"/>
       <c r="U145" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" t="s">
         <v>21</v>
       </c>
       <c r="B146" t="s">
         <v>733</v>
       </c>
       <c r="C146" t="s">
         <v>734</v>
       </c>
       <c r="D146">
-        <v>560992</v>
+        <v>561250</v>
       </c>
       <c r="E146" t="s">
         <v>735</v>
       </c>
       <c r="F146" t="s">
         <v>25</v>
       </c>
       <c r="G146" t="s">
         <v>736</v>
       </c>
       <c r="H146">
-        <v>99</v>
+        <v>71.1</v>
       </c>
       <c r="I146" t="s">
         <v>737</v>
       </c>
       <c r="J146" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K146" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L146" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M146" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N146" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O146">
-        <v>785154654979</v>
+        <v>785407627485</v>
       </c>
       <c r="P146" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q146" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R146"/>
       <c r="S146"/>
       <c r="T146"/>
       <c r="U146" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" t="s">
         <v>21</v>
       </c>
       <c r="B147" t="s">
         <v>738</v>
       </c>
       <c r="C147" t="s">
         <v>739</v>
       </c>
       <c r="D147">
-        <v>560991</v>
+        <v>561127</v>
       </c>
       <c r="E147" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="F147" t="s">
         <v>25</v>
       </c>
       <c r="G147" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H147">
-        <v>428.7</v>
+        <v>149</v>
       </c>
       <c r="I147" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="J147" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K147" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L147" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M147" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N147" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O147">
-        <v>785152794652</v>
+        <v>785260683826</v>
       </c>
       <c r="P147" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q147" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R147"/>
       <c r="S147"/>
       <c r="T147"/>
       <c r="U147" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" t="s">
         <v>21</v>
       </c>
       <c r="B148" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C148" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D148">
-        <v>560987</v>
+        <v>561080</v>
       </c>
       <c r="E148" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="F148" t="s">
         <v>25</v>
       </c>
       <c r="G148" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="H148">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="I148" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="J148" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K148" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L148" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M148" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N148" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O148">
-        <v>785153428410</v>
+        <v>785213684665</v>
       </c>
       <c r="P148" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q148" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R148"/>
       <c r="S148"/>
       <c r="T148"/>
       <c r="U148" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" t="s">
         <v>21</v>
       </c>
       <c r="B149" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C149" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D149">
-        <v>560986</v>
+        <v>560992</v>
       </c>
       <c r="E149" t="s">
-        <v>735</v>
+        <v>750</v>
       </c>
       <c r="F149" t="s">
         <v>25</v>
       </c>
       <c r="G149" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="H149">
-        <v>199.99</v>
+        <v>99</v>
       </c>
       <c r="I149" t="s">
-        <v>717</v>
+        <v>752</v>
       </c>
       <c r="J149" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K149" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L149" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M149" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N149" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O149">
-        <v>785154494440</v>
+        <v>785154654979</v>
       </c>
       <c r="P149" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q149" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R149"/>
       <c r="S149"/>
       <c r="T149"/>
       <c r="U149" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" t="s">
         <v>21</v>
       </c>
       <c r="B150" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C150" t="s">
+        <v>754</v>
+      </c>
+      <c r="D150">
+        <v>560991</v>
+      </c>
+      <c r="E150" t="s">
         <v>750</v>
       </c>
-      <c r="D150">
-[...4 lines deleted...]
-      </c>
       <c r="F150" t="s">
         <v>25</v>
       </c>
       <c r="G150" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="H150">
-        <v>99</v>
+        <v>428.7</v>
       </c>
       <c r="I150" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="J150" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K150" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L150" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M150" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N150" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O150">
-        <v>784958502270</v>
+        <v>785152794652</v>
       </c>
       <c r="P150" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q150" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R150"/>
       <c r="S150"/>
       <c r="T150"/>
       <c r="U150" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" t="s">
         <v>21</v>
       </c>
       <c r="B151" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C151" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="D151">
-        <v>560653</v>
+        <v>560987</v>
       </c>
       <c r="E151" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="F151" t="s">
         <v>25</v>
       </c>
       <c r="G151" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="H151">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I151" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="J151" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K151" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L151" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M151" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N151" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O151">
-        <v>784810283154</v>
+        <v>785153428410</v>
       </c>
       <c r="P151" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q151" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151"/>
       <c r="U151" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" t="s">
         <v>21</v>
       </c>
       <c r="B152" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C152" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D152">
-        <v>560492</v>
+        <v>560986</v>
       </c>
       <c r="E152" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="F152" t="s">
         <v>25</v>
       </c>
       <c r="G152" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H152">
-        <v>71.1</v>
+        <v>199.99</v>
       </c>
       <c r="I152" t="s">
-        <v>763</v>
+        <v>732</v>
       </c>
       <c r="J152" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K152" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L152" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M152" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N152" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O152">
-        <v>784699030257</v>
+        <v>785154494440</v>
       </c>
       <c r="P152" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q152" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R152"/>
       <c r="S152"/>
       <c r="T152"/>
       <c r="U152" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" t="s">
         <v>21</v>
       </c>
       <c r="B153" t="s">
         <v>764</v>
       </c>
       <c r="C153" t="s">
         <v>765</v>
       </c>
       <c r="D153">
-        <v>560080</v>
+        <v>560764</v>
       </c>
       <c r="E153" t="s">
         <v>766</v>
       </c>
       <c r="F153" t="s">
         <v>25</v>
       </c>
       <c r="G153" t="s">
         <v>767</v>
       </c>
       <c r="H153">
-        <v>190</v>
+        <v>99</v>
       </c>
       <c r="I153" t="s">
         <v>768</v>
       </c>
       <c r="J153" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K153" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L153" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M153" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N153" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O153">
-        <v>784356470294</v>
+        <v>784958502270</v>
       </c>
       <c r="P153" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q153" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R153"/>
       <c r="S153"/>
       <c r="T153"/>
       <c r="U153" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" t="s">
         <v>21</v>
       </c>
       <c r="B154" t="s">
         <v>769</v>
       </c>
       <c r="C154" t="s">
         <v>770</v>
       </c>
       <c r="D154">
-        <v>560026</v>
+        <v>560653</v>
       </c>
       <c r="E154" t="s">
         <v>771</v>
       </c>
       <c r="F154" t="s">
         <v>25</v>
       </c>
       <c r="G154" t="s">
         <v>772</v>
       </c>
       <c r="H154">
-        <v>824.4</v>
+        <v>119</v>
       </c>
       <c r="I154" t="s">
         <v>773</v>
       </c>
       <c r="J154" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K154" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L154" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M154" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N154" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O154">
-        <v>784304293465</v>
+        <v>784810283154</v>
       </c>
       <c r="P154" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q154" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R154"/>
       <c r="S154"/>
       <c r="T154"/>
       <c r="U154" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" t="s">
         <v>21</v>
       </c>
       <c r="B155" t="s">
         <v>774</v>
       </c>
       <c r="C155" t="s">
         <v>775</v>
       </c>
       <c r="D155">
-        <v>559958</v>
+        <v>560492</v>
       </c>
       <c r="E155" t="s">
         <v>776</v>
       </c>
       <c r="F155" t="s">
         <v>25</v>
       </c>
       <c r="G155" t="s">
         <v>777</v>
       </c>
       <c r="H155">
-        <v>72.8</v>
+        <v>71.1</v>
       </c>
       <c r="I155" t="s">
-        <v>564</v>
+        <v>778</v>
       </c>
       <c r="J155" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K155" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L155" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M155" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N155" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O155">
-        <v>784217844379</v>
+        <v>784699030257</v>
       </c>
       <c r="P155" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q155" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R155"/>
       <c r="S155"/>
       <c r="T155"/>
       <c r="U155" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" t="s">
         <v>21</v>
       </c>
       <c r="B156" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C156" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D156">
-        <v>559903</v>
+        <v>560080</v>
       </c>
       <c r="E156" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F156" t="s">
         <v>25</v>
       </c>
       <c r="G156" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H156">
-        <v>93.6</v>
+        <v>190</v>
       </c>
       <c r="I156" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="J156" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K156" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L156" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M156" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N156" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O156">
-        <v>784189261198</v>
+        <v>784356470294</v>
       </c>
       <c r="P156" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q156" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R156"/>
       <c r="S156"/>
       <c r="T156"/>
       <c r="U156" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" t="s">
         <v>21</v>
       </c>
       <c r="B157" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C157" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D157">
-        <v>559891</v>
+        <v>560026</v>
       </c>
       <c r="E157" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F157" t="s">
         <v>25</v>
       </c>
       <c r="G157" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H157">
-        <v>88</v>
+        <v>824.4</v>
       </c>
       <c r="I157" t="s">
-        <v>690</v>
+        <v>788</v>
       </c>
       <c r="J157" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K157" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L157" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M157" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N157" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O157">
-        <v>784189197211</v>
+        <v>784304293465</v>
       </c>
       <c r="P157" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q157" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R157"/>
       <c r="S157"/>
       <c r="T157"/>
       <c r="U157" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" t="s">
         <v>21</v>
       </c>
       <c r="B158" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C158" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D158">
-        <v>559844</v>
+        <v>559958</v>
       </c>
       <c r="E158" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="F158" t="s">
         <v>25</v>
       </c>
       <c r="G158" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="H158">
-        <v>88</v>
+        <v>72.8</v>
       </c>
       <c r="I158" t="s">
-        <v>763</v>
+        <v>579</v>
       </c>
       <c r="J158" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K158" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L158" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M158" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N158" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O158">
-        <v>784183563227</v>
+        <v>784217844379</v>
       </c>
       <c r="P158" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q158" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158"/>
       <c r="U158" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" t="s">
         <v>21</v>
       </c>
       <c r="B159" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C159" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D159">
-        <v>559801</v>
+        <v>559903</v>
       </c>
       <c r="E159" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>25</v>
       </c>
       <c r="G159" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="H159">
-        <v>99.2</v>
+        <v>93.6</v>
       </c>
       <c r="I159" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="J159" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K159" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L159" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M159" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N159" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O159">
-        <v>784098392684</v>
+        <v>784189261198</v>
       </c>
       <c r="P159" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q159" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R159"/>
       <c r="S159"/>
       <c r="T159"/>
       <c r="U159" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" t="s">
         <v>21</v>
       </c>
       <c r="B160" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C160" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D160">
-        <v>559693</v>
+        <v>559891</v>
       </c>
       <c r="E160" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>25</v>
       </c>
       <c r="G160" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="H160">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="I160" t="s">
-        <v>488</v>
+        <v>705</v>
       </c>
       <c r="J160" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K160" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L160" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M160" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N160" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O160">
-        <v>783975300051</v>
+        <v>784189197211</v>
       </c>
       <c r="P160" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q160" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R160"/>
       <c r="S160"/>
       <c r="T160"/>
       <c r="U160" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" t="s">
         <v>21</v>
       </c>
       <c r="B161" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C161" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D161">
-        <v>559568</v>
+        <v>559844</v>
       </c>
       <c r="E161" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F161" t="s">
         <v>25</v>
       </c>
       <c r="G161" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="H161">
-        <v>190</v>
+        <v>88</v>
       </c>
       <c r="I161" t="s">
-        <v>804</v>
+        <v>778</v>
       </c>
       <c r="J161" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K161" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L161" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M161" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N161" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O161">
-        <v>783886189125</v>
+        <v>784183563227</v>
       </c>
       <c r="P161" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q161" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R161"/>
       <c r="S161"/>
       <c r="T161"/>
       <c r="U161" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" t="s">
         <v>21</v>
       </c>
       <c r="B162" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C162" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D162">
-        <v>559438</v>
+        <v>559801</v>
       </c>
       <c r="E162" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F162" t="s">
         <v>25</v>
       </c>
       <c r="G162" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H162">
-        <v>75.65</v>
+        <v>99.2</v>
       </c>
       <c r="I162" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="J162" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K162" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L162" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M162" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N162" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O162">
-        <v>783755153615</v>
+        <v>784098392684</v>
       </c>
       <c r="P162" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q162" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R162"/>
+      <c r="S162"/>
+      <c r="T162"/>
       <c r="U162" t="s">
-        <v>811</v>
+        <v>31</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" t="s">
         <v>21</v>
       </c>
       <c r="B163" t="s">
+        <v>811</v>
+      </c>
+      <c r="C163" t="s">
         <v>812</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163">
+        <v>559693</v>
+      </c>
+      <c r="E163" t="s">
         <v>813</v>
       </c>
-      <c r="D163">
-[...2 lines deleted...]
-      <c r="E163" t="s">
+      <c r="F163" t="s">
+        <v>25</v>
+      </c>
+      <c r="G163" t="s">
         <v>814</v>
       </c>
-      <c r="F163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H163">
-        <v>278.6</v>
+        <v>72</v>
       </c>
       <c r="I163" t="s">
-        <v>816</v>
+        <v>503</v>
       </c>
       <c r="J163" t="s">
         <v>28</v>
       </c>
       <c r="K163" t="s">
         <v>28</v>
       </c>
       <c r="L163" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M163" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N163" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O163"/>
+        <v>30</v>
+      </c>
+      <c r="O163">
+        <v>783975300051</v>
+      </c>
       <c r="P163" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q163" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R163"/>
+      <c r="S163"/>
+      <c r="T163"/>
       <c r="U163" t="s">
-        <v>818</v>
+        <v>31</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" t="s">
         <v>21</v>
       </c>
       <c r="B164" t="s">
+        <v>815</v>
+      </c>
+      <c r="C164" t="s">
+        <v>816</v>
+      </c>
+      <c r="D164">
+        <v>559568</v>
+      </c>
+      <c r="E164" t="s">
+        <v>817</v>
+      </c>
+      <c r="F164" t="s">
+        <v>25</v>
+      </c>
+      <c r="G164" t="s">
+        <v>818</v>
+      </c>
+      <c r="H164">
+        <v>190</v>
+      </c>
+      <c r="I164" t="s">
         <v>819</v>
       </c>
-      <c r="C164" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J164" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K164" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L164" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M164" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N164" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O164">
-        <v>783131534591</v>
+        <v>783886189125</v>
       </c>
       <c r="P164" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q164" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
         <v>21</v>
       </c>
       <c r="B165" t="s">
+        <v>820</v>
+      </c>
+      <c r="C165" t="s">
+        <v>821</v>
+      </c>
+      <c r="D165">
+        <v>559438</v>
+      </c>
+      <c r="E165" t="s">
+        <v>822</v>
+      </c>
+      <c r="F165" t="s">
+        <v>25</v>
+      </c>
+      <c r="G165" t="s">
+        <v>823</v>
+      </c>
+      <c r="H165">
+        <v>75.65</v>
+      </c>
+      <c r="I165" t="s">
         <v>824</v>
       </c>
-      <c r="C165" t="s">
+      <c r="J165" t="s">
+        <v>28</v>
+      </c>
+      <c r="K165" t="s">
+        <v>28</v>
+      </c>
+      <c r="L165" t="s">
+        <v>45</v>
+      </c>
+      <c r="M165" t="s">
+        <v>46</v>
+      </c>
+      <c r="N165" t="s">
+        <v>30</v>
+      </c>
+      <c r="O165">
+        <v>783755153615</v>
+      </c>
+      <c r="P165" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>32</v>
+      </c>
+      <c r="R165" t="s">
+        <v>47</v>
+      </c>
+      <c r="S165" t="s">
+        <v>181</v>
+      </c>
+      <c r="T165" t="s">
         <v>825</v>
       </c>
-      <c r="D165">
-[...2 lines deleted...]
-      <c r="E165" t="s">
+      <c r="U165" t="s">
         <v>826</v>
-      </c>
-[...40 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
         <v>21</v>
       </c>
       <c r="B166" t="s">
+        <v>827</v>
+      </c>
+      <c r="C166" t="s">
+        <v>828</v>
+      </c>
+      <c r="D166">
+        <v>559204</v>
+      </c>
+      <c r="E166" t="s">
         <v>829</v>
       </c>
-      <c r="C166" t="s">
+      <c r="F166" t="s">
+        <v>25</v>
+      </c>
+      <c r="G166" t="s">
         <v>830</v>
       </c>
-      <c r="D166">
-[...2 lines deleted...]
-      <c r="E166" t="s">
+      <c r="H166">
+        <v>278.6</v>
+      </c>
+      <c r="I166" t="s">
         <v>831</v>
       </c>
-      <c r="F166" t="s">
-[...2 lines deleted...]
-      <c r="G166" t="s">
+      <c r="J166" t="s">
+        <v>44</v>
+      </c>
+      <c r="K166" t="s">
+        <v>44</v>
+      </c>
+      <c r="L166" t="s">
+        <v>45</v>
+      </c>
+      <c r="M166" t="s">
+        <v>46</v>
+      </c>
+      <c r="N166" t="s">
+        <v>30</v>
+      </c>
+      <c r="O166"/>
+      <c r="P166" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>32</v>
+      </c>
+      <c r="R166" t="s">
+        <v>47</v>
+      </c>
+      <c r="S166" t="s">
+        <v>48</v>
+      </c>
+      <c r="T166" t="s">
         <v>832</v>
       </c>
-      <c r="H166">
-[...2 lines deleted...]
-      <c r="I166" t="s">
+      <c r="U166" t="s">
         <v>833</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" t="s">
         <v>21</v>
       </c>
       <c r="B167" t="s">
         <v>834</v>
       </c>
       <c r="C167" t="s">
         <v>835</v>
       </c>
       <c r="D167">
-        <v>558146</v>
+        <v>558675</v>
       </c>
       <c r="E167" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="F167" t="s">
         <v>25</v>
       </c>
       <c r="G167" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H167">
-        <v>201.65</v>
+        <v>211.65</v>
       </c>
       <c r="I167" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="J167" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K167" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L167" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M167" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N167" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O167">
-        <v>782659784547</v>
+        <v>783131534591</v>
       </c>
       <c r="P167" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q167" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R167"/>
+      <c r="S167"/>
+      <c r="T167"/>
       <c r="U167" t="s">
-        <v>839</v>
+        <v>31</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" t="s">
         <v>21</v>
       </c>
       <c r="B168" t="s">
+        <v>839</v>
+      </c>
+      <c r="C168" t="s">
         <v>840</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168">
+        <v>558451</v>
+      </c>
+      <c r="E168" t="s">
         <v>841</v>
       </c>
-      <c r="D168">
-[...2 lines deleted...]
-      <c r="E168" t="s">
+      <c r="F168" t="s">
+        <v>25</v>
+      </c>
+      <c r="G168" t="s">
         <v>842</v>
       </c>
-      <c r="F168" t="s">
-[...2 lines deleted...]
-      <c r="G168" t="s">
+      <c r="H168">
+        <v>79</v>
+      </c>
+      <c r="I168" t="s">
         <v>843</v>
       </c>
-      <c r="H168">
-[...4 lines deleted...]
-      </c>
       <c r="J168" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K168" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L168" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M168" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N168" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O168">
-        <v>782479632212</v>
+        <v>782912712629</v>
       </c>
       <c r="P168" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q168" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R168"/>
       <c r="S168"/>
       <c r="T168"/>
       <c r="U168" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" t="s">
         <v>21</v>
       </c>
       <c r="B169" t="s">
+        <v>844</v>
+      </c>
+      <c r="C169" t="s">
         <v>845</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169">
+        <v>558153</v>
+      </c>
+      <c r="E169" t="s">
         <v>846</v>
       </c>
-      <c r="D169">
-[...2 lines deleted...]
-      <c r="E169" t="s">
+      <c r="F169" t="s">
+        <v>25</v>
+      </c>
+      <c r="G169" t="s">
         <v>847</v>
       </c>
-      <c r="F169" t="s">
-[...2 lines deleted...]
-      <c r="G169" t="s">
+      <c r="H169">
+        <v>92.8</v>
+      </c>
+      <c r="I169" t="s">
         <v>848</v>
       </c>
-      <c r="H169">
-[...4 lines deleted...]
-      </c>
       <c r="J169" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K169" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L169" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M169" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N169" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O169">
-        <v>782477869153</v>
+        <v>782656860360</v>
       </c>
       <c r="P169" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q169" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R169"/>
       <c r="S169"/>
       <c r="T169"/>
       <c r="U169" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" t="s">
         <v>21</v>
       </c>
       <c r="B170" t="s">
         <v>849</v>
       </c>
       <c r="C170" t="s">
         <v>850</v>
       </c>
       <c r="D170">
-        <v>557841</v>
+        <v>558146</v>
       </c>
       <c r="E170" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="F170" t="s">
         <v>25</v>
       </c>
       <c r="G170" t="s">
         <v>851</v>
       </c>
       <c r="H170">
-        <v>190</v>
+        <v>201.65</v>
       </c>
       <c r="I170" t="s">
-        <v>804</v>
+        <v>852</v>
       </c>
       <c r="J170" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K170" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L170" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M170" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N170" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O170">
-        <v>782439584934</v>
+        <v>782659784547</v>
       </c>
       <c r="P170" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q170" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T170"/>
+        <v>32</v>
+      </c>
+      <c r="R170" t="s">
+        <v>47</v>
+      </c>
+      <c r="S170" t="s">
+        <v>48</v>
+      </c>
+      <c r="T170" t="s">
+        <v>853</v>
+      </c>
       <c r="U170" t="s">
-        <v>32</v>
+        <v>854</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" t="s">
         <v>21</v>
       </c>
       <c r="B171" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C171" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D171">
-        <v>557827</v>
+        <v>557973</v>
       </c>
       <c r="E171" t="s">
-        <v>32</v>
+        <v>857</v>
       </c>
       <c r="F171" t="s">
         <v>25</v>
       </c>
-      <c r="G171"/>
+      <c r="G171" t="s">
+        <v>858</v>
+      </c>
       <c r="H171">
-        <v>0</v>
+        <v>92.8</v>
       </c>
       <c r="I171" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-      <c r="K171"/>
+        <v>859</v>
+      </c>
+      <c r="J171" t="s">
+        <v>28</v>
+      </c>
+      <c r="K171" t="s">
+        <v>28</v>
+      </c>
       <c r="L171" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M171" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O171"/>
+        <v>28</v>
+      </c>
+      <c r="N171" t="s">
+        <v>30</v>
+      </c>
+      <c r="O171">
+        <v>782479632212</v>
+      </c>
       <c r="P171" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q171" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R171"/>
+      <c r="S171"/>
+      <c r="T171"/>
       <c r="U171" t="s">
-        <v>856</v>
+        <v>31</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" t="s">
         <v>21</v>
       </c>
       <c r="B172" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C172" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D172">
-        <v>557727</v>
+        <v>557872</v>
       </c>
       <c r="E172" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="F172" t="s">
         <v>25</v>
       </c>
       <c r="G172" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="H172">
-        <v>47.25</v>
+        <v>99</v>
       </c>
       <c r="I172" t="s">
-        <v>454</v>
+        <v>710</v>
       </c>
       <c r="J172" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K172" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L172" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M172" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N172" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O172">
-        <v>782309779784</v>
+        <v>782477869153</v>
       </c>
       <c r="P172" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q172" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R172"/>
       <c r="S172"/>
       <c r="T172"/>
       <c r="U172" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" t="s">
         <v>21</v>
       </c>
       <c r="B173" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C173" t="s">
+        <v>865</v>
+      </c>
+      <c r="D173">
+        <v>557841</v>
+      </c>
+      <c r="E173" t="s">
         <v>862</v>
       </c>
-      <c r="D173">
-[...4 lines deleted...]
-      </c>
       <c r="F173" t="s">
         <v>25</v>
       </c>
       <c r="G173" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="H173">
-        <v>197.37</v>
+        <v>190</v>
       </c>
       <c r="I173" t="s">
-        <v>865</v>
+        <v>819</v>
       </c>
       <c r="J173" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K173" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L173" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M173" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N173" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O173">
-        <v>782143465827</v>
+        <v>782439584934</v>
       </c>
       <c r="P173" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q173" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R173"/>
       <c r="S173"/>
       <c r="T173"/>
       <c r="U173" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" t="s">
         <v>21</v>
       </c>
       <c r="B174" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C174" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D174">
-        <v>557462</v>
+        <v>557827</v>
       </c>
       <c r="E174" t="s">
-        <v>868</v>
+        <v>31</v>
       </c>
       <c r="F174" t="s">
         <v>25</v>
       </c>
-      <c r="G174" t="s">
+      <c r="G174"/>
+      <c r="H174">
+        <v>0</v>
+      </c>
+      <c r="I174" t="s">
         <v>869</v>
       </c>
-      <c r="H174">
-[...2 lines deleted...]
-      <c r="I174" t="s">
+      <c r="J174"/>
+      <c r="K174"/>
+      <c r="L174" t="s">
+        <v>45</v>
+      </c>
+      <c r="M174" t="s">
+        <v>571</v>
+      </c>
+      <c r="N174"/>
+      <c r="O174"/>
+      <c r="P174" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>572</v>
+      </c>
+      <c r="R174" t="s">
+        <v>47</v>
+      </c>
+      <c r="S174" t="s">
+        <v>48</v>
+      </c>
+      <c r="T174" t="s">
         <v>870</v>
       </c>
-      <c r="J174" t="s">
-[...25 lines deleted...]
-      <c r="T174"/>
       <c r="U174" t="s">
-        <v>32</v>
+        <v>871</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" t="s">
         <v>21</v>
       </c>
       <c r="B175" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C175" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D175">
-        <v>556709</v>
+        <v>557727</v>
       </c>
       <c r="E175" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F175" t="s">
         <v>25</v>
       </c>
       <c r="G175" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H175">
-        <v>78.3</v>
+        <v>47.25</v>
       </c>
       <c r="I175" t="s">
-        <v>875</v>
+        <v>469</v>
       </c>
       <c r="J175" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K175" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L175" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M175" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N175" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O175">
-        <v>781446372507</v>
+        <v>782309779784</v>
       </c>
       <c r="P175" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q175" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R175"/>
       <c r="S175"/>
       <c r="T175"/>
       <c r="U175" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" t="s">
         <v>21</v>
       </c>
       <c r="B176" t="s">
         <v>876</v>
       </c>
       <c r="C176" t="s">
         <v>877</v>
       </c>
       <c r="D176">
-        <v>556617</v>
+        <v>557484</v>
       </c>
       <c r="E176" t="s">
         <v>878</v>
       </c>
       <c r="F176" t="s">
         <v>25</v>
       </c>
       <c r="G176" t="s">
         <v>879</v>
       </c>
       <c r="H176">
-        <v>464.4</v>
+        <v>197.37</v>
       </c>
       <c r="I176" t="s">
         <v>880</v>
       </c>
       <c r="J176" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K176" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L176" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M176" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N176" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O176">
-        <v>781347202063</v>
+        <v>782143465827</v>
       </c>
       <c r="P176" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q176" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R176"/>
       <c r="S176"/>
       <c r="T176"/>
       <c r="U176" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" t="s">
         <v>21</v>
       </c>
       <c r="B177" t="s">
         <v>881</v>
       </c>
       <c r="C177" t="s">
         <v>882</v>
       </c>
       <c r="D177">
-        <v>556062</v>
+        <v>557462</v>
       </c>
       <c r="E177" t="s">
         <v>883</v>
       </c>
       <c r="F177" t="s">
         <v>25</v>
       </c>
       <c r="G177" t="s">
         <v>884</v>
       </c>
       <c r="H177">
-        <v>63.99</v>
+        <v>75.6</v>
       </c>
       <c r="I177" t="s">
         <v>885</v>
       </c>
       <c r="J177" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K177" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L177" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M177" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N177" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O177">
-        <v>780840619842</v>
+        <v>782081970265</v>
       </c>
       <c r="P177" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q177" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" t="s">
         <v>21</v>
       </c>
       <c r="B178" t="s">
         <v>886</v>
       </c>
       <c r="C178" t="s">
         <v>887</v>
       </c>
       <c r="D178">
-        <v>555835</v>
+        <v>556709</v>
       </c>
       <c r="E178" t="s">
         <v>888</v>
       </c>
       <c r="F178" t="s">
         <v>25</v>
       </c>
       <c r="G178" t="s">
         <v>889</v>
       </c>
       <c r="H178">
-        <v>37.26</v>
+        <v>78.3</v>
       </c>
       <c r="I178" t="s">
         <v>890</v>
       </c>
       <c r="J178" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K178" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L178" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M178" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N178" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O178">
-        <v>780712149378</v>
+        <v>781446372507</v>
       </c>
       <c r="P178" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q178" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" t="s">
         <v>21</v>
       </c>
       <c r="B179" t="s">
         <v>891</v>
       </c>
       <c r="C179" t="s">
         <v>892</v>
       </c>
       <c r="D179">
-        <v>555751</v>
+        <v>556617</v>
       </c>
       <c r="E179" t="s">
         <v>893</v>
       </c>
       <c r="F179" t="s">
         <v>25</v>
       </c>
       <c r="G179" t="s">
         <v>894</v>
       </c>
       <c r="H179">
-        <v>98</v>
+        <v>464.4</v>
       </c>
       <c r="I179" t="s">
         <v>895</v>
       </c>
       <c r="J179" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K179" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L179" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M179" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N179" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O179">
-        <v>780711936330</v>
+        <v>781347202063</v>
       </c>
       <c r="P179" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q179" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" t="s">
         <v>21</v>
       </c>
       <c r="B180" t="s">
         <v>896</v>
       </c>
       <c r="C180" t="s">
         <v>897</v>
       </c>
       <c r="D180">
-        <v>555731</v>
+        <v>556062</v>
       </c>
       <c r="E180" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="F180" t="s">
         <v>25</v>
       </c>
       <c r="G180" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="H180">
-        <v>98.5</v>
+        <v>63.99</v>
       </c>
       <c r="I180" t="s">
-        <v>371</v>
+        <v>900</v>
       </c>
       <c r="J180" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K180" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L180" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M180" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N180" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O180">
-        <v>780709060042</v>
+        <v>780840619842</v>
       </c>
       <c r="P180" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q180" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" t="s">
         <v>21</v>
       </c>
       <c r="B181" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C181" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D181">
-        <v>555475</v>
+        <v>555835</v>
       </c>
       <c r="E181" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="F181" t="s">
         <v>25</v>
       </c>
       <c r="G181" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="H181">
-        <v>65.6</v>
+        <v>37.26</v>
       </c>
       <c r="I181" t="s">
-        <v>763</v>
+        <v>905</v>
       </c>
       <c r="J181" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K181" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L181" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M181" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N181" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O181">
-        <v>780420609665</v>
+        <v>780712149378</v>
       </c>
       <c r="P181" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q181" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" t="s">
         <v>21</v>
       </c>
       <c r="B182" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="C182" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D182">
-        <v>555291</v>
+        <v>555751</v>
       </c>
       <c r="E182" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="F182" t="s">
         <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="H182">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="I182" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="J182" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K182" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L182" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M182" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N182" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O182">
-        <v>780339234568</v>
+        <v>780711936330</v>
       </c>
       <c r="P182" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q182" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182"/>
       <c r="U182" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" t="s">
         <v>21</v>
       </c>
       <c r="B183" t="s">
+        <v>911</v>
+      </c>
+      <c r="C183" t="s">
+        <v>912</v>
+      </c>
+      <c r="D183">
+        <v>555731</v>
+      </c>
+      <c r="E183" t="s">
         <v>908</v>
       </c>
-      <c r="C183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F183" t="s">
         <v>25</v>
       </c>
       <c r="G183" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H183">
-        <v>71.7</v>
+        <v>98.5</v>
       </c>
       <c r="I183" t="s">
-        <v>912</v>
+        <v>386</v>
       </c>
       <c r="J183" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K183" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L183" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M183" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N183" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O183">
-        <v>780209678780</v>
+        <v>780709060042</v>
       </c>
       <c r="P183" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q183" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R183"/>
       <c r="S183"/>
       <c r="T183"/>
       <c r="U183" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" t="s">
         <v>21</v>
       </c>
       <c r="B184" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C184" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D184">
-        <v>555085</v>
+        <v>555475</v>
       </c>
       <c r="E184" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F184" t="s">
         <v>25</v>
       </c>
       <c r="G184" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H184">
-        <v>88.65</v>
+        <v>65.6</v>
       </c>
       <c r="I184" t="s">
-        <v>917</v>
+        <v>778</v>
       </c>
       <c r="J184" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K184" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L184" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M184" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N184" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O184">
-        <v>780080099124</v>
+        <v>780420609665</v>
       </c>
       <c r="P184" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q184" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R184"/>
       <c r="S184"/>
       <c r="T184"/>
       <c r="U184" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" t="s">
         <v>21</v>
       </c>
       <c r="B185" t="s">
         <v>918</v>
       </c>
       <c r="C185" t="s">
         <v>919</v>
       </c>
       <c r="D185">
-        <v>555065</v>
+        <v>555291</v>
       </c>
       <c r="E185" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="F185" t="s">
         <v>25</v>
       </c>
       <c r="G185" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="H185">
-        <v>73.98</v>
+        <v>258</v>
       </c>
       <c r="I185" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="J185" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K185" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L185" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M185" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N185" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O185">
-        <v>780074689970</v>
+        <v>780339234568</v>
       </c>
       <c r="P185" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q185" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R185"/>
+      <c r="S185"/>
+      <c r="T185"/>
       <c r="U185" t="s">
-        <v>923</v>
+        <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" t="s">
         <v>21</v>
       </c>
       <c r="B186" t="s">
+        <v>923</v>
+      </c>
+      <c r="C186" t="s">
         <v>924</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186">
+        <v>555204</v>
+      </c>
+      <c r="E186" t="s">
         <v>925</v>
       </c>
-      <c r="D186">
-[...4 lines deleted...]
-      </c>
       <c r="F186" t="s">
-        <v>496</v>
+        <v>25</v>
       </c>
       <c r="G186" t="s">
         <v>926</v>
       </c>
       <c r="H186">
-        <v>99</v>
+        <v>71.7</v>
       </c>
       <c r="I186" t="s">
         <v>927</v>
       </c>
       <c r="J186" t="s">
         <v>28</v>
       </c>
       <c r="K186" t="s">
         <v>28</v>
       </c>
       <c r="L186" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M186" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N186" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O186"/>
+        <v>30</v>
+      </c>
+      <c r="O186">
+        <v>780209678780</v>
+      </c>
       <c r="P186" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q186" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R186"/>
       <c r="S186"/>
       <c r="T186"/>
       <c r="U186" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" t="s">
         <v>21</v>
       </c>
       <c r="B187" t="s">
         <v>928</v>
       </c>
       <c r="C187" t="s">
         <v>929</v>
       </c>
       <c r="D187">
-        <v>554759</v>
+        <v>555085</v>
       </c>
       <c r="E187" t="s">
         <v>930</v>
       </c>
       <c r="F187" t="s">
         <v>25</v>
       </c>
       <c r="G187" t="s">
         <v>931</v>
       </c>
       <c r="H187">
-        <v>70.74</v>
+        <v>88.65</v>
       </c>
       <c r="I187" t="s">
         <v>932</v>
       </c>
       <c r="J187" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K187" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L187" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M187" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N187" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O187">
-        <v>399623124398</v>
+        <v>780080099124</v>
       </c>
       <c r="P187" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q187" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R187"/>
       <c r="S187"/>
       <c r="T187"/>
       <c r="U187" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" t="s">
         <v>21</v>
       </c>
       <c r="B188" t="s">
         <v>933</v>
       </c>
       <c r="C188" t="s">
         <v>934</v>
       </c>
       <c r="D188">
-        <v>554754</v>
+        <v>555065</v>
       </c>
       <c r="E188" t="s">
         <v>930</v>
       </c>
       <c r="F188" t="s">
         <v>25</v>
       </c>
       <c r="G188" t="s">
         <v>935</v>
       </c>
       <c r="H188">
-        <v>63.9</v>
+        <v>73.98</v>
       </c>
       <c r="I188" t="s">
         <v>936</v>
       </c>
       <c r="J188" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K188" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L188" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M188" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N188" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O188">
-        <v>399595065840</v>
+        <v>780074689970</v>
       </c>
       <c r="P188" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q188" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T188"/>
+        <v>32</v>
+      </c>
+      <c r="R188" t="s">
+        <v>47</v>
+      </c>
+      <c r="S188" t="s">
+        <v>48</v>
+      </c>
+      <c r="T188" t="s">
+        <v>937</v>
+      </c>
       <c r="U188" t="s">
-        <v>32</v>
+        <v>938</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" t="s">
         <v>21</v>
       </c>
       <c r="B189" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C189" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D189">
-        <v>554708</v>
+        <v>554901</v>
       </c>
       <c r="E189" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="F189" t="s">
-        <v>25</v>
+        <v>511</v>
       </c>
       <c r="G189" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="H189">
-        <v>58.95</v>
+        <v>99</v>
       </c>
       <c r="I189" t="s">
-        <v>336</v>
+        <v>942</v>
       </c>
       <c r="J189" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K189" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L189" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M189" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N189" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O189"/>
       <c r="P189" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q189" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R189"/>
       <c r="S189"/>
       <c r="T189"/>
       <c r="U189" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" t="s">
         <v>21</v>
       </c>
       <c r="B190" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="C190" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="D190">
-        <v>554674</v>
+        <v>554759</v>
       </c>
       <c r="E190" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="F190" t="s">
         <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="H190">
-        <v>84.15</v>
+        <v>70.74</v>
       </c>
       <c r="I190" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="J190" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K190" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L190" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M190" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N190" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O190">
-        <v>399500977963</v>
+        <v>399623124398</v>
       </c>
       <c r="P190" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q190" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R190"/>
       <c r="S190"/>
       <c r="T190"/>
       <c r="U190" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" t="s">
         <v>21</v>
       </c>
       <c r="B191" t="s">
+        <v>948</v>
+      </c>
+      <c r="C191" t="s">
+        <v>949</v>
+      </c>
+      <c r="D191">
+        <v>554754</v>
+      </c>
+      <c r="E191" t="s">
         <v>945</v>
       </c>
-      <c r="C191" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F191" t="s">
         <v>25</v>
       </c>
       <c r="G191" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="H191">
-        <v>78</v>
+        <v>63.9</v>
       </c>
       <c r="I191" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="J191" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K191" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L191" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M191" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N191" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O191">
-        <v>399502689067</v>
+        <v>399595065840</v>
       </c>
       <c r="P191" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q191" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R191"/>
       <c r="S191"/>
       <c r="T191"/>
       <c r="U191" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" t="s">
         <v>21</v>
       </c>
       <c r="B192" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="C192" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="D192">
-        <v>554632</v>
+        <v>554708</v>
       </c>
       <c r="E192" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="F192" t="s">
         <v>25</v>
       </c>
       <c r="G192" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="H192">
-        <v>105</v>
+        <v>58.95</v>
       </c>
       <c r="I192" t="s">
-        <v>953</v>
+        <v>351</v>
       </c>
       <c r="J192" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K192" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L192" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M192" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N192" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O192">
-        <v>399505005446</v>
+        <v>399567005179</v>
       </c>
       <c r="P192" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q192" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" t="s">
         <v>21</v>
       </c>
       <c r="B193" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C193" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D193">
-        <v>554597</v>
+        <v>554674</v>
       </c>
       <c r="E193" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F193" t="s">
         <v>25</v>
       </c>
       <c r="G193" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="H193">
-        <v>45</v>
+        <v>84.15</v>
       </c>
       <c r="I193" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="J193" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K193" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L193" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M193" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N193" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O193">
-        <v>399499035163</v>
+        <v>399500977963</v>
       </c>
       <c r="P193" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q193" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R193"/>
       <c r="S193"/>
       <c r="T193"/>
       <c r="U193" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" t="s">
         <v>21</v>
       </c>
       <c r="B194" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C194" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D194">
-        <v>554572</v>
+        <v>554640</v>
       </c>
       <c r="E194" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F194" t="s">
         <v>25</v>
       </c>
       <c r="G194" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H194">
-        <v>86.75</v>
+        <v>78</v>
       </c>
       <c r="I194" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="J194" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K194" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L194" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M194" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N194" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O194">
-        <v>399440855923</v>
+        <v>399502689067</v>
       </c>
       <c r="P194" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q194" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R194"/>
       <c r="S194"/>
       <c r="T194"/>
       <c r="U194" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" t="s">
         <v>21</v>
       </c>
       <c r="B195" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C195" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D195">
-        <v>554434</v>
+        <v>554632</v>
       </c>
       <c r="E195" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="F195" t="s">
         <v>25</v>
       </c>
       <c r="G195" t="s">
         <v>967</v>
       </c>
       <c r="H195">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="I195" t="s">
         <v>968</v>
       </c>
       <c r="J195" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K195" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L195" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M195" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N195" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O195">
-        <v>399271034309</v>
+        <v>399505005446</v>
       </c>
       <c r="P195" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q195" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R195"/>
       <c r="S195"/>
       <c r="T195"/>
       <c r="U195" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" t="s">
         <v>21</v>
       </c>
       <c r="B196" t="s">
         <v>969</v>
       </c>
       <c r="C196" t="s">
         <v>970</v>
       </c>
       <c r="D196">
-        <v>554056</v>
+        <v>554597</v>
       </c>
       <c r="E196" t="s">
         <v>971</v>
       </c>
       <c r="F196" t="s">
         <v>25</v>
       </c>
       <c r="G196" t="s">
         <v>972</v>
       </c>
       <c r="H196">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="I196" t="s">
         <v>973</v>
       </c>
       <c r="J196" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K196" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L196" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M196" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N196" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O196">
-        <v>398954912077</v>
+        <v>399499035163</v>
       </c>
       <c r="P196" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q196" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" t="s">
         <v>21</v>
       </c>
       <c r="B197" t="s">
         <v>974</v>
       </c>
       <c r="C197" t="s">
         <v>975</v>
       </c>
       <c r="D197">
-        <v>554036</v>
+        <v>554572</v>
       </c>
       <c r="E197" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="F197" t="s">
         <v>25</v>
       </c>
       <c r="G197" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H197">
-        <v>61</v>
+        <v>86.75</v>
       </c>
       <c r="I197" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="J197" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K197" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L197" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M197" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N197" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O197">
-        <v>398935797330</v>
+        <v>399440855923</v>
       </c>
       <c r="P197" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q197" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R197"/>
       <c r="S197"/>
       <c r="T197"/>
       <c r="U197" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" t="s">
         <v>21</v>
       </c>
       <c r="B198" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C198" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D198">
-        <v>553878</v>
+        <v>554434</v>
       </c>
       <c r="E198" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F198" t="s">
         <v>25</v>
       </c>
       <c r="G198" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H198">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="I198" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="J198" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K198" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L198" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M198" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N198" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O198">
-        <v>398828264362</v>
+        <v>399271034309</v>
       </c>
       <c r="P198" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q198" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R198"/>
       <c r="S198"/>
       <c r="T198"/>
       <c r="U198" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" t="s">
         <v>21</v>
       </c>
       <c r="B199" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C199" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D199">
-        <v>553774</v>
+        <v>554056</v>
       </c>
       <c r="E199" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F199" t="s">
         <v>25</v>
       </c>
       <c r="G199" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H199">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I199" t="s">
-        <v>643</v>
+        <v>988</v>
       </c>
       <c r="J199" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K199" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L199" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M199" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N199" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O199">
-        <v>398736848596</v>
+        <v>398954912077</v>
       </c>
       <c r="P199" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q199" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R199"/>
+      <c r="S199"/>
+      <c r="T199"/>
       <c r="U199" t="s">
-        <v>987</v>
+        <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" t="s">
         <v>21</v>
       </c>
       <c r="B200" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C200" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D200">
-        <v>553289</v>
+        <v>554036</v>
       </c>
       <c r="E200" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="F200" t="s">
         <v>25</v>
       </c>
       <c r="G200" t="s">
         <v>991</v>
       </c>
       <c r="H200">
-        <v>40.2</v>
+        <v>61</v>
       </c>
       <c r="I200" t="s">
         <v>992</v>
       </c>
       <c r="J200" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K200" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L200" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M200" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N200" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O200">
-        <v>398306083310</v>
+        <v>398935797330</v>
       </c>
       <c r="P200" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q200" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R200"/>
       <c r="S200"/>
       <c r="T200"/>
       <c r="U200" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" t="s">
         <v>21</v>
       </c>
       <c r="B201" t="s">
         <v>993</v>
       </c>
       <c r="C201" t="s">
         <v>994</v>
       </c>
       <c r="D201">
-        <v>552544</v>
+        <v>553878</v>
       </c>
       <c r="E201" t="s">
         <v>995</v>
       </c>
       <c r="F201" t="s">
         <v>25</v>
       </c>
       <c r="G201" t="s">
         <v>996</v>
       </c>
       <c r="H201">
-        <v>92.65</v>
+        <v>98</v>
       </c>
       <c r="I201" t="s">
         <v>997</v>
       </c>
       <c r="J201" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K201" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L201" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M201" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N201" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O201">
-        <v>397712859980</v>
+        <v>398828264362</v>
       </c>
       <c r="P201" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q201" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R201"/>
       <c r="S201"/>
       <c r="T201"/>
       <c r="U201" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" t="s">
         <v>21</v>
       </c>
       <c r="B202" t="s">
         <v>998</v>
       </c>
       <c r="C202" t="s">
         <v>999</v>
       </c>
       <c r="D202">
-        <v>552426</v>
+        <v>553774</v>
       </c>
       <c r="E202" t="s">
         <v>1000</v>
       </c>
       <c r="F202" t="s">
         <v>25</v>
       </c>
       <c r="G202" t="s">
         <v>1001</v>
       </c>
       <c r="H202">
-        <v>228</v>
+        <v>99</v>
       </c>
       <c r="I202" t="s">
+        <v>658</v>
+      </c>
+      <c r="J202" t="s">
+        <v>28</v>
+      </c>
+      <c r="K202" t="s">
+        <v>28</v>
+      </c>
+      <c r="L202" t="s">
+        <v>45</v>
+      </c>
+      <c r="M202" t="s">
+        <v>46</v>
+      </c>
+      <c r="N202" t="s">
+        <v>30</v>
+      </c>
+      <c r="O202">
+        <v>398736848596</v>
+      </c>
+      <c r="P202" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>32</v>
+      </c>
+      <c r="R202" t="s">
+        <v>47</v>
+      </c>
+      <c r="S202" t="s">
+        <v>181</v>
+      </c>
+      <c r="T202" t="s">
+        <v>825</v>
+      </c>
+      <c r="U202" t="s">
         <v>1002</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" t="s">
         <v>21</v>
       </c>
       <c r="B203" t="s">
         <v>1003</v>
       </c>
       <c r="C203" t="s">
         <v>1004</v>
       </c>
       <c r="D203">
-        <v>552425</v>
+        <v>553289</v>
       </c>
       <c r="E203" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F203" t="s">
         <v>25</v>
       </c>
       <c r="G203" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="H203">
-        <v>238</v>
+        <v>40.2</v>
       </c>
       <c r="I203" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J203" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K203" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L203" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M203" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N203" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O203">
-        <v>397610743217</v>
+        <v>398306083310</v>
       </c>
       <c r="P203" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q203" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R203"/>
       <c r="S203"/>
       <c r="T203"/>
       <c r="U203" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" t="s">
         <v>21</v>
       </c>
       <c r="B204" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C204" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D204">
-        <v>552257</v>
+        <v>552544</v>
       </c>
       <c r="E204" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F204" t="s">
         <v>25</v>
       </c>
       <c r="G204" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H204">
-        <v>98.5</v>
+        <v>92.65</v>
       </c>
       <c r="I204" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="J204" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K204" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L204" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M204" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N204" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O204">
-        <v>397457915292</v>
+        <v>397712859980</v>
       </c>
       <c r="P204" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q204" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R204"/>
       <c r="S204"/>
       <c r="T204"/>
       <c r="U204" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" t="s">
         <v>21</v>
       </c>
       <c r="B205" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C205" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D205">
-        <v>552205</v>
+        <v>552426</v>
       </c>
       <c r="E205" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="F205" t="s">
         <v>25</v>
       </c>
       <c r="G205" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H205">
-        <v>109</v>
+        <v>228</v>
       </c>
       <c r="I205" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="J205" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K205" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L205" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M205" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N205" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O205">
-        <v>397407453170</v>
+        <v>397610588548</v>
       </c>
       <c r="P205" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q205" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R205"/>
       <c r="S205"/>
       <c r="T205"/>
       <c r="U205" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" t="s">
         <v>21</v>
       </c>
       <c r="B206" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C206" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D206">
-        <v>552177</v>
+        <v>552425</v>
       </c>
       <c r="E206" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="F206" t="s">
         <v>25</v>
       </c>
       <c r="G206" t="s">
         <v>1020</v>
       </c>
       <c r="H206">
-        <v>98</v>
+        <v>238</v>
       </c>
       <c r="I206" t="s">
         <v>1021</v>
       </c>
       <c r="J206" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K206" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L206" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M206" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N206" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O206">
-        <v>397395325104</v>
+        <v>397610743217</v>
       </c>
       <c r="P206" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q206" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R206"/>
       <c r="S206"/>
       <c r="T206"/>
       <c r="U206" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" t="s">
         <v>21</v>
       </c>
       <c r="B207" t="s">
         <v>1022</v>
       </c>
       <c r="C207" t="s">
         <v>1023</v>
       </c>
       <c r="D207">
-        <v>552110</v>
+        <v>552257</v>
       </c>
       <c r="E207" t="s">
         <v>1024</v>
       </c>
       <c r="F207" t="s">
         <v>25</v>
       </c>
       <c r="G207" t="s">
         <v>1025</v>
       </c>
       <c r="H207">
-        <v>92.6</v>
+        <v>98.5</v>
       </c>
       <c r="I207" t="s">
         <v>1026</v>
       </c>
       <c r="J207" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K207" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L207" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M207" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N207" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O207">
-        <v>397392787939</v>
+        <v>397457915292</v>
       </c>
       <c r="P207" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q207" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R207"/>
       <c r="S207"/>
       <c r="T207"/>
       <c r="U207" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" t="s">
         <v>21</v>
       </c>
       <c r="B208" t="s">
         <v>1027</v>
       </c>
       <c r="C208" t="s">
         <v>1028</v>
       </c>
       <c r="D208">
-        <v>552109</v>
+        <v>552205</v>
       </c>
       <c r="E208" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="F208" t="s">
         <v>25</v>
       </c>
       <c r="G208" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H208">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="I208" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="J208" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K208" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L208" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M208" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N208" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O208">
-        <v>397396472738</v>
+        <v>397407453170</v>
       </c>
       <c r="P208" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q208" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R208"/>
       <c r="S208"/>
       <c r="T208"/>
       <c r="U208" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" t="s">
         <v>21</v>
       </c>
       <c r="B209" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C209" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D209">
-        <v>552087</v>
+        <v>552177</v>
       </c>
       <c r="E209" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="F209" t="s">
         <v>25</v>
       </c>
       <c r="G209" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H209">
-        <v>51.4</v>
+        <v>98</v>
       </c>
       <c r="I209" t="s">
-        <v>366</v>
+        <v>1036</v>
       </c>
       <c r="J209" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K209" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L209" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M209" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N209" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O209">
-        <v>397393498577</v>
+        <v>397395325104</v>
       </c>
       <c r="P209" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q209" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R209"/>
       <c r="S209"/>
       <c r="T209"/>
       <c r="U209" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" t="s">
         <v>21</v>
       </c>
       <c r="B210" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C210" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D210">
-        <v>551960</v>
+        <v>552110</v>
       </c>
       <c r="E210" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F210" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G210" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="H210">
-        <v>212.19</v>
+        <v>92.6</v>
       </c>
       <c r="I210" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="J210" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K210" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="L210" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M210" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N210" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>1040</v>
+        <v>30</v>
+      </c>
+      <c r="O210">
+        <v>397392787939</v>
       </c>
       <c r="P210" t="s">
-        <v>1041</v>
+        <v>31</v>
       </c>
       <c r="Q210" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R210"/>
       <c r="S210"/>
       <c r="T210"/>
       <c r="U210" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" t="s">
         <v>21</v>
       </c>
       <c r="B211" t="s">
         <v>1042</v>
       </c>
       <c r="C211" t="s">
         <v>1043</v>
       </c>
       <c r="D211">
-        <v>551865</v>
+        <v>552109</v>
       </c>
       <c r="E211" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F211" t="s">
+        <v>25</v>
+      </c>
+      <c r="G211" t="s">
         <v>1044</v>
       </c>
-      <c r="F211" t="s">
-[...2 lines deleted...]
-      <c r="G211" t="s">
+      <c r="H211">
+        <v>99</v>
+      </c>
+      <c r="I211" t="s">
         <v>1045</v>
       </c>
-      <c r="H211">
-[...4 lines deleted...]
-      </c>
       <c r="J211" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K211" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L211" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M211" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N211" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O211">
-        <v>397165199503</v>
+        <v>397396472738</v>
       </c>
       <c r="P211" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q211" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R211"/>
       <c r="S211"/>
       <c r="T211"/>
       <c r="U211" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" t="s">
         <v>21</v>
       </c>
       <c r="B212" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C212" t="s">
         <v>1047</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212">
+        <v>552087</v>
+      </c>
+      <c r="E212" t="s">
         <v>1048</v>
       </c>
-      <c r="D212">
-[...4 lines deleted...]
-      </c>
       <c r="F212" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G212" t="s">
         <v>1049</v>
       </c>
       <c r="H212">
-        <v>195.98</v>
+        <v>51.4</v>
       </c>
       <c r="I212" t="s">
-        <v>1050</v>
+        <v>381</v>
       </c>
       <c r="J212" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K212" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="L212" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M212" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N212" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>1051</v>
+        <v>30</v>
+      </c>
+      <c r="O212">
+        <v>397393498577</v>
       </c>
       <c r="P212" t="s">
-        <v>1041</v>
+        <v>31</v>
       </c>
       <c r="Q212" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R212"/>
       <c r="S212"/>
       <c r="T212"/>
       <c r="U212" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" t="s">
         <v>21</v>
       </c>
       <c r="B213" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D213">
+        <v>551960</v>
+      </c>
+      <c r="E213" t="s">
         <v>1052</v>
       </c>
-      <c r="C213" t="s">
+      <c r="F213" t="s">
+        <v>485</v>
+      </c>
+      <c r="G213" t="s">
         <v>1053</v>
       </c>
-      <c r="D213">
-[...8 lines deleted...]
-      <c r="G213"/>
       <c r="H213">
-        <v>0</v>
+        <v>212.19</v>
       </c>
       <c r="I213" t="s">
         <v>1054</v>
       </c>
-      <c r="J213"/>
-      <c r="K213"/>
+      <c r="J213" t="s">
+        <v>28</v>
+      </c>
+      <c r="K213" t="s">
+        <v>488</v>
+      </c>
       <c r="L213" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M213" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O213"/>
+        <v>28</v>
+      </c>
+      <c r="N213" t="s">
+        <v>489</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1055</v>
+      </c>
       <c r="P213" t="s">
-        <v>32</v>
+        <v>1056</v>
       </c>
       <c r="Q213" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="R213"/>
+      <c r="S213"/>
+      <c r="T213"/>
       <c r="U213" t="s">
-        <v>1055</v>
+        <v>31</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" t="s">
         <v>21</v>
       </c>
       <c r="B214" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C214" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D214">
-        <v>551489</v>
+        <v>551865</v>
       </c>
       <c r="E214" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F214" t="s">
         <v>25</v>
       </c>
       <c r="G214" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="H214">
-        <v>94.7</v>
+        <v>169</v>
       </c>
       <c r="I214" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="J214" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K214" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L214" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M214" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N214" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O214">
-        <v>396928570079</v>
+        <v>397165199503</v>
       </c>
       <c r="P214" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q214" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R214"/>
       <c r="S214"/>
       <c r="T214"/>
       <c r="U214" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" t="s">
         <v>21</v>
       </c>
       <c r="B215" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C215" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D215">
-        <v>551616</v>
+        <v>551860</v>
       </c>
       <c r="E215" t="s">
-        <v>32</v>
+        <v>1059</v>
       </c>
       <c r="F215" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G215"/>
+        <v>485</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1064</v>
+      </c>
       <c r="H215">
-        <v>0</v>
+        <v>195.98</v>
       </c>
       <c r="I215" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-      <c r="K215"/>
+        <v>1065</v>
+      </c>
+      <c r="J215" t="s">
+        <v>28</v>
+      </c>
+      <c r="K215" t="s">
+        <v>488</v>
+      </c>
       <c r="L215" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M215" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O215"/>
+        <v>28</v>
+      </c>
+      <c r="N215" t="s">
+        <v>489</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1066</v>
+      </c>
       <c r="P215" t="s">
-        <v>32</v>
+        <v>1056</v>
       </c>
       <c r="Q215" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="R215"/>
+      <c r="S215"/>
+      <c r="T215"/>
       <c r="U215" t="s">
-        <v>1064</v>
+        <v>31</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" t="s">
         <v>21</v>
       </c>
       <c r="B216" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C216" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="D216">
-        <v>551559</v>
+        <v>551560</v>
       </c>
       <c r="E216" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F216" t="s">
         <v>25</v>
       </c>
       <c r="G216"/>
       <c r="H216">
         <v>0</v>
       </c>
       <c r="I216" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="J216"/>
       <c r="K216"/>
       <c r="L216" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M216" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q216" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R216" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S216" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T216" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U216" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" t="s">
         <v>21</v>
       </c>
       <c r="B217" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C217" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="D217">
-        <v>551386</v>
+        <v>551489</v>
       </c>
       <c r="E217" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="F217" t="s">
         <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="H217">
-        <v>71.7</v>
+        <v>94.7</v>
       </c>
       <c r="I217" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="J217" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K217" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L217" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M217" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N217" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O217">
-        <v>396814198976</v>
+        <v>396928570079</v>
       </c>
       <c r="P217" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q217" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R217"/>
       <c r="S217"/>
       <c r="T217"/>
       <c r="U217" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" t="s">
         <v>21</v>
       </c>
       <c r="B218" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C218" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D218">
-        <v>551558</v>
+        <v>551616</v>
       </c>
       <c r="E218" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F218" t="s">
         <v>25</v>
       </c>
       <c r="G218"/>
       <c r="H218">
         <v>0</v>
       </c>
       <c r="I218" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="J218"/>
       <c r="K218"/>
       <c r="L218" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M218" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q218" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R218" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S218" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T218" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U218" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" t="s">
         <v>21</v>
       </c>
       <c r="B219" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C219" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D219">
-        <v>551557</v>
+        <v>551559</v>
       </c>
       <c r="E219" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F219" t="s">
         <v>25</v>
       </c>
       <c r="G219"/>
       <c r="H219">
         <v>0</v>
       </c>
       <c r="I219" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="J219"/>
       <c r="K219"/>
       <c r="L219" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M219" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q219" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R219" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S219" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T219" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U219" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" t="s">
         <v>21</v>
       </c>
       <c r="B220" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C220" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D220">
-        <v>551556</v>
+        <v>551386</v>
       </c>
       <c r="E220" t="s">
-        <v>32</v>
+        <v>1086</v>
       </c>
       <c r="F220" t="s">
         <v>25</v>
       </c>
-      <c r="G220"/>
+      <c r="G220" t="s">
+        <v>1087</v>
+      </c>
       <c r="H220">
-        <v>0</v>
+        <v>71.7</v>
       </c>
       <c r="I220" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-      <c r="K220"/>
+        <v>1088</v>
+      </c>
+      <c r="J220" t="s">
+        <v>28</v>
+      </c>
+      <c r="K220" t="s">
+        <v>28</v>
+      </c>
       <c r="L220" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M220" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O220"/>
+        <v>28</v>
+      </c>
+      <c r="N220" t="s">
+        <v>30</v>
+      </c>
+      <c r="O220">
+        <v>396814198976</v>
+      </c>
       <c r="P220" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q220" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R220"/>
+      <c r="S220"/>
+      <c r="T220"/>
       <c r="U220" t="s">
-        <v>1085</v>
+        <v>31</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" t="s">
         <v>21</v>
       </c>
       <c r="B221" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="C221" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="D221">
-        <v>551555</v>
+        <v>551558</v>
       </c>
       <c r="E221" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F221" t="s">
         <v>25</v>
       </c>
       <c r="G221"/>
       <c r="H221">
         <v>0</v>
       </c>
       <c r="I221" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="J221"/>
       <c r="K221"/>
       <c r="L221" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M221" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q221" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R221" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S221" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T221" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U221" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" t="s">
         <v>21</v>
       </c>
       <c r="B222" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="C222" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="D222">
-        <v>551554</v>
+        <v>551557</v>
       </c>
       <c r="E222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F222" t="s">
         <v>25</v>
       </c>
       <c r="G222"/>
       <c r="H222">
         <v>0</v>
       </c>
       <c r="I222" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="J222"/>
       <c r="K222"/>
       <c r="L222" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M222" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q222" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R222" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S222" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T222" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U222" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" t="s">
         <v>21</v>
       </c>
       <c r="B223" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="C223" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="D223">
-        <v>551553</v>
+        <v>551556</v>
       </c>
       <c r="E223" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F223" t="s">
         <v>25</v>
       </c>
       <c r="G223"/>
       <c r="H223">
         <v>0</v>
       </c>
       <c r="I223" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J223"/>
       <c r="K223"/>
       <c r="L223" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M223" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q223" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R223" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S223" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T223" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U223" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" t="s">
         <v>21</v>
       </c>
       <c r="B224" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="C224" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D224">
-        <v>550991</v>
+        <v>551555</v>
       </c>
       <c r="E224" t="s">
-        <v>1100</v>
+        <v>31</v>
       </c>
       <c r="F224" t="s">
         <v>25</v>
       </c>
-      <c r="G224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G224"/>
       <c r="H224">
-        <v>52.5</v>
+        <v>0</v>
       </c>
       <c r="I224" t="s">
-        <v>1102</v>
-[...6 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="J224"/>
+      <c r="K224"/>
       <c r="L224" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M224" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N224"/>
+      <c r="O224"/>
       <c r="P224" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q224" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T224"/>
+        <v>572</v>
+      </c>
+      <c r="R224" t="s">
+        <v>47</v>
+      </c>
+      <c r="S224" t="s">
+        <v>48</v>
+      </c>
+      <c r="T224" t="s">
+        <v>542</v>
+      </c>
       <c r="U224" t="s">
-        <v>32</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" t="s">
         <v>21</v>
       </c>
       <c r="B225" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C225" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="D225">
-        <v>550628</v>
+        <v>551554</v>
       </c>
       <c r="E225" t="s">
-        <v>1105</v>
+        <v>31</v>
       </c>
       <c r="F225" t="s">
         <v>25</v>
       </c>
-      <c r="G225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G225"/>
       <c r="H225">
-        <v>75.65</v>
+        <v>0</v>
       </c>
       <c r="I225" t="s">
         <v>1107</v>
       </c>
-      <c r="J225" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J225"/>
+      <c r="K225"/>
       <c r="L225" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M225" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N225"/>
+      <c r="O225"/>
       <c r="P225" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q225" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T225"/>
+        <v>572</v>
+      </c>
+      <c r="R225" t="s">
+        <v>47</v>
+      </c>
+      <c r="S225" t="s">
+        <v>48</v>
+      </c>
+      <c r="T225" t="s">
+        <v>542</v>
+      </c>
       <c r="U225" t="s">
-        <v>32</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" t="s">
         <v>21</v>
       </c>
       <c r="B226" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C226" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D226">
-        <v>550213</v>
+        <v>551553</v>
       </c>
       <c r="E226" t="s">
-        <v>1110</v>
+        <v>31</v>
       </c>
       <c r="F226" t="s">
         <v>25</v>
       </c>
-      <c r="G226" t="s">
+      <c r="G226"/>
+      <c r="H226">
+        <v>0</v>
+      </c>
+      <c r="I226" t="s">
         <v>1111</v>
       </c>
-      <c r="H226">
-[...2 lines deleted...]
-      <c r="I226" t="s">
+      <c r="J226"/>
+      <c r="K226"/>
+      <c r="L226" t="s">
+        <v>45</v>
+      </c>
+      <c r="M226" t="s">
+        <v>571</v>
+      </c>
+      <c r="N226"/>
+      <c r="O226"/>
+      <c r="P226" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>572</v>
+      </c>
+      <c r="R226" t="s">
+        <v>47</v>
+      </c>
+      <c r="S226" t="s">
+        <v>48</v>
+      </c>
+      <c r="T226" t="s">
+        <v>542</v>
+      </c>
+      <c r="U226" t="s">
         <v>1112</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" t="s">
         <v>21</v>
       </c>
       <c r="B227" t="s">
         <v>1113</v>
       </c>
       <c r="C227" t="s">
         <v>1114</v>
       </c>
       <c r="D227">
-        <v>549601</v>
+        <v>550991</v>
       </c>
       <c r="E227" t="s">
         <v>1115</v>
       </c>
       <c r="F227" t="s">
         <v>25</v>
       </c>
       <c r="G227" t="s">
         <v>1116</v>
       </c>
       <c r="H227">
-        <v>43.8</v>
+        <v>52.5</v>
       </c>
       <c r="I227" t="s">
         <v>1117</v>
       </c>
       <c r="J227" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K227" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L227" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M227" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N227" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O227">
-        <v>395401768560</v>
+        <v>396541749432</v>
       </c>
       <c r="P227" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q227" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R227"/>
       <c r="S227"/>
       <c r="T227"/>
       <c r="U227" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" t="s">
         <v>21</v>
       </c>
       <c r="B228" t="s">
         <v>1118</v>
       </c>
       <c r="C228" t="s">
         <v>1119</v>
       </c>
       <c r="D228">
-        <v>549505</v>
+        <v>550628</v>
       </c>
       <c r="E228" t="s">
         <v>1120</v>
       </c>
       <c r="F228" t="s">
         <v>25</v>
       </c>
       <c r="G228" t="s">
         <v>1121</v>
       </c>
       <c r="H228">
-        <v>248</v>
+        <v>75.65</v>
       </c>
       <c r="I228" t="s">
         <v>1122</v>
       </c>
       <c r="J228" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K228" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L228" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M228" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N228" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O228">
-        <v>395375154729</v>
+        <v>396245916411</v>
       </c>
       <c r="P228" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q228" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R228"/>
       <c r="S228"/>
       <c r="T228"/>
       <c r="U228" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" t="s">
         <v>21</v>
       </c>
       <c r="B229" t="s">
         <v>1123</v>
       </c>
       <c r="C229" t="s">
         <v>1124</v>
       </c>
       <c r="D229">
-        <v>549434</v>
+        <v>550213</v>
       </c>
       <c r="E229" t="s">
         <v>1125</v>
       </c>
       <c r="F229" t="s">
         <v>25</v>
       </c>
       <c r="G229" t="s">
         <v>1126</v>
       </c>
       <c r="H229">
-        <v>41.8</v>
+        <v>40.6</v>
       </c>
       <c r="I229" t="s">
-        <v>144</v>
+        <v>1127</v>
       </c>
       <c r="J229" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K229" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L229" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M229" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N229" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O229">
-        <v>395299838807</v>
+        <v>395961658030</v>
       </c>
       <c r="P229" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q229" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R229"/>
       <c r="S229"/>
       <c r="T229"/>
       <c r="U229" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" t="s">
         <v>21</v>
       </c>
       <c r="B230" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C230" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D230">
-        <v>549175</v>
+        <v>549601</v>
       </c>
       <c r="E230" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="F230" t="s">
         <v>25</v>
       </c>
       <c r="G230" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="H230">
-        <v>99</v>
+        <v>43.8</v>
       </c>
       <c r="I230" t="s">
-        <v>676</v>
+        <v>1132</v>
       </c>
       <c r="J230" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K230" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L230" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M230" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N230" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O230">
-        <v>395093266299</v>
+        <v>395401768560</v>
       </c>
       <c r="P230" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q230" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R230"/>
       <c r="S230"/>
       <c r="T230"/>
       <c r="U230" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" t="s">
         <v>21</v>
       </c>
       <c r="B231" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="C231" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D231">
-        <v>549120</v>
+        <v>549505</v>
       </c>
       <c r="E231" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F231" t="s">
         <v>25</v>
       </c>
       <c r="G231" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="H231">
-        <v>41.4</v>
+        <v>248</v>
       </c>
       <c r="I231" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J231" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K231" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L231" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M231" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N231" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O231">
-        <v>395090007012</v>
+        <v>395375154729</v>
       </c>
       <c r="P231" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q231" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R231"/>
       <c r="S231"/>
       <c r="T231"/>
       <c r="U231" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" t="s">
         <v>21</v>
       </c>
       <c r="B232" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C232" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D232">
-        <v>548982</v>
+        <v>549434</v>
       </c>
       <c r="E232" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="F232" t="s">
         <v>25</v>
       </c>
       <c r="G232" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="H232">
-        <v>99</v>
+        <v>41.8</v>
       </c>
       <c r="I232" t="s">
-        <v>1140</v>
+        <v>159</v>
       </c>
       <c r="J232" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K232" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L232" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M232" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O232">
-        <v>394943372809</v>
+        <v>395299838807</v>
       </c>
       <c r="P232" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q232" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R232"/>
       <c r="S232"/>
       <c r="T232"/>
       <c r="U232" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" t="s">
         <v>21</v>
       </c>
       <c r="B233" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C233" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D233">
-        <v>548938</v>
+        <v>549175</v>
       </c>
       <c r="E233" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F233" t="s">
         <v>25</v>
       </c>
       <c r="G233" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H233">
-        <v>82.2</v>
+        <v>99</v>
       </c>
       <c r="I233" t="s">
-        <v>921</v>
+        <v>691</v>
       </c>
       <c r="J233" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K233" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L233" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M233" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N233" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O233">
-        <v>394865765659</v>
+        <v>395093266299</v>
       </c>
       <c r="P233" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q233" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R233"/>
       <c r="S233"/>
       <c r="T233"/>
       <c r="U233" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" t="s">
         <v>21</v>
       </c>
       <c r="B234" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C234" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D234">
-        <v>548820</v>
+        <v>549120</v>
       </c>
       <c r="E234" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="F234" t="s">
         <v>25</v>
       </c>
       <c r="G234" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="H234">
-        <v>108</v>
+        <v>41.4</v>
       </c>
       <c r="I234" t="s">
-        <v>953</v>
+        <v>1150</v>
       </c>
       <c r="J234" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K234" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L234" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M234" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N234" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O234">
-        <v>394817000764</v>
+        <v>395090007012</v>
       </c>
       <c r="P234" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q234" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R234"/>
       <c r="S234"/>
       <c r="T234"/>
       <c r="U234" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" t="s">
         <v>21</v>
       </c>
       <c r="B235" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C235" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D235">
-        <v>548646</v>
+        <v>548982</v>
       </c>
       <c r="E235" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F235" t="s">
         <v>25</v>
       </c>
       <c r="G235" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="H235">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="I235" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="J235" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K235" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L235" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M235" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N235" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O235">
-        <v>394663643046</v>
+        <v>394943372809</v>
       </c>
       <c r="P235" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q235" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R235"/>
       <c r="S235"/>
       <c r="T235"/>
       <c r="U235" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" t="s">
         <v>21</v>
       </c>
       <c r="B236" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C236" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="D236">
-        <v>548377</v>
+        <v>548938</v>
       </c>
       <c r="E236" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="F236" t="s">
         <v>25</v>
       </c>
       <c r="G236" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="H236">
-        <v>52.5</v>
+        <v>82.2</v>
       </c>
       <c r="I236" t="s">
-        <v>1158</v>
+        <v>936</v>
       </c>
       <c r="J236" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K236" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L236" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M236" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N236" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O236">
-        <v>394480321923</v>
+        <v>394865765659</v>
       </c>
       <c r="P236" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q236" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R236"/>
       <c r="S236"/>
       <c r="T236"/>
       <c r="U236" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" t="s">
         <v>21</v>
       </c>
       <c r="B237" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C237" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D237">
-        <v>548187</v>
+        <v>548820</v>
       </c>
       <c r="E237" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="F237" t="s">
         <v>25</v>
       </c>
       <c r="G237" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="H237">
-        <v>92.65</v>
+        <v>108</v>
       </c>
       <c r="I237" t="s">
-        <v>1163</v>
+        <v>968</v>
       </c>
       <c r="J237" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K237" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L237" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M237" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N237" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O237">
-        <v>394332638808</v>
+        <v>394817000764</v>
       </c>
       <c r="P237" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q237" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R237"/>
       <c r="S237"/>
       <c r="T237"/>
       <c r="U237" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" t="s">
         <v>21</v>
       </c>
       <c r="B238" t="s">
         <v>1164</v>
       </c>
       <c r="C238" t="s">
         <v>1165</v>
       </c>
       <c r="D238">
-        <v>548177</v>
+        <v>548646</v>
       </c>
       <c r="E238" t="s">
         <v>1166</v>
       </c>
       <c r="F238" t="s">
         <v>25</v>
       </c>
       <c r="G238" t="s">
         <v>1167</v>
       </c>
       <c r="H238">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="I238" t="s">
         <v>1168</v>
       </c>
       <c r="J238" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K238" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L238" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M238" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N238" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O238">
-        <v>394308394919</v>
+        <v>394663643046</v>
       </c>
       <c r="P238" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q238" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R238"/>
       <c r="S238"/>
       <c r="T238"/>
       <c r="U238" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" t="s">
         <v>21</v>
       </c>
       <c r="B239" t="s">
         <v>1169</v>
       </c>
       <c r="C239" t="s">
         <v>1170</v>
       </c>
       <c r="D239">
-        <v>548133</v>
+        <v>548377</v>
       </c>
       <c r="E239" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="F239" t="s">
         <v>25</v>
       </c>
       <c r="G239" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="H239">
-        <v>92.65</v>
+        <v>52.5</v>
       </c>
       <c r="I239" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J239" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K239" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L239" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M239" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N239" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O239">
-        <v>394308068604</v>
+        <v>394480321923</v>
       </c>
       <c r="P239" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q239" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R239"/>
       <c r="S239"/>
       <c r="T239"/>
       <c r="U239" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" t="s">
         <v>21</v>
       </c>
       <c r="B240" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C240" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D240">
-        <v>548128</v>
+        <v>548187</v>
       </c>
       <c r="E240" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="F240" t="s">
         <v>25</v>
       </c>
       <c r="G240" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H240">
-        <v>39.14</v>
+        <v>92.65</v>
       </c>
       <c r="I240" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="J240" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K240" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L240" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M240" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N240" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O240">
-        <v>394287425666</v>
+        <v>394332638808</v>
       </c>
       <c r="P240" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q240" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R240"/>
       <c r="S240"/>
       <c r="T240"/>
       <c r="U240" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" t="s">
         <v>21</v>
       </c>
       <c r="B241" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="C241" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D241">
-        <v>548010</v>
+        <v>548177</v>
       </c>
       <c r="E241" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="F241" t="s">
         <v>25</v>
       </c>
       <c r="G241" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="H241">
         <v>99</v>
       </c>
       <c r="I241" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="J241" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K241" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L241" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M241" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N241" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O241">
-        <v>394212256433</v>
+        <v>394308394919</v>
       </c>
       <c r="P241" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q241" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R241"/>
       <c r="S241"/>
       <c r="T241"/>
       <c r="U241" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" t="s">
         <v>21</v>
       </c>
       <c r="B242" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C242" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D242">
-        <v>547870</v>
+        <v>548133</v>
       </c>
       <c r="E242" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="F242" t="s">
         <v>25</v>
       </c>
       <c r="G242" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H242">
-        <v>84.15</v>
+        <v>92.65</v>
       </c>
       <c r="I242" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="J242" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K242" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L242" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M242" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N242" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O242">
-        <v>394159794889</v>
+        <v>394308068604</v>
       </c>
       <c r="P242" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q242" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R242"/>
       <c r="S242"/>
       <c r="T242"/>
       <c r="U242" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" t="s">
         <v>21</v>
       </c>
       <c r="B243" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C243" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D243">
-        <v>547771</v>
+        <v>548128</v>
       </c>
       <c r="E243" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="F243" t="s">
         <v>25</v>
       </c>
       <c r="G243" t="s">
         <v>1190</v>
       </c>
       <c r="H243">
-        <v>90.29</v>
+        <v>39.14</v>
       </c>
       <c r="I243" t="s">
         <v>1191</v>
       </c>
       <c r="J243" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K243" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L243" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M243" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N243" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O243">
-        <v>394067738601</v>
+        <v>394287425666</v>
       </c>
       <c r="P243" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q243" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R243"/>
       <c r="S243"/>
       <c r="T243"/>
       <c r="U243" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" t="s">
         <v>21</v>
       </c>
       <c r="B244" t="s">
         <v>1192</v>
       </c>
       <c r="C244" t="s">
         <v>1193</v>
       </c>
       <c r="D244">
-        <v>547507</v>
+        <v>548010</v>
       </c>
       <c r="E244" t="s">
         <v>1194</v>
       </c>
       <c r="F244" t="s">
         <v>25</v>
       </c>
       <c r="G244" t="s">
         <v>1195</v>
       </c>
       <c r="H244">
-        <v>92.65</v>
+        <v>99</v>
       </c>
       <c r="I244" t="s">
         <v>1196</v>
       </c>
       <c r="J244" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K244" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L244" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M244" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O244">
-        <v>393891888859</v>
+        <v>394212256433</v>
       </c>
       <c r="P244" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q244" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R244"/>
       <c r="S244"/>
       <c r="T244"/>
       <c r="U244" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" t="s">
         <v>21</v>
       </c>
       <c r="B245" t="s">
         <v>1197</v>
       </c>
       <c r="C245" t="s">
         <v>1198</v>
       </c>
       <c r="D245">
-        <v>547506</v>
+        <v>547870</v>
       </c>
       <c r="E245" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="F245" t="s">
         <v>25</v>
       </c>
       <c r="G245" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H245">
-        <v>101.15</v>
+        <v>84.15</v>
       </c>
       <c r="I245" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="J245" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K245" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L245" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M245" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N245" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O245">
-        <v>393893523396</v>
+        <v>394159794889</v>
       </c>
       <c r="P245" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q245" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R245"/>
       <c r="S245"/>
       <c r="T245"/>
       <c r="U245" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" t="s">
         <v>21</v>
       </c>
       <c r="B246" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C246" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D246">
-        <v>547420</v>
+        <v>547771</v>
       </c>
       <c r="E246" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F246" t="s">
         <v>25</v>
       </c>
       <c r="G246" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="H246">
-        <v>137</v>
+        <v>90.29</v>
       </c>
       <c r="I246" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="J246" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K246" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L246" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M246" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N246" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O246">
-        <v>393825341000</v>
+        <v>394067738601</v>
       </c>
       <c r="P246" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q246" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R246"/>
       <c r="S246"/>
       <c r="T246"/>
       <c r="U246" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" t="s">
         <v>21</v>
       </c>
       <c r="B247" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C247" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D247">
-        <v>547234</v>
+        <v>547507</v>
       </c>
       <c r="E247" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F247" t="s">
         <v>25</v>
       </c>
       <c r="G247" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H247">
-        <v>128</v>
+        <v>92.65</v>
       </c>
       <c r="I247" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J247" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K247" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L247" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M247" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N247" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O247">
-        <v>393703607509</v>
+        <v>393891888859</v>
       </c>
       <c r="P247" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q247" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R247"/>
       <c r="S247"/>
       <c r="T247"/>
       <c r="U247" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" t="s">
         <v>21</v>
       </c>
       <c r="B248" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C248" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D248">
-        <v>547230</v>
+        <v>547506</v>
       </c>
       <c r="E248" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="F248" t="s">
         <v>25</v>
       </c>
       <c r="G248" t="s">
         <v>1214</v>
       </c>
       <c r="H248">
-        <v>79</v>
+        <v>101.15</v>
       </c>
       <c r="I248" t="s">
-        <v>286</v>
+        <v>1215</v>
       </c>
       <c r="J248" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K248" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L248" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M248" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N248" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O248">
-        <v>393743244583</v>
+        <v>393893523396</v>
       </c>
       <c r="P248" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q248" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R248"/>
       <c r="S248"/>
       <c r="T248"/>
       <c r="U248" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" t="s">
         <v>21</v>
       </c>
       <c r="B249" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C249" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D249">
-        <v>547229</v>
+        <v>547420</v>
       </c>
       <c r="E249" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="F249" t="s">
         <v>25</v>
       </c>
       <c r="G249" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="H249">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="I249" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="J249" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K249" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L249" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M249" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N249" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O249">
-        <v>393740478143</v>
+        <v>393825341000</v>
       </c>
       <c r="P249" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q249" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R249"/>
       <c r="S249"/>
       <c r="T249"/>
       <c r="U249" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" t="s">
         <v>21</v>
       </c>
       <c r="B250" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C250" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D250">
-        <v>547226</v>
+        <v>547234</v>
       </c>
       <c r="E250" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="F250" t="s">
         <v>25</v>
       </c>
       <c r="G250" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="H250">
-        <v>138.4</v>
+        <v>128</v>
       </c>
       <c r="I250" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="J250" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K250" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L250" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M250" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N250" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O250">
-        <v>393691058929</v>
+        <v>393703607509</v>
       </c>
       <c r="P250" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q250" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R250"/>
       <c r="S250"/>
       <c r="T250"/>
       <c r="U250" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" t="s">
         <v>21</v>
       </c>
       <c r="B251" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="C251" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="D251">
-        <v>547176</v>
+        <v>547230</v>
       </c>
       <c r="E251" t="s">
-        <v>1213</v>
+        <v>1228</v>
       </c>
       <c r="F251" t="s">
         <v>25</v>
       </c>
       <c r="G251" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="H251">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="I251" t="s">
-        <v>1226</v>
+        <v>301</v>
       </c>
       <c r="J251" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K251" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L251" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M251" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N251" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O251">
-        <v>393671060412</v>
+        <v>393743244583</v>
       </c>
       <c r="P251" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q251" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251"/>
       <c r="U251" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" t="s">
         <v>21</v>
       </c>
       <c r="B252" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C252" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D252">
+        <v>547229</v>
+      </c>
+      <c r="E252" t="s">
         <v>1228</v>
       </c>
-      <c r="D252">
-[...4 lines deleted...]
-      </c>
       <c r="F252" t="s">
         <v>25</v>
       </c>
       <c r="G252" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="H252">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="I252" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="J252" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K252" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L252" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M252" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N252" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O252">
-        <v>393542232290</v>
+        <v>393740478143</v>
       </c>
       <c r="P252" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q252" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" t="s">
         <v>21</v>
       </c>
       <c r="B253" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C253" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="D253">
-        <v>546967</v>
+        <v>547226</v>
       </c>
       <c r="E253" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="F253" t="s">
         <v>25</v>
       </c>
       <c r="G253" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="H253">
-        <v>92.9</v>
+        <v>138.4</v>
       </c>
       <c r="I253" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="J253" t="s">
         <v>28</v>
       </c>
       <c r="K253" t="s">
         <v>28</v>
       </c>
       <c r="L253" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M253" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N253" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O253"/>
+        <v>30</v>
+      </c>
+      <c r="O253">
+        <v>393691058929</v>
+      </c>
       <c r="P253" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q253" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R253"/>
+      <c r="S253"/>
+      <c r="T253"/>
       <c r="U253" t="s">
-        <v>1237</v>
+        <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" t="s">
         <v>21</v>
       </c>
       <c r="B254" t="s">
         <v>1238</v>
       </c>
       <c r="C254" t="s">
         <v>1239</v>
       </c>
       <c r="D254">
-        <v>546678</v>
+        <v>547176</v>
       </c>
       <c r="E254" t="s">
-        <v>32</v>
+        <v>1228</v>
       </c>
       <c r="F254" t="s">
         <v>25</v>
       </c>
-      <c r="G254"/>
+      <c r="G254" t="s">
+        <v>1240</v>
+      </c>
       <c r="H254">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="I254" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-      <c r="K254"/>
+        <v>1241</v>
+      </c>
+      <c r="J254" t="s">
+        <v>28</v>
+      </c>
+      <c r="K254" t="s">
+        <v>28</v>
+      </c>
       <c r="L254" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M254" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O254"/>
+        <v>28</v>
+      </c>
+      <c r="N254" t="s">
+        <v>30</v>
+      </c>
+      <c r="O254">
+        <v>393671060412</v>
+      </c>
       <c r="P254" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q254" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R254"/>
+      <c r="S254"/>
+      <c r="T254"/>
       <c r="U254" t="s">
-        <v>1241</v>
+        <v>31</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" t="s">
         <v>21</v>
       </c>
       <c r="B255" t="s">
         <v>1242</v>
       </c>
       <c r="C255" t="s">
         <v>1243</v>
       </c>
       <c r="D255">
-        <v>546677</v>
+        <v>547036</v>
       </c>
       <c r="E255" t="s">
-        <v>32</v>
+        <v>1244</v>
       </c>
       <c r="F255" t="s">
         <v>25</v>
       </c>
-      <c r="G255"/>
+      <c r="G255" t="s">
+        <v>1245</v>
+      </c>
       <c r="H255">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="I255" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-      <c r="K255"/>
+        <v>1246</v>
+      </c>
+      <c r="J255" t="s">
+        <v>28</v>
+      </c>
+      <c r="K255" t="s">
+        <v>28</v>
+      </c>
       <c r="L255" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M255" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O255"/>
+        <v>28</v>
+      </c>
+      <c r="N255" t="s">
+        <v>30</v>
+      </c>
+      <c r="O255">
+        <v>393542232290</v>
+      </c>
       <c r="P255" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q255" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R255"/>
+      <c r="S255"/>
+      <c r="T255"/>
       <c r="U255" t="s">
-        <v>1245</v>
+        <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" t="s">
         <v>21</v>
       </c>
       <c r="B256" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C256" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D256">
-        <v>546526</v>
+        <v>546967</v>
       </c>
       <c r="E256" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="F256" t="s">
         <v>25</v>
       </c>
       <c r="G256" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H256">
-        <v>109</v>
+        <v>92.9</v>
       </c>
       <c r="I256" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="J256" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K256" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L256" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M256" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N256" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O256"/>
       <c r="P256" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q256" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T256"/>
+        <v>32</v>
+      </c>
+      <c r="R256" t="s">
+        <v>47</v>
+      </c>
+      <c r="S256" t="s">
+        <v>48</v>
+      </c>
+      <c r="T256" t="s">
+        <v>542</v>
+      </c>
       <c r="U256" t="s">
-        <v>32</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" t="s">
         <v>21</v>
       </c>
       <c r="B257" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C257" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D257">
-        <v>546472</v>
+        <v>546678</v>
       </c>
       <c r="E257" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F257" t="s">
         <v>25</v>
       </c>
       <c r="G257"/>
       <c r="H257">
         <v>0</v>
       </c>
       <c r="I257" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="J257"/>
       <c r="K257"/>
       <c r="L257" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M257" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="N257"/>
       <c r="O257"/>
       <c r="P257" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q257" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="R257" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S257" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T257" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U257" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" t="s">
         <v>21</v>
       </c>
       <c r="B258" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C258" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D258">
-        <v>546220</v>
+        <v>546677</v>
       </c>
       <c r="E258" t="s">
-        <v>1257</v>
+        <v>31</v>
       </c>
       <c r="F258" t="s">
         <v>25</v>
       </c>
-      <c r="G258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G258"/>
       <c r="H258">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="I258" t="s">
         <v>1259</v>
       </c>
-      <c r="J258" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J258"/>
+      <c r="K258"/>
       <c r="L258" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M258" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N258"/>
+      <c r="O258"/>
       <c r="P258" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q258" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T258"/>
+        <v>572</v>
+      </c>
+      <c r="R258" t="s">
+        <v>47</v>
+      </c>
+      <c r="S258" t="s">
+        <v>48</v>
+      </c>
+      <c r="T258" t="s">
+        <v>542</v>
+      </c>
       <c r="U258" t="s">
-        <v>32</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" t="s">
         <v>21</v>
       </c>
       <c r="B259" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C259" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D259">
-        <v>545985</v>
+        <v>546526</v>
       </c>
       <c r="E259" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F259" t="s">
         <v>25</v>
       </c>
       <c r="G259" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="H259">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="I259" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="J259" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K259" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L259" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M259" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N259" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O259">
-        <v>392942441218</v>
+        <v>393193529400</v>
       </c>
       <c r="P259" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q259" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R259"/>
       <c r="S259"/>
       <c r="T259"/>
       <c r="U259" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" t="s">
         <v>21</v>
       </c>
       <c r="B260" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C260" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D260">
-        <v>545974</v>
+        <v>546472</v>
       </c>
       <c r="E260" t="s">
-        <v>1262</v>
+        <v>31</v>
       </c>
       <c r="F260" t="s">
         <v>25</v>
       </c>
-      <c r="G260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G260"/>
       <c r="H260">
-        <v>314.2</v>
+        <v>0</v>
       </c>
       <c r="I260" t="s">
         <v>1268</v>
       </c>
-      <c r="J260" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J260"/>
+      <c r="K260"/>
       <c r="L260" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M260" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N260"/>
+      <c r="O260"/>
       <c r="P260" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q260" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T260"/>
+        <v>572</v>
+      </c>
+      <c r="R260" t="s">
+        <v>47</v>
+      </c>
+      <c r="S260" t="s">
+        <v>48</v>
+      </c>
+      <c r="T260" t="s">
+        <v>542</v>
+      </c>
       <c r="U260" t="s">
-        <v>32</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" t="s">
         <v>21</v>
       </c>
       <c r="B261" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C261" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D261">
-        <v>545901</v>
+        <v>546220</v>
       </c>
       <c r="E261" t="s">
-        <v>32</v>
+        <v>1272</v>
       </c>
       <c r="F261" t="s">
         <v>25</v>
       </c>
-      <c r="G261"/>
+      <c r="G261" t="s">
+        <v>1273</v>
+      </c>
       <c r="H261">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="I261" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-      <c r="K261"/>
+        <v>1274</v>
+      </c>
+      <c r="J261" t="s">
+        <v>28</v>
+      </c>
+      <c r="K261" t="s">
+        <v>28</v>
+      </c>
       <c r="L261" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M261" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O261"/>
+        <v>28</v>
+      </c>
+      <c r="N261" t="s">
+        <v>30</v>
+      </c>
+      <c r="O261">
+        <v>392959373293</v>
+      </c>
       <c r="P261" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q261" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R261"/>
+      <c r="S261"/>
+      <c r="T261"/>
       <c r="U261" t="s">
-        <v>1271</v>
+        <v>31</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" t="s">
         <v>21</v>
       </c>
       <c r="B262" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="C262" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="D262">
-        <v>545665</v>
+        <v>545985</v>
       </c>
       <c r="E262" t="s">
-        <v>32</v>
+        <v>1277</v>
       </c>
       <c r="F262" t="s">
         <v>25</v>
       </c>
-      <c r="G262"/>
+      <c r="G262" t="s">
+        <v>1278</v>
+      </c>
       <c r="H262">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I262" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-      <c r="K262"/>
+        <v>1279</v>
+      </c>
+      <c r="J262" t="s">
+        <v>28</v>
+      </c>
+      <c r="K262" t="s">
+        <v>28</v>
+      </c>
       <c r="L262" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M262" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O262"/>
+        <v>28</v>
+      </c>
+      <c r="N262" t="s">
+        <v>30</v>
+      </c>
+      <c r="O262">
+        <v>392942441218</v>
+      </c>
       <c r="P262" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q262" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R262"/>
+      <c r="S262"/>
+      <c r="T262"/>
       <c r="U262" t="s">
-        <v>1275</v>
+        <v>31</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" t="s">
         <v>21</v>
       </c>
       <c r="B263" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C263" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D263">
+        <v>545974</v>
+      </c>
+      <c r="E263" t="s">
         <v>1277</v>
       </c>
-      <c r="D263">
-[...4 lines deleted...]
-      </c>
       <c r="F263" t="s">
         <v>25</v>
       </c>
       <c r="G263" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="H263">
-        <v>67.6</v>
+        <v>314.2</v>
       </c>
       <c r="I263" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="J263" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K263" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L263" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M263" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N263" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O263">
-        <v>392697027391</v>
+        <v>392860096390</v>
       </c>
       <c r="P263" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q263" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R263"/>
       <c r="S263"/>
       <c r="T263"/>
       <c r="U263" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" t="s">
         <v>21</v>
       </c>
       <c r="B264" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="C264" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="D264">
-        <v>545096</v>
+        <v>545901</v>
       </c>
       <c r="E264" t="s">
-        <v>1283</v>
+        <v>31</v>
       </c>
       <c r="F264" t="s">
         <v>25</v>
       </c>
-      <c r="G264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G264"/>
       <c r="H264">
-        <v>392.3</v>
+        <v>0</v>
       </c>
       <c r="I264" t="s">
-        <v>1285</v>
-[...6 lines deleted...]
-      </c>
+        <v>677</v>
+      </c>
+      <c r="J264"/>
+      <c r="K264"/>
       <c r="L264" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M264" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N264"/>
+      <c r="O264"/>
       <c r="P264" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q264" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T264"/>
+        <v>572</v>
+      </c>
+      <c r="R264" t="s">
+        <v>47</v>
+      </c>
+      <c r="S264" t="s">
+        <v>48</v>
+      </c>
+      <c r="T264" t="s">
+        <v>542</v>
+      </c>
       <c r="U264" t="s">
-        <v>32</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" t="s">
         <v>21</v>
       </c>
       <c r="B265" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C265" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D265">
-        <v>545105</v>
+        <v>545665</v>
       </c>
       <c r="E265" t="s">
-        <v>1283</v>
+        <v>31</v>
       </c>
       <c r="F265" t="s">
         <v>25</v>
       </c>
-      <c r="G265" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G265"/>
       <c r="H265">
-        <v>128.1</v>
+        <v>0</v>
       </c>
       <c r="I265" t="s">
         <v>1289</v>
       </c>
-      <c r="J265" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J265"/>
+      <c r="K265"/>
       <c r="L265" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M265" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="N265"/>
+      <c r="O265"/>
       <c r="P265" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q265" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T265"/>
+        <v>572</v>
+      </c>
+      <c r="R265" t="s">
+        <v>47</v>
+      </c>
+      <c r="S265" t="s">
+        <v>48</v>
+      </c>
+      <c r="T265" t="s">
+        <v>542</v>
+      </c>
       <c r="U265" t="s">
-        <v>32</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" t="s">
         <v>21</v>
       </c>
       <c r="B266" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C266" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D266">
-        <v>544762</v>
+        <v>545664</v>
       </c>
       <c r="E266" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F266" t="s">
         <v>25</v>
       </c>
       <c r="G266" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H266">
-        <v>129</v>
+        <v>67.6</v>
       </c>
       <c r="I266" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="J266" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K266" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L266" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="M266" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N266" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O266">
-        <v>392239107973</v>
+        <v>392697027391</v>
       </c>
       <c r="P266" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q266" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R266"/>
       <c r="S266"/>
       <c r="T266"/>
       <c r="U266" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" t="s">
         <v>21</v>
       </c>
       <c r="B267" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C267" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D267">
-        <v>543830</v>
+        <v>545096</v>
       </c>
       <c r="E267" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="F267" t="s">
         <v>25</v>
       </c>
       <c r="G267" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H267">
-        <v>100</v>
+        <v>392.3</v>
       </c>
       <c r="I267" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="J267" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K267" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L267" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M267" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N267" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O267">
-        <v>391649788111</v>
+        <v>392432744791</v>
       </c>
       <c r="P267" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q267" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R267"/>
       <c r="S267"/>
       <c r="T267"/>
       <c r="U267" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" t="s">
         <v>21</v>
       </c>
       <c r="B268" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C268" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D268">
-        <v>543516</v>
+        <v>545105</v>
       </c>
       <c r="E268" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="F268" t="s">
         <v>25</v>
       </c>
       <c r="G268" t="s">
         <v>1303</v>
       </c>
       <c r="H268">
-        <v>59</v>
+        <v>128.1</v>
       </c>
       <c r="I268" t="s">
         <v>1304</v>
       </c>
       <c r="J268" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K268" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L268" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M268" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N268" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O268">
-        <v>391544827015</v>
+        <v>392434101935</v>
       </c>
       <c r="P268" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q268" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R268"/>
       <c r="S268"/>
       <c r="T268"/>
       <c r="U268" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" t="s">
         <v>21</v>
       </c>
       <c r="B269" t="s">
         <v>1305</v>
       </c>
       <c r="C269" t="s">
         <v>1306</v>
       </c>
       <c r="D269">
-        <v>543312</v>
+        <v>544762</v>
       </c>
       <c r="E269" t="s">
         <v>1307</v>
       </c>
       <c r="F269" t="s">
         <v>25</v>
       </c>
       <c r="G269" t="s">
         <v>1308</v>
       </c>
       <c r="H269">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="I269" t="s">
-        <v>1264</v>
+        <v>1309</v>
       </c>
       <c r="J269" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K269" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L269" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="M269" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N269" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O269">
-        <v>391428411818</v>
+        <v>392239107973</v>
       </c>
       <c r="P269" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q269" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R269"/>
       <c r="S269"/>
       <c r="T269"/>
       <c r="U269" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" t="s">
         <v>21</v>
       </c>
       <c r="B270" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C270" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D270">
-        <v>543147</v>
+        <v>543830</v>
       </c>
       <c r="E270" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="F270" t="s">
         <v>25</v>
       </c>
       <c r="G270" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="H270">
         <v>100</v>
       </c>
       <c r="I270" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="J270" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K270" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L270" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M270" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N270" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O270">
-        <v>391348415710</v>
+        <v>391649788111</v>
       </c>
       <c r="P270" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q270" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R270"/>
       <c r="S270"/>
       <c r="T270"/>
       <c r="U270" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" t="s">
         <v>21</v>
       </c>
       <c r="B271" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C271" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D271">
-        <v>543015</v>
+        <v>543516</v>
       </c>
       <c r="E271" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F271" t="s">
         <v>25</v>
       </c>
       <c r="G271" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H271">
-        <v>44.16</v>
+        <v>59</v>
       </c>
       <c r="I271" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="J271" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K271" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L271" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M271" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N271" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O271">
-        <v>391269717624</v>
+        <v>391544827015</v>
       </c>
       <c r="P271" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q271" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R271"/>
       <c r="S271"/>
       <c r="T271"/>
       <c r="U271" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" t="s">
         <v>21</v>
       </c>
       <c r="B272" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C272" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D272">
-        <v>543005</v>
+        <v>543312</v>
       </c>
       <c r="E272" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="F272" t="s">
         <v>25</v>
       </c>
       <c r="G272" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="H272">
-        <v>182.56</v>
+        <v>99</v>
       </c>
       <c r="I272" t="s">
-        <v>1322</v>
+        <v>1279</v>
       </c>
       <c r="J272" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K272" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L272" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M272" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N272" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O272">
-        <v>391280053959</v>
+        <v>391428411818</v>
       </c>
       <c r="P272" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q272" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R272"/>
       <c r="S272"/>
       <c r="T272"/>
       <c r="U272" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" t="s">
         <v>21</v>
       </c>
       <c r="B273" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C273" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D273">
-        <v>542999</v>
+        <v>543147</v>
       </c>
       <c r="E273" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="F273" t="s">
         <v>25</v>
       </c>
       <c r="G273" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="H273">
-        <v>63.36</v>
+        <v>100</v>
       </c>
       <c r="I273" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="J273" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K273" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L273" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M273" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N273" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O273">
-        <v>391247913012</v>
+        <v>391348415710</v>
       </c>
       <c r="P273" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q273" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R273"/>
       <c r="S273"/>
       <c r="T273"/>
       <c r="U273" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" t="s">
         <v>21</v>
       </c>
       <c r="B274" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C274" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D274">
-        <v>542989</v>
+        <v>543015</v>
       </c>
       <c r="E274" t="s">
-        <v>1316</v>
+        <v>1331</v>
       </c>
       <c r="F274" t="s">
         <v>25</v>
       </c>
       <c r="G274" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="H274">
-        <v>112.3</v>
+        <v>44.16</v>
       </c>
       <c r="I274" t="s">
-        <v>1163</v>
+        <v>1333</v>
       </c>
       <c r="J274" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K274" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L274" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M274" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N274" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O274">
-        <v>391243872322</v>
+        <v>391269717624</v>
       </c>
       <c r="P274" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q274" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R274"/>
+      <c r="S274"/>
+      <c r="T274"/>
       <c r="U274" t="s">
-        <v>1330</v>
+        <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" t="s">
         <v>21</v>
       </c>
       <c r="B275" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D275">
+        <v>543005</v>
+      </c>
+      <c r="E275" t="s">
         <v>1331</v>
       </c>
-      <c r="C275" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F275" t="s">
         <v>25</v>
       </c>
       <c r="G275" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="H275">
-        <v>69</v>
+        <v>182.56</v>
       </c>
       <c r="I275" t="s">
-        <v>912</v>
+        <v>1337</v>
       </c>
       <c r="J275" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K275" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L275" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M275" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N275" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O275">
-        <v>391247960474</v>
+        <v>391280053959</v>
       </c>
       <c r="P275" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q275" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R275"/>
       <c r="S275"/>
       <c r="T275"/>
       <c r="U275" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" t="s">
         <v>21</v>
       </c>
       <c r="B276" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="C276" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="D276">
-        <v>542898</v>
+        <v>542999</v>
       </c>
       <c r="E276" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="F276" t="s">
         <v>25</v>
       </c>
       <c r="G276" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="H276">
-        <v>60.8</v>
+        <v>63.36</v>
       </c>
       <c r="I276" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="J276" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K276" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L276" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M276" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N276" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O276">
-        <v>391239850586</v>
+        <v>391247913012</v>
       </c>
       <c r="P276" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q276" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R276"/>
       <c r="S276"/>
       <c r="T276"/>
       <c r="U276" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" t="s">
         <v>21</v>
       </c>
       <c r="B277" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="C277" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="D277">
-        <v>542866</v>
+        <v>542989</v>
       </c>
       <c r="E277" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="F277" t="s">
         <v>25</v>
       </c>
       <c r="G277" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="H277">
-        <v>82.56</v>
+        <v>112.3</v>
       </c>
       <c r="I277" t="s">
-        <v>1342</v>
+        <v>1178</v>
       </c>
       <c r="J277" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K277" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L277" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M277" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="N277" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O277">
-        <v>391239534560</v>
+        <v>391243872322</v>
       </c>
       <c r="P277" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q277" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R277" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S277" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T277" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U277" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" t="s">
         <v>21</v>
       </c>
       <c r="B278" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="C278" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D278">
-        <v>542857</v>
+        <v>542969</v>
       </c>
       <c r="E278" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="F278" t="s">
         <v>25</v>
       </c>
       <c r="G278" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="H278">
-        <v>128.1</v>
+        <v>69</v>
       </c>
       <c r="I278" t="s">
-        <v>1289</v>
+        <v>927</v>
       </c>
       <c r="J278" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K278" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L278" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M278" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N278" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O278">
-        <v>391239464423</v>
+        <v>391247960474</v>
       </c>
       <c r="P278" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q278" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R278"/>
       <c r="S278"/>
       <c r="T278"/>
       <c r="U278" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" t="s">
         <v>21</v>
       </c>
       <c r="B279" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="C279" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="D279">
-        <v>542847</v>
+        <v>542898</v>
       </c>
       <c r="E279" t="s">
-        <v>1336</v>
+        <v>1351</v>
       </c>
       <c r="F279" t="s">
         <v>25</v>
       </c>
       <c r="G279" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="H279">
-        <v>129</v>
+        <v>60.8</v>
       </c>
       <c r="I279" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="J279" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K279" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L279" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M279" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N279" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O279">
-        <v>391239395051</v>
+        <v>391239850586</v>
       </c>
       <c r="P279" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q279" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R279"/>
       <c r="S279"/>
       <c r="T279"/>
       <c r="U279" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" t="s">
         <v>21</v>
       </c>
       <c r="B280" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D280">
+        <v>542866</v>
+      </c>
+      <c r="E280" t="s">
         <v>1351</v>
       </c>
-      <c r="C280" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F280" t="s">
         <v>25</v>
       </c>
       <c r="G280" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="H280">
-        <v>109</v>
+        <v>82.56</v>
       </c>
       <c r="I280" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="J280" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K280" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L280" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M280" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N280" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O280">
-        <v>391239254931</v>
+        <v>391239534560</v>
       </c>
       <c r="P280" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q280" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T280"/>
+        <v>32</v>
+      </c>
+      <c r="R280" t="s">
+        <v>47</v>
+      </c>
+      <c r="S280" t="s">
+        <v>48</v>
+      </c>
+      <c r="T280" t="s">
+        <v>542</v>
+      </c>
       <c r="U280" t="s">
-        <v>32</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" t="s">
         <v>21</v>
       </c>
       <c r="B281" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="C281" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="D281">
-        <v>542725</v>
+        <v>542857</v>
       </c>
       <c r="E281" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="F281" t="s">
         <v>25</v>
       </c>
       <c r="G281" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="H281">
-        <v>68.7</v>
+        <v>128.1</v>
       </c>
       <c r="I281" t="s">
-        <v>1359</v>
+        <v>1304</v>
       </c>
       <c r="J281" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K281" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L281" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M281" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N281" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O281">
-        <v>391248692982</v>
+        <v>391239464423</v>
       </c>
       <c r="P281" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q281" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R281"/>
       <c r="S281"/>
       <c r="T281"/>
       <c r="U281" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" t="s">
         <v>21</v>
       </c>
       <c r="B282" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C282" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D282">
-        <v>542711</v>
+        <v>542847</v>
       </c>
       <c r="E282" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="F282" t="s">
         <v>25</v>
       </c>
       <c r="G282" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="H282">
-        <v>143.36</v>
+        <v>129</v>
       </c>
       <c r="I282" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="J282" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K282" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L282" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M282" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N282" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O282">
-        <v>391239099703</v>
+        <v>391239395051</v>
       </c>
       <c r="P282" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q282" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R282"/>
       <c r="S282"/>
       <c r="T282"/>
       <c r="U282" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" t="s">
         <v>21</v>
       </c>
       <c r="B283" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C283" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D283">
-        <v>542662</v>
+        <v>542795</v>
       </c>
       <c r="E283" t="s">
-        <v>1366</v>
+        <v>1351</v>
       </c>
       <c r="F283" t="s">
         <v>25</v>
       </c>
       <c r="G283" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H283">
-        <v>91.2</v>
+        <v>109</v>
       </c>
       <c r="I283" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="J283" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K283" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L283" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M283" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N283" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O283">
-        <v>391121623917</v>
+        <v>391239254931</v>
       </c>
       <c r="P283" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q283" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R283"/>
       <c r="S283"/>
       <c r="T283"/>
       <c r="U283" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" t="s">
         <v>21</v>
       </c>
       <c r="B284" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C284" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D284">
-        <v>542570</v>
+        <v>542725</v>
       </c>
       <c r="E284" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="F284" t="s">
         <v>25</v>
       </c>
       <c r="G284" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H284">
-        <v>89</v>
+        <v>68.7</v>
       </c>
       <c r="I284" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="J284" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K284" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L284" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M284" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N284" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O284">
-        <v>391098395033</v>
+        <v>391248692982</v>
       </c>
       <c r="P284" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q284" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R284"/>
       <c r="S284"/>
       <c r="T284"/>
       <c r="U284" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" t="s">
         <v>21</v>
       </c>
       <c r="B285" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="C285" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D285">
-        <v>542552</v>
+        <v>542711</v>
       </c>
       <c r="E285" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="F285" t="s">
         <v>25</v>
       </c>
       <c r="G285" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="H285">
-        <v>44.16</v>
+        <v>143.36</v>
       </c>
       <c r="I285" t="s">
-        <v>1318</v>
+        <v>1378</v>
       </c>
       <c r="J285" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K285" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L285" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M285" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N285" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O285">
-        <v>391098107054</v>
+        <v>391239099703</v>
       </c>
       <c r="P285" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q285" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R285"/>
       <c r="S285"/>
       <c r="T285"/>
       <c r="U285" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" t="s">
         <v>21</v>
       </c>
       <c r="B286" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C286" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D286">
-        <v>542512</v>
+        <v>542662</v>
       </c>
       <c r="E286" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="F286" t="s">
         <v>25</v>
       </c>
       <c r="G286" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="H286">
-        <v>76.16</v>
+        <v>91.2</v>
       </c>
       <c r="I286" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="J286" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K286" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L286" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M286" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N286" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O286">
-        <v>391098992317</v>
+        <v>391121623917</v>
       </c>
       <c r="P286" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q286" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R286"/>
       <c r="S286"/>
       <c r="T286"/>
       <c r="U286" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" t="s">
         <v>21</v>
       </c>
       <c r="B287" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D287">
+        <v>542570</v>
+      </c>
+      <c r="E287" t="s">
         <v>1381</v>
       </c>
-      <c r="C287" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F287" t="s">
         <v>25</v>
       </c>
       <c r="G287" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="H287">
-        <v>63.36</v>
+        <v>89</v>
       </c>
       <c r="I287" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="J287" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K287" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L287" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M287" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N287" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O287">
-        <v>391099088511</v>
+        <v>391098395033</v>
       </c>
       <c r="P287" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q287" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R287"/>
       <c r="S287"/>
       <c r="T287"/>
       <c r="U287" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" t="s">
         <v>21</v>
       </c>
       <c r="B288" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="C288" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="D288">
-        <v>542460</v>
+        <v>542552</v>
       </c>
       <c r="E288" t="s">
-        <v>1375</v>
+        <v>1390</v>
       </c>
       <c r="F288" t="s">
         <v>25</v>
       </c>
       <c r="G288" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="H288">
-        <v>111.2</v>
+        <v>44.16</v>
       </c>
       <c r="I288" t="s">
-        <v>1388</v>
+        <v>1333</v>
       </c>
       <c r="J288" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K288" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L288" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M288" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N288" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O288">
-        <v>391095761287</v>
+        <v>391098107054</v>
       </c>
       <c r="P288" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q288" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R288"/>
       <c r="S288"/>
       <c r="T288"/>
       <c r="U288" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" t="s">
         <v>21</v>
       </c>
       <c r="B289" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="C289" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D289">
+        <v>542512</v>
+      </c>
+      <c r="E289" t="s">
         <v>1390</v>
       </c>
-      <c r="D289">
-[...4 lines deleted...]
-      </c>
       <c r="F289" t="s">
         <v>25</v>
       </c>
       <c r="G289" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="H289">
-        <v>71.9</v>
+        <v>76.16</v>
       </c>
       <c r="I289" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="J289" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K289" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L289" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M289" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N289" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O289">
-        <v>391036595361</v>
+        <v>391098992317</v>
       </c>
       <c r="P289" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q289" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R289"/>
       <c r="S289"/>
       <c r="T289"/>
       <c r="U289" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" t="s">
         <v>21</v>
       </c>
       <c r="B290" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="C290" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D290">
-        <v>542353</v>
+        <v>542469</v>
       </c>
       <c r="E290" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="F290" t="s">
         <v>25</v>
       </c>
       <c r="G290" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="H290">
-        <v>119</v>
+        <v>63.36</v>
       </c>
       <c r="I290" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J290" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K290" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L290" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M290" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N290" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O290">
-        <v>391005058044</v>
+        <v>391099088511</v>
       </c>
       <c r="P290" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q290" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R290"/>
       <c r="S290"/>
       <c r="T290"/>
       <c r="U290" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" t="s">
         <v>21</v>
       </c>
       <c r="B291" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C291" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D291">
-        <v>542270</v>
+        <v>542460</v>
       </c>
       <c r="E291" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="F291" t="s">
         <v>25</v>
       </c>
       <c r="G291" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="H291">
-        <v>72.1</v>
+        <v>111.2</v>
       </c>
       <c r="I291" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="J291" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K291" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L291" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M291" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N291" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O291">
-        <v>390948480725</v>
+        <v>391095761287</v>
       </c>
       <c r="P291" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q291" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R291"/>
       <c r="S291"/>
       <c r="T291"/>
       <c r="U291" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" t="s">
         <v>21</v>
       </c>
       <c r="B292" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C292" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="D292">
-        <v>542212</v>
+        <v>542370</v>
       </c>
       <c r="E292" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="F292" t="s">
         <v>25</v>
       </c>
       <c r="G292" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="H292">
-        <v>72.1</v>
+        <v>71.9</v>
       </c>
       <c r="I292" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="J292" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K292" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L292" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M292" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N292" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O292">
-        <v>390935435435</v>
+        <v>391036595361</v>
       </c>
       <c r="P292" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q292" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R292"/>
+      <c r="S292"/>
+      <c r="T292"/>
       <c r="U292" t="s">
-        <v>1406</v>
+        <v>31</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" t="s">
         <v>21</v>
       </c>
       <c r="B293" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="C293" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D293">
-        <v>542184</v>
+        <v>542353</v>
       </c>
       <c r="E293" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="F293" t="s">
         <v>25</v>
       </c>
       <c r="G293" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="H293">
-        <v>381.3</v>
+        <v>119</v>
       </c>
       <c r="I293" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="J293" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K293" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L293" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M293" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N293" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O293">
-        <v>390909118460</v>
+        <v>391005058044</v>
       </c>
       <c r="P293" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q293" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R293"/>
       <c r="S293"/>
       <c r="T293"/>
       <c r="U293" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" t="s">
         <v>21</v>
       </c>
       <c r="B294" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C294" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="D294">
-        <v>541951</v>
+        <v>542270</v>
       </c>
       <c r="E294" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="F294" t="s">
         <v>25</v>
       </c>
       <c r="G294" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="H294">
-        <v>43.4</v>
+        <v>72.1</v>
       </c>
       <c r="I294" t="s">
-        <v>1318</v>
+        <v>1417</v>
       </c>
       <c r="J294" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K294" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L294" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M294" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N294" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O294">
-        <v>390815604448</v>
+        <v>390948480725</v>
       </c>
       <c r="P294" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q294" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R294"/>
       <c r="S294"/>
       <c r="T294"/>
       <c r="U294" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" t="s">
         <v>21</v>
       </c>
       <c r="B295" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D295">
+        <v>542212</v>
+      </c>
+      <c r="E295" t="s">
         <v>1415</v>
       </c>
-      <c r="C295" t="s">
-[...5 lines deleted...]
-      <c r="E295" t="s">
+      <c r="F295" t="s">
+        <v>25</v>
+      </c>
+      <c r="G295" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H295">
+        <v>72.1</v>
+      </c>
+      <c r="I295" t="s">
         <v>1417</v>
       </c>
-      <c r="F295" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J295" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K295" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L295" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M295" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N295" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O295">
-        <v>390789000651</v>
+        <v>390935435435</v>
       </c>
       <c r="P295" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q295" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T295"/>
+        <v>32</v>
+      </c>
+      <c r="R295" t="s">
+        <v>47</v>
+      </c>
+      <c r="S295" t="s">
+        <v>48</v>
+      </c>
+      <c r="T295" t="s">
+        <v>542</v>
+      </c>
       <c r="U295" t="s">
-        <v>32</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" t="s">
         <v>21</v>
       </c>
       <c r="B296" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C296" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D296">
-        <v>541743</v>
+        <v>542184</v>
       </c>
       <c r="E296" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
       <c r="F296" t="s">
         <v>25</v>
       </c>
       <c r="G296" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H296">
-        <v>85.9</v>
+        <v>381.3</v>
       </c>
       <c r="I296" t="s">
-        <v>662</v>
+        <v>1425</v>
       </c>
       <c r="J296" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K296" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L296" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M296" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N296" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O296">
-        <v>390657775422</v>
+        <v>390909118460</v>
       </c>
       <c r="P296" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q296" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R296"/>
       <c r="S296"/>
       <c r="T296"/>
       <c r="U296" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" t="s">
         <v>21</v>
       </c>
       <c r="B297" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C297" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D297">
-        <v>541580</v>
+        <v>541951</v>
       </c>
       <c r="E297" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="F297" t="s">
         <v>25</v>
       </c>
       <c r="G297" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="H297">
-        <v>99</v>
+        <v>43.4</v>
       </c>
       <c r="I297" t="s">
-        <v>1428</v>
+        <v>1333</v>
       </c>
       <c r="J297" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K297" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L297" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M297" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N297" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O297">
-        <v>390598215648</v>
+        <v>390815604448</v>
       </c>
       <c r="P297" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q297" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R297"/>
       <c r="S297"/>
       <c r="T297"/>
       <c r="U297" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="298" spans="1:21">
       <c r="A298" t="s">
         <v>21</v>
       </c>
       <c r="B298" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="C298" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D298">
-        <v>541494</v>
+        <v>541912</v>
       </c>
       <c r="E298" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="F298" t="s">
         <v>25</v>
       </c>
       <c r="G298" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H298">
-        <v>89</v>
+        <v>66.1</v>
       </c>
       <c r="I298" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="J298" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K298" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L298" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M298" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N298" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O298">
-        <v>390513054993</v>
+        <v>390789000651</v>
       </c>
       <c r="P298" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q298" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R298"/>
       <c r="S298"/>
       <c r="T298"/>
       <c r="U298" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="299" spans="1:21">
       <c r="A299" t="s">
         <v>21</v>
       </c>
       <c r="B299" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C299" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D299">
-        <v>541358</v>
+        <v>541743</v>
       </c>
       <c r="E299" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="F299" t="s">
         <v>25</v>
       </c>
       <c r="G299" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="H299">
-        <v>38.5</v>
+        <v>85.9</v>
       </c>
       <c r="I299" t="s">
-        <v>1438</v>
+        <v>677</v>
       </c>
       <c r="J299" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K299" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L299" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M299" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N299" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O299">
-        <v>390373139584</v>
+        <v>390657775422</v>
       </c>
       <c r="P299" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q299" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R299"/>
       <c r="S299"/>
       <c r="T299"/>
       <c r="U299" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" t="s">
         <v>21</v>
       </c>
       <c r="B300" t="s">
         <v>1439</v>
       </c>
       <c r="C300" t="s">
         <v>1440</v>
       </c>
       <c r="D300">
-        <v>541251</v>
+        <v>541580</v>
       </c>
       <c r="E300" t="s">
         <v>1441</v>
       </c>
       <c r="F300" t="s">
         <v>25</v>
       </c>
       <c r="G300" t="s">
         <v>1442</v>
       </c>
       <c r="H300">
         <v>99</v>
       </c>
       <c r="I300" t="s">
         <v>1443</v>
       </c>
       <c r="J300" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K300" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L300" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M300" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N300" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O300">
-        <v>390300499961</v>
+        <v>390598215648</v>
       </c>
       <c r="P300" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q300" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R300"/>
       <c r="S300"/>
       <c r="T300"/>
       <c r="U300" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" t="s">
         <v>21</v>
       </c>
       <c r="B301" t="s">
         <v>1444</v>
       </c>
       <c r="C301" t="s">
         <v>1445</v>
       </c>
       <c r="D301">
-        <v>541208</v>
+        <v>541494</v>
       </c>
       <c r="E301" t="s">
         <v>1446</v>
       </c>
       <c r="F301" t="s">
         <v>25</v>
       </c>
       <c r="G301" t="s">
         <v>1447</v>
       </c>
       <c r="H301">
-        <v>38.5</v>
+        <v>89</v>
       </c>
       <c r="I301" t="s">
         <v>1448</v>
       </c>
       <c r="J301" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K301" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L301" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M301" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N301" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O301">
-        <v>390305857144</v>
+        <v>390513054993</v>
       </c>
       <c r="P301" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q301" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R301"/>
+      <c r="S301"/>
+      <c r="T301"/>
       <c r="U301" t="s">
-        <v>1449</v>
+        <v>31</v>
       </c>
     </row>
     <row r="302" spans="1:21">
       <c r="A302" t="s">
         <v>21</v>
       </c>
       <c r="B302" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C302" t="s">
         <v>1450</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302">
+        <v>541358</v>
+      </c>
+      <c r="E302" t="s">
         <v>1451</v>
       </c>
-      <c r="D302">
-[...2 lines deleted...]
-      <c r="E302" t="s">
+      <c r="F302" t="s">
+        <v>25</v>
+      </c>
+      <c r="G302" t="s">
         <v>1452</v>
       </c>
-      <c r="F302" t="s">
-[...2 lines deleted...]
-      <c r="G302" t="s">
+      <c r="H302">
+        <v>38.5</v>
+      </c>
+      <c r="I302" t="s">
         <v>1453</v>
       </c>
-      <c r="H302">
-[...4 lines deleted...]
-      </c>
       <c r="J302" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K302" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L302" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M302" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N302" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O302">
-        <v>390220502868</v>
+        <v>390373139584</v>
       </c>
       <c r="P302" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q302" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R302"/>
       <c r="S302"/>
       <c r="T302"/>
       <c r="U302" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="303" spans="1:21">
       <c r="A303" t="s">
         <v>21</v>
       </c>
       <c r="B303" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C303" t="s">
         <v>1455</v>
       </c>
-      <c r="C303" t="s">
+      <c r="D303">
+        <v>541251</v>
+      </c>
+      <c r="E303" t="s">
         <v>1456</v>
       </c>
-      <c r="D303">
-[...2 lines deleted...]
-      <c r="E303" t="s">
+      <c r="F303" t="s">
+        <v>25</v>
+      </c>
+      <c r="G303" t="s">
         <v>1457</v>
       </c>
-      <c r="F303" t="s">
-[...2 lines deleted...]
-      <c r="G303" t="s">
+      <c r="H303">
+        <v>99</v>
+      </c>
+      <c r="I303" t="s">
         <v>1458</v>
       </c>
-      <c r="H303">
-[...4 lines deleted...]
-      </c>
       <c r="J303" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K303" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L303" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M303" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N303" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O303">
-        <v>390222441660</v>
+        <v>390300499961</v>
       </c>
       <c r="P303" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q303" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R303"/>
       <c r="S303"/>
       <c r="T303"/>
       <c r="U303" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="304" spans="1:21">
       <c r="A304" t="s">
         <v>21</v>
       </c>
       <c r="B304" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C304" t="s">
         <v>1460</v>
       </c>
-      <c r="C304" t="s">
+      <c r="D304">
+        <v>541208</v>
+      </c>
+      <c r="E304" t="s">
         <v>1461</v>
       </c>
-      <c r="D304">
-[...2 lines deleted...]
-      <c r="E304" t="s">
+      <c r="F304" t="s">
+        <v>25</v>
+      </c>
+      <c r="G304" t="s">
         <v>1462</v>
       </c>
-      <c r="F304" t="s">
-[...2 lines deleted...]
-      <c r="G304" t="s">
+      <c r="H304">
+        <v>38.5</v>
+      </c>
+      <c r="I304" t="s">
         <v>1463</v>
       </c>
-      <c r="H304">
-[...2 lines deleted...]
-      <c r="I304" t="s">
+      <c r="J304" t="s">
+        <v>28</v>
+      </c>
+      <c r="K304" t="s">
+        <v>28</v>
+      </c>
+      <c r="L304" t="s">
+        <v>45</v>
+      </c>
+      <c r="M304" t="s">
+        <v>46</v>
+      </c>
+      <c r="N304" t="s">
+        <v>30</v>
+      </c>
+      <c r="O304">
+        <v>390305857144</v>
+      </c>
+      <c r="P304" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>32</v>
+      </c>
+      <c r="R304" t="s">
+        <v>47</v>
+      </c>
+      <c r="S304" t="s">
+        <v>48</v>
+      </c>
+      <c r="T304" t="s">
+        <v>542</v>
+      </c>
+      <c r="U304" t="s">
         <v>1464</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="305" spans="1:21">
       <c r="A305" t="s">
         <v>21</v>
       </c>
       <c r="B305" t="s">
         <v>1465</v>
       </c>
       <c r="C305" t="s">
         <v>1466</v>
       </c>
       <c r="D305">
-        <v>540879</v>
+        <v>541143</v>
       </c>
       <c r="E305" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="F305" t="s">
         <v>25</v>
       </c>
       <c r="G305" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H305">
-        <v>141.3</v>
+        <v>99</v>
       </c>
       <c r="I305" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="J305" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K305" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L305" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M305" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N305" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O305">
-        <v>390024201348</v>
+        <v>390220502868</v>
       </c>
       <c r="P305" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q305" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R305"/>
       <c r="S305"/>
       <c r="T305"/>
       <c r="U305" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="306" spans="1:21">
       <c r="A306" t="s">
         <v>21</v>
       </c>
       <c r="B306" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="C306" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D306">
-        <v>540847</v>
+        <v>541118</v>
       </c>
       <c r="E306" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="F306" t="s">
         <v>25</v>
       </c>
       <c r="G306" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="H306">
-        <v>38.5</v>
+        <v>89</v>
       </c>
       <c r="I306" t="s">
-        <v>1448</v>
+        <v>1474</v>
       </c>
       <c r="J306" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K306" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L306" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M306" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N306" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O306">
-        <v>390023489676</v>
+        <v>390222441660</v>
       </c>
       <c r="P306" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q306" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R306"/>
       <c r="S306"/>
       <c r="T306"/>
       <c r="U306" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="307" spans="1:21">
       <c r="A307" t="s">
         <v>21</v>
       </c>
       <c r="B307" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="C307" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="D307">
-        <v>540820</v>
+        <v>540880</v>
       </c>
       <c r="E307" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="F307" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G307" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="H307">
-        <v>184.66</v>
+        <v>141.3</v>
       </c>
       <c r="I307" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="J307" t="s">
-        <v>1476</v>
+        <v>28</v>
       </c>
       <c r="K307" t="s">
-        <v>1477</v>
+        <v>28</v>
       </c>
       <c r="L307" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M307" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N307" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>30</v>
+      </c>
+      <c r="O307">
+        <v>390024245781</v>
       </c>
       <c r="P307" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q307" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R307"/>
       <c r="S307"/>
       <c r="T307"/>
       <c r="U307" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" t="s">
         <v>21</v>
       </c>
       <c r="B308" t="s">
         <v>1480</v>
       </c>
       <c r="C308" t="s">
         <v>1481</v>
       </c>
       <c r="D308">
-        <v>540795</v>
+        <v>540879</v>
       </c>
       <c r="E308" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F308" t="s">
+        <v>25</v>
+      </c>
+      <c r="G308" t="s">
         <v>1482</v>
       </c>
-      <c r="F308" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H308">
-        <v>119</v>
+        <v>141.3</v>
       </c>
       <c r="I308" t="s">
-        <v>953</v>
+        <v>1479</v>
       </c>
       <c r="J308" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K308" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L308" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M308" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N308" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O308">
-        <v>390023671923</v>
+        <v>390024201348</v>
       </c>
       <c r="P308" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q308" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R308"/>
       <c r="S308"/>
       <c r="T308"/>
       <c r="U308" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" t="s">
         <v>21</v>
       </c>
       <c r="B309" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C309" t="s">
         <v>1484</v>
       </c>
-      <c r="C309" t="s">
+      <c r="D309">
+        <v>540847</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F309" t="s">
+        <v>25</v>
+      </c>
+      <c r="G309" t="s">
         <v>1485</v>
       </c>
-      <c r="D309">
-[...10 lines deleted...]
-      </c>
       <c r="H309">
-        <v>99</v>
+        <v>38.5</v>
       </c>
       <c r="I309" t="s">
-        <v>1487</v>
+        <v>1463</v>
       </c>
       <c r="J309" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K309" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L309" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M309" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N309" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O309">
-        <v>390023540185</v>
+        <v>390023489676</v>
       </c>
       <c r="P309" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q309" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R309"/>
       <c r="S309"/>
       <c r="T309"/>
       <c r="U309" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" t="s">
         <v>21</v>
       </c>
       <c r="B310" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D310">
+        <v>540820</v>
+      </c>
+      <c r="E310" t="s">
         <v>1488</v>
       </c>
-      <c r="C310" t="s">
+      <c r="F310" t="s">
+        <v>485</v>
+      </c>
+      <c r="G310" t="s">
         <v>1489</v>
       </c>
-      <c r="D310">
-[...2 lines deleted...]
-      <c r="E310" t="s">
+      <c r="H310">
+        <v>184.66</v>
+      </c>
+      <c r="I310" t="s">
         <v>1490</v>
       </c>
-      <c r="F310" t="s">
-[...2 lines deleted...]
-      <c r="G310" t="s">
+      <c r="J310" t="s">
         <v>1491</v>
       </c>
-      <c r="H310">
-[...2 lines deleted...]
-      <c r="I310" t="s">
+      <c r="K310" t="s">
         <v>1492</v>
       </c>
-      <c r="J310" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L310" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M310" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N310" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>279719329449</v>
+        <v>1493</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1494</v>
       </c>
       <c r="P310" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q310" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="R310"/>
       <c r="S310"/>
       <c r="T310"/>
       <c r="U310" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" t="s">
         <v>21</v>
       </c>
       <c r="B311" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C311" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="D311">
-        <v>540757</v>
+        <v>540795</v>
       </c>
       <c r="E311" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="F311" t="s">
         <v>25</v>
       </c>
       <c r="G311" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="H311">
-        <v>131.7</v>
+        <v>119</v>
       </c>
       <c r="I311" t="s">
-        <v>1240</v>
+        <v>968</v>
       </c>
       <c r="J311" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K311" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L311" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M311" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N311" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O311">
-        <v>279697513138</v>
+        <v>390023671923</v>
       </c>
       <c r="P311" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q311" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R311"/>
       <c r="S311"/>
       <c r="T311"/>
       <c r="U311" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" t="s">
         <v>21</v>
       </c>
       <c r="B312" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="C312" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D312">
+        <v>540794</v>
+      </c>
+      <c r="E312" t="s">
         <v>1497</v>
       </c>
-      <c r="D312">
-[...4 lines deleted...]
-      </c>
       <c r="F312" t="s">
         <v>25</v>
       </c>
       <c r="G312" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="H312">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I312" t="s">
-        <v>1313</v>
+        <v>1502</v>
       </c>
       <c r="J312" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K312" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L312" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M312" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N312" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O312">
-        <v>279678330861</v>
+        <v>390023540185</v>
       </c>
       <c r="P312" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q312" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R312"/>
       <c r="S312"/>
       <c r="T312"/>
       <c r="U312" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" t="s">
         <v>21</v>
       </c>
       <c r="B313" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="C313" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="D313">
-        <v>540732</v>
+        <v>540773</v>
       </c>
       <c r="E313" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="F313" t="s">
         <v>25</v>
       </c>
       <c r="G313" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="H313">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I313" t="s">
-        <v>1448</v>
+        <v>1507</v>
       </c>
       <c r="J313" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K313" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L313" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M313" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N313" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O313">
-        <v>279669494150</v>
+        <v>279719329449</v>
       </c>
       <c r="P313" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q313" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R313"/>
       <c r="S313"/>
       <c r="T313"/>
       <c r="U313" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" t="s">
         <v>21</v>
       </c>
       <c r="B314" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="C314" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="D314">
-        <v>540731</v>
+        <v>540757</v>
       </c>
       <c r="E314" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="F314" t="s">
         <v>25</v>
       </c>
       <c r="G314" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="H314">
-        <v>134.9</v>
+        <v>131.7</v>
       </c>
       <c r="I314" t="s">
-        <v>1506</v>
+        <v>1255</v>
       </c>
       <c r="J314" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K314" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L314" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M314" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N314" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O314">
-        <v>770331590943</v>
+        <v>279697513138</v>
       </c>
       <c r="P314" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q314" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R314"/>
       <c r="S314"/>
       <c r="T314"/>
       <c r="U314" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" t="s">
         <v>21</v>
       </c>
       <c r="B315" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="C315" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="D315">
-        <v>540726</v>
+        <v>540742</v>
       </c>
       <c r="E315" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="F315" t="s">
         <v>25</v>
       </c>
       <c r="G315" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
       <c r="H315">
-        <v>38.5</v>
+        <v>100</v>
       </c>
       <c r="I315" t="s">
-        <v>1448</v>
+        <v>1328</v>
       </c>
       <c r="J315" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K315" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L315" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M315" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N315" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O315">
-        <v>279665820452</v>
+        <v>279678330861</v>
       </c>
       <c r="P315" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q315" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R315"/>
       <c r="S315"/>
       <c r="T315"/>
       <c r="U315" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" t="s">
         <v>21</v>
       </c>
       <c r="B316" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="C316" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="D316">
-        <v>540722</v>
+        <v>540732</v>
       </c>
       <c r="E316" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="F316" t="s">
         <v>25</v>
       </c>
       <c r="G316" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="H316">
-        <v>231.5</v>
+        <v>38.5</v>
       </c>
       <c r="I316" t="s">
-        <v>1513</v>
+        <v>1463</v>
       </c>
       <c r="J316" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K316" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L316" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M316" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N316" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O316">
-        <v>279676456493</v>
+        <v>279669494150</v>
       </c>
       <c r="P316" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q316" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R316"/>
       <c r="S316"/>
       <c r="T316"/>
       <c r="U316" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" t="s">
         <v>21</v>
       </c>
       <c r="B317" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="C317" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="D317">
-        <v>540703</v>
+        <v>540731</v>
       </c>
       <c r="E317" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="F317" t="s">
         <v>25</v>
       </c>
       <c r="G317" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="H317">
-        <v>145</v>
+        <v>134.9</v>
       </c>
       <c r="I317" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="J317" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K317" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L317" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M317" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N317" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O317">
-        <v>279652591950</v>
+        <v>770331590943</v>
       </c>
       <c r="P317" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q317" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R317"/>
       <c r="S317"/>
       <c r="T317"/>
       <c r="U317" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" t="s">
         <v>21</v>
       </c>
       <c r="B318" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="C318" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="D318">
-        <v>540689</v>
+        <v>540726</v>
       </c>
       <c r="E318" t="s">
-        <v>1490</v>
+        <v>1513</v>
       </c>
       <c r="F318" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G318" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="H318">
-        <v>281.88</v>
+        <v>38.5</v>
       </c>
       <c r="I318" t="s">
-        <v>1521</v>
+        <v>1463</v>
       </c>
       <c r="J318" t="s">
-        <v>1476</v>
+        <v>28</v>
       </c>
       <c r="K318" t="s">
-        <v>1477</v>
+        <v>28</v>
       </c>
       <c r="L318" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M318" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N318" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1522</v>
+        <v>30</v>
+      </c>
+      <c r="O318">
+        <v>279665820452</v>
       </c>
       <c r="P318" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q318" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R318"/>
       <c r="S318"/>
       <c r="T318"/>
       <c r="U318" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" t="s">
         <v>21</v>
       </c>
       <c r="B319" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="C319" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D319">
-        <v>540682</v>
+        <v>540722</v>
       </c>
       <c r="E319" t="s">
-        <v>1525</v>
+        <v>1513</v>
       </c>
       <c r="F319" t="s">
         <v>25</v>
       </c>
       <c r="G319" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="H319">
-        <v>90</v>
+        <v>231.5</v>
       </c>
       <c r="I319" t="s">
-        <v>1186</v>
+        <v>1528</v>
       </c>
       <c r="J319" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K319" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L319" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M319" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N319" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O319">
-        <v>279630670045</v>
+        <v>279676456493</v>
       </c>
       <c r="P319" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q319" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R319"/>
       <c r="S319"/>
       <c r="T319"/>
       <c r="U319" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" t="s">
         <v>21</v>
       </c>
       <c r="B320" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="C320" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D320">
-        <v>540681</v>
+        <v>540703</v>
       </c>
       <c r="E320" t="s">
-        <v>1525</v>
+        <v>1513</v>
       </c>
       <c r="F320" t="s">
         <v>25</v>
       </c>
       <c r="G320" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="H320">
-        <v>74.8</v>
+        <v>145</v>
       </c>
       <c r="I320" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="J320" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K320" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L320" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M320" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N320" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O320">
-        <v>279630630810</v>
+        <v>279652591950</v>
       </c>
       <c r="P320" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q320" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R320"/>
       <c r="S320"/>
       <c r="T320"/>
       <c r="U320" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" t="s">
         <v>21</v>
       </c>
       <c r="B321" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="C321" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D321">
-        <v>540659</v>
+        <v>540689</v>
       </c>
       <c r="E321" t="s">
-        <v>1525</v>
+        <v>1505</v>
       </c>
       <c r="F321" t="s">
-        <v>25</v>
+        <v>485</v>
       </c>
       <c r="G321" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="H321">
-        <v>168</v>
+        <v>281.88</v>
       </c>
       <c r="I321" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="J321" t="s">
-        <v>39</v>
+        <v>1491</v>
       </c>
       <c r="K321" t="s">
-        <v>39</v>
+        <v>1492</v>
       </c>
       <c r="L321" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M321" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N321" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>279606548447</v>
+        <v>1493</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1537</v>
       </c>
       <c r="P321" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q321" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="R321"/>
       <c r="S321"/>
       <c r="T321"/>
       <c r="U321" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" t="s">
         <v>21</v>
       </c>
       <c r="B322" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="C322" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="D322">
-        <v>540657</v>
+        <v>540682</v>
       </c>
       <c r="E322" t="s">
-        <v>1525</v>
+        <v>1540</v>
       </c>
       <c r="F322" t="s">
         <v>25</v>
       </c>
       <c r="G322" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="H322">
-        <v>336.4</v>
+        <v>90</v>
       </c>
       <c r="I322" t="s">
-        <v>1538</v>
+        <v>1201</v>
       </c>
       <c r="J322" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K322" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L322" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M322" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N322" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O322">
-        <v>279603130320</v>
+        <v>279630670045</v>
       </c>
       <c r="P322" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q322" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R322"/>
       <c r="S322"/>
       <c r="T322"/>
       <c r="U322" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" t="s">
         <v>21</v>
       </c>
       <c r="B323" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="C323" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D323">
+        <v>540681</v>
+      </c>
+      <c r="E323" t="s">
         <v>1540</v>
       </c>
-      <c r="D323">
-[...4 lines deleted...]
-      </c>
       <c r="F323" t="s">
         <v>25</v>
       </c>
       <c r="G323" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="H323">
-        <v>99</v>
+        <v>74.8</v>
       </c>
       <c r="I323" t="s">
-        <v>1380</v>
+        <v>1545</v>
       </c>
       <c r="J323" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K323" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L323" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M323" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N323" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O323">
-        <v>279605179806</v>
+        <v>279630630810</v>
       </c>
       <c r="P323" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q323" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R323"/>
       <c r="S323"/>
       <c r="T323"/>
       <c r="U323" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" t="s">
         <v>21</v>
       </c>
       <c r="B324" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="C324" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="D324">
-        <v>540649</v>
+        <v>540659</v>
       </c>
       <c r="E324" t="s">
-        <v>1525</v>
+        <v>1540</v>
       </c>
       <c r="F324" t="s">
         <v>25</v>
       </c>
       <c r="G324" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="H324">
-        <v>99</v>
+        <v>168</v>
       </c>
       <c r="I324" t="s">
-        <v>1388</v>
+        <v>1549</v>
       </c>
       <c r="J324" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K324" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L324" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M324" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N324" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O324">
-        <v>279600045424</v>
+        <v>279606548447</v>
       </c>
       <c r="P324" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q324" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R324"/>
       <c r="S324"/>
       <c r="T324"/>
       <c r="U324" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" t="s">
         <v>21</v>
       </c>
       <c r="B325" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="C325" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="D325">
-        <v>540627</v>
+        <v>540657</v>
       </c>
       <c r="E325" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="F325" t="s">
         <v>25</v>
       </c>
       <c r="G325" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H325">
-        <v>38.5</v>
+        <v>336.4</v>
       </c>
       <c r="I325" t="s">
-        <v>1448</v>
+        <v>1553</v>
       </c>
       <c r="J325" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K325" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L325" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M325" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N325" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O325">
-        <v>279581152360</v>
+        <v>279603130320</v>
       </c>
       <c r="P325" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q325" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R325"/>
       <c r="S325"/>
       <c r="T325"/>
       <c r="U325" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" t="s">
         <v>21</v>
       </c>
       <c r="B326" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="C326" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="D326">
-        <v>540585</v>
+        <v>540650</v>
       </c>
       <c r="E326" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="F326" t="s">
         <v>25</v>
       </c>
       <c r="G326" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="H326">
-        <v>74.8</v>
+        <v>99</v>
       </c>
       <c r="I326" t="s">
-        <v>1530</v>
+        <v>1395</v>
       </c>
       <c r="J326" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K326" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L326" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M326" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N326" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O326">
-        <v>279551891695</v>
+        <v>279605179806</v>
       </c>
       <c r="P326" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q326" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R326"/>
       <c r="S326"/>
       <c r="T326"/>
       <c r="U326" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" t="s">
         <v>21</v>
       </c>
       <c r="B327" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="C327" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="D327">
-        <v>540576</v>
+        <v>540649</v>
       </c>
       <c r="E327" t="s">
-        <v>1554</v>
+        <v>1540</v>
       </c>
       <c r="F327" t="s">
         <v>25</v>
       </c>
       <c r="G327" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="H327">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I327" t="s">
-        <v>1448</v>
+        <v>1403</v>
       </c>
       <c r="J327" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K327" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L327" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M327" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N327" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O327">
-        <v>279556965648</v>
+        <v>279600045424</v>
       </c>
       <c r="P327" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q327" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R327"/>
       <c r="S327"/>
       <c r="T327"/>
       <c r="U327" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" t="s">
         <v>21</v>
       </c>
       <c r="B328" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="C328" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="D328">
-        <v>540567</v>
+        <v>540627</v>
       </c>
       <c r="E328" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="F328" t="s">
         <v>25</v>
       </c>
       <c r="G328" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="H328">
-        <v>129</v>
+        <v>38.5</v>
       </c>
       <c r="I328" t="s">
-        <v>1559</v>
+        <v>1463</v>
       </c>
       <c r="J328" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K328" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L328" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M328" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N328" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O328">
-        <v>279528469959</v>
+        <v>279581152360</v>
       </c>
       <c r="P328" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q328" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R328"/>
       <c r="S328"/>
       <c r="T328"/>
       <c r="U328" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" t="s">
         <v>21</v>
       </c>
       <c r="B329" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="C329" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="D329">
-        <v>540545</v>
+        <v>540585</v>
       </c>
       <c r="E329" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="F329" t="s">
         <v>25</v>
       </c>
       <c r="G329" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="H329">
-        <v>129</v>
+        <v>74.8</v>
       </c>
       <c r="I329" t="s">
-        <v>1559</v>
+        <v>1545</v>
       </c>
       <c r="J329" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K329" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L329" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M329" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N329" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O329">
-        <v>279493576083</v>
+        <v>279551891695</v>
       </c>
       <c r="P329" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q329" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R329"/>
       <c r="S329"/>
       <c r="T329"/>
       <c r="U329" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" t="s">
         <v>21</v>
       </c>
       <c r="B330" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="C330" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="D330">
-        <v>540532</v>
+        <v>540576</v>
       </c>
       <c r="E330" t="s">
-        <v>1554</v>
+        <v>1569</v>
       </c>
       <c r="F330" t="s">
         <v>25</v>
       </c>
       <c r="G330" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="H330">
-        <v>50.6</v>
+        <v>38.5</v>
       </c>
       <c r="I330" t="s">
-        <v>1566</v>
+        <v>1463</v>
       </c>
       <c r="J330" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K330" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L330" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M330" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N330" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O330">
-        <v>279498848955</v>
+        <v>279556965648</v>
       </c>
       <c r="P330" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q330" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R330"/>
       <c r="S330"/>
       <c r="T330"/>
       <c r="U330" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" t="s">
         <v>21</v>
       </c>
       <c r="B331" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="C331" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="D331">
-        <v>540493</v>
+        <v>540567</v>
       </c>
       <c r="E331" t="s">
         <v>1569</v>
       </c>
       <c r="F331" t="s">
         <v>25</v>
       </c>
       <c r="G331" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="H331">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="I331" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="J331" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K331" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L331" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M331" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N331" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O331">
-        <v>279500268678</v>
+        <v>279528469959</v>
       </c>
       <c r="P331" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q331" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R331"/>
       <c r="S331"/>
       <c r="T331"/>
       <c r="U331" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" t="s">
         <v>21</v>
       </c>
       <c r="B332" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="C332" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="D332">
-        <v>540490</v>
+        <v>540545</v>
       </c>
       <c r="E332" t="s">
         <v>1569</v>
       </c>
       <c r="F332" t="s">
         <v>25</v>
       </c>
       <c r="G332" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H332">
+        <v>129</v>
+      </c>
+      <c r="I332" t="s">
         <v>1574</v>
       </c>
-      <c r="H332">
-[...4 lines deleted...]
-      </c>
       <c r="J332" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K332" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L332" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M332" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N332" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O332">
-        <v>279500128053</v>
+        <v>279493576083</v>
       </c>
       <c r="P332" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q332" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R332"/>
       <c r="S332"/>
       <c r="T332"/>
       <c r="U332" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" t="s">
         <v>21</v>
       </c>
       <c r="B333" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="C333" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="D333">
-        <v>540353</v>
+        <v>540532</v>
       </c>
       <c r="E333" t="s">
-        <v>1577</v>
+        <v>1569</v>
       </c>
       <c r="F333" t="s">
         <v>25</v>
       </c>
       <c r="G333" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="H333">
-        <v>90</v>
+        <v>50.6</v>
       </c>
       <c r="I333" t="s">
-        <v>1186</v>
+        <v>1581</v>
       </c>
       <c r="J333" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K333" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L333" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M333" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N333" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O333">
-        <v>279324644456</v>
+        <v>279498848955</v>
       </c>
       <c r="P333" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q333" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R333"/>
       <c r="S333"/>
       <c r="T333"/>
       <c r="U333" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:21">
       <c r="A334" t="s">
         <v>21</v>
       </c>
       <c r="B334" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="C334" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="D334">
-        <v>540319</v>
+        <v>540493</v>
       </c>
       <c r="E334" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="F334" t="s">
         <v>25</v>
       </c>
       <c r="G334" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="H334">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="I334" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="J334" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K334" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L334" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M334" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N334" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O334">
-        <v>279297776332</v>
+        <v>279500268678</v>
       </c>
       <c r="P334" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q334" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R334"/>
       <c r="S334"/>
       <c r="T334"/>
       <c r="U334" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="335" spans="1:21">
       <c r="A335" t="s">
         <v>21</v>
       </c>
       <c r="B335" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D335">
+        <v>540490</v>
+      </c>
+      <c r="E335" t="s">
         <v>1584</v>
       </c>
-      <c r="C335" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F335" t="s">
         <v>25</v>
       </c>
-      <c r="G335"/>
+      <c r="G335" t="s">
+        <v>1589</v>
+      </c>
       <c r="H335">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I335" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-      <c r="K335"/>
+        <v>1395</v>
+      </c>
+      <c r="J335" t="s">
+        <v>28</v>
+      </c>
+      <c r="K335" t="s">
+        <v>28</v>
+      </c>
       <c r="L335" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M335" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-      <c r="O335"/>
+        <v>28</v>
+      </c>
+      <c r="N335" t="s">
+        <v>30</v>
+      </c>
+      <c r="O335">
+        <v>279500128053</v>
+      </c>
       <c r="P335" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q335" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R335"/>
+      <c r="S335"/>
+      <c r="T335"/>
       <c r="U335" t="s">
-        <v>1588</v>
+        <v>31</v>
       </c>
     </row>
     <row r="336" spans="1:21">
       <c r="A336" t="s">
         <v>21</v>
       </c>
       <c r="B336" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C336" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D336">
-        <v>540173</v>
+        <v>540353</v>
       </c>
       <c r="E336" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="F336" t="s">
         <v>25</v>
       </c>
       <c r="G336" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="H336">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="I336" t="s">
-        <v>1060</v>
+        <v>1201</v>
       </c>
       <c r="J336" t="s">
         <v>28</v>
       </c>
       <c r="K336" t="s">
         <v>28</v>
       </c>
       <c r="L336" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M336" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N336" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O336"/>
+        <v>30</v>
+      </c>
+      <c r="O336">
+        <v>279324644456</v>
+      </c>
       <c r="P336" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q336" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R336"/>
+      <c r="S336"/>
+      <c r="T336"/>
       <c r="U336" t="s">
-        <v>1593</v>
+        <v>31</v>
       </c>
     </row>
     <row r="337" spans="1:21">
       <c r="A337" t="s">
         <v>21</v>
       </c>
       <c r="B337" t="s">
         <v>1594</v>
       </c>
       <c r="C337" t="s">
         <v>1595</v>
       </c>
       <c r="D337">
-        <v>540157</v>
+        <v>540319</v>
       </c>
       <c r="E337" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="F337" t="s">
         <v>25</v>
       </c>
       <c r="G337" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H337">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="I337" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="J337" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K337" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L337" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M337" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N337" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O337">
-        <v>279220700690</v>
+        <v>279297776332</v>
       </c>
       <c r="P337" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q337" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R337"/>
       <c r="S337"/>
       <c r="T337"/>
       <c r="U337" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" t="s">
         <v>21</v>
       </c>
       <c r="B338" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C338" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D338">
-        <v>539967</v>
+        <v>590290</v>
       </c>
       <c r="E338" t="s">
-        <v>1600</v>
+        <v>31</v>
       </c>
       <c r="F338" t="s">
         <v>25</v>
       </c>
-      <c r="G338" t="s">
+      <c r="G338"/>
+      <c r="H338">
+        <v>0</v>
+      </c>
+      <c r="I338" t="s">
+        <v>1187</v>
+      </c>
+      <c r="J338"/>
+      <c r="K338"/>
+      <c r="L338" t="s">
+        <v>45</v>
+      </c>
+      <c r="M338" t="s">
         <v>1601</v>
       </c>
-      <c r="H338">
-[...22 lines deleted...]
-      </c>
+      <c r="N338"/>
+      <c r="O338"/>
       <c r="P338" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q338" t="s">
-        <v>33</v>
+        <v>572</v>
       </c>
       <c r="R338" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S338" t="s">
-        <v>67</v>
+        <v>181</v>
       </c>
       <c r="T338" t="s">
-        <v>527</v>
+        <v>1602</v>
       </c>
       <c r="U338" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="339" spans="1:21">
       <c r="A339" t="s">
         <v>21</v>
       </c>
       <c r="B339" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="C339" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D339">
-        <v>539954</v>
+        <v>540173</v>
       </c>
       <c r="E339" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="F339" t="s">
         <v>25</v>
       </c>
       <c r="G339" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="H339">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I339" t="s">
-        <v>1448</v>
+        <v>1075</v>
       </c>
       <c r="J339" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K339" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L339" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M339" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N339" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O339"/>
       <c r="P339" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q339" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T339"/>
+        <v>32</v>
+      </c>
+      <c r="R339" t="s">
+        <v>47</v>
+      </c>
+      <c r="S339" t="s">
+        <v>48</v>
+      </c>
+      <c r="T339" t="s">
+        <v>542</v>
+      </c>
       <c r="U339" t="s">
-        <v>32</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="340" spans="1:21">
       <c r="A340" t="s">
         <v>21</v>
       </c>
       <c r="B340" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D340">
+        <v>540157</v>
+      </c>
+      <c r="E340" t="s">
         <v>1606</v>
       </c>
-      <c r="C340" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F340" t="s">
         <v>25</v>
       </c>
       <c r="G340" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="H340">
-        <v>132.5</v>
+        <v>145</v>
       </c>
       <c r="I340" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="J340" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K340" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L340" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M340" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N340" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O340">
-        <v>278938800172</v>
+        <v>279220700690</v>
       </c>
       <c r="P340" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q340" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R340"/>
       <c r="S340"/>
       <c r="T340"/>
       <c r="U340" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="341" spans="1:21">
       <c r="A341" t="s">
         <v>21</v>
       </c>
       <c r="B341" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="C341" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D341">
+        <v>539967</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F341" t="s">
+        <v>25</v>
+      </c>
+      <c r="G341" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H341">
+        <v>145</v>
+      </c>
+      <c r="I341" t="s">
         <v>1612</v>
       </c>
-      <c r="D341">
-[...16 lines deleted...]
-      </c>
       <c r="J341" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K341" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L341" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M341" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N341" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O341">
-        <v>278745806486</v>
+        <v>278963746540</v>
       </c>
       <c r="P341" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q341" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T341"/>
+        <v>32</v>
+      </c>
+      <c r="R341" t="s">
+        <v>47</v>
+      </c>
+      <c r="S341" t="s">
+        <v>48</v>
+      </c>
+      <c r="T341" t="s">
+        <v>542</v>
+      </c>
       <c r="U341" t="s">
-        <v>32</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" t="s">
         <v>21</v>
       </c>
       <c r="B342" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="C342" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="D342">
-        <v>539477</v>
+        <v>539954</v>
       </c>
       <c r="E342" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="F342" t="s">
         <v>25</v>
       </c>
       <c r="G342" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H342">
-        <v>99</v>
+        <v>38.5</v>
       </c>
       <c r="I342" t="s">
-        <v>1620</v>
+        <v>1463</v>
       </c>
       <c r="J342" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K342" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L342" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M342" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N342" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O342">
-        <v>278694384184</v>
+        <v>278944216229</v>
       </c>
       <c r="P342" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q342" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R342"/>
       <c r="S342"/>
       <c r="T342"/>
       <c r="U342" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" t="s">
         <v>21</v>
       </c>
       <c r="B343" t="s">
         <v>1621</v>
       </c>
       <c r="C343" t="s">
         <v>1622</v>
       </c>
       <c r="D343">
-        <v>539472</v>
+        <v>539858</v>
       </c>
       <c r="E343" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="F343" t="s">
         <v>25</v>
       </c>
       <c r="G343" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="H343">
-        <v>74.8</v>
+        <v>132.5</v>
       </c>
       <c r="I343" t="s">
-        <v>1530</v>
+        <v>1625</v>
       </c>
       <c r="J343" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K343" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L343" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M343" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N343" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O343">
-        <v>278665437759</v>
+        <v>278938800172</v>
       </c>
       <c r="P343" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q343" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R343"/>
       <c r="S343"/>
       <c r="T343"/>
       <c r="U343" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" t="s">
         <v>21</v>
       </c>
       <c r="B344" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="C344" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D344">
-        <v>539435</v>
+        <v>539586</v>
       </c>
       <c r="E344" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="F344" t="s">
         <v>25</v>
       </c>
       <c r="G344" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="H344">
-        <v>59</v>
+        <v>126.5</v>
       </c>
       <c r="I344" t="s">
-        <v>1176</v>
+        <v>1630</v>
       </c>
       <c r="J344" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K344" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L344" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M344" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N344" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O344">
-        <v>278664586834</v>
+        <v>278745806486</v>
       </c>
       <c r="P344" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q344" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R344"/>
       <c r="S344"/>
       <c r="T344"/>
       <c r="U344" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" t="s">
         <v>21</v>
       </c>
       <c r="B345" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="C345" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="D345">
-        <v>539388</v>
+        <v>539477</v>
       </c>
       <c r="E345" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="F345" t="s">
         <v>25</v>
       </c>
       <c r="G345" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="H345">
         <v>99</v>
       </c>
       <c r="I345" t="s">
-        <v>1181</v>
+        <v>1635</v>
       </c>
       <c r="J345" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K345" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L345" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M345" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N345" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O345">
-        <v>278604244422</v>
+        <v>278694384184</v>
       </c>
       <c r="P345" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q345" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R345"/>
       <c r="S345"/>
       <c r="T345"/>
       <c r="U345" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" t="s">
         <v>21</v>
       </c>
       <c r="B346" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="C346" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D346">
+        <v>539472</v>
+      </c>
+      <c r="E346" t="s">
         <v>1633</v>
       </c>
-      <c r="D346">
-[...4 lines deleted...]
-      </c>
       <c r="F346" t="s">
         <v>25</v>
       </c>
       <c r="G346" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="H346">
-        <v>79</v>
+        <v>74.8</v>
       </c>
       <c r="I346" t="s">
-        <v>1635</v>
+        <v>1545</v>
       </c>
       <c r="J346" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K346" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L346" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M346" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N346" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O346">
-        <v>278592692597</v>
+        <v>278665437759</v>
       </c>
       <c r="P346" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q346" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R346"/>
       <c r="S346"/>
       <c r="T346"/>
       <c r="U346" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" t="s">
         <v>21</v>
       </c>
       <c r="B347" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="C347" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="D347">
-        <v>539332</v>
+        <v>539435</v>
       </c>
       <c r="E347" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="F347" t="s">
         <v>25</v>
       </c>
       <c r="G347" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="H347">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="I347" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="J347" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K347" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L347" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M347" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N347" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O347">
-        <v>278531282332</v>
+        <v>278664586834</v>
       </c>
       <c r="P347" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q347" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R347"/>
       <c r="S347"/>
       <c r="T347"/>
       <c r="U347" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" t="s">
         <v>21</v>
       </c>
       <c r="B348" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="C348" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="D348">
-        <v>539317</v>
+        <v>539388</v>
       </c>
       <c r="E348" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="F348" t="s">
         <v>25</v>
       </c>
       <c r="G348" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="H348">
-        <v>127.9</v>
+        <v>99</v>
       </c>
       <c r="I348" t="s">
-        <v>1643</v>
+        <v>1196</v>
       </c>
       <c r="J348" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K348" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L348" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M348" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N348" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O348">
-        <v>278523589175</v>
+        <v>278604244422</v>
       </c>
       <c r="P348" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q348" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R348"/>
       <c r="S348"/>
       <c r="T348"/>
       <c r="U348" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" t="s">
         <v>21</v>
       </c>
       <c r="B349" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="C349" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D349">
+        <v>539385</v>
+      </c>
+      <c r="E349" t="s">
         <v>1645</v>
       </c>
-      <c r="D349">
-[...4 lines deleted...]
-      </c>
       <c r="F349" t="s">
         <v>25</v>
       </c>
       <c r="G349" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="H349">
-        <v>112.4</v>
+        <v>79</v>
       </c>
       <c r="I349" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="J349" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K349" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L349" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M349" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N349" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O349">
-        <v>278465633488</v>
+        <v>278592692597</v>
       </c>
       <c r="P349" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q349" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R349"/>
       <c r="S349"/>
       <c r="T349"/>
       <c r="U349" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:21">
       <c r="A350" t="s">
         <v>21</v>
       </c>
       <c r="B350" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="C350" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="D350">
-        <v>539252</v>
+        <v>539332</v>
       </c>
       <c r="E350" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="F350" t="s">
         <v>25</v>
       </c>
       <c r="G350" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="H350">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="I350" t="s">
-        <v>1652</v>
+        <v>1196</v>
       </c>
       <c r="J350" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K350" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L350" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M350" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N350" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O350">
-        <v>278463700730</v>
+        <v>278531282332</v>
       </c>
       <c r="P350" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q350" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R350"/>
       <c r="S350"/>
       <c r="T350"/>
       <c r="U350" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" t="s">
         <v>21</v>
       </c>
       <c r="B351" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D351">
+        <v>539317</v>
+      </c>
+      <c r="E351" t="s">
         <v>1653</v>
       </c>
-      <c r="C351" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F351" t="s">
         <v>25</v>
       </c>
       <c r="G351" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="H351">
-        <v>109</v>
+        <v>127.9</v>
       </c>
       <c r="I351" t="s">
-        <v>296</v>
+        <v>1658</v>
       </c>
       <c r="J351" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K351" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L351" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M351" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N351" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O351">
-        <v>278459767370</v>
+        <v>278523589175</v>
       </c>
       <c r="P351" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q351" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R351"/>
       <c r="S351"/>
       <c r="T351"/>
       <c r="U351" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:21">
       <c r="A352" t="s">
         <v>21</v>
       </c>
       <c r="B352" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="C352" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="D352">
-        <v>539245</v>
+        <v>539263</v>
       </c>
       <c r="E352" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="F352" t="s">
         <v>25</v>
       </c>
       <c r="G352" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="H352">
-        <v>170.9</v>
+        <v>112.4</v>
       </c>
       <c r="I352" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="J352" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K352" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L352" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M352" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N352" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O352">
-        <v>279009804997</v>
+        <v>278465633488</v>
       </c>
       <c r="P352" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q352" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R352"/>
       <c r="S352"/>
       <c r="T352"/>
       <c r="U352" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:21">
       <c r="A353" t="s">
         <v>21</v>
       </c>
       <c r="B353" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="C353" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D353">
+        <v>539252</v>
+      </c>
+      <c r="E353" t="s">
         <v>1661</v>
       </c>
-      <c r="D353">
-[...4 lines deleted...]
-      </c>
       <c r="F353" t="s">
-        <v>470</v>
+        <v>25</v>
       </c>
       <c r="G353" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="H353">
-        <v>117.87</v>
+        <v>85</v>
       </c>
       <c r="I353" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="J353" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K353" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="L353" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M353" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N353" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1664</v>
+        <v>30</v>
+      </c>
+      <c r="O353">
+        <v>278463700730</v>
       </c>
       <c r="P353" t="s">
-        <v>1665</v>
+        <v>31</v>
       </c>
       <c r="Q353" t="s">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="R353"/>
       <c r="S353"/>
       <c r="T353"/>
       <c r="U353" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:21">
       <c r="A354" t="s">
         <v>21</v>
       </c>
       <c r="B354" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C354" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="D354">
-        <v>539210</v>
+        <v>539250</v>
       </c>
       <c r="E354" t="s">
-        <v>1668</v>
+        <v>1661</v>
       </c>
       <c r="F354" t="s">
         <v>25</v>
       </c>
       <c r="G354" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="H354">
-        <v>38.5</v>
+        <v>109</v>
       </c>
       <c r="I354" t="s">
-        <v>1438</v>
+        <v>311</v>
       </c>
       <c r="J354" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K354" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L354" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M354" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N354" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O354">
-        <v>278399874938</v>
+        <v>278459767370</v>
       </c>
       <c r="P354" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q354" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R354"/>
       <c r="S354"/>
       <c r="T354"/>
       <c r="U354" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" t="s">
         <v>21</v>
       </c>
       <c r="B355" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C355" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D355">
-        <v>539207</v>
+        <v>539245</v>
       </c>
       <c r="E355" t="s">
-        <v>1668</v>
+        <v>1661</v>
       </c>
       <c r="F355" t="s">
         <v>25</v>
       </c>
       <c r="G355" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="H355">
-        <v>99</v>
+        <v>170.9</v>
       </c>
       <c r="I355" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="J355" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K355" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L355" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M355" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N355" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O355">
-        <v>278401222066</v>
+        <v>279009804997</v>
       </c>
       <c r="P355" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q355" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R355"/>
       <c r="S355"/>
       <c r="T355"/>
       <c r="U355" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" t="s">
         <v>21</v>
       </c>
       <c r="B356" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="C356" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D356">
-        <v>539196</v>
+        <v>539240</v>
       </c>
       <c r="E356" t="s">
-        <v>1676</v>
+        <v>1661</v>
       </c>
       <c r="F356" t="s">
-        <v>25</v>
+        <v>485</v>
       </c>
       <c r="G356" t="s">
         <v>1677</v>
       </c>
       <c r="H356">
-        <v>84.8</v>
+        <v>117.87</v>
       </c>
       <c r="I356" t="s">
         <v>1678</v>
       </c>
       <c r="J356" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K356" t="s">
-        <v>39</v>
+        <v>488</v>
       </c>
       <c r="L356" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M356" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N356" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>278399369383</v>
+        <v>1493</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1679</v>
       </c>
       <c r="P356" t="s">
-        <v>32</v>
+        <v>1680</v>
       </c>
       <c r="Q356" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="R356"/>
       <c r="S356"/>
       <c r="T356"/>
       <c r="U356" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="357" spans="1:21">
       <c r="A357" t="s">
         <v>21</v>
       </c>
       <c r="B357" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="C357" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="D357">
-        <v>539190</v>
+        <v>539210</v>
       </c>
       <c r="E357" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
       <c r="F357" t="s">
         <v>25</v>
       </c>
       <c r="G357" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="H357">
-        <v>74.8</v>
+        <v>38.5</v>
       </c>
       <c r="I357" t="s">
-        <v>1530</v>
+        <v>1453</v>
       </c>
       <c r="J357" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K357" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L357" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M357" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N357" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O357">
-        <v>278401286078</v>
+        <v>278399874938</v>
       </c>
       <c r="P357" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q357" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R357"/>
       <c r="S357"/>
       <c r="T357"/>
       <c r="U357" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" t="s">
         <v>21</v>
       </c>
       <c r="B358" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="C358" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D358">
+        <v>539207</v>
+      </c>
+      <c r="E358" t="s">
         <v>1683</v>
       </c>
-      <c r="D358">
-[...4 lines deleted...]
-      </c>
       <c r="F358" t="s">
         <v>25</v>
       </c>
       <c r="G358" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="H358">
-        <v>485.2</v>
+        <v>99</v>
       </c>
       <c r="I358" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="J358" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K358" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L358" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M358" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N358" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O358">
-        <v>278135012026</v>
+        <v>278401222066</v>
       </c>
       <c r="P358" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q358" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R358"/>
       <c r="S358"/>
       <c r="T358"/>
       <c r="U358" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:21">
       <c r="A359" t="s">
         <v>21</v>
       </c>
       <c r="B359" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="C359" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="D359">
-        <v>538883</v>
+        <v>539196</v>
       </c>
       <c r="E359" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="F359" t="s">
         <v>25</v>
       </c>
       <c r="G359" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="H359">
-        <v>59</v>
+        <v>84.8</v>
       </c>
       <c r="I359" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="J359" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K359" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L359" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M359" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N359" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O359">
-        <v>278137575748</v>
+        <v>278399369383</v>
       </c>
       <c r="P359" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q359" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R359"/>
       <c r="S359"/>
       <c r="T359"/>
       <c r="U359" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="360" spans="1:21">
       <c r="A360" t="s">
         <v>21</v>
       </c>
       <c r="B360" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C360" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D360">
-        <v>538823</v>
+        <v>539190</v>
       </c>
       <c r="E360" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="F360" t="s">
         <v>25</v>
       </c>
       <c r="G360" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="H360">
-        <v>78.8</v>
+        <v>74.8</v>
       </c>
       <c r="I360" t="s">
-        <v>1696</v>
+        <v>1545</v>
       </c>
       <c r="J360" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K360" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L360" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M360" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N360" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O360">
-        <v>278051745009</v>
+        <v>278401286078</v>
       </c>
       <c r="P360" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q360" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R360"/>
       <c r="S360"/>
       <c r="T360"/>
       <c r="U360" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:21">
       <c r="A361" t="s">
         <v>21</v>
       </c>
       <c r="B361" t="s">
         <v>1697</v>
       </c>
       <c r="C361" t="s">
         <v>1698</v>
       </c>
       <c r="D361">
-        <v>538768</v>
+        <v>538927</v>
       </c>
       <c r="E361" t="s">
         <v>1699</v>
       </c>
       <c r="F361" t="s">
         <v>25</v>
       </c>
       <c r="G361" t="s">
         <v>1700</v>
       </c>
       <c r="H361">
-        <v>93.2</v>
+        <v>485.2</v>
       </c>
       <c r="I361" t="s">
         <v>1701</v>
       </c>
       <c r="J361" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K361" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L361" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M361" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N361" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O361">
-        <v>277987898986</v>
+        <v>278135012026</v>
       </c>
       <c r="P361" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q361" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R361"/>
       <c r="S361"/>
       <c r="T361"/>
       <c r="U361" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="362" spans="1:21">
       <c r="A362" t="s">
         <v>21</v>
       </c>
       <c r="B362" t="s">
         <v>1702</v>
       </c>
       <c r="C362" t="s">
         <v>1703</v>
       </c>
       <c r="D362">
-        <v>538540</v>
+        <v>538883</v>
       </c>
       <c r="E362" t="s">
         <v>1704</v>
       </c>
       <c r="F362" t="s">
         <v>25</v>
       </c>
       <c r="G362" t="s">
         <v>1705</v>
       </c>
       <c r="H362">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="I362" t="s">
         <v>1706</v>
       </c>
       <c r="J362" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K362" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L362" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M362" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N362" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O362">
-        <v>277892065809</v>
+        <v>278137575748</v>
       </c>
       <c r="P362" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q362" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R362"/>
       <c r="S362"/>
       <c r="T362"/>
       <c r="U362" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="363" spans="1:21">
       <c r="A363" t="s">
         <v>21</v>
       </c>
       <c r="B363" t="s">
         <v>1707</v>
       </c>
       <c r="C363" t="s">
         <v>1708</v>
       </c>
       <c r="D363">
-        <v>538518</v>
+        <v>538823</v>
       </c>
       <c r="E363" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="F363" t="s">
         <v>25</v>
       </c>
       <c r="G363" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="H363">
-        <v>99</v>
+        <v>78.8</v>
       </c>
       <c r="I363" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="J363" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K363" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L363" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M363" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N363" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O363">
-        <v>277872963176</v>
+        <v>278051745009</v>
       </c>
       <c r="P363" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q363" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R363"/>
+      <c r="S363"/>
+      <c r="T363"/>
       <c r="U363" t="s">
-        <v>1711</v>
+        <v>31</v>
       </c>
     </row>
     <row r="364" spans="1:21">
       <c r="A364" t="s">
         <v>21</v>
       </c>
       <c r="B364" t="s">
         <v>1712</v>
       </c>
       <c r="C364" t="s">
         <v>1713</v>
       </c>
       <c r="D364">
-        <v>538311</v>
+        <v>538768</v>
       </c>
       <c r="E364" t="s">
         <v>1714</v>
       </c>
       <c r="F364" t="s">
         <v>25</v>
       </c>
       <c r="G364" t="s">
         <v>1715</v>
       </c>
       <c r="H364">
-        <v>89</v>
+        <v>93.2</v>
       </c>
       <c r="I364" t="s">
         <v>1716</v>
       </c>
       <c r="J364" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K364" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L364" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M364" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N364" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O364">
-        <v>277854148418</v>
+        <v>277987898986</v>
       </c>
       <c r="P364" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q364" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R364"/>
       <c r="S364"/>
       <c r="T364"/>
       <c r="U364" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="365" spans="1:21">
       <c r="A365" t="s">
         <v>21</v>
       </c>
       <c r="B365" t="s">
         <v>1717</v>
       </c>
       <c r="C365" t="s">
         <v>1718</v>
       </c>
       <c r="D365">
-        <v>538215</v>
+        <v>538540</v>
       </c>
       <c r="E365" t="s">
         <v>1719</v>
       </c>
       <c r="F365" t="s">
         <v>25</v>
       </c>
       <c r="G365" t="s">
         <v>1720</v>
       </c>
       <c r="H365">
-        <v>198</v>
+        <v>99</v>
       </c>
       <c r="I365" t="s">
         <v>1721</v>
       </c>
       <c r="J365" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K365" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L365" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M365" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N365" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O365">
-        <v>277744708895</v>
+        <v>277892065809</v>
       </c>
       <c r="P365" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q365" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R365"/>
       <c r="S365"/>
       <c r="T365"/>
       <c r="U365" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:21">
       <c r="A366" t="s">
         <v>21</v>
       </c>
       <c r="B366" t="s">
         <v>1722</v>
       </c>
       <c r="C366" t="s">
         <v>1723</v>
       </c>
       <c r="D366">
-        <v>538139</v>
+        <v>538518</v>
       </c>
       <c r="E366" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F366" t="s">
+        <v>25</v>
+      </c>
+      <c r="G366" t="s">
         <v>1724</v>
       </c>
-      <c r="F366" t="s">
-[...2 lines deleted...]
-      <c r="G366" t="s">
+      <c r="H366">
+        <v>99</v>
+      </c>
+      <c r="I366" t="s">
         <v>1725</v>
       </c>
-      <c r="H366">
-[...2 lines deleted...]
-      <c r="I366" t="s">
+      <c r="J366" t="s">
+        <v>28</v>
+      </c>
+      <c r="K366" t="s">
+        <v>28</v>
+      </c>
+      <c r="L366" t="s">
+        <v>45</v>
+      </c>
+      <c r="M366" t="s">
+        <v>46</v>
+      </c>
+      <c r="N366" t="s">
+        <v>30</v>
+      </c>
+      <c r="O366">
+        <v>277872963176</v>
+      </c>
+      <c r="P366" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q366" t="s">
+        <v>32</v>
+      </c>
+      <c r="R366" t="s">
+        <v>47</v>
+      </c>
+      <c r="S366" t="s">
+        <v>48</v>
+      </c>
+      <c r="T366" t="s">
+        <v>542</v>
+      </c>
+      <c r="U366" t="s">
         <v>1726</v>
-      </c>
-[...28 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="367" spans="1:21">
       <c r="A367" t="s">
         <v>21</v>
       </c>
       <c r="B367" t="s">
         <v>1727</v>
       </c>
       <c r="C367" t="s">
         <v>1728</v>
       </c>
       <c r="D367">
-        <v>538099</v>
+        <v>538311</v>
       </c>
       <c r="E367" t="s">
         <v>1729</v>
       </c>
       <c r="F367" t="s">
         <v>25</v>
       </c>
       <c r="G367" t="s">
         <v>1730</v>
       </c>
       <c r="H367">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="I367" t="s">
         <v>1731</v>
       </c>
       <c r="J367" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K367" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L367" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M367" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N367" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O367">
-        <v>277616451964</v>
+        <v>277854148418</v>
       </c>
       <c r="P367" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q367" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R367"/>
       <c r="S367"/>
       <c r="T367"/>
       <c r="U367" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="368" spans="1:21">
       <c r="A368" t="s">
         <v>21</v>
       </c>
       <c r="B368" t="s">
         <v>1732</v>
       </c>
       <c r="C368" t="s">
         <v>1733</v>
       </c>
       <c r="D368">
-        <v>538037</v>
+        <v>538215</v>
       </c>
       <c r="E368" t="s">
         <v>1734</v>
       </c>
       <c r="F368" t="s">
         <v>25</v>
       </c>
       <c r="G368" t="s">
         <v>1735</v>
       </c>
       <c r="H368">
-        <v>59</v>
+        <v>198</v>
       </c>
       <c r="I368" t="s">
-        <v>1691</v>
+        <v>1736</v>
       </c>
       <c r="J368" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K368" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L368" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M368" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N368" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O368">
-        <v>277620285558</v>
+        <v>277744708895</v>
       </c>
       <c r="P368" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q368" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R368"/>
       <c r="S368"/>
       <c r="T368"/>
       <c r="U368" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="369" spans="1:21">
       <c r="A369" t="s">
         <v>21</v>
       </c>
       <c r="B369" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="C369" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D369">
-        <v>537754</v>
+        <v>538139</v>
       </c>
       <c r="E369" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="F369" t="s">
         <v>25</v>
       </c>
       <c r="G369" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="H369">
-        <v>72.1</v>
+        <v>78.8</v>
       </c>
       <c r="I369" t="s">
-        <v>1402</v>
+        <v>1741</v>
       </c>
       <c r="J369" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K369" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L369" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M369" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N369" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O369">
-        <v>277355651638</v>
+        <v>277660353607</v>
       </c>
       <c r="P369" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q369" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R369"/>
       <c r="S369"/>
       <c r="T369"/>
       <c r="U369" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:21">
       <c r="A370" t="s">
         <v>21</v>
       </c>
       <c r="B370" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="C370" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="D370">
-        <v>537628</v>
+        <v>538099</v>
       </c>
       <c r="E370" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="F370" t="s">
         <v>25</v>
       </c>
       <c r="G370" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="H370">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I370" t="s">
-        <v>1706</v>
+        <v>1746</v>
       </c>
       <c r="J370" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K370" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L370" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M370" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N370" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O370">
-        <v>277318341542</v>
+        <v>277616451964</v>
       </c>
       <c r="P370" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q370" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R370"/>
       <c r="S370"/>
       <c r="T370"/>
       <c r="U370" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:21">
       <c r="A371" t="s">
         <v>21</v>
       </c>
       <c r="B371" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="C371" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="D371">
-        <v>537389</v>
+        <v>538037</v>
       </c>
       <c r="E371" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="F371" t="s">
         <v>25</v>
       </c>
       <c r="G371" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="H371">
-        <v>333.7</v>
+        <v>59</v>
       </c>
       <c r="I371" t="s">
-        <v>1748</v>
+        <v>1706</v>
       </c>
       <c r="J371" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K371" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L371" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M371" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N371" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O371">
-        <v>277109873633</v>
+        <v>277620285558</v>
       </c>
       <c r="P371" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q371" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R371"/>
       <c r="S371"/>
       <c r="T371"/>
       <c r="U371" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:21">
       <c r="A372" t="s">
         <v>21</v>
       </c>
       <c r="B372" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="C372" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="D372">
-        <v>537121</v>
+        <v>537754</v>
       </c>
       <c r="E372" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="F372" t="s">
         <v>25</v>
       </c>
       <c r="G372" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="H372">
-        <v>99</v>
+        <v>72.1</v>
       </c>
       <c r="I372" t="s">
-        <v>1753</v>
+        <v>1417</v>
       </c>
       <c r="J372" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K372" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L372" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M372" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N372" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O372">
-        <v>276908544384</v>
+        <v>277355651638</v>
       </c>
       <c r="P372" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q372" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R372"/>
       <c r="S372"/>
       <c r="T372"/>
       <c r="U372" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="373" spans="1:21">
       <c r="A373" t="s">
         <v>21</v>
       </c>
       <c r="B373" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C373" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="D373">
-        <v>537053</v>
+        <v>537628</v>
       </c>
       <c r="E373" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="F373" t="s">
         <v>25</v>
       </c>
       <c r="G373" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="H373">
         <v>99</v>
       </c>
       <c r="I373" t="s">
-        <v>1673</v>
+        <v>1721</v>
       </c>
       <c r="J373" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K373" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L373" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M373" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N373" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O373">
-        <v>276842689043</v>
+        <v>277318341542</v>
       </c>
       <c r="P373" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q373" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R373"/>
       <c r="S373"/>
       <c r="T373"/>
       <c r="U373" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="374" spans="1:21">
       <c r="A374" t="s">
         <v>21</v>
       </c>
       <c r="B374" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C374" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="D374">
-        <v>536968</v>
+        <v>537389</v>
       </c>
       <c r="E374" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="F374" t="s">
         <v>25</v>
       </c>
       <c r="G374" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="H374">
-        <v>320.3</v>
+        <v>333.7</v>
       </c>
       <c r="I374" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="J374" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K374" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L374" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M374" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N374" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O374">
-        <v>276784529851</v>
+        <v>277109873633</v>
       </c>
       <c r="P374" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q374" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R374"/>
       <c r="S374"/>
       <c r="T374"/>
       <c r="U374" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:21">
       <c r="A375" t="s">
         <v>21</v>
       </c>
       <c r="B375" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="C375" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D375">
-        <v>536880</v>
+        <v>537121</v>
       </c>
       <c r="E375" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="F375" t="s">
         <v>25</v>
       </c>
       <c r="G375" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="H375">
-        <v>66.1</v>
+        <v>99</v>
       </c>
       <c r="I375" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="J375" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K375" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L375" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M375" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N375" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O375">
-        <v>276726299250</v>
+        <v>276908544384</v>
       </c>
       <c r="P375" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q375" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R375"/>
       <c r="S375"/>
       <c r="T375"/>
       <c r="U375" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="376" spans="1:21">
       <c r="A376" t="s">
         <v>21</v>
       </c>
       <c r="B376" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="C376" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="D376">
-        <v>536860</v>
+        <v>537053</v>
       </c>
       <c r="E376" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="F376" t="s">
         <v>25</v>
       </c>
       <c r="G376" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="H376">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="I376" t="s">
-        <v>1771</v>
+        <v>1688</v>
       </c>
       <c r="J376" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K376" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L376" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M376" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N376" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O376">
-        <v>276724724654</v>
+        <v>276842689043</v>
       </c>
       <c r="P376" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q376" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R376"/>
       <c r="S376"/>
       <c r="T376"/>
       <c r="U376" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="377" spans="1:21">
       <c r="A377" t="s">
         <v>21</v>
       </c>
       <c r="B377" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="C377" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="D377">
-        <v>536835</v>
+        <v>536968</v>
       </c>
       <c r="E377" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="F377" t="s">
         <v>25</v>
       </c>
       <c r="G377" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="H377">
-        <v>99</v>
+        <v>320.3</v>
       </c>
       <c r="I377" t="s">
-        <v>949</v>
+        <v>1777</v>
       </c>
       <c r="J377" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K377" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L377" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="M377" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N377" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O377">
-        <v>276703014406</v>
+        <v>276784529851</v>
       </c>
       <c r="P377" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q377" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R377"/>
       <c r="S377"/>
       <c r="T377"/>
       <c r="U377" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="378" spans="1:21">
       <c r="A378" t="s">
         <v>21</v>
       </c>
       <c r="B378" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="C378" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="D378">
-        <v>536658</v>
+        <v>536880</v>
       </c>
       <c r="E378" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="F378" t="s">
         <v>25</v>
       </c>
       <c r="G378" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="H378">
-        <v>48.7</v>
+        <v>66.1</v>
       </c>
       <c r="I378" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="J378" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K378" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L378" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M378" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N378" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O378">
-        <v>276532603943</v>
+        <v>276726299250</v>
       </c>
       <c r="P378" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q378" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R378"/>
       <c r="S378"/>
       <c r="T378"/>
       <c r="U378" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="379" spans="1:21">
       <c r="A379" t="s">
         <v>21</v>
       </c>
       <c r="B379" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C379" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D379">
-        <v>536526</v>
+        <v>536860</v>
       </c>
       <c r="E379" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
       <c r="F379" t="s">
         <v>25</v>
       </c>
       <c r="G379" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H379">
-        <v>76.2</v>
+        <v>81</v>
       </c>
       <c r="I379" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="J379" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K379" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L379" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M379" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N379" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O379">
-        <v>276406765315</v>
+        <v>276724724654</v>
       </c>
       <c r="P379" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q379" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R379"/>
       <c r="S379"/>
       <c r="T379"/>
       <c r="U379" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="380" spans="1:21">
       <c r="A380" t="s">
         <v>21</v>
       </c>
       <c r="B380" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="C380" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="D380">
-        <v>536521</v>
+        <v>536835</v>
       </c>
       <c r="E380" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="F380" t="s">
         <v>25</v>
       </c>
       <c r="G380" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="H380">
-        <v>384.6</v>
+        <v>99</v>
       </c>
       <c r="I380" t="s">
-        <v>1789</v>
+        <v>964</v>
       </c>
       <c r="J380" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K380" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L380" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="M380" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N380" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O380">
-        <v>276398238577</v>
+        <v>276703014406</v>
       </c>
       <c r="P380" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q380" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R380"/>
       <c r="S380"/>
       <c r="T380"/>
       <c r="U380" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:21">
       <c r="A381" t="s">
         <v>21</v>
       </c>
       <c r="B381" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C381" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D381">
-        <v>536505</v>
+        <v>536658</v>
       </c>
       <c r="E381" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="F381" t="s">
         <v>25</v>
       </c>
       <c r="G381" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="H381">
-        <v>371.9</v>
+        <v>48.7</v>
       </c>
       <c r="I381" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="J381" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K381" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L381" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M381" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N381" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O381">
-        <v>276382930598</v>
+        <v>276532603943</v>
       </c>
       <c r="P381" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q381" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R381"/>
       <c r="S381"/>
       <c r="T381"/>
       <c r="U381" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="382" spans="1:21">
       <c r="A382" t="s">
         <v>21</v>
       </c>
       <c r="B382" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="C382" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D382">
-        <v>536461</v>
+        <v>536526</v>
       </c>
       <c r="E382" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="F382" t="s">
         <v>25</v>
       </c>
       <c r="G382" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="H382">
-        <v>86.5</v>
+        <v>76.2</v>
       </c>
       <c r="I382" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="J382" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K382" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L382" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M382" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N382" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O382">
-        <v>276346089450</v>
+        <v>276406765315</v>
       </c>
       <c r="P382" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q382" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R382"/>
       <c r="S382"/>
       <c r="T382"/>
       <c r="U382" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:21">
       <c r="A383" t="s">
         <v>21</v>
       </c>
       <c r="B383" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="C383" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="D383">
-        <v>536025</v>
+        <v>536521</v>
       </c>
       <c r="E383" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
       <c r="F383" t="s">
         <v>25</v>
       </c>
       <c r="G383" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="H383">
-        <v>85</v>
+        <v>384.6</v>
       </c>
       <c r="I383" t="s">
-        <v>1652</v>
+        <v>1804</v>
       </c>
       <c r="J383" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K383" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L383" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M383" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N383" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O383">
-        <v>276011368550</v>
+        <v>276398238577</v>
       </c>
       <c r="P383" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q383" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R383"/>
       <c r="S383"/>
       <c r="T383"/>
       <c r="U383" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="384" spans="1:21">
       <c r="A384" t="s">
         <v>21</v>
       </c>
       <c r="B384" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="C384" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="D384">
-        <v>535999</v>
+        <v>536505</v>
       </c>
       <c r="E384" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
       <c r="F384" t="s">
         <v>25</v>
       </c>
       <c r="G384" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="H384">
-        <v>99</v>
+        <v>371.9</v>
       </c>
       <c r="I384" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="J384" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K384" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L384" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M384" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N384" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O384">
-        <v>275987755290</v>
+        <v>276382930598</v>
       </c>
       <c r="P384" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q384" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R384"/>
       <c r="S384"/>
       <c r="T384"/>
       <c r="U384" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="385" spans="1:21">
       <c r="A385" t="s">
         <v>21</v>
       </c>
       <c r="B385" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="C385" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="D385">
-        <v>535893</v>
+        <v>536461</v>
       </c>
       <c r="E385" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="F385" t="s">
         <v>25</v>
       </c>
       <c r="G385" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H385">
-        <v>99</v>
+        <v>86.5</v>
       </c>
       <c r="I385" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="J385" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K385" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L385" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M385" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N385" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O385">
-        <v>275914243106</v>
+        <v>276346089450</v>
       </c>
       <c r="P385" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q385" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R385"/>
       <c r="S385"/>
       <c r="T385"/>
       <c r="U385" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="386" spans="1:21">
       <c r="A386" t="s">
         <v>21</v>
       </c>
       <c r="B386" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="C386" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D386">
-        <v>535851</v>
+        <v>536025</v>
       </c>
       <c r="E386" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="F386" t="s">
         <v>25</v>
       </c>
       <c r="G386" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="H386">
-        <v>60.1</v>
+        <v>85</v>
       </c>
       <c r="I386" t="s">
-        <v>1817</v>
+        <v>1667</v>
       </c>
       <c r="J386" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K386" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L386" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M386" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N386" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O386">
-        <v>275887138070</v>
+        <v>276011368550</v>
       </c>
       <c r="P386" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q386" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R386"/>
       <c r="S386"/>
       <c r="T386"/>
       <c r="U386" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="387" spans="1:21">
       <c r="A387" t="s">
         <v>21</v>
       </c>
       <c r="B387" t="s">
         <v>1818</v>
       </c>
       <c r="C387" t="s">
         <v>1819</v>
       </c>
       <c r="D387">
-        <v>535837</v>
+        <v>535999</v>
       </c>
       <c r="E387" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="F387" t="s">
         <v>25</v>
       </c>
       <c r="G387" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="H387">
-        <v>44.9</v>
+        <v>99</v>
       </c>
       <c r="I387" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="J387" t="s">
         <v>28</v>
       </c>
       <c r="K387" t="s">
         <v>28</v>
       </c>
       <c r="L387" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M387" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N387" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O387"/>
+        <v>30</v>
+      </c>
+      <c r="O387">
+        <v>275987755290</v>
+      </c>
       <c r="P387" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q387" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R387"/>
+      <c r="S387"/>
+      <c r="T387"/>
       <c r="U387" t="s">
-        <v>1823</v>
+        <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:21">
       <c r="A388" t="s">
         <v>21</v>
       </c>
       <c r="B388" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C388" t="s">
         <v>1824</v>
       </c>
-      <c r="C388" t="s">
+      <c r="D388">
+        <v>535893</v>
+      </c>
+      <c r="E388" t="s">
         <v>1825</v>
       </c>
-      <c r="D388">
-[...2 lines deleted...]
-      <c r="E388" t="s">
+      <c r="F388" t="s">
+        <v>25</v>
+      </c>
+      <c r="G388" t="s">
         <v>1826</v>
       </c>
-      <c r="F388" t="s">
-[...2 lines deleted...]
-      <c r="G388" t="s">
+      <c r="H388">
+        <v>99</v>
+      </c>
+      <c r="I388" t="s">
         <v>1827</v>
       </c>
-      <c r="H388">
-[...4 lines deleted...]
-      </c>
       <c r="J388" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K388" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L388" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M388" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N388" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O388">
-        <v>275698470875</v>
+        <v>275914243106</v>
       </c>
       <c r="P388" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q388" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R388"/>
       <c r="S388"/>
       <c r="T388"/>
       <c r="U388" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="389" spans="1:21">
       <c r="A389" t="s">
         <v>21</v>
       </c>
       <c r="B389" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C389" t="s">
         <v>1829</v>
       </c>
-      <c r="C389" t="s">
+      <c r="D389">
+        <v>535851</v>
+      </c>
+      <c r="E389" t="s">
         <v>1830</v>
-      </c>
-[...4 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="F389" t="s">
         <v>25</v>
       </c>
       <c r="G389" t="s">
         <v>1831</v>
       </c>
       <c r="H389">
-        <v>99</v>
+        <v>60.1</v>
       </c>
       <c r="I389" t="s">
-        <v>1380</v>
+        <v>1832</v>
       </c>
       <c r="J389" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K389" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L389" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M389" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N389" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O389">
-        <v>275687148742</v>
+        <v>275887138070</v>
       </c>
       <c r="P389" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q389" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R389"/>
       <c r="S389"/>
       <c r="T389"/>
       <c r="U389" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="390" spans="1:21">
       <c r="A390" t="s">
         <v>21</v>
       </c>
       <c r="B390" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="C390" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D390">
-        <v>535607</v>
+        <v>535837</v>
       </c>
       <c r="E390" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="F390" t="s">
         <v>25</v>
       </c>
       <c r="G390" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="H390">
-        <v>112</v>
+        <v>44.9</v>
       </c>
       <c r="I390" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="J390" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K390" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L390" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M390" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N390" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O390"/>
       <c r="P390" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q390" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T390"/>
+        <v>32</v>
+      </c>
+      <c r="R390" t="s">
+        <v>47</v>
+      </c>
+      <c r="S390" t="s">
+        <v>48</v>
+      </c>
+      <c r="T390" t="s">
+        <v>1837</v>
+      </c>
       <c r="U390" t="s">
-        <v>32</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="391" spans="1:21">
       <c r="A391" t="s">
         <v>21</v>
       </c>
       <c r="B391" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="C391" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="D391">
-        <v>535531</v>
+        <v>535627</v>
       </c>
       <c r="E391" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="F391" t="s">
         <v>25</v>
       </c>
       <c r="G391" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="H391">
-        <v>79</v>
+        <v>430.4</v>
       </c>
       <c r="I391" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="J391" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K391" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L391" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M391" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N391" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O391">
-        <v>275669214428</v>
+        <v>275698470875</v>
       </c>
       <c r="P391" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q391" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R391"/>
       <c r="S391"/>
       <c r="T391"/>
       <c r="U391" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="392" spans="1:21">
       <c r="A392" t="s">
         <v>21</v>
       </c>
       <c r="B392" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D392">
+        <v>535609</v>
+      </c>
+      <c r="E392" t="s">
         <v>1841</v>
       </c>
-      <c r="C392" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F392" t="s">
         <v>25</v>
       </c>
       <c r="G392" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="H392">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I392" t="s">
-        <v>1448</v>
+        <v>1395</v>
       </c>
       <c r="J392" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K392" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L392" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M392" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N392" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O392">
-        <v>275553094049</v>
+        <v>275687148742</v>
       </c>
       <c r="P392" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q392" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R392"/>
       <c r="S392"/>
       <c r="T392"/>
       <c r="U392" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="393" spans="1:21">
       <c r="A393" t="s">
         <v>21</v>
       </c>
       <c r="B393" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C393" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D393">
-        <v>535414</v>
+        <v>535607</v>
       </c>
       <c r="E393" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="F393" t="s">
         <v>25</v>
       </c>
       <c r="G393" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="H393">
-        <v>86.1</v>
+        <v>112</v>
       </c>
       <c r="I393" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="J393" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K393" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L393" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M393" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N393" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O393">
-        <v>275541462717</v>
+        <v>275694848630</v>
       </c>
       <c r="P393" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q393" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R393"/>
       <c r="S393"/>
       <c r="T393"/>
       <c r="U393" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="394" spans="1:21">
       <c r="A394" t="s">
         <v>21</v>
       </c>
       <c r="B394" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="C394" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="D394">
-        <v>535393</v>
+        <v>535531</v>
       </c>
       <c r="E394" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="F394" t="s">
         <v>25</v>
       </c>
       <c r="G394" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="H394">
-        <v>41.4</v>
+        <v>79</v>
       </c>
       <c r="I394" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="J394" t="s">
         <v>28</v>
       </c>
       <c r="K394" t="s">
         <v>28</v>
       </c>
       <c r="L394" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M394" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N394" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O394"/>
+        <v>30</v>
+      </c>
+      <c r="O394">
+        <v>275669214428</v>
+      </c>
       <c r="P394" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q394" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R394"/>
+      <c r="S394"/>
+      <c r="T394"/>
       <c r="U394" t="s">
-        <v>1854</v>
+        <v>31</v>
       </c>
     </row>
     <row r="395" spans="1:21">
       <c r="A395" t="s">
         <v>21</v>
       </c>
       <c r="B395" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="C395" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="D395">
-        <v>535256</v>
+        <v>535435</v>
       </c>
       <c r="E395" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="F395" t="s">
         <v>25</v>
       </c>
       <c r="G395" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="H395">
-        <v>74.8</v>
+        <v>38.5</v>
       </c>
       <c r="I395" t="s">
-        <v>1530</v>
+        <v>1463</v>
       </c>
       <c r="J395" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K395" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L395" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M395" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N395" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O395">
-        <v>275383250351</v>
+        <v>275553094049</v>
       </c>
       <c r="P395" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q395" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R395"/>
       <c r="S395"/>
       <c r="T395"/>
       <c r="U395" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="396" spans="1:21">
       <c r="A396" t="s">
         <v>21</v>
       </c>
       <c r="B396" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="C396" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D396">
-        <v>535179</v>
+        <v>535414</v>
       </c>
       <c r="E396" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
       <c r="F396" t="s">
         <v>25</v>
       </c>
       <c r="G396" t="s">
         <v>1862</v>
       </c>
       <c r="H396">
-        <v>180.6</v>
+        <v>86.1</v>
       </c>
       <c r="I396" t="s">
         <v>1863</v>
       </c>
       <c r="J396" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K396" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L396" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M396" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N396" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O396">
-        <v>275383343021</v>
+        <v>275541462717</v>
       </c>
       <c r="P396" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q396" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R396"/>
+      <c r="S396"/>
+      <c r="T396"/>
       <c r="U396" t="s">
-        <v>1864</v>
+        <v>31</v>
       </c>
     </row>
     <row r="397" spans="1:21">
       <c r="A397" t="s">
         <v>21</v>
       </c>
       <c r="B397" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C397" t="s">
         <v>1865</v>
       </c>
-      <c r="C397" t="s">
+      <c r="D397">
+        <v>535393</v>
+      </c>
+      <c r="E397" t="s">
         <v>1866</v>
-      </c>
-[...4 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="F397" t="s">
         <v>25</v>
       </c>
       <c r="G397" t="s">
         <v>1867</v>
       </c>
       <c r="H397">
-        <v>74.8</v>
+        <v>41.4</v>
       </c>
       <c r="I397" t="s">
-        <v>1530</v>
+        <v>1868</v>
       </c>
       <c r="J397" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K397" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L397" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M397" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N397" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O397"/>
       <c r="P397" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q397" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T397"/>
+        <v>32</v>
+      </c>
+      <c r="R397" t="s">
+        <v>47</v>
+      </c>
+      <c r="S397" t="s">
+        <v>48</v>
+      </c>
+      <c r="T397" t="s">
+        <v>542</v>
+      </c>
       <c r="U397" t="s">
-        <v>32</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="398" spans="1:21">
       <c r="A398" t="s">
         <v>21</v>
       </c>
       <c r="B398" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C398" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="D398">
-        <v>535173</v>
+        <v>535256</v>
       </c>
       <c r="E398" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="F398" t="s">
         <v>25</v>
       </c>
       <c r="G398" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="H398">
-        <v>245</v>
+        <v>74.8</v>
       </c>
       <c r="I398" t="s">
-        <v>1871</v>
+        <v>1545</v>
       </c>
       <c r="J398" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K398" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L398" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M398" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N398" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O398">
-        <v>275385550856</v>
+        <v>275383250351</v>
       </c>
       <c r="P398" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q398" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R398"/>
       <c r="S398"/>
       <c r="T398"/>
       <c r="U398" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="399" spans="1:21">
       <c r="A399" t="s">
         <v>21</v>
       </c>
       <c r="B399" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C399" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D399">
-        <v>535161</v>
+        <v>535179</v>
       </c>
       <c r="E399" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="F399" t="s">
         <v>25</v>
       </c>
       <c r="G399" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="H399">
-        <v>38.5</v>
+        <v>180.6</v>
       </c>
       <c r="I399" t="s">
-        <v>1438</v>
+        <v>1878</v>
       </c>
       <c r="J399" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K399" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L399" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M399" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N399" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O399">
-        <v>275385474302</v>
+        <v>275383343021</v>
       </c>
       <c r="P399" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q399" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      <c r="T399"/>
+        <v>32</v>
+      </c>
+      <c r="R399" t="s">
+        <v>47</v>
+      </c>
+      <c r="S399" t="s">
+        <v>48</v>
+      </c>
+      <c r="T399" t="s">
+        <v>542</v>
+      </c>
       <c r="U399" t="s">
-        <v>32</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="400" spans="1:21">
       <c r="A400" t="s">
         <v>21</v>
       </c>
       <c r="B400" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D400">
+        <v>535174</v>
+      </c>
+      <c r="E400" t="s">
         <v>1876</v>
       </c>
-      <c r="C400" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F400" t="s">
         <v>25</v>
       </c>
       <c r="G400" t="s">
-        <v>1878</v>
+        <v>1882</v>
       </c>
       <c r="H400">
-        <v>259.1</v>
+        <v>74.8</v>
       </c>
       <c r="I400" t="s">
-        <v>1879</v>
+        <v>1545</v>
       </c>
       <c r="J400" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K400" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L400" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M400" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N400" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O400">
-        <v>275300009547</v>
+        <v>275383454282</v>
       </c>
       <c r="P400" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q400" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R400"/>
       <c r="S400"/>
       <c r="T400"/>
       <c r="U400" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="401" spans="1:21">
       <c r="A401" t="s">
         <v>21</v>
       </c>
       <c r="B401" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="C401" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="D401">
-        <v>535109</v>
+        <v>535173</v>
       </c>
       <c r="E401" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="F401" t="s">
         <v>25</v>
       </c>
       <c r="G401" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="H401">
-        <v>99</v>
+        <v>245</v>
       </c>
       <c r="I401" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="J401" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K401" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L401" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M401" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N401" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O401">
-        <v>275299948563</v>
+        <v>275385550856</v>
       </c>
       <c r="P401" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q401" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R401"/>
       <c r="S401"/>
       <c r="T401"/>
       <c r="U401" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="402" spans="1:21">
       <c r="A402" t="s">
         <v>21</v>
       </c>
       <c r="B402" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="C402" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="D402">
-        <v>534624</v>
+        <v>535161</v>
       </c>
       <c r="E402" t="s">
-        <v>32</v>
+        <v>1889</v>
       </c>
       <c r="F402" t="s">
         <v>25</v>
       </c>
-      <c r="G402"/>
+      <c r="G402" t="s">
+        <v>1890</v>
+      </c>
       <c r="H402">
-        <v>0</v>
+        <v>38.5</v>
       </c>
       <c r="I402" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-      <c r="K402"/>
+        <v>1453</v>
+      </c>
+      <c r="J402" t="s">
+        <v>28</v>
+      </c>
+      <c r="K402" t="s">
+        <v>28</v>
+      </c>
       <c r="L402" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M402" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="O402"/>
+        <v>28</v>
+      </c>
+      <c r="N402" t="s">
+        <v>30</v>
+      </c>
+      <c r="O402">
+        <v>275385474302</v>
+      </c>
       <c r="P402" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q402" t="s">
-        <v>557</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R402"/>
+      <c r="S402"/>
+      <c r="T402"/>
       <c r="U402" t="s">
-        <v>1888</v>
+        <v>31</v>
       </c>
     </row>
     <row r="403" spans="1:21">
       <c r="A403" t="s">
         <v>21</v>
       </c>
       <c r="B403" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D403">
+        <v>535110</v>
+      </c>
+      <c r="E403" t="s">
         <v>1889</v>
       </c>
-      <c r="C403" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F403" t="s">
         <v>25</v>
       </c>
       <c r="G403" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="H403">
-        <v>59</v>
+        <v>259.1</v>
       </c>
       <c r="I403" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="J403" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K403" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L403" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M403" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N403" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O403">
-        <v>274923456290</v>
+        <v>275300009547</v>
       </c>
       <c r="P403" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q403" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R403"/>
       <c r="S403"/>
       <c r="T403"/>
       <c r="U403" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="404" spans="1:21">
       <c r="A404" t="s">
         <v>21</v>
       </c>
       <c r="B404" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C404" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D404">
-        <v>534577</v>
+        <v>535109</v>
       </c>
       <c r="E404" t="s">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="F404" t="s">
         <v>25</v>
       </c>
       <c r="G404" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="H404">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="I404" t="s">
-        <v>1326</v>
+        <v>1898</v>
       </c>
       <c r="J404" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K404" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L404" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M404" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N404" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O404">
-        <v>274926047754</v>
+        <v>275299948563</v>
       </c>
       <c r="P404" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q404" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R404"/>
       <c r="S404"/>
       <c r="T404"/>
       <c r="U404" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="405" spans="1:21">
       <c r="A405" t="s">
         <v>21</v>
       </c>
       <c r="B405" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="C405" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="D405">
-        <v>534553</v>
+        <v>534624</v>
       </c>
       <c r="E405" t="s">
-        <v>1899</v>
+        <v>31</v>
       </c>
       <c r="F405" t="s">
         <v>25</v>
       </c>
-      <c r="G405" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G405"/>
       <c r="H405">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I405" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J405"/>
+      <c r="K405"/>
+      <c r="L405" t="s">
+        <v>45</v>
+      </c>
+      <c r="M405" t="s">
+        <v>571</v>
+      </c>
+      <c r="N405"/>
+      <c r="O405"/>
+      <c r="P405" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>572</v>
+      </c>
+      <c r="R405" t="s">
+        <v>47</v>
+      </c>
+      <c r="S405" t="s">
         <v>1901</v>
       </c>
-      <c r="J405" t="s">
-[...25 lines deleted...]
-      <c r="T405"/>
+      <c r="T405" t="s">
+        <v>1902</v>
+      </c>
       <c r="U405" t="s">
-        <v>32</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="406" spans="1:21">
       <c r="A406" t="s">
         <v>21</v>
       </c>
       <c r="B406" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="C406" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="D406">
-        <v>534532</v>
+        <v>534623</v>
       </c>
       <c r="E406" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
       <c r="F406" t="s">
         <v>25</v>
       </c>
       <c r="G406" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="H406">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="I406" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="J406" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K406" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L406" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M406" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N406" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O406">
-        <v>274841965700</v>
+        <v>274923456290</v>
       </c>
       <c r="P406" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q406" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R406"/>
       <c r="S406"/>
       <c r="T406"/>
       <c r="U406" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="407" spans="1:21">
       <c r="A407" t="s">
         <v>21</v>
       </c>
       <c r="B407" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D407">
+        <v>534577</v>
+      </c>
+      <c r="E407" t="s">
         <v>1906</v>
       </c>
-      <c r="C407" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F407" t="s">
         <v>25</v>
       </c>
       <c r="G407" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="H407">
-        <v>78.8</v>
+        <v>89</v>
       </c>
       <c r="I407" t="s">
-        <v>1726</v>
+        <v>1341</v>
       </c>
       <c r="J407" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K407" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L407" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M407" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N407" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O407">
-        <v>274699640488</v>
+        <v>274926047754</v>
       </c>
       <c r="P407" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q407" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R407"/>
       <c r="S407"/>
       <c r="T407"/>
       <c r="U407" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="408" spans="1:21">
       <c r="A408" t="s">
         <v>21</v>
       </c>
       <c r="B408" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="C408" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="D408">
-        <v>534360</v>
+        <v>534553</v>
       </c>
       <c r="E408" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="F408" t="s">
         <v>25</v>
       </c>
       <c r="G408" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H408">
-        <v>59.2</v>
+        <v>99</v>
       </c>
       <c r="I408" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="J408" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K408" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L408" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M408" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N408" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O408">
-        <v>274666978087</v>
+        <v>274839509490</v>
       </c>
       <c r="P408" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q408" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R408"/>
       <c r="S408"/>
       <c r="T408"/>
       <c r="U408" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="409" spans="1:21">
       <c r="A409" t="s">
         <v>21</v>
       </c>
       <c r="B409" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="C409" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="D409">
-        <v>534345</v>
+        <v>534532</v>
       </c>
       <c r="E409" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="F409" t="s">
         <v>25</v>
       </c>
       <c r="G409" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="H409">
-        <v>77.5</v>
+        <v>99</v>
       </c>
       <c r="I409" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="J409" t="s">
         <v>28</v>
       </c>
       <c r="K409" t="s">
         <v>28</v>
       </c>
       <c r="L409" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M409" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="N409" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="O409"/>
+        <v>30</v>
+      </c>
+      <c r="O409">
+        <v>274841965700</v>
+      </c>
       <c r="P409" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q409" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="R409"/>
+      <c r="S409"/>
+      <c r="T409"/>
       <c r="U409" t="s">
-        <v>1919</v>
+        <v>31</v>
       </c>
     </row>
     <row r="410" spans="1:21">
       <c r="A410" t="s">
         <v>21</v>
       </c>
       <c r="B410" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C410" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="D410">
-        <v>534181</v>
+        <v>534386</v>
       </c>
       <c r="E410" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="F410" t="s">
-        <v>1923</v>
-[...2 lines deleted...]
-        <v>10828985</v>
+        <v>25</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1924</v>
       </c>
       <c r="H410">
-        <v>77.5</v>
+        <v>78.8</v>
       </c>
       <c r="I410" t="s">
-        <v>1924</v>
+        <v>1741</v>
       </c>
       <c r="J410" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K410" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="L410" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M410" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      <c r="P410"/>
+        <v>28</v>
+      </c>
+      <c r="N410" t="s">
+        <v>30</v>
+      </c>
+      <c r="O410">
+        <v>274699640488</v>
+      </c>
+      <c r="P410" t="s">
+        <v>31</v>
+      </c>
       <c r="Q410" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R410"/>
       <c r="S410"/>
       <c r="T410"/>
       <c r="U410" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:21">
       <c r="A411" t="s">
         <v>21</v>
       </c>
       <c r="B411" t="s">
         <v>1925</v>
       </c>
       <c r="C411" t="s">
         <v>1926</v>
       </c>
       <c r="D411">
-        <v>534152</v>
+        <v>534360</v>
       </c>
       <c r="E411" t="s">
         <v>1927</v>
       </c>
       <c r="F411" t="s">
         <v>25</v>
       </c>
       <c r="G411" t="s">
         <v>1928</v>
       </c>
       <c r="H411">
-        <v>124.9</v>
+        <v>59.2</v>
       </c>
       <c r="I411" t="s">
         <v>1929</v>
       </c>
       <c r="J411" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K411" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L411" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M411" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N411" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O411">
-        <v>274611305630</v>
+        <v>274666978087</v>
       </c>
       <c r="P411" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q411" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R411"/>
       <c r="S411"/>
       <c r="T411"/>
       <c r="U411" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="412" spans="1:21">
       <c r="A412" t="s">
         <v>21</v>
       </c>
       <c r="B412" t="s">
         <v>1930</v>
       </c>
       <c r="C412" t="s">
         <v>1931</v>
       </c>
       <c r="D412">
-        <v>534136</v>
+        <v>534345</v>
       </c>
       <c r="E412" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F412" t="s">
+        <v>25</v>
+      </c>
+      <c r="G412" t="s">
         <v>1932</v>
       </c>
-      <c r="F412" t="s">
-[...2 lines deleted...]
-      <c r="G412" t="s">
+      <c r="H412">
+        <v>77.5</v>
+      </c>
+      <c r="I412" t="s">
         <v>1933</v>
       </c>
-      <c r="H412">
-[...4 lines deleted...]
-      </c>
       <c r="J412" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="K412" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="L412" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M412" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="N412" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O412"/>
       <c r="P412" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q412" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R412" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="S412" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="T412" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="U412" t="s">
-        <v>1935</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="413" spans="1:21">
       <c r="A413" t="s">
         <v>21</v>
       </c>
       <c r="B413" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C413" t="s">
         <v>1936</v>
       </c>
-      <c r="C413" t="s">
+      <c r="D413">
+        <v>534181</v>
+      </c>
+      <c r="E413" t="s">
         <v>1937</v>
       </c>
-      <c r="D413">
-[...2 lines deleted...]
-      <c r="E413" t="s">
+      <c r="F413" t="s">
         <v>1938</v>
       </c>
-      <c r="F413" t="s">
-[...2 lines deleted...]
-      <c r="G413" t="s">
+      <c r="G413">
+        <v>10828985</v>
+      </c>
+      <c r="H413">
+        <v>77.5</v>
+      </c>
+      <c r="I413" t="s">
         <v>1939</v>
       </c>
-      <c r="H413">
-[...4 lines deleted...]
-      </c>
       <c r="J413" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K413" t="s">
-        <v>39</v>
+        <v>488</v>
       </c>
       <c r="L413" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M413" t="s">
-        <v>39</v>
-[...9 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="N413"/>
+      <c r="O413"/>
+      <c r="P413"/>
       <c r="Q413" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R413"/>
       <c r="S413"/>
       <c r="T413"/>
       <c r="U413" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="414" spans="1:21">
       <c r="A414" t="s">
         <v>21</v>
       </c>
       <c r="B414" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C414" t="s">
         <v>1941</v>
       </c>
-      <c r="C414" t="s">
+      <c r="D414">
+        <v>534152</v>
+      </c>
+      <c r="E414" t="s">
         <v>1942</v>
       </c>
-      <c r="D414">
-[...2 lines deleted...]
-      <c r="E414" t="s">
+      <c r="F414" t="s">
+        <v>25</v>
+      </c>
+      <c r="G414" t="s">
         <v>1943</v>
       </c>
-      <c r="F414" t="s">
-[...2 lines deleted...]
-      <c r="G414" t="s">
+      <c r="H414">
+        <v>124.9</v>
+      </c>
+      <c r="I414" t="s">
         <v>1944</v>
       </c>
-      <c r="H414">
-[...4 lines deleted...]
-      </c>
       <c r="J414" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K414" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L414" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="M414" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="N414" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O414">
-        <v>274289135807</v>
+        <v>274611305630</v>
       </c>
       <c r="P414" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="Q414" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="R414"/>
       <c r="S414"/>
       <c r="T414"/>
       <c r="U414" t="s">
-        <v>32</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="415" spans="1:21">
+      <c r="A415" t="s">
+        <v>21</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D415">
+        <v>534136</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F415" t="s">
+        <v>25</v>
+      </c>
+      <c r="G415" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H415">
+        <v>80.4</v>
+      </c>
+      <c r="I415" t="s">
+        <v>1949</v>
+      </c>
+      <c r="J415" t="s">
+        <v>44</v>
+      </c>
+      <c r="K415" t="s">
+        <v>44</v>
+      </c>
+      <c r="L415" t="s">
+        <v>45</v>
+      </c>
+      <c r="M415" t="s">
+        <v>46</v>
+      </c>
+      <c r="N415" t="s">
+        <v>30</v>
+      </c>
+      <c r="O415"/>
+      <c r="P415" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>32</v>
+      </c>
+      <c r="R415" t="s">
+        <v>47</v>
+      </c>
+      <c r="S415" t="s">
+        <v>48</v>
+      </c>
+      <c r="T415" t="s">
+        <v>542</v>
+      </c>
+      <c r="U415" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="416" spans="1:21">
+      <c r="A416" t="s">
+        <v>21</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D416">
+        <v>534043</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F416" t="s">
+        <v>25</v>
+      </c>
+      <c r="G416" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H416">
+        <v>300.9</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J416" t="s">
+        <v>28</v>
+      </c>
+      <c r="K416" t="s">
+        <v>28</v>
+      </c>
+      <c r="L416" t="s">
+        <v>45</v>
+      </c>
+      <c r="M416" t="s">
+        <v>28</v>
+      </c>
+      <c r="N416" t="s">
+        <v>30</v>
+      </c>
+      <c r="O416">
+        <v>274437858481</v>
+      </c>
+      <c r="P416" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>32</v>
+      </c>
+      <c r="R416"/>
+      <c r="S416"/>
+      <c r="T416"/>
+      <c r="U416" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="417" spans="1:21">
+      <c r="A417" t="s">
+        <v>21</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D417">
+        <v>533818</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F417" t="s">
+        <v>25</v>
+      </c>
+      <c r="G417" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H417">
+        <v>16.2</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1960</v>
+      </c>
+      <c r="J417" t="s">
+        <v>28</v>
+      </c>
+      <c r="K417" t="s">
+        <v>28</v>
+      </c>
+      <c r="L417" t="s">
+        <v>45</v>
+      </c>
+      <c r="M417" t="s">
+        <v>28</v>
+      </c>
+      <c r="N417" t="s">
+        <v>30</v>
+      </c>
+      <c r="O417">
+        <v>274289135807</v>
+      </c>
+      <c r="P417" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>32</v>
+      </c>
+      <c r="R417"/>
+      <c r="S417"/>
+      <c r="T417"/>
+      <c r="U417" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">