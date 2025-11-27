--- v1 (2025-11-26)
+++ v2 (2025-11-27)
@@ -6951,51 +6951,51 @@
       <c r="D12">
         <v>592109</v>
       </c>
       <c r="E12" t="s">
         <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
         <v>89</v>
       </c>
       <c r="H12">
         <v>95.99</v>
       </c>
       <c r="I12" t="s">
         <v>90</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="M12" t="s">
         <v>28</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
         <v>391002740546</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">