--- v2 (2025-11-27)
+++ v3 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1961">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1996">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,134 +80,251 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2026-01-08 08:09:59</t>
+  </si>
+  <si>
+    <t>7508120101-A</t>
+  </si>
+  <si>
+    <t>2026-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11461389</t>
+  </si>
+  <si>
+    <t>/GG1082S-30012877-004-60132-NS</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-04 18:40:57</t>
+  </si>
+  <si>
+    <t>7504540601-A</t>
+  </si>
+  <si>
+    <t>2026-01-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11460181</t>
+  </si>
+  <si>
+    <t>/VSP1F2121</t>
+  </si>
+  <si>
+    <t>2025-12-29 22:52:36</t>
+  </si>
+  <si>
+    <t>7498933701-A</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11458324</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-12-30 21:15:46</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:35:16</t>
+  </si>
+  <si>
+    <t>7494621101-A</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11457396</t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-003-00319</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:18:37</t>
+  </si>
+  <si>
+    <t>7493012301-A</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11457152</t>
+  </si>
+  <si>
+    <t>/BB0098S-30008870-001</t>
+  </si>
+  <si>
+    <t>2025-12-02 19:07:17</t>
+  </si>
+  <si>
+    <t>7451822201-A</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446407</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:09:22</t>
+  </si>
+  <si>
+    <t>2025-11-28 01:09:34</t>
+  </si>
+  <si>
+    <t>7435058401-A</t>
+  </si>
+  <si>
+    <t>2025-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11442426</t>
+  </si>
+  <si>
+    <t>/VSPOY5421</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
+  </si>
+  <si>
     <t>2025-11-17 16:14:10</t>
   </si>
   <si>
     <t>7420778701-A</t>
   </si>
   <si>
     <t>2025-11-17 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11437269</t>
   </si>
   <si>
     <t>/PWZBA0523-GOLD1-OS/PWPSA0624-GOLD1-OS</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-11-04 18:04:10</t>
   </si>
   <si>
     <t>7391826101-A</t>
   </si>
   <si>
     <t>2025-11-04 00:00:00</t>
   </si>
   <si>
     <t>/11431485</t>
   </si>
   <si>
     <t>/VE3F00222</t>
   </si>
   <si>
-    <t>RECEIVED</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-16 00:14:55</t>
   </si>
   <si>
     <t>7339189901-A</t>
   </si>
   <si>
     <t>2025-10-16 00:00:00</t>
   </si>
   <si>
     <t>/11423422</t>
   </si>
   <si>
-    <t>/PJ0029O-30006263-003-40048</t>
-[...19 lines deleted...]
-  <si>
     <t>2025-11-11 16:08:52</t>
   </si>
   <si>
     <t>2025-10-01 02:31:53</t>
   </si>
   <si>
     <t>7326910001-A</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
     <t>/11417239</t>
   </si>
   <si>
     <t>/BB0072S-30008290-001-00011</t>
   </si>
   <si>
     <t>2025-11-11 16:03:53</t>
   </si>
   <si>
     <t>2025-09-07 22:04:31</t>
   </si>
   <si>
     <t>7302454801-A</t>
@@ -362,53 +479,50 @@
   <si>
     <t>2025-06-18 00:00:00</t>
   </si>
   <si>
     <t>/11339696</t>
   </si>
   <si>
     <t>/PWBAA1122</t>
   </si>
   <si>
     <t>2025-07-09 13:51:51</t>
   </si>
   <si>
     <t>2025-06-05 17:26:29</t>
   </si>
   <si>
     <t>7165432201-A</t>
   </si>
   <si>
     <t>2025-06-05 00:00:00</t>
   </si>
   <si>
     <t>/11333394</t>
   </si>
   <si>
-    <t>/BB0098S-30008870-001</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-07-17 17:23:49</t>
   </si>
   <si>
     <t>2025-06-03 15:13:13</t>
   </si>
   <si>
     <t>7162658801-A</t>
   </si>
   <si>
     <t>2025-06-03 00:00:00</t>
   </si>
   <si>
     <t>/11332399</t>
   </si>
   <si>
     <t>2025-05-23 14:51:57</t>
   </si>
   <si>
     <t>7150985801-A</t>
   </si>
   <si>
     <t>2025-05-23 00:00:00</t>
@@ -1730,53 +1844,50 @@
   <si>
     <t>2024-03-02 05:16:44</t>
   </si>
   <si>
     <t>6541785102-A</t>
   </si>
   <si>
     <t>2024-03-02 00:00:00</t>
   </si>
   <si>
     <t>/11076621</t>
   </si>
   <si>
     <t>2024-02-29 20:31:32</t>
   </si>
   <si>
     <t>6538911904-A</t>
   </si>
   <si>
     <t>/VE3M00722</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
-    <t>unknown</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">							DESISTIMIENTO DE COMPRA</t>
   </si>
   <si>
     <t>2024-03-04 20:32:54</t>
   </si>
   <si>
     <t>2024-02-15 16:04:42</t>
   </si>
   <si>
     <t>6524770301-A</t>
   </si>
   <si>
     <t>2024-02-15 00:00:00</t>
   </si>
   <si>
     <t>/11067234</t>
   </si>
   <si>
     <t>/VSPHH3021</t>
   </si>
   <si>
     <t>2024-02-04 16:04:08</t>
   </si>
   <si>
     <t>6513235201-A</t>
@@ -5379,56 +5490,50 @@
     <t>2022-08-12 00:00:00</t>
   </si>
   <si>
     <t>/10854936</t>
   </si>
   <si>
     <t>/VSP1L1021</t>
   </si>
   <si>
     <t>2022-08-12 15:02:28</t>
   </si>
   <si>
     <t>46968677-A</t>
   </si>
   <si>
     <t>/10854855</t>
   </si>
   <si>
     <t>/MB0104S-30008466-003</t>
   </si>
   <si>
     <t>2022-08-11 22:22:22</t>
   </si>
   <si>
     <t>NA000001-A</t>
-  </si>
-[...4 lines deleted...]
-    <t>/10854643</t>
   </si>
   <si>
     <t>2022-08-07 22:10:56</t>
   </si>
   <si>
     <t>46862114-A</t>
   </si>
   <si>
     <t>2022-08-07 00:00:00</t>
   </si>
   <si>
     <t>/10853134</t>
   </si>
   <si>
     <t>/GG0258S-30002349-003</t>
   </si>
   <si>
     <t>2022-08-04 18:27:03</t>
   </si>
   <si>
     <t>46803076-A</t>
   </si>
   <si>
     <t>2022-08-04 00:00:00</t>
   </si>
@@ -6241,51 +6346,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U417"/>
+  <dimension ref="A1:U424"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6325,24661 +6430,25078 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>596507</v>
+        <v>599478</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>1112</v>
+        <v>119.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O2">
-        <v>395451491083</v>
+        <v>397563979637</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D3">
-        <v>595756</v>
+        <v>599350</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3">
-        <v>556.2</v>
+        <v>99.99</v>
       </c>
       <c r="I3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3">
-        <v>394978466627</v>
+        <v>397430957454</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4">
-        <v>595023</v>
+        <v>599144</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>42</v>
       </c>
       <c r="H4">
-        <v>10.99</v>
+        <v>99.99</v>
       </c>
       <c r="I4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="J4" t="s">
+        <v>28</v>
+      </c>
+      <c r="K4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
         <v>44</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="N4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O4">
+        <v>397277010877</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R4" t="s">
         <v>45</v>
       </c>
-      <c r="M4" t="s">
+      <c r="S4" t="s">
         <v>46</v>
       </c>
-      <c r="N4" t="s">
-[...9 lines deleted...]
-      <c r="R4" t="s">
+      <c r="T4" t="s">
         <v>47</v>
       </c>
-      <c r="S4" t="s">
+      <c r="U4" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5">
+        <v>599042</v>
+      </c>
+      <c r="E5" t="s">
         <v>51</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" t="s">
         <v>52</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5">
+        <v>10.99</v>
+      </c>
+      <c r="I5" t="s">
         <v>53</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="J5" t="s">
         <v>54</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" t="s">
         <v>55</v>
       </c>
-      <c r="J5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
       <c r="U5" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>599019</v>
+      </c>
+      <c r="E6" t="s">
         <v>58</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" t="s">
         <v>59</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6">
+        <v>79.99</v>
+      </c>
+      <c r="I6" t="s">
         <v>60</v>
       </c>
-      <c r="H6">
-[...4 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L6" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M6" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O6"/>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
         <v>62</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>597746</v>
+      </c>
+      <c r="E7" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>64</v>
       </c>
       <c r="H7">
-        <v>616</v>
+        <v>10.99</v>
       </c>
       <c r="I7" t="s">
         <v>65</v>
       </c>
       <c r="J7" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L7" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="M7" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="N7" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O7"/>
       <c r="P7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="T7"/>
+        <v>33</v>
+      </c>
+      <c r="R7" t="s">
+        <v>45</v>
+      </c>
+      <c r="S7" t="s">
+        <v>66</v>
+      </c>
+      <c r="T7" t="s">
+        <v>67</v>
+      </c>
       <c r="U7" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D8">
-        <v>593690</v>
+        <v>597290</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H8">
-        <v>71.99</v>
+        <v>55.2</v>
       </c>
       <c r="I8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
         <v>28</v>
       </c>
       <c r="N8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O8">
-        <v>392757375460</v>
+        <v>395878980000</v>
       </c>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D9">
-        <v>593586</v>
+        <v>596507</v>
       </c>
       <c r="E9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9">
+        <v>1112</v>
+      </c>
+      <c r="I9" t="s">
+        <v>79</v>
+      </c>
+      <c r="J9" t="s">
+        <v>28</v>
+      </c>
+      <c r="K9" t="s">
+        <v>28</v>
+      </c>
+      <c r="L9" t="s">
         <v>74</v>
       </c>
-      <c r="H9">
-[...13 lines deleted...]
-      </c>
       <c r="M9" t="s">
         <v>28</v>
       </c>
       <c r="N9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O9">
-        <v>392615061412</v>
+        <v>395451491083</v>
       </c>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D10">
-        <v>593074</v>
+        <v>595756</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H10">
-        <v>87.99</v>
+        <v>556.2</v>
       </c>
       <c r="I10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
         <v>28</v>
       </c>
       <c r="N10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O10">
-        <v>391979347020</v>
+        <v>394978466627</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D11">
-        <v>592223</v>
+        <v>595023</v>
       </c>
       <c r="E11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H11">
-        <v>80.07</v>
+        <v>10.99</v>
       </c>
       <c r="I11" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>54</v>
+      </c>
+      <c r="L11" t="s">
+        <v>43</v>
+      </c>
+      <c r="M11" t="s">
         <v>44</v>
       </c>
-      <c r="K11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R11" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S11" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T11" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="U11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D12">
-        <v>592109</v>
+        <v>594526</v>
       </c>
       <c r="E12" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H12">
-        <v>95.99</v>
+        <v>94.2</v>
       </c>
       <c r="I12" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J12" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K12" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
+        <v>31</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>33</v>
+      </c>
+      <c r="R12" t="s">
         <v>45</v>
       </c>
-      <c r="M12" t="s">
-[...16 lines deleted...]
-      <c r="T12"/>
+      <c r="S12" t="s">
+        <v>66</v>
+      </c>
+      <c r="T12" t="s">
+        <v>67</v>
+      </c>
       <c r="U12" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D13">
-        <v>591925</v>
+        <v>593915</v>
       </c>
       <c r="E13" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H13">
-        <v>71.99</v>
+        <v>88</v>
       </c>
       <c r="I13" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="M13" t="s">
         <v>28</v>
       </c>
       <c r="N13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O13">
-        <v>390742155620</v>
+        <v>392980346229</v>
       </c>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C14" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D14">
-        <v>591632</v>
+        <v>593914</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H14">
-        <v>91.99</v>
+        <v>616</v>
       </c>
       <c r="I14" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="M14" t="s">
         <v>28</v>
       </c>
       <c r="N14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O14">
-        <v>390513739227</v>
+        <v>392980888674</v>
       </c>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D15">
-        <v>591585</v>
+        <v>593690</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H15">
-        <v>21.98</v>
+        <v>71.99</v>
       </c>
       <c r="I15" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="J15" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K15" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="M15" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O15"/>
+        <v>31</v>
+      </c>
+      <c r="O15">
+        <v>392757375460</v>
+      </c>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q15" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
       <c r="U15" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D16">
-        <v>591295</v>
+        <v>593586</v>
       </c>
       <c r="E16" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H16">
-        <v>430</v>
+        <v>95.99</v>
       </c>
       <c r="I16" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="J16" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K16" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="M16" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N16" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O16"/>
+        <v>31</v>
+      </c>
+      <c r="O16">
+        <v>392615061412</v>
+      </c>
       <c r="P16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
       <c r="U16" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D17">
-        <v>590863</v>
+        <v>593074</v>
       </c>
       <c r="E17" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="G17" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="H17">
-        <v>79.99</v>
+        <v>87.99</v>
       </c>
       <c r="I17" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J17" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K17" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M17" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O17"/>
+        <v>31</v>
+      </c>
+      <c r="O17">
+        <v>391979347020</v>
+      </c>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
       <c r="U17" t="s">
-        <v>118</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D18">
-        <v>590772</v>
+        <v>592223</v>
       </c>
       <c r="E18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H18">
-        <v>71.99</v>
+        <v>80.07</v>
       </c>
       <c r="I18" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="J18" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K18" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L18" t="s">
+        <v>43</v>
+      </c>
+      <c r="M18" t="s">
+        <v>44</v>
+      </c>
+      <c r="N18" t="s">
+        <v>31</v>
+      </c>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>33</v>
+      </c>
+      <c r="R18" t="s">
         <v>45</v>
       </c>
-      <c r="M18" t="s">
-[...16 lines deleted...]
-      <c r="T18"/>
+      <c r="S18" t="s">
+        <v>66</v>
+      </c>
+      <c r="T18" t="s">
+        <v>67</v>
+      </c>
       <c r="U18" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D19">
-        <v>590381</v>
+        <v>592109</v>
       </c>
       <c r="E19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H19">
-        <v>32.97</v>
+        <v>95.99</v>
       </c>
       <c r="I19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J19" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K19" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M19" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N19" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O19"/>
+        <v>31</v>
+      </c>
+      <c r="O19">
+        <v>391002740546</v>
+      </c>
       <c r="P19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
       <c r="U19" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>131</v>
       </c>
       <c r="D20">
-        <v>589821</v>
+        <v>591925</v>
       </c>
       <c r="E20" t="s">
         <v>132</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
       <c r="G20" t="s">
         <v>133</v>
       </c>
       <c r="H20">
-        <v>94.2</v>
+        <v>71.99</v>
       </c>
       <c r="I20" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K20" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M20" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N20" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O20"/>
+        <v>31</v>
+      </c>
+      <c r="O20">
+        <v>390742155620</v>
+      </c>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
       <c r="U20" t="s">
-        <v>134</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
         <v>135</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>591632</v>
+      </c>
+      <c r="E21" t="s">
         <v>136</v>
       </c>
-      <c r="D21">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" t="s">
         <v>137</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21">
+        <v>91.99</v>
+      </c>
+      <c r="I21" t="s">
         <v>138</v>
       </c>
-      <c r="H21">
-[...4 lines deleted...]
-      </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" t="s">
         <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M21" t="s">
         <v>28</v>
       </c>
       <c r="N21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O21">
-        <v>288367096237</v>
+        <v>390513739227</v>
       </c>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
         <v>140</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>591585</v>
+      </c>
+      <c r="E22" t="s">
+        <v>136</v>
+      </c>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" t="s">
         <v>141</v>
       </c>
-      <c r="D22">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="H22">
+        <v>21.98</v>
+      </c>
+      <c r="I22" t="s">
         <v>142</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="J22" t="s">
+        <v>54</v>
+      </c>
+      <c r="K22" t="s">
+        <v>54</v>
+      </c>
+      <c r="L22" t="s">
+        <v>43</v>
+      </c>
+      <c r="M22" t="s">
+        <v>44</v>
+      </c>
+      <c r="N22" t="s">
+        <v>31</v>
+      </c>
+      <c r="O22"/>
+      <c r="P22" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>33</v>
+      </c>
+      <c r="R22" t="s">
+        <v>45</v>
+      </c>
+      <c r="S22" t="s">
+        <v>66</v>
+      </c>
+      <c r="T22" t="s">
         <v>143</v>
       </c>
-      <c r="H22">
-[...2 lines deleted...]
-      <c r="I22" t="s">
+      <c r="U22" t="s">
         <v>144</v>
-      </c>
-[...28 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
         <v>146</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>591295</v>
+      </c>
+      <c r="E23" t="s">
         <v>147</v>
       </c>
-      <c r="D23">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" t="s">
         <v>148</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23">
+        <v>430</v>
+      </c>
+      <c r="I23" t="s">
         <v>149</v>
       </c>
-      <c r="H23">
-[...4 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K23" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L23" t="s">
+        <v>43</v>
+      </c>
+      <c r="M23" t="s">
+        <v>44</v>
+      </c>
+      <c r="N23" t="s">
+        <v>31</v>
+      </c>
+      <c r="O23"/>
+      <c r="P23" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>33</v>
+      </c>
+      <c r="R23" t="s">
         <v>45</v>
       </c>
-      <c r="M23" t="s">
-[...16 lines deleted...]
-      <c r="T23"/>
+      <c r="S23" t="s">
+        <v>66</v>
+      </c>
+      <c r="T23" t="s">
+        <v>67</v>
+      </c>
       <c r="U23" t="s">
-        <v>31</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D24">
-        <v>589200</v>
+        <v>590863</v>
       </c>
       <c r="E24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
       <c r="G24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H24">
-        <v>128.99</v>
+        <v>79.99</v>
       </c>
       <c r="I24" t="s">
-        <v>154</v>
+        <v>60</v>
       </c>
       <c r="J24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L24" t="s">
+        <v>43</v>
+      </c>
+      <c r="M24" t="s">
+        <v>44</v>
+      </c>
+      <c r="N24" t="s">
+        <v>31</v>
+      </c>
+      <c r="O24"/>
+      <c r="P24" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>33</v>
+      </c>
+      <c r="R24" t="s">
         <v>45</v>
       </c>
-      <c r="M24" t="s">
-[...16 lines deleted...]
-      <c r="T24"/>
+      <c r="S24" t="s">
+        <v>66</v>
+      </c>
+      <c r="T24" t="s">
+        <v>155</v>
+      </c>
       <c r="U24" t="s">
-        <v>31</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D25">
-        <v>588873</v>
+        <v>590772</v>
       </c>
       <c r="E25" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H25">
-        <v>55.2</v>
+        <v>71.99</v>
       </c>
       <c r="I25" t="s">
-        <v>159</v>
+        <v>109</v>
       </c>
       <c r="J25" t="s">
         <v>28</v>
       </c>
       <c r="K25" t="s">
         <v>28</v>
       </c>
       <c r="L25" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M25" t="s">
         <v>28</v>
       </c>
       <c r="N25" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O25">
-        <v>288030862084</v>
+        <v>289370324011</v>
       </c>
       <c r="P25" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D26">
-        <v>588753</v>
+        <v>590381</v>
       </c>
       <c r="E26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
       <c r="G26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H26">
-        <v>430</v>
+        <v>32.97</v>
       </c>
       <c r="I26" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
       <c r="J26" t="s">
+        <v>54</v>
+      </c>
+      <c r="K26" t="s">
+        <v>54</v>
+      </c>
+      <c r="L26" t="s">
+        <v>43</v>
+      </c>
+      <c r="M26" t="s">
         <v>44</v>
       </c>
-      <c r="K26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R26" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S26" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T26" t="s">
-        <v>128</v>
+        <v>166</v>
       </c>
       <c r="U26" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
+        <v>169</v>
+      </c>
+      <c r="D27">
+        <v>589821</v>
+      </c>
+      <c r="E27" t="s">
+        <v>170</v>
+      </c>
+      <c r="F27" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" t="s">
+        <v>171</v>
+      </c>
+      <c r="H27">
+        <v>94.2</v>
+      </c>
+      <c r="I27" t="s">
+        <v>94</v>
+      </c>
+      <c r="J27" t="s">
+        <v>54</v>
+      </c>
+      <c r="K27" t="s">
+        <v>54</v>
+      </c>
+      <c r="L27" t="s">
+        <v>43</v>
+      </c>
+      <c r="M27" t="s">
+        <v>44</v>
+      </c>
+      <c r="N27" t="s">
+        <v>31</v>
+      </c>
+      <c r="O27"/>
+      <c r="P27" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R27" t="s">
+        <v>45</v>
+      </c>
+      <c r="S27" t="s">
+        <v>66</v>
+      </c>
+      <c r="T27" t="s">
         <v>166</v>
       </c>
-      <c r="D27">
-[...43 lines deleted...]
-      <c r="T27"/>
       <c r="U27" t="s">
-        <v>31</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C28" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D28">
-        <v>588698</v>
+        <v>589735</v>
       </c>
       <c r="E28" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
       <c r="G28" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H28">
-        <v>122.99</v>
+        <v>63.99</v>
       </c>
       <c r="I28" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="J28" t="s">
         <v>28</v>
       </c>
       <c r="K28" t="s">
         <v>28</v>
       </c>
       <c r="L28" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M28" t="s">
         <v>28</v>
       </c>
       <c r="N28" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O28">
-        <v>288025995300</v>
+        <v>288367096237</v>
       </c>
       <c r="P28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C29" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D29">
-        <v>588552</v>
+        <v>589533</v>
       </c>
       <c r="E29" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="H29">
-        <v>63.99</v>
+        <v>95.99</v>
       </c>
       <c r="I29" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="J29" t="s">
         <v>28</v>
       </c>
       <c r="K29" t="s">
         <v>28</v>
       </c>
       <c r="L29" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M29" t="s">
         <v>28</v>
       </c>
       <c r="N29" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>880865878410</v>
+        <v>31</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" t="s">
+        <v>185</v>
+      </c>
+      <c r="D30">
+        <v>589239</v>
+      </c>
+      <c r="E30" t="s">
+        <v>186</v>
+      </c>
+      <c r="F30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30" t="s">
+        <v>187</v>
+      </c>
+      <c r="H30">
+        <v>63.99</v>
+      </c>
+      <c r="I30" t="s">
         <v>177</v>
       </c>
-      <c r="C30" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K30" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L30" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M30" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N30" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O30"/>
+        <v>31</v>
+      </c>
+      <c r="O30">
+        <v>287967264215</v>
+      </c>
       <c r="P30" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q30" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R30"/>
+      <c r="S30"/>
+      <c r="T30"/>
       <c r="U30" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C31" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D31">
-        <v>588259</v>
+        <v>589200</v>
       </c>
       <c r="E31" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H31">
-        <v>10.99</v>
+        <v>128.99</v>
       </c>
       <c r="I31" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="J31" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K31" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L31" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M31" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O31"/>
+        <v>31</v>
+      </c>
+      <c r="O31">
+        <v>287967447538</v>
+      </c>
       <c r="P31" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q31" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
       <c r="U31" t="s">
-        <v>188</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C32" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D32">
-        <v>588055</v>
+        <v>588873</v>
       </c>
       <c r="E32" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="H32">
-        <v>84.99</v>
+        <v>55.2</v>
       </c>
       <c r="I32" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="J32" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K32" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L32" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M32" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N32" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O32"/>
+        <v>31</v>
+      </c>
+      <c r="O32">
+        <v>288030862084</v>
+      </c>
       <c r="P32" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q32" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R32"/>
+      <c r="S32"/>
+      <c r="T32"/>
       <c r="U32" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D33">
-        <v>586781</v>
+        <v>588753</v>
       </c>
       <c r="E33" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F33" t="s">
         <v>25</v>
       </c>
       <c r="G33" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="H33">
-        <v>57.6</v>
+        <v>430</v>
       </c>
       <c r="I33" t="s">
-        <v>199</v>
+        <v>149</v>
       </c>
       <c r="J33" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K33" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L33" t="s">
+        <v>43</v>
+      </c>
+      <c r="M33" t="s">
+        <v>44</v>
+      </c>
+      <c r="N33" t="s">
+        <v>31</v>
+      </c>
+      <c r="O33"/>
+      <c r="P33" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>33</v>
+      </c>
+      <c r="R33" t="s">
         <v>45</v>
       </c>
-      <c r="M33" t="s">
-[...16 lines deleted...]
-      <c r="T33"/>
+      <c r="S33" t="s">
+        <v>66</v>
+      </c>
+      <c r="T33" t="s">
+        <v>166</v>
+      </c>
       <c r="U33" t="s">
-        <v>31</v>
+        <v>202</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>204</v>
+      </c>
+      <c r="D34">
+        <v>588752</v>
+      </c>
+      <c r="E34" t="s">
         <v>200</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
       <c r="G34" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="H34">
-        <v>57.6</v>
+        <v>63.99</v>
       </c>
       <c r="I34" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="J34" t="s">
         <v>28</v>
       </c>
       <c r="K34" t="s">
         <v>28</v>
       </c>
       <c r="L34" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M34" t="s">
         <v>28</v>
       </c>
       <c r="N34" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O34">
-        <v>285341471901</v>
+        <v>288027880076</v>
       </c>
       <c r="P34" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q34" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D35">
-        <v>586741</v>
+        <v>588698</v>
       </c>
       <c r="E35" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H35">
-        <v>399</v>
+        <v>122.99</v>
       </c>
       <c r="I35" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="J35" t="s">
         <v>28</v>
       </c>
       <c r="K35" t="s">
         <v>28</v>
       </c>
       <c r="L35" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M35" t="s">
         <v>28</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O35">
-        <v>285274263274</v>
+        <v>288025995300</v>
       </c>
       <c r="P35" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q35" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D36">
-        <v>586514</v>
+        <v>588552</v>
       </c>
       <c r="E36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H36">
-        <v>63.2</v>
+        <v>63.99</v>
       </c>
       <c r="I36" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
       <c r="J36" t="s">
         <v>28</v>
       </c>
       <c r="K36" t="s">
         <v>28</v>
       </c>
       <c r="L36" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M36" t="s">
         <v>28</v>
       </c>
       <c r="N36" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O36">
-        <v>285073841399</v>
+        <v>880865878410</v>
       </c>
       <c r="P36" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" t="s">
+        <v>216</v>
+      </c>
+      <c r="D37">
+        <v>588489</v>
+      </c>
+      <c r="E37" t="s">
         <v>212</v>
       </c>
-      <c r="C37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H37">
-        <v>99.99</v>
+        <v>106.99</v>
       </c>
       <c r="I37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J37" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K37" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L37" t="s">
+        <v>43</v>
+      </c>
+      <c r="M37" t="s">
+        <v>44</v>
+      </c>
+      <c r="N37" t="s">
+        <v>31</v>
+      </c>
+      <c r="O37"/>
+      <c r="P37" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>33</v>
+      </c>
+      <c r="R37" t="s">
         <v>45</v>
       </c>
-      <c r="M37" t="s">
-[...16 lines deleted...]
-      <c r="T37"/>
+      <c r="S37" t="s">
+        <v>219</v>
+      </c>
+      <c r="T37" t="s">
+        <v>67</v>
+      </c>
       <c r="U37" t="s">
-        <v>31</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C38" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D38">
-        <v>585950</v>
+        <v>588259</v>
       </c>
       <c r="E38" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H38">
-        <v>84</v>
+        <v>10.99</v>
       </c>
       <c r="I38" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="J38" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K38" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L38" t="s">
+        <v>43</v>
+      </c>
+      <c r="M38" t="s">
+        <v>44</v>
+      </c>
+      <c r="N38" t="s">
+        <v>31</v>
+      </c>
+      <c r="O38"/>
+      <c r="P38" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>33</v>
+      </c>
+      <c r="R38" t="s">
         <v>45</v>
       </c>
-      <c r="M38" t="s">
-[...16 lines deleted...]
-      <c r="T38"/>
+      <c r="S38" t="s">
+        <v>66</v>
+      </c>
+      <c r="T38" t="s">
+        <v>155</v>
+      </c>
       <c r="U38" t="s">
-        <v>31</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C39" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D39">
-        <v>585730</v>
+        <v>588055</v>
       </c>
       <c r="E39" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="H39">
-        <v>111.99</v>
+        <v>84.99</v>
       </c>
       <c r="I39" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="J39" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K39" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L39" t="s">
+        <v>43</v>
+      </c>
+      <c r="M39" t="s">
+        <v>44</v>
+      </c>
+      <c r="N39" t="s">
+        <v>31</v>
+      </c>
+      <c r="O39"/>
+      <c r="P39" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>33</v>
+      </c>
+      <c r="R39" t="s">
         <v>45</v>
       </c>
-      <c r="M39" t="s">
-[...16 lines deleted...]
-      <c r="T39"/>
+      <c r="S39" t="s">
+        <v>219</v>
+      </c>
+      <c r="T39" t="s">
+        <v>155</v>
+      </c>
       <c r="U39" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C40" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D40">
-        <v>585729</v>
+        <v>586781</v>
       </c>
       <c r="E40" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="H40">
-        <v>89</v>
+        <v>57.6</v>
       </c>
       <c r="I40" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="J40" t="s">
         <v>28</v>
       </c>
       <c r="K40" t="s">
         <v>28</v>
       </c>
       <c r="L40" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M40" t="s">
         <v>28</v>
       </c>
       <c r="N40" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O40">
-        <v>284560208130</v>
+        <v>772022135798</v>
       </c>
       <c r="P40" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="D41">
-        <v>585673</v>
+        <v>586760</v>
       </c>
       <c r="E41" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="H41">
-        <v>479.2</v>
+        <v>57.6</v>
       </c>
       <c r="I41" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J41" t="s">
         <v>28</v>
       </c>
       <c r="K41" t="s">
         <v>28</v>
       </c>
       <c r="L41" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M41" t="s">
         <v>28</v>
       </c>
       <c r="N41" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O41">
-        <v>284553873404</v>
+        <v>285341471901</v>
       </c>
       <c r="P41" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q41" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C42" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="D42">
-        <v>585641</v>
+        <v>586741</v>
       </c>
       <c r="E42" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="H42">
-        <v>504</v>
+        <v>399</v>
       </c>
       <c r="I42" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="J42" t="s">
         <v>28</v>
       </c>
       <c r="K42" t="s">
         <v>28</v>
       </c>
       <c r="L42" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M42" t="s">
         <v>28</v>
       </c>
       <c r="N42" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O42">
-        <v>284545548738</v>
+        <v>285274263274</v>
       </c>
       <c r="P42" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C43" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="D43">
-        <v>585382</v>
+        <v>586514</v>
       </c>
       <c r="E43" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="H43">
-        <v>159.2</v>
+        <v>63.2</v>
       </c>
       <c r="I43" t="s">
-        <v>244</v>
+        <v>177</v>
       </c>
       <c r="J43" t="s">
         <v>28</v>
       </c>
       <c r="K43" t="s">
         <v>28</v>
       </c>
       <c r="L43" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M43" t="s">
         <v>28</v>
       </c>
       <c r="N43" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O43">
-        <v>284297558820</v>
+        <v>285073841399</v>
       </c>
       <c r="P43" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C44" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D44">
-        <v>585358</v>
+        <v>585985</v>
       </c>
       <c r="E44" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H44">
-        <v>79.99</v>
+        <v>99.99</v>
       </c>
       <c r="I44" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="J44" t="s">
         <v>28</v>
       </c>
       <c r="K44" t="s">
         <v>28</v>
       </c>
       <c r="L44" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M44" t="s">
         <v>28</v>
       </c>
       <c r="N44" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O44">
-        <v>771431810200</v>
+        <v>284797077273</v>
       </c>
       <c r="P44" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q44" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C45" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D45">
-        <v>585329</v>
+        <v>585950</v>
       </c>
       <c r="E45" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="H45">
-        <v>63.2</v>
+        <v>84</v>
       </c>
       <c r="I45" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="J45" t="s">
         <v>28</v>
       </c>
       <c r="K45" t="s">
         <v>28</v>
       </c>
       <c r="L45" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M45" t="s">
         <v>28</v>
       </c>
       <c r="N45" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O45">
-        <v>284294283000</v>
+        <v>284720298611</v>
       </c>
       <c r="P45" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q45" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C46" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D46">
-        <v>584404</v>
+        <v>585730</v>
       </c>
       <c r="E46" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="H46">
-        <v>55.2</v>
+        <v>111.99</v>
       </c>
       <c r="I46" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="J46" t="s">
         <v>28</v>
       </c>
       <c r="K46" t="s">
         <v>28</v>
       </c>
       <c r="L46" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M46" t="s">
         <v>28</v>
       </c>
       <c r="N46" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O46">
-        <v>283714973578</v>
+        <v>284560154272</v>
       </c>
       <c r="P46" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q46" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C47" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="D47">
-        <v>584039</v>
+        <v>585729</v>
       </c>
       <c r="E47" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F47" t="s">
         <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H47">
-        <v>57.6</v>
+        <v>89</v>
       </c>
       <c r="I47" t="s">
-        <v>199</v>
+        <v>268</v>
       </c>
       <c r="J47" t="s">
         <v>28</v>
       </c>
       <c r="K47" t="s">
         <v>28</v>
       </c>
       <c r="L47" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M47" t="s">
         <v>28</v>
       </c>
       <c r="N47" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O47">
-        <v>771044069195</v>
+        <v>284560208130</v>
       </c>
       <c r="P47" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C48" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D48">
-        <v>584018</v>
+        <v>585673</v>
       </c>
       <c r="E48" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H48">
-        <v>78.99</v>
+        <v>479.2</v>
       </c>
       <c r="I48" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="J48" t="s">
         <v>28</v>
       </c>
       <c r="K48" t="s">
         <v>28</v>
       </c>
       <c r="L48" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M48" t="s">
         <v>28</v>
       </c>
       <c r="N48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O48">
-        <v>283581496533</v>
+        <v>284553873404</v>
       </c>
       <c r="P48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
         <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C49" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="D49">
-        <v>583489</v>
+        <v>585641</v>
       </c>
       <c r="E49" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H49">
-        <v>99</v>
+        <v>504</v>
       </c>
       <c r="I49" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="J49" t="s">
         <v>28</v>
       </c>
       <c r="K49" t="s">
         <v>28</v>
       </c>
       <c r="L49" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M49" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N49" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O49">
-        <v>283235923383</v>
+        <v>284545548738</v>
       </c>
       <c r="P49" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q49" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49"/>
       <c r="U49" t="s">
-        <v>274</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C50" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D50">
-        <v>583186</v>
+        <v>585382</v>
       </c>
       <c r="E50" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="H50">
-        <v>55.2</v>
+        <v>159.2</v>
       </c>
       <c r="I50" t="s">
-        <v>258</v>
+        <v>282</v>
       </c>
       <c r="J50" t="s">
         <v>28</v>
       </c>
       <c r="K50" t="s">
         <v>28</v>
       </c>
       <c r="L50" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M50" t="s">
         <v>28</v>
       </c>
       <c r="N50" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O50">
-        <v>282999242534</v>
+        <v>284297558820</v>
       </c>
       <c r="P50" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q50" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C51" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D51">
-        <v>583075</v>
+        <v>585358</v>
       </c>
       <c r="E51" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F51" t="s">
         <v>25</v>
       </c>
       <c r="G51" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H51">
-        <v>394.2</v>
+        <v>79.99</v>
       </c>
       <c r="I51" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="J51" t="s">
         <v>28</v>
       </c>
       <c r="K51" t="s">
         <v>28</v>
       </c>
       <c r="L51" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M51" t="s">
         <v>28</v>
       </c>
       <c r="N51" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O51">
-        <v>282978277909</v>
+        <v>771431810200</v>
       </c>
       <c r="P51" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q51" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C52" t="s">
+        <v>289</v>
+      </c>
+      <c r="D52">
+        <v>585329</v>
+      </c>
+      <c r="E52" t="s">
         <v>285</v>
       </c>
-      <c r="D52">
-[...4 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="H52">
-        <v>55.2</v>
+        <v>63.2</v>
       </c>
       <c r="I52" t="s">
-        <v>258</v>
+        <v>291</v>
       </c>
       <c r="J52" t="s">
         <v>28</v>
       </c>
       <c r="K52" t="s">
         <v>28</v>
       </c>
       <c r="L52" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M52" t="s">
         <v>28</v>
       </c>
       <c r="N52" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O52">
-        <v>282855784727</v>
+        <v>284294283000</v>
       </c>
       <c r="P52" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C53" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D53">
-        <v>582810</v>
+        <v>584404</v>
       </c>
       <c r="E53" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H53">
         <v>55.2</v>
       </c>
       <c r="I53" t="s">
-        <v>258</v>
+        <v>296</v>
       </c>
       <c r="J53" t="s">
         <v>28</v>
       </c>
       <c r="K53" t="s">
         <v>28</v>
       </c>
       <c r="L53" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M53" t="s">
         <v>28</v>
       </c>
       <c r="N53" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O53">
-        <v>282793359940</v>
+        <v>283714973578</v>
       </c>
       <c r="P53" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q53" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C54" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D54">
-        <v>582340</v>
+        <v>584039</v>
       </c>
       <c r="E54" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H54">
-        <v>326.97</v>
+        <v>57.6</v>
       </c>
       <c r="I54" t="s">
-        <v>296</v>
+        <v>237</v>
       </c>
       <c r="J54" t="s">
         <v>28</v>
       </c>
       <c r="K54" t="s">
         <v>28</v>
       </c>
       <c r="L54" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M54" t="s">
         <v>28</v>
       </c>
       <c r="N54" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O54">
-        <v>282608608206</v>
+        <v>771044069195</v>
       </c>
       <c r="P54" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C55" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D55">
-        <v>582209</v>
+        <v>584018</v>
       </c>
       <c r="E55" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H55">
-        <v>114.99</v>
+        <v>78.99</v>
       </c>
       <c r="I55" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="J55" t="s">
         <v>28</v>
       </c>
       <c r="K55" t="s">
         <v>28</v>
       </c>
       <c r="L55" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M55" t="s">
         <v>28</v>
       </c>
       <c r="N55" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O55">
-        <v>282606681700</v>
+        <v>283581496533</v>
       </c>
       <c r="P55" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q55" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C56" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D56">
-        <v>582125</v>
+        <v>583489</v>
       </c>
       <c r="E56" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="H56">
-        <v>159.2</v>
+        <v>99</v>
       </c>
       <c r="I56" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="J56" t="s">
         <v>28</v>
       </c>
       <c r="K56" t="s">
         <v>28</v>
       </c>
       <c r="L56" t="s">
+        <v>43</v>
+      </c>
+      <c r="M56" t="s">
+        <v>44</v>
+      </c>
+      <c r="N56" t="s">
+        <v>31</v>
+      </c>
+      <c r="O56">
+        <v>283235923383</v>
+      </c>
+      <c r="P56" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>33</v>
+      </c>
+      <c r="R56" t="s">
         <v>45</v>
       </c>
-      <c r="M56" t="s">
-[...16 lines deleted...]
-      <c r="T56"/>
+      <c r="S56" t="s">
+        <v>219</v>
+      </c>
+      <c r="T56" t="s">
+        <v>311</v>
+      </c>
       <c r="U56" t="s">
-        <v>31</v>
+        <v>312</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="C57" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D57">
-        <v>581464</v>
+        <v>583186</v>
       </c>
       <c r="E57" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="H57">
-        <v>89.99</v>
+        <v>55.2</v>
       </c>
       <c r="I57" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="J57" t="s">
         <v>28</v>
       </c>
       <c r="K57" t="s">
         <v>28</v>
       </c>
       <c r="L57" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M57" t="s">
         <v>28</v>
       </c>
       <c r="N57" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O57">
-        <v>282295297514</v>
+        <v>282999242534</v>
       </c>
       <c r="P57" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q57" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C58" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D58">
-        <v>581286</v>
+        <v>583075</v>
       </c>
       <c r="E58" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="H58">
-        <v>60.99</v>
+        <v>394.2</v>
       </c>
       <c r="I58" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="J58" t="s">
         <v>28</v>
       </c>
       <c r="K58" t="s">
         <v>28</v>
       </c>
       <c r="L58" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M58" t="s">
         <v>28</v>
       </c>
       <c r="N58" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O58">
-        <v>282241645621</v>
+        <v>282978277909</v>
       </c>
       <c r="P58" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C59" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D59">
-        <v>580487</v>
+        <v>582921</v>
       </c>
       <c r="E59" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H59">
-        <v>99.99</v>
+        <v>55.2</v>
       </c>
       <c r="I59" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="J59" t="s">
         <v>28</v>
       </c>
       <c r="K59" t="s">
         <v>28</v>
       </c>
       <c r="L59" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M59" t="s">
         <v>28</v>
       </c>
       <c r="N59" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O59">
-        <v>281663753404</v>
+        <v>282855784727</v>
       </c>
       <c r="P59" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q59" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
         <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C60" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D60">
-        <v>580161</v>
+        <v>582810</v>
       </c>
       <c r="E60" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H60">
-        <v>95</v>
+        <v>55.2</v>
       </c>
       <c r="I60" t="s">
-        <v>326</v>
+        <v>296</v>
       </c>
       <c r="J60" t="s">
         <v>28</v>
       </c>
       <c r="K60" t="s">
         <v>28</v>
       </c>
       <c r="L60" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M60" t="s">
         <v>28</v>
       </c>
       <c r="N60" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O60">
-        <v>281496228016</v>
+        <v>282793359940</v>
       </c>
       <c r="P60" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q60" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
         <v>21</v>
       </c>
       <c r="B61" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C61" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D61">
-        <v>580091</v>
+        <v>582340</v>
       </c>
       <c r="E61" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="H61">
-        <v>71.99</v>
+        <v>326.97</v>
       </c>
       <c r="I61" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="J61" t="s">
         <v>28</v>
       </c>
       <c r="K61" t="s">
         <v>28</v>
       </c>
       <c r="L61" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M61" t="s">
         <v>28</v>
       </c>
       <c r="N61" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O61">
-        <v>281443105409</v>
+        <v>282608608206</v>
       </c>
       <c r="P61" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q61" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
         <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C62" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D62">
-        <v>578585</v>
+        <v>582209</v>
       </c>
       <c r="E62" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H62">
-        <v>87</v>
+        <v>114.99</v>
       </c>
       <c r="I62" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="J62" t="s">
         <v>28</v>
       </c>
       <c r="K62" t="s">
         <v>28</v>
       </c>
       <c r="L62" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M62" t="s">
         <v>28</v>
       </c>
       <c r="N62" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O62">
-        <v>280503820308</v>
+        <v>282606681700</v>
       </c>
       <c r="P62" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C63" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D63">
-        <v>578253</v>
+        <v>582125</v>
       </c>
       <c r="E63" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="H63">
-        <v>79.99</v>
+        <v>159.2</v>
       </c>
       <c r="I63" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="J63" t="s">
         <v>28</v>
       </c>
       <c r="K63" t="s">
         <v>28</v>
       </c>
       <c r="L63" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M63" t="s">
         <v>28</v>
       </c>
       <c r="N63" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O63">
-        <v>280274722644</v>
+        <v>282448895459</v>
       </c>
       <c r="P63" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C64" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D64">
-        <v>577865</v>
+        <v>581464</v>
       </c>
       <c r="E64" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H64">
-        <v>138.4</v>
+        <v>89.99</v>
       </c>
       <c r="I64" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="J64" t="s">
         <v>28</v>
       </c>
       <c r="K64" t="s">
         <v>28</v>
       </c>
       <c r="L64" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M64" t="s">
         <v>28</v>
       </c>
       <c r="N64" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O64">
-        <v>280030808616</v>
+        <v>282295297514</v>
       </c>
       <c r="P64" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C65" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D65">
-        <v>577514</v>
+        <v>581286</v>
       </c>
       <c r="E65" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F65" t="s">
         <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H65">
-        <v>79.2</v>
+        <v>60.99</v>
       </c>
       <c r="I65" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="J65" t="s">
         <v>28</v>
       </c>
       <c r="K65" t="s">
         <v>28</v>
       </c>
       <c r="L65" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M65" t="s">
         <v>28</v>
       </c>
       <c r="N65" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O65">
-        <v>279832555268</v>
+        <v>282241645621</v>
       </c>
       <c r="P65" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q65" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C66" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D66">
-        <v>577273</v>
+        <v>580487</v>
       </c>
       <c r="E66" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
       <c r="G66" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="H66">
-        <v>69.99</v>
+        <v>99.99</v>
       </c>
       <c r="I66" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="J66" t="s">
         <v>28</v>
       </c>
       <c r="K66" t="s">
         <v>28</v>
       </c>
       <c r="L66" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M66" t="s">
         <v>28</v>
       </c>
       <c r="N66" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O66">
-        <v>279555415415</v>
+        <v>281663753404</v>
       </c>
       <c r="P66" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q66" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C67" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D67">
-        <v>576821</v>
+        <v>580161</v>
       </c>
       <c r="E67" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="H67">
-        <v>639</v>
+        <v>95</v>
       </c>
       <c r="I67" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J67" t="s">
         <v>28</v>
       </c>
       <c r="K67" t="s">
         <v>28</v>
       </c>
       <c r="L67" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M67" t="s">
         <v>28</v>
       </c>
       <c r="N67" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O67">
-        <v>279261060767</v>
+        <v>281496228016</v>
       </c>
       <c r="P67" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q67" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C68" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D68">
-        <v>575948</v>
+        <v>580091</v>
       </c>
       <c r="E68" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H68">
-        <v>97.99</v>
+        <v>71.99</v>
       </c>
       <c r="I68" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="J68" t="s">
         <v>28</v>
       </c>
       <c r="K68" t="s">
         <v>28</v>
       </c>
       <c r="L68" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M68" t="s">
         <v>28</v>
       </c>
       <c r="N68" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O68">
-        <v>278723362503</v>
+        <v>281443105409</v>
       </c>
       <c r="P68" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C69" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D69">
-        <v>575130</v>
+        <v>578585</v>
       </c>
       <c r="E69" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
       <c r="G69" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H69">
-        <v>79.99</v>
+        <v>87</v>
       </c>
       <c r="I69" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J69" t="s">
         <v>28</v>
       </c>
       <c r="K69" t="s">
         <v>28</v>
       </c>
       <c r="L69" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M69" t="s">
         <v>28</v>
       </c>
       <c r="N69" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O69">
-        <v>278167120515</v>
+        <v>280503820308</v>
       </c>
       <c r="P69" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q69" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C70" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D70">
-        <v>575012</v>
+        <v>578253</v>
       </c>
       <c r="E70" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="F70" t="s">
         <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H70">
         <v>79.99</v>
       </c>
       <c r="I70" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="J70" t="s">
         <v>28</v>
       </c>
       <c r="K70" t="s">
         <v>28</v>
       </c>
       <c r="L70" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M70" t="s">
         <v>28</v>
       </c>
       <c r="N70" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O70">
-        <v>278060714508</v>
+        <v>280274722644</v>
       </c>
       <c r="P70" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q70" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C71" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D71">
-        <v>574899</v>
+        <v>577865</v>
       </c>
       <c r="E71" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F71" t="s">
         <v>25</v>
       </c>
       <c r="G71" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="H71">
-        <v>63</v>
+        <v>138.4</v>
       </c>
       <c r="I71" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J71" t="s">
         <v>28</v>
       </c>
       <c r="K71" t="s">
         <v>28</v>
       </c>
       <c r="L71" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M71" t="s">
         <v>28</v>
       </c>
       <c r="N71" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O71">
-        <v>278011936212</v>
+        <v>280030808616</v>
       </c>
       <c r="P71" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q71" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C72" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D72">
-        <v>574024</v>
+        <v>577514</v>
       </c>
       <c r="E72" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="H72">
-        <v>84.15</v>
+        <v>79.2</v>
       </c>
       <c r="I72" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="J72" t="s">
         <v>28</v>
       </c>
       <c r="K72" t="s">
         <v>28</v>
       </c>
       <c r="L72" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M72" t="s">
         <v>28</v>
       </c>
       <c r="N72" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O72">
-        <v>277516492983</v>
+        <v>279832555268</v>
       </c>
       <c r="P72" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q72" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C73" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D73">
-        <v>573893</v>
+        <v>577273</v>
       </c>
       <c r="E73" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
       <c r="G73" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H73">
-        <v>68</v>
+        <v>69.99</v>
       </c>
       <c r="I73" t="s">
-        <v>356</v>
+        <v>394</v>
       </c>
       <c r="J73" t="s">
         <v>28</v>
       </c>
       <c r="K73" t="s">
         <v>28</v>
       </c>
       <c r="L73" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M73" t="s">
         <v>28</v>
       </c>
       <c r="N73" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O73">
-        <v>277399558157</v>
+        <v>279555415415</v>
       </c>
       <c r="P73" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
         <v>21</v>
       </c>
       <c r="B74" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C74" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D74">
-        <v>573840</v>
+        <v>576821</v>
       </c>
       <c r="E74" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="F74" t="s">
         <v>25</v>
       </c>
       <c r="G74" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H74">
-        <v>74.74</v>
+        <v>639</v>
       </c>
       <c r="I74" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="J74" t="s">
         <v>28</v>
       </c>
       <c r="K74" t="s">
         <v>28</v>
       </c>
       <c r="L74" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M74" t="s">
         <v>28</v>
       </c>
       <c r="N74" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O74">
-        <v>277371584530</v>
+        <v>279261060767</v>
       </c>
       <c r="P74" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q74" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
         <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C75" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D75">
-        <v>573711</v>
+        <v>575948</v>
       </c>
       <c r="E75" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="F75" t="s">
         <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H75">
-        <v>74.8</v>
+        <v>97.99</v>
       </c>
       <c r="I75" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="J75" t="s">
         <v>28</v>
       </c>
       <c r="K75" t="s">
         <v>28</v>
       </c>
       <c r="L75" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M75" t="s">
         <v>28</v>
       </c>
       <c r="N75" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O75">
-        <v>277286312617</v>
+        <v>278723362503</v>
       </c>
       <c r="P75" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
         <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C76" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D76">
-        <v>573699</v>
+        <v>575130</v>
       </c>
       <c r="E76" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="H76">
-        <v>80.75</v>
+        <v>79.99</v>
       </c>
       <c r="I76" t="s">
-        <v>326</v>
+        <v>409</v>
       </c>
       <c r="J76" t="s">
         <v>28</v>
       </c>
       <c r="K76" t="s">
         <v>28</v>
       </c>
       <c r="L76" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M76" t="s">
         <v>28</v>
       </c>
       <c r="N76" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O76">
-        <v>277286344174</v>
+        <v>278167120515</v>
       </c>
       <c r="P76" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q76" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
         <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C77" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="D77">
-        <v>573692</v>
+        <v>575012</v>
       </c>
       <c r="E77" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="F77" t="s">
         <v>25</v>
       </c>
       <c r="G77" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="H77">
-        <v>68</v>
+        <v>79.99</v>
       </c>
       <c r="I77" t="s">
-        <v>356</v>
+        <v>414</v>
       </c>
       <c r="J77" t="s">
         <v>28</v>
       </c>
       <c r="K77" t="s">
         <v>28</v>
       </c>
       <c r="L77" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M77" t="s">
         <v>28</v>
       </c>
       <c r="N77" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O77">
-        <v>277286642629</v>
+        <v>278060714508</v>
       </c>
       <c r="P77" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q77" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
         <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="C78" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="D78">
-        <v>573627</v>
+        <v>574899</v>
       </c>
       <c r="E78" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="F78" t="s">
         <v>25</v>
       </c>
       <c r="G78" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="H78">
-        <v>61.2</v>
+        <v>63</v>
       </c>
       <c r="I78" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="J78" t="s">
         <v>28</v>
       </c>
       <c r="K78" t="s">
         <v>28</v>
       </c>
       <c r="L78" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M78" t="s">
         <v>28</v>
       </c>
       <c r="N78" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O78">
-        <v>277221071702</v>
+        <v>278011936212</v>
       </c>
       <c r="P78" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
         <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="C79" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="D79">
-        <v>573558</v>
+        <v>574024</v>
       </c>
       <c r="E79" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="H79">
-        <v>148.75</v>
+        <v>84.15</v>
       </c>
       <c r="I79" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="J79" t="s">
         <v>28</v>
       </c>
       <c r="K79" t="s">
         <v>28</v>
       </c>
       <c r="L79" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M79" t="s">
         <v>28</v>
       </c>
       <c r="N79" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O79">
-        <v>277139885993</v>
+        <v>277516492983</v>
       </c>
       <c r="P79" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q79" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
         <v>21</v>
       </c>
       <c r="B80" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="C80" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="D80">
-        <v>573290</v>
+        <v>573893</v>
       </c>
       <c r="E80" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="H80">
-        <v>71.99</v>
+        <v>68</v>
       </c>
       <c r="I80" t="s">
-        <v>420</v>
+        <v>394</v>
       </c>
       <c r="J80" t="s">
         <v>28</v>
       </c>
       <c r="K80" t="s">
         <v>28</v>
       </c>
       <c r="L80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M80" t="s">
         <v>28</v>
       </c>
       <c r="N80" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O80">
-        <v>276963236635</v>
+        <v>277399558157</v>
       </c>
       <c r="P80" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q80" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
         <v>21</v>
       </c>
       <c r="B81" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="C81" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="D81">
-        <v>573025</v>
+        <v>573840</v>
       </c>
       <c r="E81" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="H81">
-        <v>63</v>
+        <v>74.74</v>
       </c>
       <c r="I81" t="s">
-        <v>381</v>
+        <v>432</v>
       </c>
       <c r="J81" t="s">
         <v>28</v>
       </c>
       <c r="K81" t="s">
         <v>28</v>
       </c>
       <c r="L81" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M81" t="s">
         <v>28</v>
       </c>
       <c r="N81" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O81">
-        <v>276860225419</v>
+        <v>277371584530</v>
       </c>
       <c r="P81" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
         <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="C82" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="D82">
-        <v>572645</v>
+        <v>573711</v>
       </c>
       <c r="E82" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="H82">
-        <v>79.99</v>
+        <v>74.8</v>
       </c>
       <c r="I82" t="s">
-        <v>341</v>
+        <v>437</v>
       </c>
       <c r="J82" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K82" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L82" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M82" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N82" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O82"/>
+        <v>31</v>
+      </c>
+      <c r="O82">
+        <v>277286312617</v>
+      </c>
       <c r="P82" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q82" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R82"/>
+      <c r="S82"/>
+      <c r="T82"/>
       <c r="U82" t="s">
-        <v>430</v>
+        <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="C83" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="D83">
-        <v>572591</v>
+        <v>573699</v>
       </c>
       <c r="E83" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="H83">
-        <v>47.99</v>
+        <v>80.75</v>
       </c>
       <c r="I83" t="s">
-        <v>159</v>
+        <v>364</v>
       </c>
       <c r="J83" t="s">
         <v>28</v>
       </c>
       <c r="K83" t="s">
         <v>28</v>
       </c>
       <c r="L83" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M83" t="s">
         <v>28</v>
       </c>
       <c r="N83" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O83">
-        <v>276416925899</v>
+        <v>277286344174</v>
       </c>
       <c r="P83" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q83" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
+        <v>441</v>
+      </c>
+      <c r="C84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D84">
+        <v>573692</v>
+      </c>
+      <c r="E84" t="s">
         <v>435</v>
       </c>
-      <c r="C84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" t="s">
         <v>25</v>
       </c>
       <c r="G84" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="H84">
-        <v>97.99</v>
+        <v>68</v>
       </c>
       <c r="I84" t="s">
-        <v>439</v>
+        <v>394</v>
       </c>
       <c r="J84" t="s">
         <v>28</v>
       </c>
       <c r="K84" t="s">
         <v>28</v>
       </c>
       <c r="L84" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M84" t="s">
         <v>28</v>
       </c>
       <c r="N84" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O84">
-        <v>276197986153</v>
+        <v>277286642629</v>
       </c>
       <c r="P84" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q84" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C85" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D85">
-        <v>571872</v>
+        <v>573627</v>
       </c>
       <c r="E85" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F85" t="s">
         <v>25</v>
       </c>
       <c r="G85" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="H85">
-        <v>143.2</v>
+        <v>61.2</v>
       </c>
       <c r="I85" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="J85" t="s">
         <v>28</v>
       </c>
       <c r="K85" t="s">
         <v>28</v>
       </c>
       <c r="L85" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M85" t="s">
         <v>28</v>
       </c>
       <c r="N85" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O85">
-        <v>275562055664</v>
+        <v>277221071702</v>
       </c>
       <c r="P85" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C86" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D86">
-        <v>571191</v>
+        <v>573558</v>
       </c>
       <c r="E86" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F86" t="s">
         <v>25</v>
       </c>
       <c r="G86" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="H86">
-        <v>55.99</v>
+        <v>148.75</v>
       </c>
       <c r="I86" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="J86" t="s">
         <v>28</v>
       </c>
       <c r="K86" t="s">
         <v>28</v>
       </c>
       <c r="L86" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M86" t="s">
         <v>28</v>
       </c>
       <c r="N86" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O86">
-        <v>274876805773</v>
+        <v>277139885993</v>
       </c>
       <c r="P86" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
         <v>21</v>
       </c>
       <c r="B87" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C87" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D87">
-        <v>571098</v>
+        <v>573290</v>
       </c>
       <c r="E87" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="H87">
-        <v>95.2</v>
+        <v>71.99</v>
       </c>
       <c r="I87" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="J87" t="s">
         <v>28</v>
       </c>
       <c r="K87" t="s">
         <v>28</v>
       </c>
       <c r="L87" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M87" t="s">
         <v>28</v>
       </c>
       <c r="N87" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O87">
-        <v>274713801690</v>
+        <v>276963236635</v>
       </c>
       <c r="P87" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q87" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
         <v>21</v>
       </c>
       <c r="B88" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C88" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D88">
-        <v>570677</v>
+        <v>573025</v>
       </c>
       <c r="E88" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H88">
-        <v>249.7</v>
+        <v>63</v>
       </c>
       <c r="I88" t="s">
-        <v>459</v>
+        <v>419</v>
       </c>
       <c r="J88" t="s">
         <v>28</v>
       </c>
       <c r="K88" t="s">
         <v>28</v>
       </c>
       <c r="L88" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M88" t="s">
         <v>28</v>
       </c>
       <c r="N88" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O88">
-        <v>274289427645</v>
+        <v>276860225419</v>
       </c>
       <c r="P88" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C89" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D89">
-        <v>570480</v>
+        <v>572645</v>
       </c>
       <c r="E89" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="H89">
         <v>79.99</v>
       </c>
       <c r="I89" t="s">
-        <v>464</v>
+        <v>379</v>
       </c>
       <c r="J89" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K89" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L89" t="s">
+        <v>43</v>
+      </c>
+      <c r="M89" t="s">
+        <v>44</v>
+      </c>
+      <c r="N89" t="s">
+        <v>31</v>
+      </c>
+      <c r="O89"/>
+      <c r="P89" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>33</v>
+      </c>
+      <c r="R89" t="s">
         <v>45</v>
       </c>
-      <c r="M89" t="s">
-[...16 lines deleted...]
-      <c r="T89"/>
+      <c r="S89" t="s">
+        <v>219</v>
+      </c>
+      <c r="T89" t="s">
+        <v>467</v>
+      </c>
       <c r="U89" t="s">
-        <v>31</v>
+        <v>468</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C90" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D90">
-        <v>570327</v>
+        <v>572591</v>
       </c>
       <c r="E90" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="F90" t="s">
         <v>25</v>
       </c>
       <c r="G90" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H90">
-        <v>71.99</v>
+        <v>47.99</v>
       </c>
       <c r="I90" t="s">
-        <v>469</v>
+        <v>197</v>
       </c>
       <c r="J90" t="s">
         <v>28</v>
       </c>
       <c r="K90" t="s">
         <v>28</v>
       </c>
       <c r="L90" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M90" t="s">
         <v>28</v>
       </c>
       <c r="N90" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O90">
-        <v>273795639864</v>
+        <v>276416925899</v>
       </c>
       <c r="P90" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C91" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D91">
-        <v>570315</v>
+        <v>572407</v>
       </c>
       <c r="E91" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="H91">
-        <v>79.99</v>
+        <v>97.99</v>
       </c>
       <c r="I91" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="J91" t="s">
         <v>28</v>
       </c>
       <c r="K91" t="s">
         <v>28</v>
       </c>
       <c r="L91" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M91" t="s">
         <v>28</v>
       </c>
       <c r="N91" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O91">
-        <v>273783834349</v>
+        <v>276197986153</v>
       </c>
       <c r="P91" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q91" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C92" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="D92">
-        <v>570270</v>
+        <v>571872</v>
       </c>
       <c r="E92" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
       <c r="G92" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="H92">
-        <v>71.99</v>
+        <v>143.2</v>
       </c>
       <c r="I92" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="J92" t="s">
         <v>28</v>
       </c>
       <c r="K92" t="s">
         <v>28</v>
       </c>
       <c r="L92" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M92" t="s">
         <v>28</v>
       </c>
       <c r="N92" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O92">
-        <v>273697384480</v>
+        <v>275562055664</v>
       </c>
       <c r="P92" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q92" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C93" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D93">
-        <v>570209</v>
+        <v>571191</v>
       </c>
       <c r="E93" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="H93">
-        <v>79.99</v>
+        <v>55.99</v>
       </c>
       <c r="I93" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="J93" t="s">
         <v>28</v>
       </c>
       <c r="K93" t="s">
         <v>28</v>
       </c>
       <c r="L93" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M93" t="s">
         <v>28</v>
       </c>
       <c r="N93" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O93">
-        <v>273701907142</v>
+        <v>274876805773</v>
       </c>
       <c r="P93" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C94" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D94">
-        <v>570192</v>
+        <v>571098</v>
       </c>
       <c r="E94" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="F94" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G94" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H94">
-        <v>117.44</v>
+        <v>95.2</v>
       </c>
       <c r="I94" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="J94" t="s">
         <v>28</v>
       </c>
       <c r="K94" t="s">
-        <v>488</v>
+        <v>28</v>
       </c>
       <c r="L94" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M94" t="s">
         <v>28</v>
       </c>
       <c r="N94" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>31</v>
+      </c>
+      <c r="O94">
+        <v>274713801690</v>
       </c>
       <c r="P94" t="s">
-        <v>491</v>
+        <v>32</v>
       </c>
       <c r="Q94" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
         <v>493</v>
       </c>
       <c r="C95" t="s">
         <v>494</v>
       </c>
       <c r="D95">
-        <v>570182</v>
+        <v>570677</v>
       </c>
       <c r="E95" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="F95" t="s">
         <v>25</v>
       </c>
       <c r="G95" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H95">
-        <v>79.2</v>
+        <v>249.7</v>
       </c>
       <c r="I95" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J95" t="s">
         <v>28</v>
       </c>
       <c r="K95" t="s">
         <v>28</v>
       </c>
       <c r="L95" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M95" t="s">
         <v>28</v>
       </c>
       <c r="N95" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O95">
-        <v>273696068088</v>
+        <v>274289427645</v>
       </c>
       <c r="P95" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q95" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C96" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D96">
-        <v>570172</v>
+        <v>570480</v>
       </c>
       <c r="E96" t="s">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="F96" t="s">
         <v>25</v>
       </c>
       <c r="G96" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H96">
         <v>79.99</v>
       </c>
       <c r="I96" t="s">
-        <v>376</v>
+        <v>502</v>
       </c>
       <c r="J96" t="s">
         <v>28</v>
       </c>
       <c r="K96" t="s">
         <v>28</v>
       </c>
       <c r="L96" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M96" t="s">
         <v>28</v>
       </c>
       <c r="N96" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O96">
-        <v>273696320210</v>
+        <v>273993112812</v>
       </c>
       <c r="P96" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q96" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C97" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D97">
-        <v>570167</v>
+        <v>570327</v>
       </c>
       <c r="E97" t="s">
-        <v>480</v>
+        <v>505</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
       <c r="G97" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="H97">
-        <v>79.2</v>
+        <v>71.99</v>
       </c>
       <c r="I97" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="J97" t="s">
         <v>28</v>
       </c>
       <c r="K97" t="s">
         <v>28</v>
       </c>
       <c r="L97" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M97" t="s">
         <v>28</v>
       </c>
       <c r="N97" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O97">
-        <v>273696149270</v>
+        <v>273795639864</v>
       </c>
       <c r="P97" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q97" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C98" t="s">
+        <v>509</v>
+      </c>
+      <c r="D98">
+        <v>570315</v>
+      </c>
+      <c r="E98" t="s">
         <v>505</v>
       </c>
-      <c r="D98">
-[...4 lines deleted...]
-      </c>
       <c r="F98" t="s">
         <v>25</v>
       </c>
       <c r="G98" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="H98">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="I98" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="J98" t="s">
         <v>28</v>
       </c>
       <c r="K98" t="s">
         <v>28</v>
       </c>
       <c r="L98" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M98" t="s">
         <v>28</v>
       </c>
       <c r="N98" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O98">
-        <v>273643838429</v>
+        <v>273783834349</v>
       </c>
       <c r="P98" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q98" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C99" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D99">
-        <v>570115</v>
+        <v>570270</v>
       </c>
       <c r="E99" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="F99" t="s">
-        <v>511</v>
+        <v>25</v>
       </c>
       <c r="G99" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="H99">
-        <v>195.32</v>
+        <v>71.99</v>
       </c>
       <c r="I99" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="J99" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K99" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L99" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M99" t="s">
         <v>28</v>
       </c>
       <c r="N99" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O99"/>
+        <v>31</v>
+      </c>
+      <c r="O99">
+        <v>273697384480</v>
+      </c>
       <c r="P99" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
         <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C100" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D100">
-        <v>570098</v>
+        <v>570209</v>
       </c>
       <c r="E100" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F100" t="s">
         <v>25</v>
       </c>
       <c r="G100" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="H100">
-        <v>87.2</v>
+        <v>79.99</v>
       </c>
       <c r="I100" t="s">
-        <v>371</v>
+        <v>520</v>
       </c>
       <c r="J100" t="s">
         <v>28</v>
       </c>
       <c r="K100" t="s">
         <v>28</v>
       </c>
       <c r="L100" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M100" t="s">
         <v>28</v>
       </c>
       <c r="N100" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O100">
-        <v>273600593969</v>
+        <v>273701907142</v>
       </c>
       <c r="P100" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q100" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
         <v>21</v>
       </c>
       <c r="B101" t="s">
+        <v>521</v>
+      </c>
+      <c r="C101" t="s">
+        <v>522</v>
+      </c>
+      <c r="D101">
+        <v>570192</v>
+      </c>
+      <c r="E101" t="s">
         <v>518</v>
       </c>
-      <c r="C101" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>25</v>
+        <v>523</v>
       </c>
       <c r="G101" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H101">
-        <v>224</v>
+        <v>117.44</v>
       </c>
       <c r="I101" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="J101" t="s">
         <v>28</v>
       </c>
       <c r="K101" t="s">
-        <v>28</v>
+        <v>526</v>
       </c>
       <c r="L101" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M101" t="s">
         <v>28</v>
       </c>
       <c r="N101" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>273572938388</v>
+        <v>527</v>
+      </c>
+      <c r="O101" t="s">
+        <v>528</v>
       </c>
       <c r="P101" t="s">
-        <v>31</v>
+        <v>529</v>
       </c>
       <c r="Q101" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
         <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="C102" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="D102">
-        <v>570010</v>
+        <v>570182</v>
       </c>
       <c r="E102" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="F102" t="s">
         <v>25</v>
       </c>
       <c r="G102" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="H102">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="I102" t="s">
-        <v>482</v>
+        <v>534</v>
       </c>
       <c r="J102" t="s">
         <v>28</v>
       </c>
       <c r="K102" t="s">
         <v>28</v>
       </c>
       <c r="L102" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M102" t="s">
         <v>28</v>
       </c>
       <c r="N102" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O102">
-        <v>273503736883</v>
+        <v>273696068088</v>
       </c>
       <c r="P102" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q102" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
         <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="C103" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="D103">
-        <v>569821</v>
+        <v>570172</v>
       </c>
       <c r="E103" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="F103" t="s">
         <v>25</v>
       </c>
       <c r="G103" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="H103">
-        <v>151.2</v>
+        <v>79.99</v>
       </c>
       <c r="I103" t="s">
-        <v>531</v>
+        <v>414</v>
       </c>
       <c r="J103" t="s">
         <v>28</v>
       </c>
       <c r="K103" t="s">
         <v>28</v>
       </c>
       <c r="L103" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M103" t="s">
         <v>28</v>
       </c>
       <c r="N103" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O103">
-        <v>273266605888</v>
+        <v>273696320210</v>
       </c>
       <c r="P103" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
         <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C104" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="D104">
-        <v>569487</v>
+        <v>570167</v>
       </c>
       <c r="E104" t="s">
-        <v>534</v>
+        <v>518</v>
       </c>
       <c r="F104" t="s">
         <v>25</v>
       </c>
       <c r="G104" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H104">
-        <v>79.99</v>
+        <v>79.2</v>
       </c>
       <c r="I104" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="J104" t="s">
         <v>28</v>
       </c>
       <c r="K104" t="s">
         <v>28</v>
       </c>
       <c r="L104" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M104" t="s">
         <v>28</v>
       </c>
       <c r="N104" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O104">
-        <v>272930793400</v>
+        <v>273696149270</v>
       </c>
       <c r="P104" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
         <v>21</v>
       </c>
       <c r="B105" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C105" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="D105">
-        <v>569332</v>
+        <v>570142</v>
       </c>
       <c r="E105" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="F105" t="s">
         <v>25</v>
       </c>
       <c r="G105" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="H105">
-        <v>89</v>
+        <v>87.99</v>
       </c>
       <c r="I105" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="J105" t="s">
         <v>28</v>
       </c>
       <c r="K105" t="s">
         <v>28</v>
       </c>
       <c r="L105" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M105" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N105" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O105">
-        <v>272772957875</v>
+        <v>273643838429</v>
       </c>
       <c r="P105" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q105" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R105"/>
+      <c r="S105"/>
+      <c r="T105"/>
       <c r="U105" t="s">
-        <v>543</v>
+        <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
+        <v>547</v>
+      </c>
+      <c r="C106" t="s">
+        <v>548</v>
+      </c>
+      <c r="D106">
+        <v>570115</v>
+      </c>
+      <c r="E106" t="s">
         <v>544</v>
       </c>
-      <c r="C106" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F106" t="s">
-        <v>25</v>
+        <v>549</v>
       </c>
       <c r="G106" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="H106">
-        <v>415.2</v>
+        <v>195.32</v>
       </c>
       <c r="I106" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="J106" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K106" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L106" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M106" t="s">
         <v>28</v>
       </c>
       <c r="N106" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O106"/>
       <c r="P106" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
         <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C107" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="D107">
-        <v>568905</v>
+        <v>570098</v>
       </c>
       <c r="E107" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F107" t="s">
         <v>25</v>
       </c>
       <c r="G107" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="H107">
-        <v>99</v>
+        <v>87.2</v>
       </c>
       <c r="I107" t="s">
-        <v>553</v>
+        <v>409</v>
       </c>
       <c r="J107" t="s">
         <v>28</v>
       </c>
       <c r="K107" t="s">
         <v>28</v>
       </c>
       <c r="L107" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M107" t="s">
         <v>28</v>
       </c>
       <c r="N107" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O107">
-        <v>272348021657</v>
+        <v>273600593969</v>
       </c>
       <c r="P107" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q107" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
         <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C108" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D108">
-        <v>568785</v>
+        <v>570067</v>
       </c>
       <c r="E108" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F108" t="s">
         <v>25</v>
       </c>
       <c r="G108" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="H108">
-        <v>60</v>
+        <v>224</v>
       </c>
       <c r="I108" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="J108" t="s">
         <v>28</v>
       </c>
       <c r="K108" t="s">
         <v>28</v>
       </c>
       <c r="L108" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M108" t="s">
         <v>28</v>
       </c>
       <c r="N108" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O108">
-        <v>272132918867</v>
+        <v>273572938388</v>
       </c>
       <c r="P108" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q108" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R108"/>
       <c r="S108"/>
       <c r="T108"/>
       <c r="U108" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C109" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D109">
-        <v>568689</v>
+        <v>570010</v>
       </c>
       <c r="E109" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F109" t="s">
         <v>25</v>
       </c>
       <c r="G109" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="H109">
-        <v>52.8</v>
+        <v>79.99</v>
       </c>
       <c r="I109" t="s">
-        <v>563</v>
+        <v>520</v>
       </c>
       <c r="J109" t="s">
         <v>28</v>
       </c>
       <c r="K109" t="s">
         <v>28</v>
       </c>
       <c r="L109" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M109" t="s">
         <v>28</v>
       </c>
       <c r="N109" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O109">
-        <v>271992939178</v>
+        <v>273503736883</v>
       </c>
       <c r="P109" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q109" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
         <v>21</v>
       </c>
       <c r="B110" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C110" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D110">
-        <v>568360</v>
+        <v>569821</v>
       </c>
       <c r="E110" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F110" t="s">
         <v>25</v>
       </c>
       <c r="G110" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H110">
-        <v>119.99</v>
+        <v>151.2</v>
       </c>
       <c r="I110" t="s">
-        <v>90</v>
+        <v>569</v>
       </c>
       <c r="J110" t="s">
         <v>28</v>
       </c>
       <c r="K110" t="s">
         <v>28</v>
       </c>
       <c r="L110" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M110" t="s">
         <v>28</v>
       </c>
       <c r="N110" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O110">
-        <v>271717909336</v>
+        <v>273266605888</v>
       </c>
       <c r="P110" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q110" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
         <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C111" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D111">
-        <v>568314</v>
+        <v>569487</v>
       </c>
       <c r="E111" t="s">
-        <v>31</v>
+        <v>572</v>
       </c>
       <c r="F111" t="s">
         <v>25</v>
       </c>
-      <c r="G111"/>
+      <c r="G111" t="s">
+        <v>573</v>
+      </c>
       <c r="H111">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I111" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="K111"/>
+        <v>574</v>
+      </c>
+      <c r="J111" t="s">
+        <v>28</v>
+      </c>
+      <c r="K111" t="s">
+        <v>28</v>
+      </c>
       <c r="L111" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M111" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O111"/>
+        <v>28</v>
+      </c>
+      <c r="N111" t="s">
+        <v>31</v>
+      </c>
+      <c r="O111">
+        <v>272930793400</v>
+      </c>
       <c r="P111" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q111" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R111"/>
+      <c r="S111"/>
+      <c r="T111"/>
       <c r="U111" t="s">
-        <v>574</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
         <v>21</v>
       </c>
       <c r="B112" t="s">
         <v>575</v>
       </c>
       <c r="C112" t="s">
         <v>576</v>
       </c>
       <c r="D112">
-        <v>567816</v>
+        <v>569332</v>
       </c>
       <c r="E112" t="s">
         <v>577</v>
       </c>
       <c r="F112" t="s">
         <v>25</v>
       </c>
       <c r="G112" t="s">
         <v>578</v>
       </c>
       <c r="H112">
-        <v>72.8</v>
+        <v>89</v>
       </c>
       <c r="I112" t="s">
         <v>579</v>
       </c>
       <c r="J112" t="s">
         <v>28</v>
       </c>
       <c r="K112" t="s">
         <v>28</v>
       </c>
       <c r="L112" t="s">
+        <v>43</v>
+      </c>
+      <c r="M112" t="s">
+        <v>44</v>
+      </c>
+      <c r="N112" t="s">
+        <v>31</v>
+      </c>
+      <c r="O112">
+        <v>272772957875</v>
+      </c>
+      <c r="P112" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>33</v>
+      </c>
+      <c r="R112" t="s">
         <v>45</v>
       </c>
-      <c r="M112" t="s">
-[...16 lines deleted...]
-      <c r="T112"/>
+      <c r="S112" t="s">
+        <v>219</v>
+      </c>
+      <c r="T112" t="s">
+        <v>580</v>
+      </c>
       <c r="U112" t="s">
-        <v>31</v>
+        <v>581</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
         <v>21</v>
       </c>
       <c r="B113" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C113" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D113">
-        <v>567417</v>
+        <v>569211</v>
       </c>
       <c r="E113" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="H113">
-        <v>93.6</v>
+        <v>415.2</v>
       </c>
       <c r="I113" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="J113" t="s">
         <v>28</v>
       </c>
       <c r="K113" t="s">
         <v>28</v>
       </c>
       <c r="L113" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M113" t="s">
         <v>28</v>
       </c>
       <c r="N113" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O113">
-        <v>270607440843</v>
+        <v>272633668543</v>
       </c>
       <c r="P113" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q113" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R113"/>
       <c r="S113"/>
       <c r="T113"/>
       <c r="U113" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
         <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C114" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D114">
-        <v>567357</v>
+        <v>568905</v>
       </c>
       <c r="E114" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F114" t="s">
         <v>25</v>
       </c>
       <c r="G114" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="H114">
-        <v>119.99</v>
+        <v>99</v>
       </c>
       <c r="I114" t="s">
-        <v>90</v>
+        <v>591</v>
       </c>
       <c r="J114" t="s">
         <v>28</v>
       </c>
       <c r="K114" t="s">
         <v>28</v>
       </c>
       <c r="L114" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M114" t="s">
         <v>28</v>
       </c>
       <c r="N114" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O114">
-        <v>270599475938</v>
+        <v>272348021657</v>
       </c>
       <c r="P114" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q114" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R114"/>
       <c r="S114"/>
       <c r="T114"/>
       <c r="U114" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
         <v>21</v>
       </c>
       <c r="B115" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C115" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D115">
-        <v>567331</v>
+        <v>568785</v>
       </c>
       <c r="E115" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
       <c r="G115" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="H115">
-        <v>95.99</v>
+        <v>60</v>
       </c>
       <c r="I115" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="J115" t="s">
         <v>28</v>
       </c>
       <c r="K115" t="s">
         <v>28</v>
       </c>
       <c r="L115" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M115" t="s">
         <v>28</v>
       </c>
       <c r="N115" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O115">
-        <v>270522006145</v>
+        <v>272132918867</v>
       </c>
       <c r="P115" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q115" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R115"/>
       <c r="S115"/>
       <c r="T115"/>
       <c r="U115" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
         <v>21</v>
       </c>
       <c r="B116" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="C116" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="D116">
-        <v>567299</v>
+        <v>568689</v>
       </c>
       <c r="E116" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="F116" t="s">
         <v>25</v>
       </c>
       <c r="G116" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="H116">
-        <v>138.99</v>
+        <v>52.8</v>
       </c>
       <c r="I116" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J116" t="s">
         <v>28</v>
       </c>
       <c r="K116" t="s">
         <v>28</v>
       </c>
       <c r="L116" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M116" t="s">
         <v>28</v>
       </c>
       <c r="N116" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O116">
-        <v>270479691935</v>
+        <v>271992939178</v>
       </c>
       <c r="P116" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q116" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R116"/>
       <c r="S116"/>
       <c r="T116"/>
       <c r="U116" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
         <v>21</v>
       </c>
       <c r="B117" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C117" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="D117">
-        <v>567135</v>
+        <v>568360</v>
       </c>
       <c r="E117" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="F117" t="s">
         <v>25</v>
       </c>
       <c r="G117" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="H117">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="I117" t="s">
-        <v>602</v>
+        <v>129</v>
       </c>
       <c r="J117" t="s">
         <v>28</v>
       </c>
       <c r="K117" t="s">
         <v>28</v>
       </c>
       <c r="L117" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M117" t="s">
         <v>28</v>
       </c>
       <c r="N117" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O117">
-        <v>270320002531</v>
+        <v>271717909336</v>
       </c>
       <c r="P117" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q117" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R117"/>
       <c r="S117"/>
       <c r="T117"/>
       <c r="U117" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
         <v>21</v>
       </c>
       <c r="B118" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C118" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="D118">
-        <v>566475</v>
+        <v>568314</v>
       </c>
       <c r="E118" t="s">
-        <v>605</v>
+        <v>32</v>
       </c>
       <c r="F118" t="s">
         <v>25</v>
       </c>
-      <c r="G118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G118"/>
       <c r="H118">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>607</v>
-[...6 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="J118"/>
+      <c r="K118"/>
       <c r="L118" t="s">
+        <v>43</v>
+      </c>
+      <c r="M118" t="s">
+        <v>609</v>
+      </c>
+      <c r="N118"/>
+      <c r="O118"/>
+      <c r="P118" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>46</v>
+      </c>
+      <c r="R118" t="s">
         <v>45</v>
       </c>
-      <c r="M118" t="s">
-[...16 lines deleted...]
-      <c r="T118"/>
+      <c r="S118" t="s">
+        <v>219</v>
+      </c>
+      <c r="T118" t="s">
+        <v>610</v>
+      </c>
       <c r="U118" t="s">
-        <v>31</v>
+        <v>611</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
         <v>21</v>
       </c>
       <c r="B119" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C119" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D119">
-        <v>566444</v>
+        <v>567816</v>
       </c>
       <c r="E119" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F119" t="s">
         <v>25</v>
       </c>
       <c r="G119" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="H119">
-        <v>79</v>
+        <v>72.8</v>
       </c>
       <c r="I119" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="J119" t="s">
         <v>28</v>
       </c>
       <c r="K119" t="s">
         <v>28</v>
       </c>
       <c r="L119" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M119" t="s">
         <v>28</v>
       </c>
       <c r="N119" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O119">
-        <v>789174875844</v>
+        <v>271030062890</v>
       </c>
       <c r="P119" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q119" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R119"/>
       <c r="S119"/>
       <c r="T119"/>
       <c r="U119" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
         <v>21</v>
       </c>
       <c r="B120" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C120" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D120">
-        <v>566387</v>
+        <v>567417</v>
       </c>
       <c r="E120" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="F120" t="s">
         <v>25</v>
       </c>
       <c r="G120" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="H120">
-        <v>89</v>
+        <v>93.6</v>
       </c>
       <c r="I120" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="J120" t="s">
         <v>28</v>
       </c>
       <c r="K120" t="s">
         <v>28</v>
       </c>
       <c r="L120" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M120" t="s">
         <v>28</v>
       </c>
       <c r="N120" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O120">
-        <v>789174817110</v>
+        <v>270607440843</v>
       </c>
       <c r="P120" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q120" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R120"/>
       <c r="S120"/>
       <c r="T120"/>
       <c r="U120" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
         <v>21</v>
       </c>
       <c r="B121" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="C121" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="D121">
-        <v>566305</v>
+        <v>567357</v>
       </c>
       <c r="E121" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="F121" t="s">
         <v>25</v>
       </c>
       <c r="G121" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="H121">
-        <v>49</v>
+        <v>119.99</v>
       </c>
       <c r="I121" t="s">
-        <v>620</v>
+        <v>129</v>
       </c>
       <c r="J121" t="s">
         <v>28</v>
       </c>
       <c r="K121" t="s">
         <v>28</v>
       </c>
       <c r="L121" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M121" t="s">
         <v>28</v>
       </c>
       <c r="N121" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O121">
-        <v>789006179270</v>
+        <v>270599475938</v>
       </c>
       <c r="P121" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q121" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R121"/>
       <c r="S121"/>
       <c r="T121"/>
       <c r="U121" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
         <v>21</v>
       </c>
       <c r="B122" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C122" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D122">
-        <v>566024</v>
+        <v>567331</v>
       </c>
       <c r="E122" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F122" t="s">
-        <v>511</v>
+        <v>25</v>
       </c>
       <c r="G122" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H122">
-        <v>212.17</v>
+        <v>95.99</v>
       </c>
       <c r="I122" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="J122" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K122" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L122" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M122" t="s">
         <v>28</v>
       </c>
       <c r="N122" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O122"/>
+        <v>31</v>
+      </c>
+      <c r="O122">
+        <v>270522006145</v>
+      </c>
       <c r="P122" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q122" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R122"/>
       <c r="S122"/>
       <c r="T122"/>
       <c r="U122" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
         <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C123" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="D123">
-        <v>565644</v>
+        <v>567299</v>
       </c>
       <c r="E123" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="F123" t="s">
         <v>25</v>
       </c>
       <c r="G123" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H123">
-        <v>149</v>
+        <v>138.99</v>
       </c>
       <c r="I123" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="J123" t="s">
         <v>28</v>
       </c>
       <c r="K123" t="s">
         <v>28</v>
       </c>
       <c r="L123" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M123" t="s">
         <v>28</v>
       </c>
       <c r="N123" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O123">
-        <v>788351374235</v>
+        <v>270479691935</v>
       </c>
       <c r="P123" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R123"/>
       <c r="S123"/>
       <c r="T123"/>
       <c r="U123" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
         <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C124" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D124">
-        <v>565626</v>
+        <v>567135</v>
       </c>
       <c r="E124" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="F124" t="s">
         <v>25</v>
       </c>
       <c r="G124" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H124">
-        <v>87.99</v>
+        <v>79.99</v>
       </c>
       <c r="I124" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J124" t="s">
         <v>28</v>
       </c>
       <c r="K124" t="s">
         <v>28</v>
       </c>
       <c r="L124" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M124" t="s">
         <v>28</v>
       </c>
       <c r="N124" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O124">
-        <v>788336900262</v>
+        <v>270320002531</v>
       </c>
       <c r="P124" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q124" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R124"/>
       <c r="S124"/>
       <c r="T124"/>
       <c r="U124" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
         <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C125" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="D125">
-        <v>565567</v>
+        <v>566475</v>
       </c>
       <c r="E125" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="F125" t="s">
         <v>25</v>
       </c>
       <c r="G125" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="H125">
-        <v>89</v>
+        <v>178</v>
       </c>
       <c r="I125" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="J125" t="s">
         <v>28</v>
       </c>
       <c r="K125" t="s">
         <v>28</v>
       </c>
       <c r="L125" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M125" t="s">
         <v>28</v>
       </c>
       <c r="N125" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O125">
-        <v>788273005651</v>
+        <v>789174928370</v>
       </c>
       <c r="P125" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q125" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R125"/>
       <c r="S125"/>
       <c r="T125"/>
       <c r="U125" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
         <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C126" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="D126">
-        <v>565530</v>
+        <v>566444</v>
       </c>
       <c r="E126" t="s">
         <v>642</v>
       </c>
       <c r="F126" t="s">
         <v>25</v>
       </c>
       <c r="G126" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="H126">
-        <v>79.99</v>
+        <v>79</v>
       </c>
       <c r="I126" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="J126" t="s">
         <v>28</v>
       </c>
       <c r="K126" t="s">
         <v>28</v>
       </c>
       <c r="L126" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M126" t="s">
         <v>28</v>
       </c>
       <c r="N126" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O126">
-        <v>788230687828</v>
+        <v>789174875844</v>
       </c>
       <c r="P126" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q126" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R126"/>
       <c r="S126"/>
       <c r="T126"/>
       <c r="U126" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
         <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C127" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D127">
-        <v>565515</v>
+        <v>566387</v>
       </c>
       <c r="E127" t="s">
         <v>642</v>
       </c>
       <c r="F127" t="s">
         <v>25</v>
       </c>
       <c r="G127" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H127">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="I127" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="J127" t="s">
         <v>28</v>
       </c>
       <c r="K127" t="s">
         <v>28</v>
       </c>
       <c r="L127" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M127" t="s">
         <v>28</v>
       </c>
       <c r="N127" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O127">
-        <v>788231347178</v>
+        <v>789174817110</v>
       </c>
       <c r="P127" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q127" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
       <c r="U127" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
         <v>21</v>
       </c>
       <c r="B128" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C128" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="D128">
-        <v>565201</v>
+        <v>566305</v>
       </c>
       <c r="E128" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="F128" t="s">
         <v>25</v>
       </c>
       <c r="G128" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="H128">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="I128" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="J128" t="s">
         <v>28</v>
       </c>
       <c r="K128" t="s">
         <v>28</v>
       </c>
       <c r="L128" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M128" t="s">
         <v>28</v>
       </c>
       <c r="N128" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O128">
-        <v>787961816020</v>
+        <v>789006179270</v>
       </c>
       <c r="P128" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q128" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
       <c r="U128" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
         <v>21</v>
       </c>
       <c r="B129" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C129" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D129">
-        <v>564905</v>
+        <v>566024</v>
       </c>
       <c r="E129" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="F129" t="s">
-        <v>25</v>
+        <v>549</v>
       </c>
       <c r="G129" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="H129">
-        <v>99</v>
+        <v>212.17</v>
       </c>
       <c r="I129" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="J129" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K129" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L129" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M129" t="s">
         <v>28</v>
       </c>
       <c r="N129" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O129"/>
       <c r="P129" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q129" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R129"/>
       <c r="S129"/>
       <c r="T129"/>
       <c r="U129" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
         <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C130" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D130">
-        <v>564136</v>
+        <v>565644</v>
       </c>
       <c r="E130" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="F130" t="s">
         <v>25</v>
       </c>
       <c r="G130" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="H130">
-        <v>71.1</v>
+        <v>149</v>
       </c>
       <c r="I130" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="J130" t="s">
         <v>28</v>
       </c>
       <c r="K130" t="s">
         <v>28</v>
       </c>
       <c r="L130" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M130" t="s">
         <v>28</v>
       </c>
       <c r="N130" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O130">
-        <v>787081133878</v>
+        <v>788351374235</v>
       </c>
       <c r="P130" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q130" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R130"/>
       <c r="S130"/>
       <c r="T130"/>
       <c r="U130" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
         <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="C131" t="s">
+        <v>669</v>
+      </c>
+      <c r="D131">
+        <v>565626</v>
+      </c>
+      <c r="E131" t="s">
         <v>665</v>
       </c>
-      <c r="D131">
-[...4 lines deleted...]
-      </c>
       <c r="F131" t="s">
         <v>25</v>
       </c>
       <c r="G131" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="H131">
-        <v>62.1</v>
+        <v>87.99</v>
       </c>
       <c r="I131" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J131" t="s">
         <v>28</v>
       </c>
       <c r="K131" t="s">
         <v>28</v>
       </c>
       <c r="L131" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M131" t="s">
         <v>28</v>
       </c>
       <c r="N131" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O131">
-        <v>787037463368</v>
+        <v>788336900262</v>
       </c>
       <c r="P131" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q131" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R131"/>
       <c r="S131"/>
       <c r="T131"/>
       <c r="U131" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
         <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C132" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D132">
-        <v>564022</v>
+        <v>565567</v>
       </c>
       <c r="E132" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="F132" t="s">
         <v>25</v>
       </c>
       <c r="G132" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H132">
-        <v>125.1</v>
+        <v>89</v>
       </c>
       <c r="I132" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="J132" t="s">
         <v>28</v>
       </c>
       <c r="K132" t="s">
         <v>28</v>
       </c>
       <c r="L132" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M132" t="s">
         <v>28</v>
       </c>
       <c r="N132" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O132">
-        <v>787029866679</v>
+        <v>788273005651</v>
       </c>
       <c r="P132" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q132" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
       <c r="U132" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
         <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C133" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D133">
-        <v>563797</v>
+        <v>565530</v>
       </c>
       <c r="E133" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="F133" t="s">
         <v>25</v>
       </c>
       <c r="G133" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="H133">
-        <v>98.1</v>
+        <v>79.99</v>
       </c>
       <c r="I133" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="J133" t="s">
         <v>28</v>
       </c>
       <c r="K133" t="s">
         <v>28</v>
       </c>
       <c r="L133" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M133" t="s">
         <v>28</v>
       </c>
       <c r="N133" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O133">
-        <v>786893084923</v>
+        <v>788230687828</v>
       </c>
       <c r="P133" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q133" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
       <c r="U133" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" t="s">
         <v>21</v>
       </c>
       <c r="B134" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C134" t="s">
+        <v>683</v>
+      </c>
+      <c r="D134">
+        <v>565515</v>
+      </c>
+      <c r="E134" t="s">
         <v>679</v>
       </c>
-      <c r="D134">
-[...4 lines deleted...]
-      </c>
       <c r="F134" t="s">
         <v>25</v>
       </c>
       <c r="G134" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H134">
-        <v>71.1</v>
+        <v>29</v>
       </c>
       <c r="I134" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J134" t="s">
         <v>28</v>
       </c>
       <c r="K134" t="s">
         <v>28</v>
       </c>
       <c r="L134" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M134" t="s">
         <v>28</v>
       </c>
       <c r="N134" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O134">
-        <v>786986407982</v>
+        <v>788231347178</v>
       </c>
       <c r="P134" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q134" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
       <c r="U134" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" t="s">
         <v>21</v>
       </c>
       <c r="B135" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C135" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D135">
-        <v>563629</v>
+        <v>565201</v>
       </c>
       <c r="E135" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="H135">
-        <v>80.1</v>
+        <v>79</v>
       </c>
       <c r="I135" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="J135" t="s">
         <v>28</v>
       </c>
       <c r="K135" t="s">
         <v>28</v>
       </c>
       <c r="L135" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M135" t="s">
         <v>28</v>
       </c>
       <c r="N135" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O135">
-        <v>786825537663</v>
+        <v>787961816020</v>
       </c>
       <c r="P135" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q135" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R135"/>
       <c r="S135"/>
       <c r="T135"/>
       <c r="U135" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" t="s">
         <v>21</v>
       </c>
       <c r="B136" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C136" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="D136">
-        <v>563518</v>
+        <v>564905</v>
       </c>
       <c r="E136" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="F136" t="s">
         <v>25</v>
       </c>
       <c r="G136" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="H136">
-        <v>98.1</v>
+        <v>99</v>
       </c>
       <c r="I136" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="J136" t="s">
         <v>28</v>
       </c>
       <c r="K136" t="s">
         <v>28</v>
       </c>
       <c r="L136" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M136" t="s">
         <v>28</v>
       </c>
       <c r="N136" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O136">
-        <v>786826175843</v>
+        <v>787635470021</v>
       </c>
       <c r="P136" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R136"/>
       <c r="S136"/>
       <c r="T136"/>
       <c r="U136" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" t="s">
         <v>21</v>
       </c>
       <c r="B137" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C137" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="D137">
-        <v>562681</v>
+        <v>564136</v>
       </c>
       <c r="E137" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="F137" t="s">
         <v>25</v>
       </c>
       <c r="G137" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="H137">
-        <v>149</v>
+        <v>71.1</v>
       </c>
       <c r="I137" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="J137" t="s">
         <v>28</v>
       </c>
       <c r="K137" t="s">
         <v>28</v>
       </c>
       <c r="L137" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M137" t="s">
         <v>28</v>
       </c>
       <c r="N137" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O137">
-        <v>786309727429</v>
+        <v>787081133878</v>
       </c>
       <c r="P137" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q137" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R137"/>
       <c r="S137"/>
       <c r="T137"/>
       <c r="U137" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" t="s">
         <v>21</v>
       </c>
       <c r="B138" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C138" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D138">
-        <v>561758</v>
+        <v>564060</v>
       </c>
       <c r="E138" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="F138" t="s">
         <v>25</v>
       </c>
       <c r="G138" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H138">
-        <v>109</v>
+        <v>62.1</v>
       </c>
       <c r="I138" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="J138" t="s">
         <v>28</v>
       </c>
       <c r="K138" t="s">
         <v>28</v>
       </c>
       <c r="L138" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M138" t="s">
         <v>28</v>
       </c>
       <c r="N138" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O138">
-        <v>785788144854</v>
+        <v>787037463368</v>
       </c>
       <c r="P138" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q138" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R138"/>
       <c r="S138"/>
       <c r="T138"/>
       <c r="U138" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" t="s">
         <v>21</v>
       </c>
       <c r="B139" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C139" t="s">
+        <v>707</v>
+      </c>
+      <c r="D139">
+        <v>564022</v>
+      </c>
+      <c r="E139" t="s">
         <v>703</v>
       </c>
-      <c r="D139">
-[...4 lines deleted...]
-      </c>
       <c r="F139" t="s">
         <v>25</v>
       </c>
       <c r="G139" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="H139">
-        <v>138</v>
+        <v>125.1</v>
       </c>
       <c r="I139" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="J139" t="s">
         <v>28</v>
       </c>
       <c r="K139" t="s">
         <v>28</v>
       </c>
       <c r="L139" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M139" t="s">
         <v>28</v>
       </c>
       <c r="N139" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O139">
-        <v>785783385722</v>
+        <v>787029866679</v>
       </c>
       <c r="P139" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q139" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R139"/>
       <c r="S139"/>
       <c r="T139"/>
       <c r="U139" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" t="s">
         <v>21</v>
       </c>
       <c r="B140" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C140" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D140">
-        <v>561593</v>
+        <v>563797</v>
       </c>
       <c r="E140" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="F140" t="s">
         <v>25</v>
       </c>
       <c r="G140" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="H140">
-        <v>89.1</v>
+        <v>98.1</v>
       </c>
       <c r="I140" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="J140" t="s">
         <v>28</v>
       </c>
       <c r="K140" t="s">
         <v>28</v>
       </c>
       <c r="L140" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M140" t="s">
         <v>28</v>
       </c>
       <c r="N140" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O140">
-        <v>785727509851</v>
+        <v>786893084923</v>
       </c>
       <c r="P140" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q140" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R140"/>
       <c r="S140"/>
       <c r="T140"/>
       <c r="U140" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" t="s">
         <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C141" t="s">
+        <v>716</v>
+      </c>
+      <c r="D141">
+        <v>563765</v>
+      </c>
+      <c r="E141" t="s">
         <v>712</v>
       </c>
-      <c r="D141">
-[...4 lines deleted...]
-      </c>
       <c r="F141" t="s">
         <v>25</v>
       </c>
       <c r="G141" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="H141">
-        <v>134.1</v>
+        <v>71.1</v>
       </c>
       <c r="I141" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J141" t="s">
         <v>28</v>
       </c>
       <c r="K141" t="s">
         <v>28</v>
       </c>
       <c r="L141" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M141" t="s">
         <v>28</v>
       </c>
       <c r="N141" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O141">
-        <v>785641298720</v>
+        <v>786986407982</v>
       </c>
       <c r="P141" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q141" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R141"/>
       <c r="S141"/>
       <c r="T141"/>
       <c r="U141" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" t="s">
         <v>21</v>
       </c>
       <c r="B142" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C142" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D142">
-        <v>561504</v>
+        <v>563629</v>
       </c>
       <c r="E142" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="F142" t="s">
         <v>25</v>
       </c>
       <c r="G142" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="H142">
-        <v>98.1</v>
+        <v>80.1</v>
       </c>
       <c r="I142" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="J142" t="s">
         <v>28</v>
       </c>
       <c r="K142" t="s">
         <v>28</v>
       </c>
       <c r="L142" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M142" t="s">
         <v>28</v>
       </c>
       <c r="N142" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O142">
-        <v>785615872443</v>
+        <v>786825537663</v>
       </c>
       <c r="P142" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q142" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R142"/>
       <c r="S142"/>
       <c r="T142"/>
       <c r="U142" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" t="s">
         <v>21</v>
       </c>
       <c r="B143" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="C143" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="D143">
-        <v>561501</v>
+        <v>563518</v>
       </c>
       <c r="E143" t="s">
-        <v>713</v>
+        <v>726</v>
       </c>
       <c r="F143" t="s">
         <v>25</v>
       </c>
       <c r="G143" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="H143">
-        <v>71.1</v>
+        <v>98.1</v>
       </c>
       <c r="I143" t="s">
-        <v>351</v>
+        <v>728</v>
       </c>
       <c r="J143" t="s">
         <v>28</v>
       </c>
       <c r="K143" t="s">
         <v>28</v>
       </c>
       <c r="L143" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M143" t="s">
         <v>28</v>
       </c>
       <c r="N143" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O143">
-        <v>785616825710</v>
+        <v>786826175843</v>
       </c>
       <c r="P143" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q143" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R143"/>
       <c r="S143"/>
       <c r="T143"/>
       <c r="U143" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" t="s">
         <v>21</v>
       </c>
       <c r="B144" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="C144" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="D144">
-        <v>561429</v>
+        <v>562681</v>
       </c>
       <c r="E144" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="F144" t="s">
         <v>25</v>
       </c>
       <c r="G144" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="H144">
-        <v>71.1</v>
+        <v>149</v>
       </c>
       <c r="I144" t="s">
-        <v>579</v>
+        <v>733</v>
       </c>
       <c r="J144" t="s">
         <v>28</v>
       </c>
       <c r="K144" t="s">
         <v>28</v>
       </c>
       <c r="L144" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M144" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N144" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O144">
-        <v>785540580614</v>
+        <v>786309727429</v>
       </c>
       <c r="P144" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q144" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R144"/>
+      <c r="S144"/>
+      <c r="T144"/>
       <c r="U144" t="s">
-        <v>728</v>
+        <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" t="s">
         <v>21</v>
       </c>
       <c r="B145" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C145" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="D145">
-        <v>561395</v>
+        <v>561758</v>
       </c>
       <c r="E145" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="F145" t="s">
         <v>25</v>
       </c>
       <c r="G145" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="H145">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="I145" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="J145" t="s">
         <v>28</v>
       </c>
       <c r="K145" t="s">
         <v>28</v>
       </c>
       <c r="L145" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M145" t="s">
         <v>28</v>
       </c>
       <c r="N145" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O145">
-        <v>785513844919</v>
+        <v>785788144854</v>
       </c>
       <c r="P145" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q145" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R145"/>
       <c r="S145"/>
       <c r="T145"/>
       <c r="U145" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" t="s">
         <v>21</v>
       </c>
       <c r="B146" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="C146" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="D146">
-        <v>561250</v>
+        <v>561747</v>
       </c>
       <c r="E146" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F146" t="s">
         <v>25</v>
       </c>
       <c r="G146" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="H146">
-        <v>71.1</v>
+        <v>138</v>
       </c>
       <c r="I146" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="J146" t="s">
         <v>28</v>
       </c>
       <c r="K146" t="s">
         <v>28</v>
       </c>
       <c r="L146" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M146" t="s">
         <v>28</v>
       </c>
       <c r="N146" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O146">
-        <v>785407627485</v>
+        <v>785783385722</v>
       </c>
       <c r="P146" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q146" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R146"/>
       <c r="S146"/>
       <c r="T146"/>
       <c r="U146" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" t="s">
         <v>21</v>
       </c>
       <c r="B147" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="C147" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="D147">
-        <v>561127</v>
+        <v>561593</v>
       </c>
       <c r="E147" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="F147" t="s">
         <v>25</v>
       </c>
       <c r="G147" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="H147">
-        <v>149</v>
+        <v>89.1</v>
       </c>
       <c r="I147" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="J147" t="s">
         <v>28</v>
       </c>
       <c r="K147" t="s">
         <v>28</v>
       </c>
       <c r="L147" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M147" t="s">
         <v>28</v>
       </c>
       <c r="N147" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O147">
-        <v>785260683826</v>
+        <v>785727509851</v>
       </c>
       <c r="P147" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q147" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R147"/>
       <c r="S147"/>
       <c r="T147"/>
       <c r="U147" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" t="s">
         <v>21</v>
       </c>
       <c r="B148" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C148" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="D148">
-        <v>561080</v>
+        <v>561536</v>
       </c>
       <c r="E148" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="F148" t="s">
         <v>25</v>
       </c>
       <c r="G148" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="H148">
-        <v>147</v>
+        <v>134.1</v>
       </c>
       <c r="I148" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="J148" t="s">
         <v>28</v>
       </c>
       <c r="K148" t="s">
         <v>28</v>
       </c>
       <c r="L148" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M148" t="s">
         <v>28</v>
       </c>
       <c r="N148" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O148">
-        <v>785213684665</v>
+        <v>785641298720</v>
       </c>
       <c r="P148" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R148"/>
       <c r="S148"/>
       <c r="T148"/>
       <c r="U148" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" t="s">
         <v>21</v>
       </c>
       <c r="B149" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="C149" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D149">
-        <v>560992</v>
+        <v>561504</v>
       </c>
       <c r="E149" t="s">
         <v>750</v>
       </c>
       <c r="F149" t="s">
         <v>25</v>
       </c>
       <c r="G149" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="H149">
-        <v>99</v>
+        <v>98.1</v>
       </c>
       <c r="I149" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="J149" t="s">
         <v>28</v>
       </c>
       <c r="K149" t="s">
         <v>28</v>
       </c>
       <c r="L149" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M149" t="s">
         <v>28</v>
       </c>
       <c r="N149" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O149">
-        <v>785154654979</v>
+        <v>785615872443</v>
       </c>
       <c r="P149" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q149" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R149"/>
       <c r="S149"/>
       <c r="T149"/>
       <c r="U149" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" t="s">
         <v>21</v>
       </c>
       <c r="B150" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="C150" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="D150">
-        <v>560991</v>
+        <v>561501</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>25</v>
       </c>
       <c r="G150" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="H150">
-        <v>428.7</v>
+        <v>71.1</v>
       </c>
       <c r="I150" t="s">
-        <v>756</v>
+        <v>389</v>
       </c>
       <c r="J150" t="s">
         <v>28</v>
       </c>
       <c r="K150" t="s">
         <v>28</v>
       </c>
       <c r="L150" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M150" t="s">
         <v>28</v>
       </c>
       <c r="N150" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O150">
-        <v>785152794652</v>
+        <v>785616825710</v>
       </c>
       <c r="P150" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q150" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R150"/>
       <c r="S150"/>
       <c r="T150"/>
       <c r="U150" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" t="s">
         <v>21</v>
       </c>
       <c r="B151" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="C151" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D151">
-        <v>560987</v>
+        <v>561429</v>
       </c>
       <c r="E151" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="F151" t="s">
         <v>25</v>
       </c>
       <c r="G151" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="H151">
-        <v>129</v>
+        <v>71.1</v>
       </c>
       <c r="I151" t="s">
-        <v>760</v>
+        <v>616</v>
       </c>
       <c r="J151" t="s">
         <v>28</v>
       </c>
       <c r="K151" t="s">
         <v>28</v>
       </c>
       <c r="L151" t="s">
+        <v>43</v>
+      </c>
+      <c r="M151" t="s">
+        <v>44</v>
+      </c>
+      <c r="N151" t="s">
+        <v>31</v>
+      </c>
+      <c r="O151">
+        <v>785540580614</v>
+      </c>
+      <c r="P151" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>33</v>
+      </c>
+      <c r="R151" t="s">
         <v>45</v>
       </c>
-      <c r="M151" t="s">
-[...16 lines deleted...]
-      <c r="T151"/>
+      <c r="S151" t="s">
+        <v>219</v>
+      </c>
+      <c r="T151" t="s">
+        <v>764</v>
+      </c>
       <c r="U151" t="s">
-        <v>31</v>
+        <v>765</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" t="s">
         <v>21</v>
       </c>
       <c r="B152" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="C152" t="s">
+        <v>767</v>
+      </c>
+      <c r="D152">
+        <v>561395</v>
+      </c>
+      <c r="E152" t="s">
         <v>762</v>
       </c>
-      <c r="D152">
-[...4 lines deleted...]
-      </c>
       <c r="F152" t="s">
         <v>25</v>
       </c>
       <c r="G152" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="H152">
-        <v>199.99</v>
+        <v>180</v>
       </c>
       <c r="I152" t="s">
-        <v>732</v>
+        <v>769</v>
       </c>
       <c r="J152" t="s">
         <v>28</v>
       </c>
       <c r="K152" t="s">
         <v>28</v>
       </c>
       <c r="L152" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M152" t="s">
         <v>28</v>
       </c>
       <c r="N152" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O152">
-        <v>785154494440</v>
+        <v>785513844919</v>
       </c>
       <c r="P152" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q152" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R152"/>
       <c r="S152"/>
       <c r="T152"/>
       <c r="U152" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" t="s">
         <v>21</v>
       </c>
       <c r="B153" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="C153" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="D153">
-        <v>560764</v>
+        <v>561250</v>
       </c>
       <c r="E153" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="F153" t="s">
         <v>25</v>
       </c>
       <c r="G153" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="H153">
-        <v>99</v>
+        <v>71.1</v>
       </c>
       <c r="I153" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="J153" t="s">
         <v>28</v>
       </c>
       <c r="K153" t="s">
         <v>28</v>
       </c>
       <c r="L153" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M153" t="s">
         <v>28</v>
       </c>
       <c r="N153" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O153">
-        <v>784958502270</v>
+        <v>785407627485</v>
       </c>
       <c r="P153" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q153" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R153"/>
       <c r="S153"/>
       <c r="T153"/>
       <c r="U153" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" t="s">
         <v>21</v>
       </c>
       <c r="B154" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="C154" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="D154">
-        <v>560653</v>
+        <v>561127</v>
       </c>
       <c r="E154" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="F154" t="s">
         <v>25</v>
       </c>
       <c r="G154" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="H154">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="I154" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="J154" t="s">
         <v>28</v>
       </c>
       <c r="K154" t="s">
         <v>28</v>
       </c>
       <c r="L154" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M154" t="s">
         <v>28</v>
       </c>
       <c r="N154" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O154">
-        <v>784810283154</v>
+        <v>785260683826</v>
       </c>
       <c r="P154" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q154" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R154"/>
       <c r="S154"/>
       <c r="T154"/>
       <c r="U154" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" t="s">
         <v>21</v>
       </c>
       <c r="B155" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="C155" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="D155">
-        <v>560492</v>
+        <v>561080</v>
       </c>
       <c r="E155" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="F155" t="s">
         <v>25</v>
       </c>
       <c r="G155" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="H155">
-        <v>71.1</v>
+        <v>147</v>
       </c>
       <c r="I155" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="J155" t="s">
         <v>28</v>
       </c>
       <c r="K155" t="s">
         <v>28</v>
       </c>
       <c r="L155" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M155" t="s">
         <v>28</v>
       </c>
       <c r="N155" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O155">
-        <v>784699030257</v>
+        <v>785213684665</v>
       </c>
       <c r="P155" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q155" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R155"/>
       <c r="S155"/>
       <c r="T155"/>
       <c r="U155" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" t="s">
         <v>21</v>
       </c>
       <c r="B156" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C156" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="D156">
-        <v>560080</v>
+        <v>560992</v>
       </c>
       <c r="E156" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="F156" t="s">
         <v>25</v>
       </c>
       <c r="G156" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="H156">
-        <v>190</v>
+        <v>99</v>
       </c>
       <c r="I156" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="J156" t="s">
         <v>28</v>
       </c>
       <c r="K156" t="s">
         <v>28</v>
       </c>
       <c r="L156" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M156" t="s">
         <v>28</v>
       </c>
       <c r="N156" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O156">
-        <v>784356470294</v>
+        <v>785154654979</v>
       </c>
       <c r="P156" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q156" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R156"/>
       <c r="S156"/>
       <c r="T156"/>
       <c r="U156" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" t="s">
         <v>21</v>
       </c>
       <c r="B157" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="C157" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="D157">
-        <v>560026</v>
+        <v>560991</v>
       </c>
       <c r="E157" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F157" t="s">
         <v>25</v>
       </c>
       <c r="G157" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="H157">
-        <v>824.4</v>
+        <v>428.7</v>
       </c>
       <c r="I157" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="J157" t="s">
         <v>28</v>
       </c>
       <c r="K157" t="s">
         <v>28</v>
       </c>
       <c r="L157" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M157" t="s">
         <v>28</v>
       </c>
       <c r="N157" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O157">
-        <v>784304293465</v>
+        <v>785152794652</v>
       </c>
       <c r="P157" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q157" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R157"/>
       <c r="S157"/>
       <c r="T157"/>
       <c r="U157" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" t="s">
         <v>21</v>
       </c>
       <c r="B158" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C158" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="D158">
-        <v>559958</v>
+        <v>560987</v>
       </c>
       <c r="E158" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="F158" t="s">
         <v>25</v>
       </c>
       <c r="G158" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="H158">
-        <v>72.8</v>
+        <v>129</v>
       </c>
       <c r="I158" t="s">
-        <v>579</v>
+        <v>797</v>
       </c>
       <c r="J158" t="s">
         <v>28</v>
       </c>
       <c r="K158" t="s">
         <v>28</v>
       </c>
       <c r="L158" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M158" t="s">
         <v>28</v>
       </c>
       <c r="N158" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O158">
-        <v>784217844379</v>
+        <v>785153428410</v>
       </c>
       <c r="P158" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q158" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158"/>
       <c r="U158" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" t="s">
         <v>21</v>
       </c>
       <c r="B159" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="C159" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="D159">
-        <v>559903</v>
+        <v>560986</v>
       </c>
       <c r="E159" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="F159" t="s">
         <v>25</v>
       </c>
       <c r="G159" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="H159">
-        <v>93.6</v>
+        <v>199.99</v>
       </c>
       <c r="I159" t="s">
-        <v>797</v>
+        <v>769</v>
       </c>
       <c r="J159" t="s">
         <v>28</v>
       </c>
       <c r="K159" t="s">
         <v>28</v>
       </c>
       <c r="L159" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M159" t="s">
         <v>28</v>
       </c>
       <c r="N159" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O159">
-        <v>784189261198</v>
+        <v>785154494440</v>
       </c>
       <c r="P159" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q159" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R159"/>
       <c r="S159"/>
       <c r="T159"/>
       <c r="U159" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" t="s">
         <v>21</v>
       </c>
       <c r="B160" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C160" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="D160">
-        <v>559891</v>
+        <v>560764</v>
       </c>
       <c r="E160" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="F160" t="s">
         <v>25</v>
       </c>
       <c r="G160" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="H160">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="I160" t="s">
-        <v>705</v>
+        <v>805</v>
       </c>
       <c r="J160" t="s">
         <v>28</v>
       </c>
       <c r="K160" t="s">
         <v>28</v>
       </c>
       <c r="L160" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M160" t="s">
         <v>28</v>
       </c>
       <c r="N160" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O160">
-        <v>784189197211</v>
+        <v>784958502270</v>
       </c>
       <c r="P160" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q160" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R160"/>
       <c r="S160"/>
       <c r="T160"/>
       <c r="U160" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" t="s">
         <v>21</v>
       </c>
       <c r="B161" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C161" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="D161">
-        <v>559844</v>
+        <v>560653</v>
       </c>
       <c r="E161" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="F161" t="s">
         <v>25</v>
       </c>
       <c r="G161" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="H161">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="I161" t="s">
-        <v>778</v>
+        <v>810</v>
       </c>
       <c r="J161" t="s">
         <v>28</v>
       </c>
       <c r="K161" t="s">
         <v>28</v>
       </c>
       <c r="L161" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M161" t="s">
         <v>28</v>
       </c>
       <c r="N161" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O161">
-        <v>784183563227</v>
+        <v>784810283154</v>
       </c>
       <c r="P161" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q161" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R161"/>
       <c r="S161"/>
       <c r="T161"/>
       <c r="U161" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" t="s">
         <v>21</v>
       </c>
       <c r="B162" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="C162" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="D162">
-        <v>559801</v>
+        <v>560492</v>
       </c>
       <c r="E162" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="F162" t="s">
         <v>25</v>
       </c>
       <c r="G162" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="H162">
-        <v>99.2</v>
+        <v>71.1</v>
       </c>
       <c r="I162" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="J162" t="s">
         <v>28</v>
       </c>
       <c r="K162" t="s">
         <v>28</v>
       </c>
       <c r="L162" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M162" t="s">
         <v>28</v>
       </c>
       <c r="N162" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O162">
-        <v>784098392684</v>
+        <v>784699030257</v>
       </c>
       <c r="P162" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q162" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R162"/>
       <c r="S162"/>
       <c r="T162"/>
       <c r="U162" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" t="s">
         <v>21</v>
       </c>
       <c r="B163" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C163" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D163">
-        <v>559693</v>
+        <v>560080</v>
       </c>
       <c r="E163" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="F163" t="s">
         <v>25</v>
       </c>
       <c r="G163" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="H163">
-        <v>72</v>
+        <v>190</v>
       </c>
       <c r="I163" t="s">
-        <v>503</v>
+        <v>820</v>
       </c>
       <c r="J163" t="s">
         <v>28</v>
       </c>
       <c r="K163" t="s">
         <v>28</v>
       </c>
       <c r="L163" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M163" t="s">
         <v>28</v>
       </c>
       <c r="N163" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O163">
-        <v>783975300051</v>
+        <v>784356470294</v>
       </c>
       <c r="P163" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q163" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R163"/>
       <c r="S163"/>
       <c r="T163"/>
       <c r="U163" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" t="s">
         <v>21</v>
       </c>
       <c r="B164" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="C164" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="D164">
-        <v>559568</v>
+        <v>560026</v>
       </c>
       <c r="E164" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="F164" t="s">
         <v>25</v>
       </c>
       <c r="G164" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="H164">
-        <v>190</v>
+        <v>824.4</v>
       </c>
       <c r="I164" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="J164" t="s">
         <v>28</v>
       </c>
       <c r="K164" t="s">
         <v>28</v>
       </c>
       <c r="L164" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M164" t="s">
         <v>28</v>
       </c>
       <c r="N164" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O164">
-        <v>783886189125</v>
+        <v>784304293465</v>
       </c>
       <c r="P164" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q164" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
         <v>21</v>
       </c>
       <c r="B165" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="C165" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="D165">
-        <v>559438</v>
+        <v>559958</v>
       </c>
       <c r="E165" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="F165" t="s">
         <v>25</v>
       </c>
       <c r="G165" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="H165">
-        <v>75.65</v>
+        <v>72.8</v>
       </c>
       <c r="I165" t="s">
-        <v>824</v>
+        <v>616</v>
       </c>
       <c r="J165" t="s">
         <v>28</v>
       </c>
       <c r="K165" t="s">
         <v>28</v>
       </c>
       <c r="L165" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M165" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N165" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O165">
-        <v>783755153615</v>
+        <v>784217844379</v>
       </c>
       <c r="P165" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q165" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R165"/>
+      <c r="S165"/>
+      <c r="T165"/>
       <c r="U165" t="s">
-        <v>826</v>
+        <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
         <v>21</v>
       </c>
       <c r="B166" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C166" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D166">
-        <v>559204</v>
+        <v>559903</v>
       </c>
       <c r="E166" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="F166" t="s">
         <v>25</v>
       </c>
       <c r="G166" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="H166">
-        <v>278.6</v>
+        <v>93.6</v>
       </c>
       <c r="I166" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="J166" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K166" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L166" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M166" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N166" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O166"/>
+        <v>31</v>
+      </c>
+      <c r="O166">
+        <v>784189261198</v>
+      </c>
       <c r="P166" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q166" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R166"/>
+      <c r="S166"/>
+      <c r="T166"/>
       <c r="U166" t="s">
-        <v>833</v>
+        <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" t="s">
         <v>21</v>
       </c>
       <c r="B167" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C167" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D167">
-        <v>558675</v>
+        <v>559891</v>
       </c>
       <c r="E167" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F167" t="s">
         <v>25</v>
       </c>
       <c r="G167" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H167">
-        <v>211.65</v>
+        <v>88</v>
       </c>
       <c r="I167" t="s">
-        <v>838</v>
+        <v>742</v>
       </c>
       <c r="J167" t="s">
         <v>28</v>
       </c>
       <c r="K167" t="s">
         <v>28</v>
       </c>
       <c r="L167" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M167" t="s">
         <v>28</v>
       </c>
       <c r="N167" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O167">
-        <v>783131534591</v>
+        <v>784189197211</v>
       </c>
       <c r="P167" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q167" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R167"/>
       <c r="S167"/>
       <c r="T167"/>
       <c r="U167" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" t="s">
         <v>21</v>
       </c>
       <c r="B168" t="s">
         <v>839</v>
       </c>
       <c r="C168" t="s">
         <v>840</v>
       </c>
       <c r="D168">
-        <v>558451</v>
+        <v>559844</v>
       </c>
       <c r="E168" t="s">
         <v>841</v>
       </c>
       <c r="F168" t="s">
         <v>25</v>
       </c>
       <c r="G168" t="s">
         <v>842</v>
       </c>
       <c r="H168">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="I168" t="s">
-        <v>843</v>
+        <v>815</v>
       </c>
       <c r="J168" t="s">
         <v>28</v>
       </c>
       <c r="K168" t="s">
         <v>28</v>
       </c>
       <c r="L168" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M168" t="s">
         <v>28</v>
       </c>
       <c r="N168" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O168">
-        <v>782912712629</v>
+        <v>784183563227</v>
       </c>
       <c r="P168" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q168" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R168"/>
       <c r="S168"/>
       <c r="T168"/>
       <c r="U168" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" t="s">
         <v>21</v>
       </c>
       <c r="B169" t="s">
+        <v>843</v>
+      </c>
+      <c r="C169" t="s">
         <v>844</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169">
+        <v>559801</v>
+      </c>
+      <c r="E169" t="s">
         <v>845</v>
       </c>
-      <c r="D169">
-[...2 lines deleted...]
-      <c r="E169" t="s">
+      <c r="F169" t="s">
+        <v>25</v>
+      </c>
+      <c r="G169" t="s">
         <v>846</v>
       </c>
-      <c r="F169" t="s">
-[...2 lines deleted...]
-      <c r="G169" t="s">
+      <c r="H169">
+        <v>99.2</v>
+      </c>
+      <c r="I169" t="s">
         <v>847</v>
       </c>
-      <c r="H169">
-[...4 lines deleted...]
-      </c>
       <c r="J169" t="s">
         <v>28</v>
       </c>
       <c r="K169" t="s">
         <v>28</v>
       </c>
       <c r="L169" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M169" t="s">
         <v>28</v>
       </c>
       <c r="N169" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O169">
-        <v>782656860360</v>
+        <v>784098392684</v>
       </c>
       <c r="P169" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q169" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R169"/>
       <c r="S169"/>
       <c r="T169"/>
       <c r="U169" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" t="s">
         <v>21</v>
       </c>
       <c r="B170" t="s">
+        <v>848</v>
+      </c>
+      <c r="C170" t="s">
         <v>849</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170">
+        <v>559693</v>
+      </c>
+      <c r="E170" t="s">
         <v>850</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F170" t="s">
         <v>25</v>
       </c>
       <c r="G170" t="s">
         <v>851</v>
       </c>
       <c r="H170">
-        <v>201.65</v>
+        <v>72</v>
       </c>
       <c r="I170" t="s">
-        <v>852</v>
+        <v>541</v>
       </c>
       <c r="J170" t="s">
         <v>28</v>
       </c>
       <c r="K170" t="s">
         <v>28</v>
       </c>
       <c r="L170" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M170" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N170" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O170">
-        <v>782659784547</v>
+        <v>783975300051</v>
       </c>
       <c r="P170" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q170" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R170"/>
+      <c r="S170"/>
+      <c r="T170"/>
       <c r="U170" t="s">
-        <v>854</v>
+        <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" t="s">
         <v>21</v>
       </c>
       <c r="B171" t="s">
+        <v>852</v>
+      </c>
+      <c r="C171" t="s">
+        <v>853</v>
+      </c>
+      <c r="D171">
+        <v>559568</v>
+      </c>
+      <c r="E171" t="s">
+        <v>854</v>
+      </c>
+      <c r="F171" t="s">
+        <v>25</v>
+      </c>
+      <c r="G171" t="s">
         <v>855</v>
       </c>
-      <c r="C171" t="s">
+      <c r="H171">
+        <v>190</v>
+      </c>
+      <c r="I171" t="s">
         <v>856</v>
       </c>
-      <c r="D171">
-[...16 lines deleted...]
-      </c>
       <c r="J171" t="s">
         <v>28</v>
       </c>
       <c r="K171" t="s">
         <v>28</v>
       </c>
       <c r="L171" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M171" t="s">
         <v>28</v>
       </c>
       <c r="N171" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O171">
-        <v>782479632212</v>
+        <v>783886189125</v>
       </c>
       <c r="P171" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q171" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171"/>
       <c r="U171" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" t="s">
         <v>21</v>
       </c>
       <c r="B172" t="s">
+        <v>857</v>
+      </c>
+      <c r="C172" t="s">
+        <v>858</v>
+      </c>
+      <c r="D172">
+        <v>559438</v>
+      </c>
+      <c r="E172" t="s">
+        <v>859</v>
+      </c>
+      <c r="F172" t="s">
+        <v>25</v>
+      </c>
+      <c r="G172" t="s">
         <v>860</v>
       </c>
-      <c r="C172" t="s">
+      <c r="H172">
+        <v>75.65</v>
+      </c>
+      <c r="I172" t="s">
         <v>861</v>
       </c>
-      <c r="D172">
-[...2 lines deleted...]
-      <c r="E172" t="s">
+      <c r="J172" t="s">
+        <v>28</v>
+      </c>
+      <c r="K172" t="s">
+        <v>28</v>
+      </c>
+      <c r="L172" t="s">
+        <v>43</v>
+      </c>
+      <c r="M172" t="s">
+        <v>44</v>
+      </c>
+      <c r="N172" t="s">
+        <v>31</v>
+      </c>
+      <c r="O172">
+        <v>783755153615</v>
+      </c>
+      <c r="P172" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>33</v>
+      </c>
+      <c r="R172" t="s">
+        <v>45</v>
+      </c>
+      <c r="S172" t="s">
+        <v>219</v>
+      </c>
+      <c r="T172" t="s">
         <v>862</v>
       </c>
-      <c r="F172" t="s">
-[...2 lines deleted...]
-      <c r="G172" t="s">
+      <c r="U172" t="s">
         <v>863</v>
-      </c>
-[...34 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" t="s">
         <v>21</v>
       </c>
       <c r="B173" t="s">
         <v>864</v>
       </c>
       <c r="C173" t="s">
         <v>865</v>
       </c>
       <c r="D173">
-        <v>557841</v>
+        <v>559204</v>
       </c>
       <c r="E173" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="F173" t="s">
         <v>25</v>
       </c>
       <c r="G173" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H173">
-        <v>190</v>
+        <v>278.6</v>
       </c>
       <c r="I173" t="s">
-        <v>819</v>
+        <v>868</v>
       </c>
       <c r="J173" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K173" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L173" t="s">
+        <v>43</v>
+      </c>
+      <c r="M173" t="s">
+        <v>44</v>
+      </c>
+      <c r="N173" t="s">
+        <v>31</v>
+      </c>
+      <c r="O173"/>
+      <c r="P173" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>33</v>
+      </c>
+      <c r="R173" t="s">
         <v>45</v>
       </c>
-      <c r="M173" t="s">
-[...16 lines deleted...]
-      <c r="T173"/>
+      <c r="S173" t="s">
+        <v>66</v>
+      </c>
+      <c r="T173" t="s">
+        <v>869</v>
+      </c>
       <c r="U173" t="s">
-        <v>31</v>
+        <v>870</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" t="s">
         <v>21</v>
       </c>
       <c r="B174" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C174" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D174">
-        <v>557827</v>
+        <v>558675</v>
       </c>
       <c r="E174" t="s">
-        <v>31</v>
+        <v>873</v>
       </c>
       <c r="F174" t="s">
         <v>25</v>
       </c>
-      <c r="G174"/>
+      <c r="G174" t="s">
+        <v>874</v>
+      </c>
       <c r="H174">
-        <v>0</v>
+        <v>211.65</v>
       </c>
       <c r="I174" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-      <c r="K174"/>
+        <v>875</v>
+      </c>
+      <c r="J174" t="s">
+        <v>28</v>
+      </c>
+      <c r="K174" t="s">
+        <v>28</v>
+      </c>
       <c r="L174" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M174" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O174"/>
+        <v>28</v>
+      </c>
+      <c r="N174" t="s">
+        <v>31</v>
+      </c>
+      <c r="O174">
+        <v>783131534591</v>
+      </c>
       <c r="P174" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q174" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R174"/>
+      <c r="S174"/>
+      <c r="T174"/>
       <c r="U174" t="s">
-        <v>871</v>
+        <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" t="s">
         <v>21</v>
       </c>
       <c r="B175" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="C175" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="D175">
-        <v>557727</v>
+        <v>558451</v>
       </c>
       <c r="E175" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="F175" t="s">
         <v>25</v>
       </c>
       <c r="G175" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="H175">
-        <v>47.25</v>
+        <v>79</v>
       </c>
       <c r="I175" t="s">
-        <v>469</v>
+        <v>880</v>
       </c>
       <c r="J175" t="s">
         <v>28</v>
       </c>
       <c r="K175" t="s">
         <v>28</v>
       </c>
       <c r="L175" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M175" t="s">
         <v>28</v>
       </c>
       <c r="N175" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O175">
-        <v>782309779784</v>
+        <v>782912712629</v>
       </c>
       <c r="P175" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q175" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R175"/>
       <c r="S175"/>
       <c r="T175"/>
       <c r="U175" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" t="s">
         <v>21</v>
       </c>
       <c r="B176" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="C176" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="D176">
-        <v>557484</v>
+        <v>558153</v>
       </c>
       <c r="E176" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="F176" t="s">
         <v>25</v>
       </c>
       <c r="G176" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="H176">
-        <v>197.37</v>
+        <v>92.8</v>
       </c>
       <c r="I176" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="J176" t="s">
         <v>28</v>
       </c>
       <c r="K176" t="s">
         <v>28</v>
       </c>
       <c r="L176" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M176" t="s">
         <v>28</v>
       </c>
       <c r="N176" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O176">
-        <v>782143465827</v>
+        <v>782656860360</v>
       </c>
       <c r="P176" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q176" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R176"/>
       <c r="S176"/>
       <c r="T176"/>
       <c r="U176" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" t="s">
         <v>21</v>
       </c>
       <c r="B177" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="C177" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="D177">
-        <v>557462</v>
+        <v>558146</v>
       </c>
       <c r="E177" t="s">
         <v>883</v>
       </c>
       <c r="F177" t="s">
         <v>25</v>
       </c>
       <c r="G177" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H177">
-        <v>75.6</v>
+        <v>201.65</v>
       </c>
       <c r="I177" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="J177" t="s">
         <v>28</v>
       </c>
       <c r="K177" t="s">
         <v>28</v>
       </c>
       <c r="L177" t="s">
+        <v>43</v>
+      </c>
+      <c r="M177" t="s">
+        <v>44</v>
+      </c>
+      <c r="N177" t="s">
+        <v>31</v>
+      </c>
+      <c r="O177">
+        <v>782659784547</v>
+      </c>
+      <c r="P177" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>33</v>
+      </c>
+      <c r="R177" t="s">
         <v>45</v>
       </c>
-      <c r="M177" t="s">
-[...16 lines deleted...]
-      <c r="T177"/>
+      <c r="S177" t="s">
+        <v>66</v>
+      </c>
+      <c r="T177" t="s">
+        <v>890</v>
+      </c>
       <c r="U177" t="s">
-        <v>31</v>
+        <v>891</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" t="s">
         <v>21</v>
       </c>
       <c r="B178" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C178" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="D178">
-        <v>556709</v>
+        <v>557973</v>
       </c>
       <c r="E178" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="F178" t="s">
         <v>25</v>
       </c>
       <c r="G178" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="H178">
-        <v>78.3</v>
+        <v>92.8</v>
       </c>
       <c r="I178" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="J178" t="s">
         <v>28</v>
       </c>
       <c r="K178" t="s">
         <v>28</v>
       </c>
       <c r="L178" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M178" t="s">
         <v>28</v>
       </c>
       <c r="N178" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O178">
-        <v>781446372507</v>
+        <v>782479632212</v>
       </c>
       <c r="P178" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q178" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" t="s">
         <v>21</v>
       </c>
       <c r="B179" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="C179" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="D179">
-        <v>556617</v>
+        <v>557872</v>
       </c>
       <c r="E179" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="F179" t="s">
         <v>25</v>
       </c>
       <c r="G179" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="H179">
-        <v>464.4</v>
+        <v>99</v>
       </c>
       <c r="I179" t="s">
-        <v>895</v>
+        <v>747</v>
       </c>
       <c r="J179" t="s">
         <v>28</v>
       </c>
       <c r="K179" t="s">
         <v>28</v>
       </c>
       <c r="L179" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M179" t="s">
         <v>28</v>
       </c>
       <c r="N179" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O179">
-        <v>781347202063</v>
+        <v>782477869153</v>
       </c>
       <c r="P179" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q179" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" t="s">
         <v>21</v>
       </c>
       <c r="B180" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C180" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="D180">
-        <v>556062</v>
+        <v>557841</v>
       </c>
       <c r="E180" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F180" t="s">
         <v>25</v>
       </c>
       <c r="G180" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="H180">
-        <v>63.99</v>
+        <v>190</v>
       </c>
       <c r="I180" t="s">
-        <v>900</v>
+        <v>856</v>
       </c>
       <c r="J180" t="s">
         <v>28</v>
       </c>
       <c r="K180" t="s">
         <v>28</v>
       </c>
       <c r="L180" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M180" t="s">
         <v>28</v>
       </c>
       <c r="N180" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O180">
-        <v>780840619842</v>
+        <v>782439584934</v>
       </c>
       <c r="P180" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q180" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" t="s">
         <v>21</v>
       </c>
       <c r="B181" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C181" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D181">
-        <v>555835</v>
+        <v>557827</v>
       </c>
       <c r="E181" t="s">
-        <v>903</v>
+        <v>32</v>
       </c>
       <c r="F181" t="s">
         <v>25</v>
       </c>
-      <c r="G181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G181"/>
       <c r="H181">
-        <v>37.26</v>
+        <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>905</v>
-[...6 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="J181"/>
+      <c r="K181"/>
       <c r="L181" t="s">
+        <v>43</v>
+      </c>
+      <c r="M181" t="s">
+        <v>609</v>
+      </c>
+      <c r="N181"/>
+      <c r="O181"/>
+      <c r="P181" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>46</v>
+      </c>
+      <c r="R181" t="s">
         <v>45</v>
       </c>
-      <c r="M181" t="s">
-[...16 lines deleted...]
-      <c r="T181"/>
+      <c r="S181" t="s">
+        <v>66</v>
+      </c>
+      <c r="T181" t="s">
+        <v>907</v>
+      </c>
       <c r="U181" t="s">
-        <v>31</v>
+        <v>908</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" t="s">
         <v>21</v>
       </c>
       <c r="B182" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="C182" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D182">
-        <v>555751</v>
+        <v>557727</v>
       </c>
       <c r="E182" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="F182" t="s">
         <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="H182">
-        <v>98</v>
+        <v>47.25</v>
       </c>
       <c r="I182" t="s">
-        <v>910</v>
+        <v>507</v>
       </c>
       <c r="J182" t="s">
         <v>28</v>
       </c>
       <c r="K182" t="s">
         <v>28</v>
       </c>
       <c r="L182" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M182" t="s">
         <v>28</v>
       </c>
       <c r="N182" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O182">
-        <v>780711936330</v>
+        <v>782309779784</v>
       </c>
       <c r="P182" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q182" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182"/>
       <c r="U182" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" t="s">
         <v>21</v>
       </c>
       <c r="B183" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C183" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D183">
-        <v>555731</v>
+        <v>557484</v>
       </c>
       <c r="E183" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>25</v>
       </c>
       <c r="G183" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="H183">
-        <v>98.5</v>
+        <v>197.37</v>
       </c>
       <c r="I183" t="s">
-        <v>386</v>
+        <v>917</v>
       </c>
       <c r="J183" t="s">
         <v>28</v>
       </c>
       <c r="K183" t="s">
         <v>28</v>
       </c>
       <c r="L183" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M183" t="s">
         <v>28</v>
       </c>
       <c r="N183" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O183">
-        <v>780709060042</v>
+        <v>782143465827</v>
       </c>
       <c r="P183" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q183" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R183"/>
       <c r="S183"/>
       <c r="T183"/>
       <c r="U183" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" t="s">
         <v>21</v>
       </c>
       <c r="B184" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C184" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="D184">
-        <v>555475</v>
+        <v>557462</v>
       </c>
       <c r="E184" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>25</v>
       </c>
       <c r="G184" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="H184">
-        <v>65.6</v>
+        <v>75.6</v>
       </c>
       <c r="I184" t="s">
-        <v>778</v>
+        <v>922</v>
       </c>
       <c r="J184" t="s">
         <v>28</v>
       </c>
       <c r="K184" t="s">
         <v>28</v>
       </c>
       <c r="L184" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M184" t="s">
         <v>28</v>
       </c>
       <c r="N184" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O184">
-        <v>780420609665</v>
+        <v>782081970265</v>
       </c>
       <c r="P184" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q184" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R184"/>
       <c r="S184"/>
       <c r="T184"/>
       <c r="U184" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" t="s">
         <v>21</v>
       </c>
       <c r="B185" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="C185" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="D185">
-        <v>555291</v>
+        <v>556709</v>
       </c>
       <c r="E185" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>25</v>
       </c>
       <c r="G185" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="H185">
-        <v>258</v>
+        <v>78.3</v>
       </c>
       <c r="I185" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="J185" t="s">
         <v>28</v>
       </c>
       <c r="K185" t="s">
         <v>28</v>
       </c>
       <c r="L185" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M185" t="s">
         <v>28</v>
       </c>
       <c r="N185" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O185">
-        <v>780339234568</v>
+        <v>781446372507</v>
       </c>
       <c r="P185" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q185" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185"/>
       <c r="U185" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" t="s">
         <v>21</v>
       </c>
       <c r="B186" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C186" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D186">
-        <v>555204</v>
+        <v>556617</v>
       </c>
       <c r="E186" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>25</v>
       </c>
       <c r="G186" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="H186">
-        <v>71.7</v>
+        <v>464.4</v>
       </c>
       <c r="I186" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="J186" t="s">
         <v>28</v>
       </c>
       <c r="K186" t="s">
         <v>28</v>
       </c>
       <c r="L186" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M186" t="s">
         <v>28</v>
       </c>
       <c r="N186" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O186">
-        <v>780209678780</v>
+        <v>781347202063</v>
       </c>
       <c r="P186" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q186" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R186"/>
       <c r="S186"/>
       <c r="T186"/>
       <c r="U186" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" t="s">
         <v>21</v>
       </c>
       <c r="B187" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="C187" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="D187">
-        <v>555085</v>
+        <v>556062</v>
       </c>
       <c r="E187" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>25</v>
       </c>
       <c r="G187" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="H187">
-        <v>88.65</v>
+        <v>63.99</v>
       </c>
       <c r="I187" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="J187" t="s">
         <v>28</v>
       </c>
       <c r="K187" t="s">
         <v>28</v>
       </c>
       <c r="L187" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M187" t="s">
         <v>28</v>
       </c>
       <c r="N187" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O187">
-        <v>780080099124</v>
+        <v>780840619842</v>
       </c>
       <c r="P187" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q187" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R187"/>
       <c r="S187"/>
       <c r="T187"/>
       <c r="U187" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" t="s">
         <v>21</v>
       </c>
       <c r="B188" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C188" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D188">
-        <v>555065</v>
+        <v>555835</v>
       </c>
       <c r="E188" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>25</v>
       </c>
       <c r="G188" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="H188">
-        <v>73.98</v>
+        <v>37.26</v>
       </c>
       <c r="I188" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="J188" t="s">
         <v>28</v>
       </c>
       <c r="K188" t="s">
         <v>28</v>
       </c>
       <c r="L188" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M188" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N188" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O188">
-        <v>780074689970</v>
+        <v>780712149378</v>
       </c>
       <c r="P188" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q188" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R188"/>
+      <c r="S188"/>
+      <c r="T188"/>
       <c r="U188" t="s">
-        <v>938</v>
+        <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" t="s">
         <v>21</v>
       </c>
       <c r="B189" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="C189" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D189">
-        <v>554901</v>
+        <v>555751</v>
       </c>
       <c r="E189" t="s">
-        <v>920</v>
+        <v>945</v>
       </c>
       <c r="F189" t="s">
-        <v>511</v>
+        <v>25</v>
       </c>
       <c r="G189" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="H189">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I189" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="J189" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K189" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L189" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M189" t="s">
         <v>28</v>
       </c>
       <c r="N189" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O189"/>
+        <v>31</v>
+      </c>
+      <c r="O189">
+        <v>780711936330</v>
+      </c>
       <c r="P189" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q189" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R189"/>
       <c r="S189"/>
       <c r="T189"/>
       <c r="U189" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" t="s">
         <v>21</v>
       </c>
       <c r="B190" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="C190" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="D190">
-        <v>554759</v>
+        <v>555731</v>
       </c>
       <c r="E190" t="s">
         <v>945</v>
       </c>
       <c r="F190" t="s">
         <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="H190">
-        <v>70.74</v>
+        <v>98.5</v>
       </c>
       <c r="I190" t="s">
-        <v>947</v>
+        <v>424</v>
       </c>
       <c r="J190" t="s">
         <v>28</v>
       </c>
       <c r="K190" t="s">
         <v>28</v>
       </c>
       <c r="L190" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M190" t="s">
         <v>28</v>
       </c>
       <c r="N190" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O190">
-        <v>399623124398</v>
+        <v>780709060042</v>
       </c>
       <c r="P190" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q190" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R190"/>
       <c r="S190"/>
       <c r="T190"/>
       <c r="U190" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" t="s">
         <v>21</v>
       </c>
       <c r="B191" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C191" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D191">
-        <v>554754</v>
+        <v>555475</v>
       </c>
       <c r="E191" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="F191" t="s">
         <v>25</v>
       </c>
       <c r="G191" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="H191">
-        <v>63.9</v>
+        <v>65.6</v>
       </c>
       <c r="I191" t="s">
-        <v>951</v>
+        <v>815</v>
       </c>
       <c r="J191" t="s">
         <v>28</v>
       </c>
       <c r="K191" t="s">
         <v>28</v>
       </c>
       <c r="L191" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M191" t="s">
         <v>28</v>
       </c>
       <c r="N191" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O191">
-        <v>399595065840</v>
+        <v>780420609665</v>
       </c>
       <c r="P191" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q191" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R191"/>
       <c r="S191"/>
       <c r="T191"/>
       <c r="U191" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" t="s">
         <v>21</v>
       </c>
       <c r="B192" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C192" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="D192">
-        <v>554708</v>
+        <v>555291</v>
       </c>
       <c r="E192" t="s">
-        <v>945</v>
+        <v>957</v>
       </c>
       <c r="F192" t="s">
         <v>25</v>
       </c>
       <c r="G192" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="H192">
-        <v>58.95</v>
+        <v>258</v>
       </c>
       <c r="I192" t="s">
-        <v>351</v>
+        <v>959</v>
       </c>
       <c r="J192" t="s">
         <v>28</v>
       </c>
       <c r="K192" t="s">
         <v>28</v>
       </c>
       <c r="L192" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M192" t="s">
         <v>28</v>
       </c>
       <c r="N192" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O192">
-        <v>399567005179</v>
+        <v>780339234568</v>
       </c>
       <c r="P192" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q192" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" t="s">
         <v>21</v>
       </c>
       <c r="B193" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="C193" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="D193">
-        <v>554674</v>
+        <v>555204</v>
       </c>
       <c r="E193" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="F193" t="s">
         <v>25</v>
       </c>
       <c r="G193" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="H193">
-        <v>84.15</v>
+        <v>71.7</v>
       </c>
       <c r="I193" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="J193" t="s">
         <v>28</v>
       </c>
       <c r="K193" t="s">
         <v>28</v>
       </c>
       <c r="L193" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M193" t="s">
         <v>28</v>
       </c>
       <c r="N193" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O193">
-        <v>399500977963</v>
+        <v>780209678780</v>
       </c>
       <c r="P193" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q193" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R193"/>
       <c r="S193"/>
       <c r="T193"/>
       <c r="U193" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" t="s">
         <v>21</v>
       </c>
       <c r="B194" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="C194" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="D194">
-        <v>554640</v>
+        <v>555085</v>
       </c>
       <c r="E194" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="F194" t="s">
         <v>25</v>
       </c>
       <c r="G194" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="H194">
-        <v>78</v>
+        <v>88.65</v>
       </c>
       <c r="I194" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="J194" t="s">
         <v>28</v>
       </c>
       <c r="K194" t="s">
         <v>28</v>
       </c>
       <c r="L194" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M194" t="s">
         <v>28</v>
       </c>
       <c r="N194" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O194">
-        <v>399502689067</v>
+        <v>780080099124</v>
       </c>
       <c r="P194" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q194" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R194"/>
       <c r="S194"/>
       <c r="T194"/>
       <c r="U194" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" t="s">
         <v>21</v>
       </c>
       <c r="B195" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="C195" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="D195">
-        <v>554632</v>
+        <v>555065</v>
       </c>
       <c r="E195" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="F195" t="s">
         <v>25</v>
       </c>
       <c r="G195" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="H195">
-        <v>105</v>
+        <v>73.98</v>
       </c>
       <c r="I195" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="J195" t="s">
         <v>28</v>
       </c>
       <c r="K195" t="s">
         <v>28</v>
       </c>
       <c r="L195" t="s">
+        <v>43</v>
+      </c>
+      <c r="M195" t="s">
+        <v>44</v>
+      </c>
+      <c r="N195" t="s">
+        <v>31</v>
+      </c>
+      <c r="O195">
+        <v>780074689970</v>
+      </c>
+      <c r="P195" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>33</v>
+      </c>
+      <c r="R195" t="s">
         <v>45</v>
       </c>
-      <c r="M195" t="s">
-[...16 lines deleted...]
-      <c r="T195"/>
+      <c r="S195" t="s">
+        <v>66</v>
+      </c>
+      <c r="T195" t="s">
+        <v>974</v>
+      </c>
       <c r="U195" t="s">
-        <v>31</v>
+        <v>975</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" t="s">
         <v>21</v>
       </c>
       <c r="B196" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="C196" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="D196">
-        <v>554597</v>
+        <v>554901</v>
       </c>
       <c r="E196" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="F196" t="s">
-        <v>25</v>
+        <v>549</v>
       </c>
       <c r="G196" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="H196">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="I196" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="J196" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K196" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L196" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M196" t="s">
         <v>28</v>
       </c>
       <c r="N196" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O196"/>
       <c r="P196" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q196" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" t="s">
         <v>21</v>
       </c>
       <c r="B197" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="C197" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="D197">
-        <v>554572</v>
+        <v>554759</v>
       </c>
       <c r="E197" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="F197" t="s">
         <v>25</v>
       </c>
       <c r="G197" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="H197">
-        <v>86.75</v>
+        <v>70.74</v>
       </c>
       <c r="I197" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="J197" t="s">
         <v>28</v>
       </c>
       <c r="K197" t="s">
         <v>28</v>
       </c>
       <c r="L197" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M197" t="s">
         <v>28</v>
       </c>
       <c r="N197" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O197">
-        <v>399440855923</v>
+        <v>399623124398</v>
       </c>
       <c r="P197" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q197" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R197"/>
       <c r="S197"/>
       <c r="T197"/>
       <c r="U197" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" t="s">
         <v>21</v>
       </c>
       <c r="B198" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="C198" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="D198">
-        <v>554434</v>
+        <v>554754</v>
       </c>
       <c r="E198" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F198" t="s">
         <v>25</v>
       </c>
       <c r="G198" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="H198">
-        <v>108</v>
+        <v>63.9</v>
       </c>
       <c r="I198" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="J198" t="s">
         <v>28</v>
       </c>
       <c r="K198" t="s">
         <v>28</v>
       </c>
       <c r="L198" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M198" t="s">
         <v>28</v>
       </c>
       <c r="N198" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O198">
-        <v>399271034309</v>
+        <v>399595065840</v>
       </c>
       <c r="P198" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R198"/>
       <c r="S198"/>
       <c r="T198"/>
       <c r="U198" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" t="s">
         <v>21</v>
       </c>
       <c r="B199" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="C199" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="D199">
-        <v>554056</v>
+        <v>554708</v>
       </c>
       <c r="E199" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="F199" t="s">
         <v>25</v>
       </c>
       <c r="G199" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="H199">
-        <v>98</v>
+        <v>58.95</v>
       </c>
       <c r="I199" t="s">
-        <v>988</v>
+        <v>389</v>
       </c>
       <c r="J199" t="s">
         <v>28</v>
       </c>
       <c r="K199" t="s">
         <v>28</v>
       </c>
       <c r="L199" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M199" t="s">
         <v>28</v>
       </c>
       <c r="N199" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O199">
-        <v>398954912077</v>
+        <v>399567005179</v>
       </c>
       <c r="P199" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q199" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R199"/>
       <c r="S199"/>
       <c r="T199"/>
       <c r="U199" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" t="s">
         <v>21</v>
       </c>
       <c r="B200" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="C200" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D200">
-        <v>554036</v>
+        <v>554674</v>
       </c>
       <c r="E200" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="F200" t="s">
         <v>25</v>
       </c>
       <c r="G200" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="H200">
-        <v>61</v>
+        <v>84.15</v>
       </c>
       <c r="I200" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="J200" t="s">
         <v>28</v>
       </c>
       <c r="K200" t="s">
         <v>28</v>
       </c>
       <c r="L200" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M200" t="s">
         <v>28</v>
       </c>
       <c r="N200" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O200">
-        <v>398935797330</v>
+        <v>399500977963</v>
       </c>
       <c r="P200" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q200" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R200"/>
       <c r="S200"/>
       <c r="T200"/>
       <c r="U200" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" t="s">
         <v>21</v>
       </c>
       <c r="B201" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="C201" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="D201">
-        <v>553878</v>
+        <v>554640</v>
       </c>
       <c r="E201" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F201" t="s">
         <v>25</v>
       </c>
       <c r="G201" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="H201">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="I201" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="J201" t="s">
         <v>28</v>
       </c>
       <c r="K201" t="s">
         <v>28</v>
       </c>
       <c r="L201" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M201" t="s">
         <v>28</v>
       </c>
       <c r="N201" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O201">
-        <v>398828264362</v>
+        <v>399502689067</v>
       </c>
       <c r="P201" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q201" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R201"/>
       <c r="S201"/>
       <c r="T201"/>
       <c r="U201" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" t="s">
         <v>21</v>
       </c>
       <c r="B202" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C202" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D202">
+        <v>554632</v>
+      </c>
+      <c r="E202" t="s">
         <v>999</v>
       </c>
-      <c r="D202">
-[...4 lines deleted...]
-      </c>
       <c r="F202" t="s">
         <v>25</v>
       </c>
       <c r="G202" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="H202">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="I202" t="s">
-        <v>658</v>
+        <v>1005</v>
       </c>
       <c r="J202" t="s">
         <v>28</v>
       </c>
       <c r="K202" t="s">
         <v>28</v>
       </c>
       <c r="L202" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M202" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N202" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O202">
-        <v>398736848596</v>
+        <v>399505005446</v>
       </c>
       <c r="P202" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q202" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R202"/>
+      <c r="S202"/>
+      <c r="T202"/>
       <c r="U202" t="s">
-        <v>1002</v>
+        <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" t="s">
         <v>21</v>
       </c>
       <c r="B203" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="C203" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="D203">
-        <v>553289</v>
+        <v>554597</v>
       </c>
       <c r="E203" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="F203" t="s">
         <v>25</v>
       </c>
       <c r="G203" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="H203">
-        <v>40.2</v>
+        <v>45</v>
       </c>
       <c r="I203" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="J203" t="s">
         <v>28</v>
       </c>
       <c r="K203" t="s">
         <v>28</v>
       </c>
       <c r="L203" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M203" t="s">
         <v>28</v>
       </c>
       <c r="N203" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O203">
-        <v>398306083310</v>
+        <v>399499035163</v>
       </c>
       <c r="P203" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q203" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R203"/>
       <c r="S203"/>
       <c r="T203"/>
       <c r="U203" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" t="s">
         <v>21</v>
       </c>
       <c r="B204" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C204" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D204">
-        <v>552544</v>
+        <v>554572</v>
       </c>
       <c r="E204" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="F204" t="s">
         <v>25</v>
       </c>
       <c r="G204" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="H204">
-        <v>92.65</v>
+        <v>86.75</v>
       </c>
       <c r="I204" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="J204" t="s">
         <v>28</v>
       </c>
       <c r="K204" t="s">
         <v>28</v>
       </c>
       <c r="L204" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M204" t="s">
         <v>28</v>
       </c>
       <c r="N204" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O204">
-        <v>397712859980</v>
+        <v>399440855923</v>
       </c>
       <c r="P204" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q204" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R204"/>
       <c r="S204"/>
       <c r="T204"/>
       <c r="U204" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" t="s">
         <v>21</v>
       </c>
       <c r="B205" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C205" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D205">
-        <v>552426</v>
+        <v>554434</v>
       </c>
       <c r="E205" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="F205" t="s">
         <v>25</v>
       </c>
       <c r="G205" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="H205">
-        <v>228</v>
+        <v>108</v>
       </c>
       <c r="I205" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="J205" t="s">
         <v>28</v>
       </c>
       <c r="K205" t="s">
         <v>28</v>
       </c>
       <c r="L205" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M205" t="s">
         <v>28</v>
       </c>
       <c r="N205" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O205">
-        <v>397610588548</v>
+        <v>399271034309</v>
       </c>
       <c r="P205" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q205" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R205"/>
       <c r="S205"/>
       <c r="T205"/>
       <c r="U205" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" t="s">
         <v>21</v>
       </c>
       <c r="B206" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C206" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="D206">
-        <v>552425</v>
+        <v>554056</v>
       </c>
       <c r="E206" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="F206" t="s">
         <v>25</v>
       </c>
       <c r="G206" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="H206">
-        <v>238</v>
+        <v>98</v>
       </c>
       <c r="I206" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="J206" t="s">
         <v>28</v>
       </c>
       <c r="K206" t="s">
         <v>28</v>
       </c>
       <c r="L206" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M206" t="s">
         <v>28</v>
       </c>
       <c r="N206" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O206">
-        <v>397610743217</v>
+        <v>398954912077</v>
       </c>
       <c r="P206" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q206" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R206"/>
       <c r="S206"/>
       <c r="T206"/>
       <c r="U206" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" t="s">
         <v>21</v>
       </c>
       <c r="B207" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="C207" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D207">
+        <v>554036</v>
+      </c>
+      <c r="E207" t="s">
         <v>1023</v>
       </c>
-      <c r="D207">
-[...4 lines deleted...]
-      </c>
       <c r="F207" t="s">
         <v>25</v>
       </c>
       <c r="G207" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="H207">
-        <v>98.5</v>
+        <v>61</v>
       </c>
       <c r="I207" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="J207" t="s">
         <v>28</v>
       </c>
       <c r="K207" t="s">
         <v>28</v>
       </c>
       <c r="L207" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M207" t="s">
         <v>28</v>
       </c>
       <c r="N207" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O207">
-        <v>397457915292</v>
+        <v>398935797330</v>
       </c>
       <c r="P207" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q207" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R207"/>
       <c r="S207"/>
       <c r="T207"/>
       <c r="U207" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" t="s">
         <v>21</v>
       </c>
       <c r="B208" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="C208" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="D208">
-        <v>552205</v>
+        <v>553878</v>
       </c>
       <c r="E208" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="F208" t="s">
         <v>25</v>
       </c>
       <c r="G208" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="H208">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I208" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="J208" t="s">
         <v>28</v>
       </c>
       <c r="K208" t="s">
         <v>28</v>
       </c>
       <c r="L208" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M208" t="s">
         <v>28</v>
       </c>
       <c r="N208" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O208">
-        <v>397407453170</v>
+        <v>398828264362</v>
       </c>
       <c r="P208" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q208" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R208"/>
       <c r="S208"/>
       <c r="T208"/>
       <c r="U208" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" t="s">
         <v>21</v>
       </c>
       <c r="B209" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="C209" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="D209">
-        <v>552177</v>
+        <v>553774</v>
       </c>
       <c r="E209" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="F209" t="s">
         <v>25</v>
       </c>
       <c r="G209" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="H209">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I209" t="s">
-        <v>1036</v>
+        <v>695</v>
       </c>
       <c r="J209" t="s">
         <v>28</v>
       </c>
       <c r="K209" t="s">
         <v>28</v>
       </c>
       <c r="L209" t="s">
+        <v>43</v>
+      </c>
+      <c r="M209" t="s">
+        <v>44</v>
+      </c>
+      <c r="N209" t="s">
+        <v>31</v>
+      </c>
+      <c r="O209">
+        <v>398736848596</v>
+      </c>
+      <c r="P209" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>33</v>
+      </c>
+      <c r="R209" t="s">
         <v>45</v>
       </c>
-      <c r="M209" t="s">
-[...16 lines deleted...]
-      <c r="T209"/>
+      <c r="S209" t="s">
+        <v>219</v>
+      </c>
+      <c r="T209" t="s">
+        <v>862</v>
+      </c>
       <c r="U209" t="s">
-        <v>31</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" t="s">
         <v>21</v>
       </c>
       <c r="B210" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="C210" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="D210">
-        <v>552110</v>
+        <v>553289</v>
       </c>
       <c r="E210" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="F210" t="s">
         <v>25</v>
       </c>
       <c r="G210" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="H210">
-        <v>92.6</v>
+        <v>40.2</v>
       </c>
       <c r="I210" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="J210" t="s">
         <v>28</v>
       </c>
       <c r="K210" t="s">
         <v>28</v>
       </c>
       <c r="L210" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M210" t="s">
         <v>28</v>
       </c>
       <c r="N210" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O210">
-        <v>397392787939</v>
+        <v>398306083310</v>
       </c>
       <c r="P210" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q210" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R210"/>
       <c r="S210"/>
       <c r="T210"/>
       <c r="U210" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" t="s">
         <v>21</v>
       </c>
       <c r="B211" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C211" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D211">
-        <v>552109</v>
+        <v>552544</v>
       </c>
       <c r="E211" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="F211" t="s">
         <v>25</v>
       </c>
       <c r="G211" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="H211">
-        <v>99</v>
+        <v>92.65</v>
       </c>
       <c r="I211" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="J211" t="s">
         <v>28</v>
       </c>
       <c r="K211" t="s">
         <v>28</v>
       </c>
       <c r="L211" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M211" t="s">
         <v>28</v>
       </c>
       <c r="N211" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O211">
-        <v>397396472738</v>
+        <v>397712859980</v>
       </c>
       <c r="P211" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q211" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R211"/>
       <c r="S211"/>
       <c r="T211"/>
       <c r="U211" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" t="s">
         <v>21</v>
       </c>
       <c r="B212" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C212" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D212">
-        <v>552087</v>
+        <v>552426</v>
       </c>
       <c r="E212" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="F212" t="s">
         <v>25</v>
       </c>
       <c r="G212" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="H212">
-        <v>51.4</v>
+        <v>228</v>
       </c>
       <c r="I212" t="s">
-        <v>381</v>
+        <v>1054</v>
       </c>
       <c r="J212" t="s">
         <v>28</v>
       </c>
       <c r="K212" t="s">
         <v>28</v>
       </c>
       <c r="L212" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M212" t="s">
         <v>28</v>
       </c>
       <c r="N212" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O212">
-        <v>397393498577</v>
+        <v>397610588548</v>
       </c>
       <c r="P212" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q212" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R212"/>
       <c r="S212"/>
       <c r="T212"/>
       <c r="U212" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:21">
       <c r="A213" t="s">
         <v>21</v>
       </c>
       <c r="B213" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="C213" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="D213">
-        <v>551960</v>
+        <v>552425</v>
       </c>
       <c r="E213" t="s">
         <v>1052</v>
       </c>
       <c r="F213" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G213" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="H213">
-        <v>212.19</v>
+        <v>238</v>
       </c>
       <c r="I213" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="J213" t="s">
         <v>28</v>
       </c>
       <c r="K213" t="s">
-        <v>488</v>
+        <v>28</v>
       </c>
       <c r="L213" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M213" t="s">
         <v>28</v>
       </c>
       <c r="N213" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>31</v>
+      </c>
+      <c r="O213">
+        <v>397610743217</v>
       </c>
       <c r="P213" t="s">
-        <v>1056</v>
+        <v>32</v>
       </c>
       <c r="Q213" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R213"/>
       <c r="S213"/>
       <c r="T213"/>
       <c r="U213" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:21">
       <c r="A214" t="s">
         <v>21</v>
       </c>
       <c r="B214" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C214" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D214">
-        <v>551865</v>
+        <v>552257</v>
       </c>
       <c r="E214" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="F214" t="s">
         <v>25</v>
       </c>
       <c r="G214" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="H214">
-        <v>169</v>
+        <v>98.5</v>
       </c>
       <c r="I214" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="J214" t="s">
         <v>28</v>
       </c>
       <c r="K214" t="s">
         <v>28</v>
       </c>
       <c r="L214" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M214" t="s">
         <v>28</v>
       </c>
       <c r="N214" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O214">
-        <v>397165199503</v>
+        <v>397457915292</v>
       </c>
       <c r="P214" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q214" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R214"/>
       <c r="S214"/>
       <c r="T214"/>
       <c r="U214" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="215" spans="1:21">
       <c r="A215" t="s">
         <v>21</v>
       </c>
       <c r="B215" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C215" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D215">
-        <v>551860</v>
+        <v>552205</v>
       </c>
       <c r="E215" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="F215" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G215" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="H215">
-        <v>195.98</v>
+        <v>109</v>
       </c>
       <c r="I215" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J215" t="s">
         <v>28</v>
       </c>
       <c r="K215" t="s">
-        <v>488</v>
+        <v>28</v>
       </c>
       <c r="L215" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M215" t="s">
         <v>28</v>
       </c>
       <c r="N215" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>31</v>
+      </c>
+      <c r="O215">
+        <v>397407453170</v>
       </c>
       <c r="P215" t="s">
-        <v>1056</v>
+        <v>32</v>
       </c>
       <c r="Q215" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R215"/>
       <c r="S215"/>
       <c r="T215"/>
       <c r="U215" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:21">
       <c r="A216" t="s">
         <v>21</v>
       </c>
       <c r="B216" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C216" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D216">
-        <v>551560</v>
+        <v>552177</v>
       </c>
       <c r="E216" t="s">
-        <v>31</v>
+        <v>1071</v>
       </c>
       <c r="F216" t="s">
         <v>25</v>
       </c>
-      <c r="G216"/>
+      <c r="G216" t="s">
+        <v>1072</v>
+      </c>
       <c r="H216">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="I216" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-      <c r="K216"/>
+        <v>1073</v>
+      </c>
+      <c r="J216" t="s">
+        <v>28</v>
+      </c>
+      <c r="K216" t="s">
+        <v>28</v>
+      </c>
       <c r="L216" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M216" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O216"/>
+        <v>28</v>
+      </c>
+      <c r="N216" t="s">
+        <v>31</v>
+      </c>
+      <c r="O216">
+        <v>397395325104</v>
+      </c>
       <c r="P216" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q216" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R216"/>
+      <c r="S216"/>
+      <c r="T216"/>
       <c r="U216" t="s">
-        <v>1070</v>
+        <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:21">
       <c r="A217" t="s">
         <v>21</v>
       </c>
       <c r="B217" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C217" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="D217">
-        <v>551489</v>
+        <v>552110</v>
       </c>
       <c r="E217" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="F217" t="s">
         <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="H217">
-        <v>94.7</v>
+        <v>92.6</v>
       </c>
       <c r="I217" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="J217" t="s">
         <v>28</v>
       </c>
       <c r="K217" t="s">
         <v>28</v>
       </c>
       <c r="L217" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M217" t="s">
         <v>28</v>
       </c>
       <c r="N217" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O217">
-        <v>396928570079</v>
+        <v>397392787939</v>
       </c>
       <c r="P217" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q217" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R217"/>
       <c r="S217"/>
       <c r="T217"/>
       <c r="U217" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="218" spans="1:21">
       <c r="A218" t="s">
         <v>21</v>
       </c>
       <c r="B218" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D218">
+        <v>552109</v>
+      </c>
+      <c r="E218" t="s">
         <v>1076</v>
       </c>
-      <c r="C218" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F218" t="s">
         <v>25</v>
       </c>
-      <c r="G218"/>
+      <c r="G218" t="s">
+        <v>1081</v>
+      </c>
       <c r="H218">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I218" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-      <c r="K218"/>
+        <v>1082</v>
+      </c>
+      <c r="J218" t="s">
+        <v>28</v>
+      </c>
+      <c r="K218" t="s">
+        <v>28</v>
+      </c>
       <c r="L218" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M218" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O218"/>
+        <v>28</v>
+      </c>
+      <c r="N218" t="s">
+        <v>31</v>
+      </c>
+      <c r="O218">
+        <v>397396472738</v>
+      </c>
       <c r="P218" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q218" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R218"/>
+      <c r="S218"/>
+      <c r="T218"/>
       <c r="U218" t="s">
-        <v>1079</v>
+        <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:21">
       <c r="A219" t="s">
         <v>21</v>
       </c>
       <c r="B219" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="C219" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="D219">
-        <v>551559</v>
+        <v>552087</v>
       </c>
       <c r="E219" t="s">
-        <v>31</v>
+        <v>1085</v>
       </c>
       <c r="F219" t="s">
         <v>25</v>
       </c>
-      <c r="G219"/>
+      <c r="G219" t="s">
+        <v>1086</v>
+      </c>
       <c r="H219">
-        <v>0</v>
+        <v>51.4</v>
       </c>
       <c r="I219" t="s">
-        <v>1082</v>
-[...2 lines deleted...]
-      <c r="K219"/>
+        <v>419</v>
+      </c>
+      <c r="J219" t="s">
+        <v>28</v>
+      </c>
+      <c r="K219" t="s">
+        <v>28</v>
+      </c>
       <c r="L219" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M219" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O219"/>
+        <v>28</v>
+      </c>
+      <c r="N219" t="s">
+        <v>31</v>
+      </c>
+      <c r="O219">
+        <v>397393498577</v>
+      </c>
       <c r="P219" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q219" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R219"/>
+      <c r="S219"/>
+      <c r="T219"/>
       <c r="U219" t="s">
-        <v>1083</v>
+        <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:21">
       <c r="A220" t="s">
         <v>21</v>
       </c>
       <c r="B220" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="C220" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D220">
-        <v>551386</v>
+        <v>551960</v>
       </c>
       <c r="E220" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="F220" t="s">
-        <v>25</v>
+        <v>523</v>
       </c>
       <c r="G220" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="H220">
-        <v>71.7</v>
+        <v>212.19</v>
       </c>
       <c r="I220" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="J220" t="s">
         <v>28</v>
       </c>
       <c r="K220" t="s">
-        <v>28</v>
+        <v>526</v>
       </c>
       <c r="L220" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M220" t="s">
         <v>28</v>
       </c>
       <c r="N220" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>396814198976</v>
+        <v>527</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1092</v>
       </c>
       <c r="P220" t="s">
-        <v>31</v>
+        <v>1093</v>
       </c>
       <c r="Q220" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R220"/>
       <c r="S220"/>
       <c r="T220"/>
       <c r="U220" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:21">
       <c r="A221" t="s">
         <v>21</v>
       </c>
       <c r="B221" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="C221" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="D221">
-        <v>551558</v>
+        <v>551865</v>
       </c>
       <c r="E221" t="s">
-        <v>31</v>
+        <v>1096</v>
       </c>
       <c r="F221" t="s">
         <v>25</v>
       </c>
-      <c r="G221"/>
+      <c r="G221" t="s">
+        <v>1097</v>
+      </c>
       <c r="H221">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="I221" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-      <c r="K221"/>
+        <v>1098</v>
+      </c>
+      <c r="J221" t="s">
+        <v>28</v>
+      </c>
+      <c r="K221" t="s">
+        <v>28</v>
+      </c>
       <c r="L221" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M221" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O221"/>
+        <v>28</v>
+      </c>
+      <c r="N221" t="s">
+        <v>31</v>
+      </c>
+      <c r="O221">
+        <v>397165199503</v>
+      </c>
       <c r="P221" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q221" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R221"/>
+      <c r="S221"/>
+      <c r="T221"/>
       <c r="U221" t="s">
-        <v>1092</v>
+        <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:21">
       <c r="A222" t="s">
         <v>21</v>
       </c>
       <c r="B222" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D222">
+        <v>551860</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F222" t="s">
+        <v>523</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H222">
+        <v>195.98</v>
+      </c>
+      <c r="I222" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J222" t="s">
+        <v>28</v>
+      </c>
+      <c r="K222" t="s">
+        <v>526</v>
+      </c>
+      <c r="L222" t="s">
+        <v>43</v>
+      </c>
+      <c r="M222" t="s">
+        <v>28</v>
+      </c>
+      <c r="N222" t="s">
+        <v>527</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P222" t="s">
         <v>1093</v>
       </c>
-      <c r="C222" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="Q222" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="R222"/>
+      <c r="S222"/>
+      <c r="T222"/>
       <c r="U222" t="s">
-        <v>1096</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:21">
       <c r="A223" t="s">
         <v>21</v>
       </c>
       <c r="B223" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="C223" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="D223">
-        <v>551556</v>
+        <v>551560</v>
       </c>
       <c r="E223" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F223" t="s">
         <v>25</v>
       </c>
       <c r="G223"/>
       <c r="H223">
         <v>0</v>
       </c>
       <c r="I223" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="J223"/>
       <c r="K223"/>
       <c r="L223" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M223" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q223" t="s">
-        <v>572</v>
+        <v>46</v>
       </c>
       <c r="R223" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S223" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T223" t="s">
-        <v>542</v>
+        <v>580</v>
       </c>
       <c r="U223" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="224" spans="1:21">
       <c r="A224" t="s">
         <v>21</v>
       </c>
       <c r="B224" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="C224" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="D224">
-        <v>551555</v>
+        <v>551489</v>
       </c>
       <c r="E224" t="s">
-        <v>31</v>
+        <v>1110</v>
       </c>
       <c r="F224" t="s">
         <v>25</v>
       </c>
-      <c r="G224"/>
+      <c r="G224" t="s">
+        <v>1111</v>
+      </c>
       <c r="H224">
-        <v>0</v>
+        <v>94.7</v>
       </c>
       <c r="I224" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-      <c r="K224"/>
+        <v>1112</v>
+      </c>
+      <c r="J224" t="s">
+        <v>28</v>
+      </c>
+      <c r="K224" t="s">
+        <v>28</v>
+      </c>
       <c r="L224" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M224" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O224"/>
+        <v>28</v>
+      </c>
+      <c r="N224" t="s">
+        <v>31</v>
+      </c>
+      <c r="O224">
+        <v>396928570079</v>
+      </c>
       <c r="P224" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q224" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R224"/>
+      <c r="S224"/>
+      <c r="T224"/>
       <c r="U224" t="s">
-        <v>1104</v>
+        <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:21">
       <c r="A225" t="s">
         <v>21</v>
       </c>
       <c r="B225" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="C225" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="D225">
-        <v>551554</v>
+        <v>551616</v>
       </c>
       <c r="E225" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F225" t="s">
         <v>25</v>
       </c>
       <c r="G225"/>
       <c r="H225">
         <v>0</v>
       </c>
       <c r="I225" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="J225"/>
       <c r="K225"/>
       <c r="L225" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M225" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
       <c r="N225"/>
       <c r="O225"/>
       <c r="P225" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q225" t="s">
-        <v>572</v>
+        <v>46</v>
       </c>
       <c r="R225" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S225" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T225" t="s">
-        <v>542</v>
+        <v>580</v>
       </c>
       <c r="U225" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="226" spans="1:21">
       <c r="A226" t="s">
         <v>21</v>
       </c>
       <c r="B226" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="C226" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="D226">
-        <v>551553</v>
+        <v>551559</v>
       </c>
       <c r="E226" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F226" t="s">
         <v>25</v>
       </c>
       <c r="G226"/>
       <c r="H226">
         <v>0</v>
       </c>
       <c r="I226" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="J226"/>
       <c r="K226"/>
       <c r="L226" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M226" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
       <c r="N226"/>
       <c r="O226"/>
       <c r="P226" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q226" t="s">
-        <v>572</v>
+        <v>46</v>
       </c>
       <c r="R226" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S226" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T226" t="s">
-        <v>542</v>
+        <v>580</v>
       </c>
       <c r="U226" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="227" spans="1:21">
       <c r="A227" t="s">
         <v>21</v>
       </c>
       <c r="B227" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="C227" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="D227">
-        <v>550991</v>
+        <v>551386</v>
       </c>
       <c r="E227" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="F227" t="s">
         <v>25</v>
       </c>
       <c r="G227" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="H227">
-        <v>52.5</v>
+        <v>71.7</v>
       </c>
       <c r="I227" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="J227" t="s">
         <v>28</v>
       </c>
       <c r="K227" t="s">
         <v>28</v>
       </c>
       <c r="L227" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M227" t="s">
         <v>28</v>
       </c>
       <c r="N227" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O227">
-        <v>396541749432</v>
+        <v>396814198976</v>
       </c>
       <c r="P227" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q227" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R227"/>
       <c r="S227"/>
       <c r="T227"/>
       <c r="U227" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:21">
       <c r="A228" t="s">
         <v>21</v>
       </c>
       <c r="B228" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="C228" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="D228">
-        <v>550628</v>
+        <v>551558</v>
       </c>
       <c r="E228" t="s">
-        <v>1120</v>
+        <v>32</v>
       </c>
       <c r="F228" t="s">
         <v>25</v>
       </c>
-      <c r="G228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G228"/>
       <c r="H228">
-        <v>75.65</v>
+        <v>0</v>
       </c>
       <c r="I228" t="s">
-        <v>1122</v>
-[...6 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="J228"/>
+      <c r="K228"/>
       <c r="L228" t="s">
+        <v>43</v>
+      </c>
+      <c r="M228" t="s">
+        <v>609</v>
+      </c>
+      <c r="N228"/>
+      <c r="O228"/>
+      <c r="P228" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>46</v>
+      </c>
+      <c r="R228" t="s">
         <v>45</v>
       </c>
-      <c r="M228" t="s">
-[...16 lines deleted...]
-      <c r="T228"/>
+      <c r="S228" t="s">
+        <v>66</v>
+      </c>
+      <c r="T228" t="s">
+        <v>580</v>
+      </c>
       <c r="U228" t="s">
-        <v>31</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="229" spans="1:21">
       <c r="A229" t="s">
         <v>21</v>
       </c>
       <c r="B229" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="C229" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="D229">
-        <v>550213</v>
+        <v>551557</v>
       </c>
       <c r="E229" t="s">
-        <v>1125</v>
+        <v>32</v>
       </c>
       <c r="F229" t="s">
         <v>25</v>
       </c>
-      <c r="G229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G229"/>
       <c r="H229">
-        <v>40.6</v>
+        <v>0</v>
       </c>
       <c r="I229" t="s">
-        <v>1127</v>
-[...6 lines deleted...]
-      </c>
+        <v>1132</v>
+      </c>
+      <c r="J229"/>
+      <c r="K229"/>
       <c r="L229" t="s">
+        <v>43</v>
+      </c>
+      <c r="M229" t="s">
+        <v>609</v>
+      </c>
+      <c r="N229"/>
+      <c r="O229"/>
+      <c r="P229" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>46</v>
+      </c>
+      <c r="R229" t="s">
         <v>45</v>
       </c>
-      <c r="M229" t="s">
-[...16 lines deleted...]
-      <c r="T229"/>
+      <c r="S229" t="s">
+        <v>66</v>
+      </c>
+      <c r="T229" t="s">
+        <v>580</v>
+      </c>
       <c r="U229" t="s">
-        <v>31</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="230" spans="1:21">
       <c r="A230" t="s">
         <v>21</v>
       </c>
       <c r="B230" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="C230" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="D230">
-        <v>549601</v>
+        <v>551556</v>
       </c>
       <c r="E230" t="s">
-        <v>1130</v>
+        <v>32</v>
       </c>
       <c r="F230" t="s">
         <v>25</v>
       </c>
-      <c r="G230" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G230"/>
       <c r="H230">
-        <v>43.8</v>
+        <v>0</v>
       </c>
       <c r="I230" t="s">
-        <v>1132</v>
-[...6 lines deleted...]
-      </c>
+        <v>1136</v>
+      </c>
+      <c r="J230"/>
+      <c r="K230"/>
       <c r="L230" t="s">
+        <v>43</v>
+      </c>
+      <c r="M230" t="s">
+        <v>609</v>
+      </c>
+      <c r="N230"/>
+      <c r="O230"/>
+      <c r="P230" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>46</v>
+      </c>
+      <c r="R230" t="s">
         <v>45</v>
       </c>
-      <c r="M230" t="s">
-[...16 lines deleted...]
-      <c r="T230"/>
+      <c r="S230" t="s">
+        <v>66</v>
+      </c>
+      <c r="T230" t="s">
+        <v>580</v>
+      </c>
       <c r="U230" t="s">
-        <v>31</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="231" spans="1:21">
       <c r="A231" t="s">
         <v>21</v>
       </c>
       <c r="B231" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="C231" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="D231">
-        <v>549505</v>
+        <v>551555</v>
       </c>
       <c r="E231" t="s">
-        <v>1135</v>
+        <v>32</v>
       </c>
       <c r="F231" t="s">
         <v>25</v>
       </c>
-      <c r="G231" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G231"/>
       <c r="H231">
-        <v>248</v>
+        <v>0</v>
       </c>
       <c r="I231" t="s">
-        <v>1137</v>
-[...6 lines deleted...]
-      </c>
+        <v>1140</v>
+      </c>
+      <c r="J231"/>
+      <c r="K231"/>
       <c r="L231" t="s">
+        <v>43</v>
+      </c>
+      <c r="M231" t="s">
+        <v>609</v>
+      </c>
+      <c r="N231"/>
+      <c r="O231"/>
+      <c r="P231" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>46</v>
+      </c>
+      <c r="R231" t="s">
         <v>45</v>
       </c>
-      <c r="M231" t="s">
-[...16 lines deleted...]
-      <c r="T231"/>
+      <c r="S231" t="s">
+        <v>66</v>
+      </c>
+      <c r="T231" t="s">
+        <v>580</v>
+      </c>
       <c r="U231" t="s">
-        <v>31</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="232" spans="1:21">
       <c r="A232" t="s">
         <v>21</v>
       </c>
       <c r="B232" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C232" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="D232">
-        <v>549434</v>
+        <v>551554</v>
       </c>
       <c r="E232" t="s">
-        <v>1140</v>
+        <v>32</v>
       </c>
       <c r="F232" t="s">
         <v>25</v>
       </c>
-      <c r="G232" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G232"/>
       <c r="H232">
-        <v>41.8</v>
+        <v>0</v>
       </c>
       <c r="I232" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="J232"/>
+      <c r="K232"/>
       <c r="L232" t="s">
+        <v>43</v>
+      </c>
+      <c r="M232" t="s">
+        <v>609</v>
+      </c>
+      <c r="N232"/>
+      <c r="O232"/>
+      <c r="P232" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>46</v>
+      </c>
+      <c r="R232" t="s">
         <v>45</v>
       </c>
-      <c r="M232" t="s">
-[...16 lines deleted...]
-      <c r="T232"/>
+      <c r="S232" t="s">
+        <v>66</v>
+      </c>
+      <c r="T232" t="s">
+        <v>580</v>
+      </c>
       <c r="U232" t="s">
-        <v>31</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="233" spans="1:21">
       <c r="A233" t="s">
         <v>21</v>
       </c>
       <c r="B233" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="C233" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="D233">
-        <v>549175</v>
+        <v>551553</v>
       </c>
       <c r="E233" t="s">
-        <v>1144</v>
+        <v>32</v>
       </c>
       <c r="F233" t="s">
         <v>25</v>
       </c>
-      <c r="G233" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G233"/>
       <c r="H233">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I233" t="s">
-        <v>691</v>
-[...6 lines deleted...]
-      </c>
+        <v>1148</v>
+      </c>
+      <c r="J233"/>
+      <c r="K233"/>
       <c r="L233" t="s">
+        <v>43</v>
+      </c>
+      <c r="M233" t="s">
+        <v>609</v>
+      </c>
+      <c r="N233"/>
+      <c r="O233"/>
+      <c r="P233" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>46</v>
+      </c>
+      <c r="R233" t="s">
         <v>45</v>
       </c>
-      <c r="M233" t="s">
-[...16 lines deleted...]
-      <c r="T233"/>
+      <c r="S233" t="s">
+        <v>66</v>
+      </c>
+      <c r="T233" t="s">
+        <v>580</v>
+      </c>
       <c r="U233" t="s">
-        <v>31</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="234" spans="1:21">
       <c r="A234" t="s">
         <v>21</v>
       </c>
       <c r="B234" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="C234" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="D234">
-        <v>549120</v>
+        <v>550991</v>
       </c>
       <c r="E234" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="F234" t="s">
         <v>25</v>
       </c>
       <c r="G234" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="H234">
-        <v>41.4</v>
+        <v>52.5</v>
       </c>
       <c r="I234" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="J234" t="s">
         <v>28</v>
       </c>
       <c r="K234" t="s">
         <v>28</v>
       </c>
       <c r="L234" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M234" t="s">
         <v>28</v>
       </c>
       <c r="N234" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O234">
-        <v>395090007012</v>
+        <v>396541749432</v>
       </c>
       <c r="P234" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q234" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R234"/>
       <c r="S234"/>
       <c r="T234"/>
       <c r="U234" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="235" spans="1:21">
       <c r="A235" t="s">
         <v>21</v>
       </c>
       <c r="B235" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="C235" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="D235">
-        <v>548982</v>
+        <v>550628</v>
       </c>
       <c r="E235" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F235" t="s">
         <v>25</v>
       </c>
       <c r="G235" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="H235">
-        <v>99</v>
+        <v>75.65</v>
       </c>
       <c r="I235" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="J235" t="s">
         <v>28</v>
       </c>
       <c r="K235" t="s">
         <v>28</v>
       </c>
       <c r="L235" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M235" t="s">
         <v>28</v>
       </c>
       <c r="N235" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O235">
-        <v>394943372809</v>
+        <v>396245916411</v>
       </c>
       <c r="P235" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q235" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R235"/>
       <c r="S235"/>
       <c r="T235"/>
       <c r="U235" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:21">
       <c r="A236" t="s">
         <v>21</v>
       </c>
       <c r="B236" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C236" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D236">
-        <v>548938</v>
+        <v>550213</v>
       </c>
       <c r="E236" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="F236" t="s">
         <v>25</v>
       </c>
       <c r="G236" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="H236">
-        <v>82.2</v>
+        <v>40.6</v>
       </c>
       <c r="I236" t="s">
-        <v>936</v>
+        <v>1164</v>
       </c>
       <c r="J236" t="s">
         <v>28</v>
       </c>
       <c r="K236" t="s">
         <v>28</v>
       </c>
       <c r="L236" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M236" t="s">
         <v>28</v>
       </c>
       <c r="N236" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O236">
-        <v>394865765659</v>
+        <v>395961658030</v>
       </c>
       <c r="P236" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q236" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R236"/>
       <c r="S236"/>
       <c r="T236"/>
       <c r="U236" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="237" spans="1:21">
       <c r="A237" t="s">
         <v>21</v>
       </c>
       <c r="B237" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C237" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="D237">
-        <v>548820</v>
+        <v>549601</v>
       </c>
       <c r="E237" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="F237" t="s">
         <v>25</v>
       </c>
       <c r="G237" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="H237">
-        <v>108</v>
+        <v>43.8</v>
       </c>
       <c r="I237" t="s">
-        <v>968</v>
+        <v>1169</v>
       </c>
       <c r="J237" t="s">
         <v>28</v>
       </c>
       <c r="K237" t="s">
         <v>28</v>
       </c>
       <c r="L237" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M237" t="s">
         <v>28</v>
       </c>
       <c r="N237" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O237">
-        <v>394817000764</v>
+        <v>395401768560</v>
       </c>
       <c r="P237" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q237" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R237"/>
       <c r="S237"/>
       <c r="T237"/>
       <c r="U237" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="238" spans="1:21">
       <c r="A238" t="s">
         <v>21</v>
       </c>
       <c r="B238" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="C238" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="D238">
-        <v>548646</v>
+        <v>549505</v>
       </c>
       <c r="E238" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="F238" t="s">
         <v>25</v>
       </c>
       <c r="G238" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="H238">
-        <v>87</v>
+        <v>248</v>
       </c>
       <c r="I238" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="J238" t="s">
         <v>28</v>
       </c>
       <c r="K238" t="s">
         <v>28</v>
       </c>
       <c r="L238" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M238" t="s">
         <v>28</v>
       </c>
       <c r="N238" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O238">
-        <v>394663643046</v>
+        <v>395375154729</v>
       </c>
       <c r="P238" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q238" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R238"/>
       <c r="S238"/>
       <c r="T238"/>
       <c r="U238" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:21">
       <c r="A239" t="s">
         <v>21</v>
       </c>
       <c r="B239" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="C239" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="D239">
-        <v>548377</v>
+        <v>549434</v>
       </c>
       <c r="E239" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="F239" t="s">
         <v>25</v>
       </c>
       <c r="G239" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="H239">
-        <v>52.5</v>
+        <v>41.8</v>
       </c>
       <c r="I239" t="s">
-        <v>1173</v>
+        <v>197</v>
       </c>
       <c r="J239" t="s">
         <v>28</v>
       </c>
       <c r="K239" t="s">
         <v>28</v>
       </c>
       <c r="L239" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M239" t="s">
         <v>28</v>
       </c>
       <c r="N239" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O239">
-        <v>394480321923</v>
+        <v>395299838807</v>
       </c>
       <c r="P239" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q239" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R239"/>
       <c r="S239"/>
       <c r="T239"/>
       <c r="U239" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:21">
       <c r="A240" t="s">
         <v>21</v>
       </c>
       <c r="B240" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="C240" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="D240">
-        <v>548187</v>
+        <v>549175</v>
       </c>
       <c r="E240" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="F240" t="s">
         <v>25</v>
       </c>
       <c r="G240" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="H240">
-        <v>92.65</v>
+        <v>99</v>
       </c>
       <c r="I240" t="s">
-        <v>1178</v>
+        <v>728</v>
       </c>
       <c r="J240" t="s">
         <v>28</v>
       </c>
       <c r="K240" t="s">
         <v>28</v>
       </c>
       <c r="L240" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M240" t="s">
         <v>28</v>
       </c>
       <c r="N240" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O240">
-        <v>394332638808</v>
+        <v>395093266299</v>
       </c>
       <c r="P240" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q240" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R240"/>
       <c r="S240"/>
       <c r="T240"/>
       <c r="U240" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:21">
       <c r="A241" t="s">
         <v>21</v>
       </c>
       <c r="B241" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="C241" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="D241">
-        <v>548177</v>
+        <v>549120</v>
       </c>
       <c r="E241" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="F241" t="s">
         <v>25</v>
       </c>
       <c r="G241" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="H241">
-        <v>99</v>
+        <v>41.4</v>
       </c>
       <c r="I241" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="J241" t="s">
         <v>28</v>
       </c>
       <c r="K241" t="s">
         <v>28</v>
       </c>
       <c r="L241" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M241" t="s">
         <v>28</v>
       </c>
       <c r="N241" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O241">
-        <v>394308394919</v>
+        <v>395090007012</v>
       </c>
       <c r="P241" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q241" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R241"/>
       <c r="S241"/>
       <c r="T241"/>
       <c r="U241" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:21">
       <c r="A242" t="s">
         <v>21</v>
       </c>
       <c r="B242" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="C242" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="D242">
-        <v>548133</v>
+        <v>548982</v>
       </c>
       <c r="E242" t="s">
-        <v>1181</v>
+        <v>1190</v>
       </c>
       <c r="F242" t="s">
         <v>25</v>
       </c>
       <c r="G242" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="H242">
-        <v>92.65</v>
+        <v>99</v>
       </c>
       <c r="I242" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="J242" t="s">
         <v>28</v>
       </c>
       <c r="K242" t="s">
         <v>28</v>
       </c>
       <c r="L242" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M242" t="s">
         <v>28</v>
       </c>
       <c r="N242" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O242">
-        <v>394308068604</v>
+        <v>394943372809</v>
       </c>
       <c r="P242" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q242" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R242"/>
       <c r="S242"/>
       <c r="T242"/>
       <c r="U242" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="243" spans="1:21">
       <c r="A243" t="s">
         <v>21</v>
       </c>
       <c r="B243" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="C243" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="D243">
-        <v>548128</v>
+        <v>548938</v>
       </c>
       <c r="E243" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="F243" t="s">
         <v>25</v>
       </c>
       <c r="G243" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="H243">
-        <v>39.14</v>
+        <v>82.2</v>
       </c>
       <c r="I243" t="s">
-        <v>1191</v>
+        <v>973</v>
       </c>
       <c r="J243" t="s">
         <v>28</v>
       </c>
       <c r="K243" t="s">
         <v>28</v>
       </c>
       <c r="L243" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M243" t="s">
         <v>28</v>
       </c>
       <c r="N243" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O243">
-        <v>394287425666</v>
+        <v>394865765659</v>
       </c>
       <c r="P243" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q243" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R243"/>
       <c r="S243"/>
       <c r="T243"/>
       <c r="U243" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:21">
       <c r="A244" t="s">
         <v>21</v>
       </c>
       <c r="B244" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="C244" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="D244">
-        <v>548010</v>
+        <v>548820</v>
       </c>
       <c r="E244" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="F244" t="s">
         <v>25</v>
       </c>
       <c r="G244" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="H244">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="I244" t="s">
-        <v>1196</v>
+        <v>1005</v>
       </c>
       <c r="J244" t="s">
         <v>28</v>
       </c>
       <c r="K244" t="s">
         <v>28</v>
       </c>
       <c r="L244" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M244" t="s">
         <v>28</v>
       </c>
       <c r="N244" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O244">
-        <v>394212256433</v>
+        <v>394817000764</v>
       </c>
       <c r="P244" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q244" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R244"/>
       <c r="S244"/>
       <c r="T244"/>
       <c r="U244" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="245" spans="1:21">
       <c r="A245" t="s">
         <v>21</v>
       </c>
       <c r="B245" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C245" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="D245">
-        <v>547870</v>
+        <v>548646</v>
       </c>
       <c r="E245" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="F245" t="s">
         <v>25</v>
       </c>
       <c r="G245" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="H245">
-        <v>84.15</v>
+        <v>87</v>
       </c>
       <c r="I245" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="J245" t="s">
         <v>28</v>
       </c>
       <c r="K245" t="s">
         <v>28</v>
       </c>
       <c r="L245" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M245" t="s">
         <v>28</v>
       </c>
       <c r="N245" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O245">
-        <v>394159794889</v>
+        <v>394663643046</v>
       </c>
       <c r="P245" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q245" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R245"/>
       <c r="S245"/>
       <c r="T245"/>
       <c r="U245" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:21">
       <c r="A246" t="s">
         <v>21</v>
       </c>
       <c r="B246" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="C246" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="D246">
-        <v>547771</v>
+        <v>548377</v>
       </c>
       <c r="E246" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F246" t="s">
         <v>25</v>
       </c>
       <c r="G246" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="H246">
-        <v>90.29</v>
+        <v>52.5</v>
       </c>
       <c r="I246" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="J246" t="s">
         <v>28</v>
       </c>
       <c r="K246" t="s">
         <v>28</v>
       </c>
       <c r="L246" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M246" t="s">
         <v>28</v>
       </c>
       <c r="N246" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O246">
-        <v>394067738601</v>
+        <v>394480321923</v>
       </c>
       <c r="P246" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q246" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R246"/>
       <c r="S246"/>
       <c r="T246"/>
       <c r="U246" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:21">
       <c r="A247" t="s">
         <v>21</v>
       </c>
       <c r="B247" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="C247" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="D247">
-        <v>547507</v>
+        <v>548187</v>
       </c>
       <c r="E247" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="F247" t="s">
         <v>25</v>
       </c>
       <c r="G247" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="H247">
         <v>92.65</v>
       </c>
       <c r="I247" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="J247" t="s">
         <v>28</v>
       </c>
       <c r="K247" t="s">
         <v>28</v>
       </c>
       <c r="L247" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M247" t="s">
         <v>28</v>
       </c>
       <c r="N247" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O247">
-        <v>393891888859</v>
+        <v>394332638808</v>
       </c>
       <c r="P247" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q247" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R247"/>
       <c r="S247"/>
       <c r="T247"/>
       <c r="U247" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="248" spans="1:21">
       <c r="A248" t="s">
         <v>21</v>
       </c>
       <c r="B248" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="C248" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="D248">
-        <v>547506</v>
+        <v>548177</v>
       </c>
       <c r="E248" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="F248" t="s">
         <v>25</v>
       </c>
       <c r="G248" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="H248">
-        <v>101.15</v>
+        <v>99</v>
       </c>
       <c r="I248" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="J248" t="s">
         <v>28</v>
       </c>
       <c r="K248" t="s">
         <v>28</v>
       </c>
       <c r="L248" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M248" t="s">
         <v>28</v>
       </c>
       <c r="N248" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O248">
-        <v>393893523396</v>
+        <v>394308394919</v>
       </c>
       <c r="P248" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q248" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R248"/>
       <c r="S248"/>
       <c r="T248"/>
       <c r="U248" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="249" spans="1:21">
       <c r="A249" t="s">
         <v>21</v>
       </c>
       <c r="B249" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="C249" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="D249">
-        <v>547420</v>
+        <v>548133</v>
       </c>
       <c r="E249" t="s">
         <v>1218</v>
       </c>
       <c r="F249" t="s">
         <v>25</v>
       </c>
       <c r="G249" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="H249">
-        <v>137</v>
+        <v>92.65</v>
       </c>
       <c r="I249" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="J249" t="s">
         <v>28</v>
       </c>
       <c r="K249" t="s">
         <v>28</v>
       </c>
       <c r="L249" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M249" t="s">
         <v>28</v>
       </c>
       <c r="N249" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O249">
-        <v>393825341000</v>
+        <v>394308068604</v>
       </c>
       <c r="P249" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q249" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R249"/>
       <c r="S249"/>
       <c r="T249"/>
       <c r="U249" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:21">
       <c r="A250" t="s">
         <v>21</v>
       </c>
       <c r="B250" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="C250" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="D250">
-        <v>547234</v>
+        <v>548128</v>
       </c>
       <c r="E250" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="F250" t="s">
         <v>25</v>
       </c>
       <c r="G250" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="H250">
-        <v>128</v>
+        <v>39.14</v>
       </c>
       <c r="I250" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="J250" t="s">
         <v>28</v>
       </c>
       <c r="K250" t="s">
         <v>28</v>
       </c>
       <c r="L250" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M250" t="s">
         <v>28</v>
       </c>
       <c r="N250" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O250">
-        <v>393703607509</v>
+        <v>394287425666</v>
       </c>
       <c r="P250" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q250" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R250"/>
       <c r="S250"/>
       <c r="T250"/>
       <c r="U250" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:21">
       <c r="A251" t="s">
         <v>21</v>
       </c>
       <c r="B251" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="C251" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="D251">
-        <v>547230</v>
+        <v>548010</v>
       </c>
       <c r="E251" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="F251" t="s">
         <v>25</v>
       </c>
       <c r="G251" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="H251">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="I251" t="s">
-        <v>301</v>
+        <v>1233</v>
       </c>
       <c r="J251" t="s">
         <v>28</v>
       </c>
       <c r="K251" t="s">
         <v>28</v>
       </c>
       <c r="L251" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M251" t="s">
         <v>28</v>
       </c>
       <c r="N251" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O251">
-        <v>393743244583</v>
+        <v>394212256433</v>
       </c>
       <c r="P251" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q251" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251"/>
       <c r="U251" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="252" spans="1:21">
       <c r="A252" t="s">
         <v>21</v>
       </c>
       <c r="B252" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C252" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="D252">
-        <v>547229</v>
+        <v>547870</v>
       </c>
       <c r="E252" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
       <c r="F252" t="s">
         <v>25</v>
       </c>
       <c r="G252" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="H252">
-        <v>49</v>
+        <v>84.15</v>
       </c>
       <c r="I252" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="J252" t="s">
         <v>28</v>
       </c>
       <c r="K252" t="s">
         <v>28</v>
       </c>
       <c r="L252" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M252" t="s">
         <v>28</v>
       </c>
       <c r="N252" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O252">
-        <v>393740478143</v>
+        <v>394159794889</v>
       </c>
       <c r="P252" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q252" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:21">
       <c r="A253" t="s">
         <v>21</v>
       </c>
       <c r="B253" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="C253" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="D253">
-        <v>547226</v>
+        <v>547771</v>
       </c>
       <c r="E253" t="s">
-        <v>1228</v>
+        <v>1241</v>
       </c>
       <c r="F253" t="s">
         <v>25</v>
       </c>
       <c r="G253" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="H253">
-        <v>138.4</v>
+        <v>90.29</v>
       </c>
       <c r="I253" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="J253" t="s">
         <v>28</v>
       </c>
       <c r="K253" t="s">
         <v>28</v>
       </c>
       <c r="L253" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M253" t="s">
         <v>28</v>
       </c>
       <c r="N253" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O253">
-        <v>393691058929</v>
+        <v>394067738601</v>
       </c>
       <c r="P253" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q253" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R253"/>
       <c r="S253"/>
       <c r="T253"/>
       <c r="U253" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:21">
       <c r="A254" t="s">
         <v>21</v>
       </c>
       <c r="B254" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="C254" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="D254">
-        <v>547176</v>
+        <v>547507</v>
       </c>
       <c r="E254" t="s">
-        <v>1228</v>
+        <v>1246</v>
       </c>
       <c r="F254" t="s">
         <v>25</v>
       </c>
       <c r="G254" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="H254">
-        <v>108</v>
+        <v>92.65</v>
       </c>
       <c r="I254" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="J254" t="s">
         <v>28</v>
       </c>
       <c r="K254" t="s">
         <v>28</v>
       </c>
       <c r="L254" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M254" t="s">
         <v>28</v>
       </c>
       <c r="N254" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O254">
-        <v>393671060412</v>
+        <v>393891888859</v>
       </c>
       <c r="P254" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q254" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R254"/>
       <c r="S254"/>
       <c r="T254"/>
       <c r="U254" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:21">
       <c r="A255" t="s">
         <v>21</v>
       </c>
       <c r="B255" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="C255" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="D255">
-        <v>547036</v>
+        <v>547506</v>
       </c>
       <c r="E255" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="F255" t="s">
         <v>25</v>
       </c>
       <c r="G255" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="H255">
-        <v>39</v>
+        <v>101.15</v>
       </c>
       <c r="I255" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="J255" t="s">
         <v>28</v>
       </c>
       <c r="K255" t="s">
         <v>28</v>
       </c>
       <c r="L255" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M255" t="s">
         <v>28</v>
       </c>
       <c r="N255" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O255">
-        <v>393542232290</v>
+        <v>393893523396</v>
       </c>
       <c r="P255" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q255" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R255"/>
       <c r="S255"/>
       <c r="T255"/>
       <c r="U255" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="256" spans="1:21">
       <c r="A256" t="s">
         <v>21</v>
       </c>
       <c r="B256" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="C256" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="D256">
-        <v>546967</v>
+        <v>547420</v>
       </c>
       <c r="E256" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="F256" t="s">
         <v>25</v>
       </c>
       <c r="G256" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="H256">
-        <v>92.9</v>
+        <v>137</v>
       </c>
       <c r="I256" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="J256" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K256" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L256" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M256" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N256" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O256"/>
+        <v>31</v>
+      </c>
+      <c r="O256">
+        <v>393825341000</v>
+      </c>
       <c r="P256" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q256" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R256"/>
+      <c r="S256"/>
+      <c r="T256"/>
       <c r="U256" t="s">
-        <v>1252</v>
+        <v>32</v>
       </c>
     </row>
     <row r="257" spans="1:21">
       <c r="A257" t="s">
         <v>21</v>
       </c>
       <c r="B257" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="C257" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="D257">
-        <v>546678</v>
+        <v>547234</v>
       </c>
       <c r="E257" t="s">
-        <v>31</v>
+        <v>1260</v>
       </c>
       <c r="F257" t="s">
         <v>25</v>
       </c>
-      <c r="G257"/>
+      <c r="G257" t="s">
+        <v>1261</v>
+      </c>
       <c r="H257">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="I257" t="s">
-        <v>1255</v>
-[...2 lines deleted...]
-      <c r="K257"/>
+        <v>1262</v>
+      </c>
+      <c r="J257" t="s">
+        <v>28</v>
+      </c>
+      <c r="K257" t="s">
+        <v>28</v>
+      </c>
       <c r="L257" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M257" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O257"/>
+        <v>28</v>
+      </c>
+      <c r="N257" t="s">
+        <v>31</v>
+      </c>
+      <c r="O257">
+        <v>393703607509</v>
+      </c>
       <c r="P257" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q257" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R257"/>
+      <c r="S257"/>
+      <c r="T257"/>
       <c r="U257" t="s">
-        <v>1256</v>
+        <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:21">
       <c r="A258" t="s">
         <v>21</v>
       </c>
       <c r="B258" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="C258" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="D258">
-        <v>546677</v>
+        <v>547230</v>
       </c>
       <c r="E258" t="s">
-        <v>31</v>
+        <v>1265</v>
       </c>
       <c r="F258" t="s">
         <v>25</v>
       </c>
-      <c r="G258"/>
+      <c r="G258" t="s">
+        <v>1266</v>
+      </c>
       <c r="H258">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="I258" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-      <c r="K258"/>
+        <v>339</v>
+      </c>
+      <c r="J258" t="s">
+        <v>28</v>
+      </c>
+      <c r="K258" t="s">
+        <v>28</v>
+      </c>
       <c r="L258" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M258" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O258"/>
+        <v>28</v>
+      </c>
+      <c r="N258" t="s">
+        <v>31</v>
+      </c>
+      <c r="O258">
+        <v>393743244583</v>
+      </c>
       <c r="P258" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q258" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R258"/>
+      <c r="S258"/>
+      <c r="T258"/>
       <c r="U258" t="s">
-        <v>1260</v>
+        <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:21">
       <c r="A259" t="s">
         <v>21</v>
       </c>
       <c r="B259" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="C259" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="D259">
-        <v>546526</v>
+        <v>547229</v>
       </c>
       <c r="E259" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="F259" t="s">
         <v>25</v>
       </c>
       <c r="G259" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="H259">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="I259" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="J259" t="s">
         <v>28</v>
       </c>
       <c r="K259" t="s">
         <v>28</v>
       </c>
       <c r="L259" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M259" t="s">
         <v>28</v>
       </c>
       <c r="N259" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O259">
-        <v>393193529400</v>
+        <v>393740478143</v>
       </c>
       <c r="P259" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q259" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R259"/>
       <c r="S259"/>
       <c r="T259"/>
       <c r="U259" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:21">
       <c r="A260" t="s">
         <v>21</v>
       </c>
       <c r="B260" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="C260" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="D260">
-        <v>546472</v>
+        <v>547226</v>
       </c>
       <c r="E260" t="s">
-        <v>31</v>
+        <v>1265</v>
       </c>
       <c r="F260" t="s">
         <v>25</v>
       </c>
-      <c r="G260"/>
+      <c r="G260" t="s">
+        <v>1273</v>
+      </c>
       <c r="H260">
-        <v>0</v>
+        <v>138.4</v>
       </c>
       <c r="I260" t="s">
-        <v>1268</v>
-[...2 lines deleted...]
-      <c r="K260"/>
+        <v>1274</v>
+      </c>
+      <c r="J260" t="s">
+        <v>28</v>
+      </c>
+      <c r="K260" t="s">
+        <v>28</v>
+      </c>
       <c r="L260" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M260" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O260"/>
+        <v>28</v>
+      </c>
+      <c r="N260" t="s">
+        <v>31</v>
+      </c>
+      <c r="O260">
+        <v>393691058929</v>
+      </c>
       <c r="P260" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q260" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R260"/>
+      <c r="S260"/>
+      <c r="T260"/>
       <c r="U260" t="s">
-        <v>1269</v>
+        <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:21">
       <c r="A261" t="s">
         <v>21</v>
       </c>
       <c r="B261" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="C261" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="D261">
-        <v>546220</v>
+        <v>547176</v>
       </c>
       <c r="E261" t="s">
-        <v>1272</v>
+        <v>1265</v>
       </c>
       <c r="F261" t="s">
         <v>25</v>
       </c>
       <c r="G261" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="H261">
-        <v>49</v>
+        <v>108</v>
       </c>
       <c r="I261" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="J261" t="s">
         <v>28</v>
       </c>
       <c r="K261" t="s">
         <v>28</v>
       </c>
       <c r="L261" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M261" t="s">
         <v>28</v>
       </c>
       <c r="N261" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O261">
-        <v>392959373293</v>
+        <v>393671060412</v>
       </c>
       <c r="P261" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q261" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R261"/>
       <c r="S261"/>
       <c r="T261"/>
       <c r="U261" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:21">
       <c r="A262" t="s">
         <v>21</v>
       </c>
       <c r="B262" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="C262" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="D262">
-        <v>545985</v>
+        <v>547036</v>
       </c>
       <c r="E262" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="F262" t="s">
         <v>25</v>
       </c>
       <c r="G262" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="H262">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="I262" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="J262" t="s">
         <v>28</v>
       </c>
       <c r="K262" t="s">
         <v>28</v>
       </c>
       <c r="L262" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M262" t="s">
         <v>28</v>
       </c>
       <c r="N262" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O262">
-        <v>392942441218</v>
+        <v>393542232290</v>
       </c>
       <c r="P262" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q262" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R262"/>
       <c r="S262"/>
       <c r="T262"/>
       <c r="U262" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:21">
       <c r="A263" t="s">
         <v>21</v>
       </c>
       <c r="B263" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="C263" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="D263">
-        <v>545974</v>
+        <v>546967</v>
       </c>
       <c r="E263" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="F263" t="s">
         <v>25</v>
       </c>
       <c r="G263" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="H263">
-        <v>314.2</v>
+        <v>92.9</v>
       </c>
       <c r="I263" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="J263" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K263" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L263" t="s">
+        <v>43</v>
+      </c>
+      <c r="M263" t="s">
+        <v>44</v>
+      </c>
+      <c r="N263" t="s">
+        <v>31</v>
+      </c>
+      <c r="O263"/>
+      <c r="P263" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>33</v>
+      </c>
+      <c r="R263" t="s">
         <v>45</v>
       </c>
-      <c r="M263" t="s">
-[...16 lines deleted...]
-      <c r="T263"/>
+      <c r="S263" t="s">
+        <v>66</v>
+      </c>
+      <c r="T263" t="s">
+        <v>580</v>
+      </c>
       <c r="U263" t="s">
-        <v>31</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="264" spans="1:21">
       <c r="A264" t="s">
         <v>21</v>
       </c>
       <c r="B264" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="C264" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="D264">
-        <v>545901</v>
+        <v>546678</v>
       </c>
       <c r="E264" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F264" t="s">
         <v>25</v>
       </c>
       <c r="G264"/>
       <c r="H264">
         <v>0</v>
       </c>
       <c r="I264" t="s">
-        <v>677</v>
+        <v>1292</v>
       </c>
       <c r="J264"/>
       <c r="K264"/>
       <c r="L264" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M264" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
       <c r="N264"/>
       <c r="O264"/>
       <c r="P264" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q264" t="s">
-        <v>572</v>
+        <v>46</v>
       </c>
       <c r="R264" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S264" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T264" t="s">
-        <v>542</v>
+        <v>580</v>
       </c>
       <c r="U264" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="265" spans="1:21">
       <c r="A265" t="s">
         <v>21</v>
       </c>
       <c r="B265" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="C265" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="D265">
-        <v>545665</v>
+        <v>546677</v>
       </c>
       <c r="E265" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F265" t="s">
         <v>25</v>
       </c>
       <c r="G265"/>
       <c r="H265">
         <v>0</v>
       </c>
       <c r="I265" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="J265"/>
       <c r="K265"/>
       <c r="L265" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M265" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
       <c r="N265"/>
       <c r="O265"/>
       <c r="P265" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q265" t="s">
-        <v>572</v>
+        <v>46</v>
       </c>
       <c r="R265" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S265" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T265" t="s">
-        <v>542</v>
+        <v>580</v>
       </c>
       <c r="U265" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="266" spans="1:21">
       <c r="A266" t="s">
         <v>21</v>
       </c>
       <c r="B266" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="C266" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="D266">
-        <v>545664</v>
+        <v>546526</v>
       </c>
       <c r="E266" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="F266" t="s">
         <v>25</v>
       </c>
       <c r="G266" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="H266">
-        <v>67.6</v>
+        <v>109</v>
       </c>
       <c r="I266" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="J266" t="s">
         <v>28</v>
       </c>
       <c r="K266" t="s">
         <v>28</v>
       </c>
       <c r="L266" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M266" t="s">
         <v>28</v>
       </c>
       <c r="N266" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O266">
-        <v>392697027391</v>
+        <v>393193529400</v>
       </c>
       <c r="P266" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q266" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R266"/>
       <c r="S266"/>
       <c r="T266"/>
       <c r="U266" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:21">
       <c r="A267" t="s">
         <v>21</v>
       </c>
       <c r="B267" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="C267" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="D267">
-        <v>545096</v>
+        <v>546472</v>
       </c>
       <c r="E267" t="s">
-        <v>1298</v>
+        <v>32</v>
       </c>
       <c r="F267" t="s">
         <v>25</v>
       </c>
-      <c r="G267" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G267"/>
       <c r="H267">
-        <v>392.3</v>
+        <v>0</v>
       </c>
       <c r="I267" t="s">
-        <v>1300</v>
-[...6 lines deleted...]
-      </c>
+        <v>1305</v>
+      </c>
+      <c r="J267"/>
+      <c r="K267"/>
       <c r="L267" t="s">
+        <v>43</v>
+      </c>
+      <c r="M267" t="s">
+        <v>609</v>
+      </c>
+      <c r="N267"/>
+      <c r="O267"/>
+      <c r="P267" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>46</v>
+      </c>
+      <c r="R267" t="s">
         <v>45</v>
       </c>
-      <c r="M267" t="s">
-[...16 lines deleted...]
-      <c r="T267"/>
+      <c r="S267" t="s">
+        <v>66</v>
+      </c>
+      <c r="T267" t="s">
+        <v>580</v>
+      </c>
       <c r="U267" t="s">
-        <v>31</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="268" spans="1:21">
       <c r="A268" t="s">
         <v>21</v>
       </c>
       <c r="B268" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="C268" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="D268">
-        <v>545105</v>
+        <v>546220</v>
       </c>
       <c r="E268" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
       <c r="F268" t="s">
         <v>25</v>
       </c>
       <c r="G268" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="H268">
-        <v>128.1</v>
+        <v>49</v>
       </c>
       <c r="I268" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="J268" t="s">
         <v>28</v>
       </c>
       <c r="K268" t="s">
         <v>28</v>
       </c>
       <c r="L268" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M268" t="s">
         <v>28</v>
       </c>
       <c r="N268" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O268">
-        <v>392434101935</v>
+        <v>392959373293</v>
       </c>
       <c r="P268" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q268" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R268"/>
       <c r="S268"/>
       <c r="T268"/>
       <c r="U268" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:21">
       <c r="A269" t="s">
         <v>21</v>
       </c>
       <c r="B269" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="C269" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="D269">
-        <v>544762</v>
+        <v>545985</v>
       </c>
       <c r="E269" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="F269" t="s">
         <v>25</v>
       </c>
       <c r="G269" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="H269">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="I269" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="J269" t="s">
         <v>28</v>
       </c>
       <c r="K269" t="s">
         <v>28</v>
       </c>
       <c r="L269" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M269" t="s">
         <v>28</v>
       </c>
       <c r="N269" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O269">
-        <v>392239107973</v>
+        <v>392942441218</v>
       </c>
       <c r="P269" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q269" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R269"/>
       <c r="S269"/>
       <c r="T269"/>
       <c r="U269" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="270" spans="1:21">
       <c r="A270" t="s">
         <v>21</v>
       </c>
       <c r="B270" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="C270" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="D270">
-        <v>543830</v>
+        <v>545974</v>
       </c>
       <c r="E270" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="F270" t="s">
         <v>25</v>
       </c>
       <c r="G270" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="H270">
-        <v>100</v>
+        <v>314.2</v>
       </c>
       <c r="I270" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="J270" t="s">
         <v>28</v>
       </c>
       <c r="K270" t="s">
         <v>28</v>
       </c>
       <c r="L270" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M270" t="s">
         <v>28</v>
       </c>
       <c r="N270" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O270">
-        <v>391649788111</v>
+        <v>392860096390</v>
       </c>
       <c r="P270" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q270" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R270"/>
       <c r="S270"/>
       <c r="T270"/>
       <c r="U270" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:21">
       <c r="A271" t="s">
         <v>21</v>
       </c>
       <c r="B271" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="C271" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="D271">
-        <v>543516</v>
+        <v>545901</v>
       </c>
       <c r="E271" t="s">
-        <v>1317</v>
+        <v>32</v>
       </c>
       <c r="F271" t="s">
         <v>25</v>
       </c>
-      <c r="G271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G271"/>
       <c r="H271">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="I271" t="s">
-        <v>1319</v>
-[...6 lines deleted...]
-      </c>
+        <v>714</v>
+      </c>
+      <c r="J271"/>
+      <c r="K271"/>
       <c r="L271" t="s">
+        <v>43</v>
+      </c>
+      <c r="M271" t="s">
+        <v>609</v>
+      </c>
+      <c r="N271"/>
+      <c r="O271"/>
+      <c r="P271" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>46</v>
+      </c>
+      <c r="R271" t="s">
         <v>45</v>
       </c>
-      <c r="M271" t="s">
-[...16 lines deleted...]
-      <c r="T271"/>
+      <c r="S271" t="s">
+        <v>66</v>
+      </c>
+      <c r="T271" t="s">
+        <v>580</v>
+      </c>
       <c r="U271" t="s">
-        <v>31</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="272" spans="1:21">
       <c r="A272" t="s">
         <v>21</v>
       </c>
       <c r="B272" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="C272" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="D272">
-        <v>543312</v>
+        <v>545665</v>
       </c>
       <c r="E272" t="s">
-        <v>1322</v>
+        <v>32</v>
       </c>
       <c r="F272" t="s">
         <v>25</v>
       </c>
-      <c r="G272" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G272"/>
       <c r="H272">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I272" t="s">
-        <v>1279</v>
-[...6 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="J272"/>
+      <c r="K272"/>
       <c r="L272" t="s">
+        <v>43</v>
+      </c>
+      <c r="M272" t="s">
+        <v>609</v>
+      </c>
+      <c r="N272"/>
+      <c r="O272"/>
+      <c r="P272" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>46</v>
+      </c>
+      <c r="R272" t="s">
         <v>45</v>
       </c>
-      <c r="M272" t="s">
-[...16 lines deleted...]
-      <c r="T272"/>
+      <c r="S272" t="s">
+        <v>66</v>
+      </c>
+      <c r="T272" t="s">
+        <v>580</v>
+      </c>
       <c r="U272" t="s">
-        <v>31</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="273" spans="1:21">
       <c r="A273" t="s">
         <v>21</v>
       </c>
       <c r="B273" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C273" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="D273">
-        <v>543147</v>
+        <v>545664</v>
       </c>
       <c r="E273" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="F273" t="s">
         <v>25</v>
       </c>
       <c r="G273" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="H273">
-        <v>100</v>
+        <v>67.6</v>
       </c>
       <c r="I273" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="J273" t="s">
         <v>28</v>
       </c>
       <c r="K273" t="s">
         <v>28</v>
       </c>
       <c r="L273" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M273" t="s">
         <v>28</v>
       </c>
       <c r="N273" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O273">
-        <v>391348415710</v>
+        <v>392697027391</v>
       </c>
       <c r="P273" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q273" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R273"/>
       <c r="S273"/>
       <c r="T273"/>
       <c r="U273" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:21">
       <c r="A274" t="s">
         <v>21</v>
       </c>
       <c r="B274" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="C274" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="D274">
-        <v>543015</v>
+        <v>545096</v>
       </c>
       <c r="E274" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="F274" t="s">
         <v>25</v>
       </c>
       <c r="G274" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="H274">
-        <v>44.16</v>
+        <v>392.3</v>
       </c>
       <c r="I274" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="J274" t="s">
         <v>28</v>
       </c>
       <c r="K274" t="s">
         <v>28</v>
       </c>
       <c r="L274" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M274" t="s">
         <v>28</v>
       </c>
       <c r="N274" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O274">
-        <v>391269717624</v>
+        <v>392432744791</v>
       </c>
       <c r="P274" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q274" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R274"/>
       <c r="S274"/>
       <c r="T274"/>
       <c r="U274" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:21">
       <c r="A275" t="s">
         <v>21</v>
       </c>
       <c r="B275" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="C275" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D275">
+        <v>545105</v>
+      </c>
+      <c r="E275" t="s">
         <v>1335</v>
       </c>
-      <c r="D275">
-[...4 lines deleted...]
-      </c>
       <c r="F275" t="s">
         <v>25</v>
       </c>
       <c r="G275" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="H275">
-        <v>182.56</v>
+        <v>128.1</v>
       </c>
       <c r="I275" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="J275" t="s">
         <v>28</v>
       </c>
       <c r="K275" t="s">
         <v>28</v>
       </c>
       <c r="L275" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M275" t="s">
         <v>28</v>
       </c>
       <c r="N275" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O275">
-        <v>391280053959</v>
+        <v>392434101935</v>
       </c>
       <c r="P275" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q275" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R275"/>
       <c r="S275"/>
       <c r="T275"/>
       <c r="U275" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:21">
       <c r="A276" t="s">
         <v>21</v>
       </c>
       <c r="B276" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="C276" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="D276">
-        <v>542999</v>
+        <v>544762</v>
       </c>
       <c r="E276" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="F276" t="s">
         <v>25</v>
       </c>
       <c r="G276" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="H276">
-        <v>63.36</v>
+        <v>129</v>
       </c>
       <c r="I276" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="J276" t="s">
         <v>28</v>
       </c>
       <c r="K276" t="s">
         <v>28</v>
       </c>
       <c r="L276" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="M276" t="s">
         <v>28</v>
       </c>
       <c r="N276" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O276">
-        <v>391247913012</v>
+        <v>392239107973</v>
       </c>
       <c r="P276" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q276" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R276"/>
       <c r="S276"/>
       <c r="T276"/>
       <c r="U276" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:21">
       <c r="A277" t="s">
         <v>21</v>
       </c>
       <c r="B277" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C277" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="D277">
-        <v>542989</v>
+        <v>543830</v>
       </c>
       <c r="E277" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="F277" t="s">
         <v>25</v>
       </c>
       <c r="G277" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="H277">
-        <v>112.3</v>
+        <v>100</v>
       </c>
       <c r="I277" t="s">
-        <v>1178</v>
+        <v>1351</v>
       </c>
       <c r="J277" t="s">
         <v>28</v>
       </c>
       <c r="K277" t="s">
         <v>28</v>
       </c>
       <c r="L277" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M277" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N277" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O277">
-        <v>391243872322</v>
+        <v>391649788111</v>
       </c>
       <c r="P277" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q277" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R277"/>
+      <c r="S277"/>
+      <c r="T277"/>
       <c r="U277" t="s">
-        <v>1345</v>
+        <v>32</v>
       </c>
     </row>
     <row r="278" spans="1:21">
       <c r="A278" t="s">
         <v>21</v>
       </c>
       <c r="B278" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C278" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="D278">
-        <v>542969</v>
+        <v>543516</v>
       </c>
       <c r="E278" t="s">
-        <v>1331</v>
+        <v>1354</v>
       </c>
       <c r="F278" t="s">
         <v>25</v>
       </c>
       <c r="G278" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="H278">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="I278" t="s">
-        <v>927</v>
+        <v>1356</v>
       </c>
       <c r="J278" t="s">
         <v>28</v>
       </c>
       <c r="K278" t="s">
         <v>28</v>
       </c>
       <c r="L278" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M278" t="s">
         <v>28</v>
       </c>
       <c r="N278" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O278">
-        <v>391247960474</v>
+        <v>391544827015</v>
       </c>
       <c r="P278" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q278" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R278"/>
       <c r="S278"/>
       <c r="T278"/>
       <c r="U278" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="279" spans="1:21">
       <c r="A279" t="s">
         <v>21</v>
       </c>
       <c r="B279" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="C279" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="D279">
-        <v>542898</v>
+        <v>543312</v>
       </c>
       <c r="E279" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="F279" t="s">
         <v>25</v>
       </c>
       <c r="G279" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="H279">
-        <v>60.8</v>
+        <v>99</v>
       </c>
       <c r="I279" t="s">
-        <v>1353</v>
+        <v>1316</v>
       </c>
       <c r="J279" t="s">
         <v>28</v>
       </c>
       <c r="K279" t="s">
         <v>28</v>
       </c>
       <c r="L279" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M279" t="s">
         <v>28</v>
       </c>
       <c r="N279" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O279">
-        <v>391239850586</v>
+        <v>391428411818</v>
       </c>
       <c r="P279" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q279" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R279"/>
       <c r="S279"/>
       <c r="T279"/>
       <c r="U279" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="280" spans="1:21">
       <c r="A280" t="s">
         <v>21</v>
       </c>
       <c r="B280" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="C280" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="D280">
-        <v>542866</v>
+        <v>543147</v>
       </c>
       <c r="E280" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="F280" t="s">
         <v>25</v>
       </c>
       <c r="G280" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="H280">
-        <v>82.56</v>
+        <v>100</v>
       </c>
       <c r="I280" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="J280" t="s">
         <v>28</v>
       </c>
       <c r="K280" t="s">
         <v>28</v>
       </c>
       <c r="L280" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M280" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N280" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O280">
-        <v>391239534560</v>
+        <v>391348415710</v>
       </c>
       <c r="P280" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q280" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R280"/>
+      <c r="S280"/>
+      <c r="T280"/>
       <c r="U280" t="s">
-        <v>1358</v>
+        <v>32</v>
       </c>
     </row>
     <row r="281" spans="1:21">
       <c r="A281" t="s">
         <v>21</v>
       </c>
       <c r="B281" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="C281" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="D281">
-        <v>542857</v>
+        <v>543015</v>
       </c>
       <c r="E281" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="F281" t="s">
         <v>25</v>
       </c>
       <c r="G281" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="H281">
-        <v>128.1</v>
+        <v>44.16</v>
       </c>
       <c r="I281" t="s">
-        <v>1304</v>
+        <v>1370</v>
       </c>
       <c r="J281" t="s">
         <v>28</v>
       </c>
       <c r="K281" t="s">
         <v>28</v>
       </c>
       <c r="L281" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M281" t="s">
         <v>28</v>
       </c>
       <c r="N281" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O281">
-        <v>391239464423</v>
+        <v>391269717624</v>
       </c>
       <c r="P281" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q281" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R281"/>
       <c r="S281"/>
       <c r="T281"/>
       <c r="U281" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="282" spans="1:21">
       <c r="A282" t="s">
         <v>21</v>
       </c>
       <c r="B282" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="C282" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="D282">
-        <v>542847</v>
+        <v>543005</v>
       </c>
       <c r="E282" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="F282" t="s">
         <v>25</v>
       </c>
       <c r="G282" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="H282">
-        <v>129</v>
+        <v>182.56</v>
       </c>
       <c r="I282" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="J282" t="s">
         <v>28</v>
       </c>
       <c r="K282" t="s">
         <v>28</v>
       </c>
       <c r="L282" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M282" t="s">
         <v>28</v>
       </c>
       <c r="N282" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O282">
-        <v>391239395051</v>
+        <v>391280053959</v>
       </c>
       <c r="P282" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q282" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R282"/>
       <c r="S282"/>
       <c r="T282"/>
       <c r="U282" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="283" spans="1:21">
       <c r="A283" t="s">
         <v>21</v>
       </c>
       <c r="B283" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="C283" t="s">
-        <v>1367</v>
+        <v>1376</v>
       </c>
       <c r="D283">
-        <v>542795</v>
+        <v>542999</v>
       </c>
       <c r="E283" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="F283" t="s">
         <v>25</v>
       </c>
       <c r="G283" t="s">
-        <v>1368</v>
+        <v>1377</v>
       </c>
       <c r="H283">
-        <v>109</v>
+        <v>63.36</v>
       </c>
       <c r="I283" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="J283" t="s">
         <v>28</v>
       </c>
       <c r="K283" t="s">
         <v>28</v>
       </c>
       <c r="L283" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M283" t="s">
         <v>28</v>
       </c>
       <c r="N283" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O283">
-        <v>391239254931</v>
+        <v>391247913012</v>
       </c>
       <c r="P283" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q283" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R283"/>
       <c r="S283"/>
       <c r="T283"/>
       <c r="U283" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="284" spans="1:21">
       <c r="A284" t="s">
         <v>21</v>
       </c>
       <c r="B284" t="s">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="C284" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="D284">
-        <v>542725</v>
+        <v>542989</v>
       </c>
       <c r="E284" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="F284" t="s">
         <v>25</v>
       </c>
       <c r="G284" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="H284">
-        <v>68.7</v>
+        <v>112.3</v>
       </c>
       <c r="I284" t="s">
-        <v>1374</v>
+        <v>1215</v>
       </c>
       <c r="J284" t="s">
         <v>28</v>
       </c>
       <c r="K284" t="s">
         <v>28</v>
       </c>
       <c r="L284" t="s">
+        <v>43</v>
+      </c>
+      <c r="M284" t="s">
+        <v>44</v>
+      </c>
+      <c r="N284" t="s">
+        <v>31</v>
+      </c>
+      <c r="O284">
+        <v>391243872322</v>
+      </c>
+      <c r="P284" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>33</v>
+      </c>
+      <c r="R284" t="s">
         <v>45</v>
       </c>
-      <c r="M284" t="s">
-[...16 lines deleted...]
-      <c r="T284"/>
+      <c r="S284" t="s">
+        <v>66</v>
+      </c>
+      <c r="T284" t="s">
+        <v>580</v>
+      </c>
       <c r="U284" t="s">
-        <v>31</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="285" spans="1:21">
       <c r="A285" t="s">
         <v>21</v>
       </c>
       <c r="B285" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="C285" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="D285">
-        <v>542711</v>
+        <v>542969</v>
       </c>
       <c r="E285" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="F285" t="s">
         <v>25</v>
       </c>
       <c r="G285" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="H285">
-        <v>143.36</v>
+        <v>69</v>
       </c>
       <c r="I285" t="s">
-        <v>1378</v>
+        <v>964</v>
       </c>
       <c r="J285" t="s">
         <v>28</v>
       </c>
       <c r="K285" t="s">
         <v>28</v>
       </c>
       <c r="L285" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M285" t="s">
         <v>28</v>
       </c>
       <c r="N285" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O285">
-        <v>391239099703</v>
+        <v>391247960474</v>
       </c>
       <c r="P285" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q285" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R285"/>
       <c r="S285"/>
       <c r="T285"/>
       <c r="U285" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="286" spans="1:21">
       <c r="A286" t="s">
         <v>21</v>
       </c>
       <c r="B286" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="C286" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="D286">
-        <v>542662</v>
+        <v>542898</v>
       </c>
       <c r="E286" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="F286" t="s">
         <v>25</v>
       </c>
       <c r="G286" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="H286">
-        <v>91.2</v>
+        <v>60.8</v>
       </c>
       <c r="I286" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="J286" t="s">
         <v>28</v>
       </c>
       <c r="K286" t="s">
         <v>28</v>
       </c>
       <c r="L286" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M286" t="s">
         <v>28</v>
       </c>
       <c r="N286" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O286">
-        <v>391121623917</v>
+        <v>391239850586</v>
       </c>
       <c r="P286" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q286" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R286"/>
       <c r="S286"/>
       <c r="T286"/>
       <c r="U286" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="287" spans="1:21">
       <c r="A287" t="s">
         <v>21</v>
       </c>
       <c r="B287" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="C287" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="D287">
-        <v>542570</v>
+        <v>542866</v>
       </c>
       <c r="E287" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="F287" t="s">
         <v>25</v>
       </c>
       <c r="G287" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="H287">
-        <v>89</v>
+        <v>82.56</v>
       </c>
       <c r="I287" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="J287" t="s">
         <v>28</v>
       </c>
       <c r="K287" t="s">
         <v>28</v>
       </c>
       <c r="L287" t="s">
+        <v>43</v>
+      </c>
+      <c r="M287" t="s">
+        <v>44</v>
+      </c>
+      <c r="N287" t="s">
+        <v>31</v>
+      </c>
+      <c r="O287">
+        <v>391239534560</v>
+      </c>
+      <c r="P287" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>33</v>
+      </c>
+      <c r="R287" t="s">
         <v>45</v>
       </c>
-      <c r="M287" t="s">
-[...16 lines deleted...]
-      <c r="T287"/>
+      <c r="S287" t="s">
+        <v>66</v>
+      </c>
+      <c r="T287" t="s">
+        <v>580</v>
+      </c>
       <c r="U287" t="s">
-        <v>31</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="288" spans="1:21">
       <c r="A288" t="s">
         <v>21</v>
       </c>
       <c r="B288" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D288">
+        <v>542857</v>
+      </c>
+      <c r="E288" t="s">
         <v>1388</v>
       </c>
-      <c r="C288" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F288" t="s">
         <v>25</v>
       </c>
       <c r="G288" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="H288">
-        <v>44.16</v>
+        <v>128.1</v>
       </c>
       <c r="I288" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="J288" t="s">
         <v>28</v>
       </c>
       <c r="K288" t="s">
         <v>28</v>
       </c>
       <c r="L288" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M288" t="s">
         <v>28</v>
       </c>
       <c r="N288" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O288">
-        <v>391098107054</v>
+        <v>391239464423</v>
       </c>
       <c r="P288" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q288" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R288"/>
       <c r="S288"/>
       <c r="T288"/>
       <c r="U288" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="289" spans="1:21">
       <c r="A289" t="s">
         <v>21</v>
       </c>
       <c r="B289" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="C289" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="D289">
-        <v>542512</v>
+        <v>542847</v>
       </c>
       <c r="E289" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="F289" t="s">
         <v>25</v>
       </c>
       <c r="G289" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="H289">
-        <v>76.16</v>
+        <v>129</v>
       </c>
       <c r="I289" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="J289" t="s">
         <v>28</v>
       </c>
       <c r="K289" t="s">
         <v>28</v>
       </c>
       <c r="L289" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M289" t="s">
         <v>28</v>
       </c>
       <c r="N289" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O289">
-        <v>391098992317</v>
+        <v>391239395051</v>
       </c>
       <c r="P289" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q289" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R289"/>
       <c r="S289"/>
       <c r="T289"/>
       <c r="U289" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="290" spans="1:21">
       <c r="A290" t="s">
         <v>21</v>
       </c>
       <c r="B290" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="C290" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="D290">
-        <v>542469</v>
+        <v>542795</v>
       </c>
       <c r="E290" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="F290" t="s">
         <v>25</v>
       </c>
       <c r="G290" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="H290">
-        <v>63.36</v>
+        <v>109</v>
       </c>
       <c r="I290" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="J290" t="s">
         <v>28</v>
       </c>
       <c r="K290" t="s">
         <v>28</v>
       </c>
       <c r="L290" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M290" t="s">
         <v>28</v>
       </c>
       <c r="N290" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O290">
-        <v>391099088511</v>
+        <v>391239254931</v>
       </c>
       <c r="P290" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q290" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R290"/>
       <c r="S290"/>
       <c r="T290"/>
       <c r="U290" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="291" spans="1:21">
       <c r="A291" t="s">
         <v>21</v>
       </c>
       <c r="B291" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="C291" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="D291">
-        <v>542460</v>
+        <v>542725</v>
       </c>
       <c r="E291" t="s">
-        <v>1390</v>
+        <v>1409</v>
       </c>
       <c r="F291" t="s">
         <v>25</v>
       </c>
       <c r="G291" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="H291">
-        <v>111.2</v>
+        <v>68.7</v>
       </c>
       <c r="I291" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="J291" t="s">
         <v>28</v>
       </c>
       <c r="K291" t="s">
         <v>28</v>
       </c>
       <c r="L291" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M291" t="s">
         <v>28</v>
       </c>
       <c r="N291" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O291">
-        <v>391095761287</v>
+        <v>391248692982</v>
       </c>
       <c r="P291" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q291" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R291"/>
       <c r="S291"/>
       <c r="T291"/>
       <c r="U291" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="292" spans="1:21">
       <c r="A292" t="s">
         <v>21</v>
       </c>
       <c r="B292" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="C292" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="D292">
-        <v>542370</v>
+        <v>542711</v>
       </c>
       <c r="E292" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="F292" t="s">
         <v>25</v>
       </c>
       <c r="G292" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="H292">
-        <v>71.9</v>
+        <v>143.36</v>
       </c>
       <c r="I292" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="J292" t="s">
         <v>28</v>
       </c>
       <c r="K292" t="s">
         <v>28</v>
       </c>
       <c r="L292" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M292" t="s">
         <v>28</v>
       </c>
       <c r="N292" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O292">
-        <v>391036595361</v>
+        <v>391239099703</v>
       </c>
       <c r="P292" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q292" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R292"/>
       <c r="S292"/>
       <c r="T292"/>
       <c r="U292" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="293" spans="1:21">
       <c r="A293" t="s">
         <v>21</v>
       </c>
       <c r="B293" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="C293" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="D293">
-        <v>542353</v>
+        <v>542662</v>
       </c>
       <c r="E293" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="F293" t="s">
         <v>25</v>
       </c>
       <c r="G293" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="H293">
-        <v>119</v>
+        <v>91.2</v>
       </c>
       <c r="I293" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="J293" t="s">
         <v>28</v>
       </c>
       <c r="K293" t="s">
         <v>28</v>
       </c>
       <c r="L293" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M293" t="s">
         <v>28</v>
       </c>
       <c r="N293" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O293">
-        <v>391005058044</v>
+        <v>391121623917</v>
       </c>
       <c r="P293" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q293" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R293"/>
       <c r="S293"/>
       <c r="T293"/>
       <c r="U293" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="294" spans="1:21">
       <c r="A294" t="s">
         <v>21</v>
       </c>
       <c r="B294" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="C294" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="D294">
-        <v>542270</v>
+        <v>542570</v>
       </c>
       <c r="E294" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="F294" t="s">
         <v>25</v>
       </c>
       <c r="G294" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="H294">
-        <v>72.1</v>
+        <v>89</v>
       </c>
       <c r="I294" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="J294" t="s">
         <v>28</v>
       </c>
       <c r="K294" t="s">
         <v>28</v>
       </c>
       <c r="L294" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M294" t="s">
         <v>28</v>
       </c>
       <c r="N294" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O294">
-        <v>390948480725</v>
+        <v>391098395033</v>
       </c>
       <c r="P294" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q294" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R294"/>
       <c r="S294"/>
       <c r="T294"/>
       <c r="U294" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="295" spans="1:21">
       <c r="A295" t="s">
         <v>21</v>
       </c>
       <c r="B295" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="C295" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="D295">
-        <v>542212</v>
+        <v>542552</v>
       </c>
       <c r="E295" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="F295" t="s">
         <v>25</v>
       </c>
       <c r="G295" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="H295">
-        <v>72.1</v>
+        <v>44.16</v>
       </c>
       <c r="I295" t="s">
-        <v>1417</v>
+        <v>1370</v>
       </c>
       <c r="J295" t="s">
         <v>28</v>
       </c>
       <c r="K295" t="s">
         <v>28</v>
       </c>
       <c r="L295" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M295" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N295" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O295">
-        <v>390935435435</v>
+        <v>391098107054</v>
       </c>
       <c r="P295" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q295" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R295"/>
+      <c r="S295"/>
+      <c r="T295"/>
       <c r="U295" t="s">
-        <v>1421</v>
+        <v>32</v>
       </c>
     </row>
     <row r="296" spans="1:21">
       <c r="A296" t="s">
         <v>21</v>
       </c>
       <c r="B296" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="C296" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="D296">
-        <v>542184</v>
+        <v>542512</v>
       </c>
       <c r="E296" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="F296" t="s">
         <v>25</v>
       </c>
       <c r="G296" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="H296">
-        <v>381.3</v>
+        <v>76.16</v>
       </c>
       <c r="I296" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="J296" t="s">
         <v>28</v>
       </c>
       <c r="K296" t="s">
         <v>28</v>
       </c>
       <c r="L296" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M296" t="s">
         <v>28</v>
       </c>
       <c r="N296" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O296">
-        <v>390909118460</v>
+        <v>391098992317</v>
       </c>
       <c r="P296" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q296" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R296"/>
       <c r="S296"/>
       <c r="T296"/>
       <c r="U296" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="297" spans="1:21">
       <c r="A297" t="s">
         <v>21</v>
       </c>
       <c r="B297" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="C297" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D297">
+        <v>542469</v>
+      </c>
+      <c r="E297" t="s">
         <v>1427</v>
       </c>
-      <c r="D297">
-[...4 lines deleted...]
-      </c>
       <c r="F297" t="s">
         <v>25</v>
       </c>
       <c r="G297" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="H297">
-        <v>43.4</v>
+        <v>63.36</v>
       </c>
       <c r="I297" t="s">
-        <v>1333</v>
+        <v>1436</v>
       </c>
       <c r="J297" t="s">
         <v>28</v>
       </c>
       <c r="K297" t="s">
         <v>28</v>
       </c>
       <c r="L297" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M297" t="s">
         <v>28</v>
       </c>
       <c r="N297" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O297">
-        <v>390815604448</v>
+        <v>391099088511</v>
       </c>
       <c r="P297" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q297" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R297"/>
       <c r="S297"/>
       <c r="T297"/>
       <c r="U297" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="298" spans="1:21">
       <c r="A298" t="s">
         <v>21</v>
       </c>
       <c r="B298" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C298" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D298">
-        <v>541912</v>
+        <v>542460</v>
       </c>
       <c r="E298" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
       <c r="F298" t="s">
         <v>25</v>
       </c>
       <c r="G298" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="H298">
-        <v>66.1</v>
+        <v>111.2</v>
       </c>
       <c r="I298" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="J298" t="s">
         <v>28</v>
       </c>
       <c r="K298" t="s">
         <v>28</v>
       </c>
       <c r="L298" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M298" t="s">
         <v>28</v>
       </c>
       <c r="N298" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O298">
-        <v>390789000651</v>
+        <v>391095761287</v>
       </c>
       <c r="P298" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q298" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R298"/>
       <c r="S298"/>
       <c r="T298"/>
       <c r="U298" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="299" spans="1:21">
       <c r="A299" t="s">
         <v>21</v>
       </c>
       <c r="B299" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="C299" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="D299">
-        <v>541743</v>
+        <v>542370</v>
       </c>
       <c r="E299" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="F299" t="s">
         <v>25</v>
       </c>
       <c r="G299" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="H299">
-        <v>85.9</v>
+        <v>71.9</v>
       </c>
       <c r="I299" t="s">
-        <v>677</v>
+        <v>1445</v>
       </c>
       <c r="J299" t="s">
         <v>28</v>
       </c>
       <c r="K299" t="s">
         <v>28</v>
       </c>
       <c r="L299" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M299" t="s">
         <v>28</v>
       </c>
       <c r="N299" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O299">
-        <v>390657775422</v>
+        <v>391036595361</v>
       </c>
       <c r="P299" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q299" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R299"/>
       <c r="S299"/>
       <c r="T299"/>
       <c r="U299" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="300" spans="1:21">
       <c r="A300" t="s">
         <v>21</v>
       </c>
       <c r="B300" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C300" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="D300">
-        <v>541580</v>
+        <v>542353</v>
       </c>
       <c r="E300" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="F300" t="s">
         <v>25</v>
       </c>
       <c r="G300" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="H300">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="I300" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="J300" t="s">
         <v>28</v>
       </c>
       <c r="K300" t="s">
         <v>28</v>
       </c>
       <c r="L300" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M300" t="s">
         <v>28</v>
       </c>
       <c r="N300" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O300">
-        <v>390598215648</v>
+        <v>391005058044</v>
       </c>
       <c r="P300" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q300" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R300"/>
       <c r="S300"/>
       <c r="T300"/>
       <c r="U300" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="301" spans="1:21">
       <c r="A301" t="s">
         <v>21</v>
       </c>
       <c r="B301" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="C301" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="D301">
-        <v>541494</v>
+        <v>542270</v>
       </c>
       <c r="E301" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F301" t="s">
         <v>25</v>
       </c>
       <c r="G301" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="H301">
-        <v>89</v>
+        <v>72.1</v>
       </c>
       <c r="I301" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="J301" t="s">
         <v>28</v>
       </c>
       <c r="K301" t="s">
         <v>28</v>
       </c>
       <c r="L301" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M301" t="s">
         <v>28</v>
       </c>
       <c r="N301" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O301">
-        <v>390513054993</v>
+        <v>390948480725</v>
       </c>
       <c r="P301" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q301" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R301"/>
       <c r="S301"/>
       <c r="T301"/>
       <c r="U301" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="302" spans="1:21">
       <c r="A302" t="s">
         <v>21</v>
       </c>
       <c r="B302" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="C302" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="D302">
-        <v>541358</v>
+        <v>542212</v>
       </c>
       <c r="E302" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="F302" t="s">
         <v>25</v>
       </c>
       <c r="G302" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="H302">
-        <v>38.5</v>
+        <v>72.1</v>
       </c>
       <c r="I302" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="J302" t="s">
         <v>28</v>
       </c>
       <c r="K302" t="s">
         <v>28</v>
       </c>
       <c r="L302" t="s">
+        <v>43</v>
+      </c>
+      <c r="M302" t="s">
+        <v>44</v>
+      </c>
+      <c r="N302" t="s">
+        <v>31</v>
+      </c>
+      <c r="O302">
+        <v>390935435435</v>
+      </c>
+      <c r="P302" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>33</v>
+      </c>
+      <c r="R302" t="s">
         <v>45</v>
       </c>
-      <c r="M302" t="s">
-[...16 lines deleted...]
-      <c r="T302"/>
+      <c r="S302" t="s">
+        <v>66</v>
+      </c>
+      <c r="T302" t="s">
+        <v>580</v>
+      </c>
       <c r="U302" t="s">
-        <v>31</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="303" spans="1:21">
       <c r="A303" t="s">
         <v>21</v>
       </c>
       <c r="B303" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="C303" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="D303">
-        <v>541251</v>
+        <v>542184</v>
       </c>
       <c r="E303" t="s">
-        <v>1456</v>
+        <v>1452</v>
       </c>
       <c r="F303" t="s">
         <v>25</v>
       </c>
       <c r="G303" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="H303">
-        <v>99</v>
+        <v>381.3</v>
       </c>
       <c r="I303" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="J303" t="s">
         <v>28</v>
       </c>
       <c r="K303" t="s">
         <v>28</v>
       </c>
       <c r="L303" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M303" t="s">
         <v>28</v>
       </c>
       <c r="N303" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O303">
-        <v>390300499961</v>
+        <v>390909118460</v>
       </c>
       <c r="P303" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q303" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R303"/>
       <c r="S303"/>
       <c r="T303"/>
       <c r="U303" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="304" spans="1:21">
       <c r="A304" t="s">
         <v>21</v>
       </c>
       <c r="B304" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="C304" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="D304">
-        <v>541208</v>
+        <v>541951</v>
       </c>
       <c r="E304" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="F304" t="s">
         <v>25</v>
       </c>
       <c r="G304" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="H304">
-        <v>38.5</v>
+        <v>43.4</v>
       </c>
       <c r="I304" t="s">
-        <v>1463</v>
+        <v>1370</v>
       </c>
       <c r="J304" t="s">
         <v>28</v>
       </c>
       <c r="K304" t="s">
         <v>28</v>
       </c>
       <c r="L304" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M304" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N304" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O304">
-        <v>390305857144</v>
+        <v>390815604448</v>
       </c>
       <c r="P304" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q304" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R304"/>
+      <c r="S304"/>
+      <c r="T304"/>
       <c r="U304" t="s">
-        <v>1464</v>
+        <v>32</v>
       </c>
     </row>
     <row r="305" spans="1:21">
       <c r="A305" t="s">
         <v>21</v>
       </c>
       <c r="B305" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="C305" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="D305">
-        <v>541143</v>
+        <v>541912</v>
       </c>
       <c r="E305" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="F305" t="s">
         <v>25</v>
       </c>
       <c r="G305" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="H305">
-        <v>99</v>
+        <v>66.1</v>
       </c>
       <c r="I305" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="J305" t="s">
         <v>28</v>
       </c>
       <c r="K305" t="s">
         <v>28</v>
       </c>
       <c r="L305" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M305" t="s">
         <v>28</v>
       </c>
       <c r="N305" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O305">
-        <v>390220502868</v>
+        <v>390789000651</v>
       </c>
       <c r="P305" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q305" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R305"/>
       <c r="S305"/>
       <c r="T305"/>
       <c r="U305" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="306" spans="1:21">
       <c r="A306" t="s">
         <v>21</v>
       </c>
       <c r="B306" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="C306" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="D306">
-        <v>541118</v>
+        <v>541743</v>
       </c>
       <c r="E306" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="F306" t="s">
         <v>25</v>
       </c>
       <c r="G306" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="H306">
-        <v>89</v>
+        <v>85.9</v>
       </c>
       <c r="I306" t="s">
-        <v>1474</v>
+        <v>714</v>
       </c>
       <c r="J306" t="s">
         <v>28</v>
       </c>
       <c r="K306" t="s">
         <v>28</v>
       </c>
       <c r="L306" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M306" t="s">
         <v>28</v>
       </c>
       <c r="N306" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O306">
-        <v>390222441660</v>
+        <v>390657775422</v>
       </c>
       <c r="P306" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q306" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R306"/>
       <c r="S306"/>
       <c r="T306"/>
       <c r="U306" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="307" spans="1:21">
       <c r="A307" t="s">
         <v>21</v>
       </c>
       <c r="B307" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C307" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D307">
-        <v>540880</v>
+        <v>541580</v>
       </c>
       <c r="E307" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="F307" t="s">
         <v>25</v>
       </c>
       <c r="G307" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H307">
-        <v>141.3</v>
+        <v>99</v>
       </c>
       <c r="I307" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="J307" t="s">
         <v>28</v>
       </c>
       <c r="K307" t="s">
         <v>28</v>
       </c>
       <c r="L307" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M307" t="s">
         <v>28</v>
       </c>
       <c r="N307" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O307">
-        <v>390024245781</v>
+        <v>390598215648</v>
       </c>
       <c r="P307" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q307" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R307"/>
       <c r="S307"/>
       <c r="T307"/>
       <c r="U307" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="308" spans="1:21">
       <c r="A308" t="s">
         <v>21</v>
       </c>
       <c r="B308" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C308" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D308">
-        <v>540879</v>
+        <v>541494</v>
       </c>
       <c r="E308" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="F308" t="s">
         <v>25</v>
       </c>
       <c r="G308" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="H308">
-        <v>141.3</v>
+        <v>89</v>
       </c>
       <c r="I308" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="J308" t="s">
         <v>28</v>
       </c>
       <c r="K308" t="s">
         <v>28</v>
       </c>
       <c r="L308" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M308" t="s">
         <v>28</v>
       </c>
       <c r="N308" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O308">
-        <v>390024201348</v>
+        <v>390513054993</v>
       </c>
       <c r="P308" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q308" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R308"/>
       <c r="S308"/>
       <c r="T308"/>
       <c r="U308" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="309" spans="1:21">
       <c r="A309" t="s">
         <v>21</v>
       </c>
       <c r="B309" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="C309" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="D309">
-        <v>540847</v>
+        <v>541358</v>
       </c>
       <c r="E309" t="s">
-        <v>1477</v>
+        <v>1488</v>
       </c>
       <c r="F309" t="s">
         <v>25</v>
       </c>
       <c r="G309" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="H309">
         <v>38.5</v>
       </c>
       <c r="I309" t="s">
-        <v>1463</v>
+        <v>1490</v>
       </c>
       <c r="J309" t="s">
         <v>28</v>
       </c>
       <c r="K309" t="s">
         <v>28</v>
       </c>
       <c r="L309" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M309" t="s">
         <v>28</v>
       </c>
       <c r="N309" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O309">
-        <v>390023489676</v>
+        <v>390373139584</v>
       </c>
       <c r="P309" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q309" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R309"/>
       <c r="S309"/>
       <c r="T309"/>
       <c r="U309" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="310" spans="1:21">
       <c r="A310" t="s">
         <v>21</v>
       </c>
       <c r="B310" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="C310" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="D310">
-        <v>540820</v>
+        <v>541251</v>
       </c>
       <c r="E310" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="F310" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G310" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="H310">
-        <v>184.66</v>
+        <v>99</v>
       </c>
       <c r="I310" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="J310" t="s">
-        <v>1491</v>
+        <v>28</v>
       </c>
       <c r="K310" t="s">
-        <v>1492</v>
+        <v>28</v>
       </c>
       <c r="L310" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M310" t="s">
         <v>28</v>
       </c>
       <c r="N310" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>1494</v>
+        <v>31</v>
+      </c>
+      <c r="O310">
+        <v>390300499961</v>
       </c>
       <c r="P310" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q310" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R310"/>
       <c r="S310"/>
       <c r="T310"/>
       <c r="U310" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="311" spans="1:21">
       <c r="A311" t="s">
         <v>21</v>
       </c>
       <c r="B311" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C311" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D311">
-        <v>540795</v>
+        <v>541208</v>
       </c>
       <c r="E311" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="F311" t="s">
         <v>25</v>
       </c>
       <c r="G311" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="H311">
-        <v>119</v>
+        <v>38.5</v>
       </c>
       <c r="I311" t="s">
-        <v>968</v>
+        <v>1500</v>
       </c>
       <c r="J311" t="s">
         <v>28</v>
       </c>
       <c r="K311" t="s">
         <v>28</v>
       </c>
       <c r="L311" t="s">
+        <v>43</v>
+      </c>
+      <c r="M311" t="s">
+        <v>44</v>
+      </c>
+      <c r="N311" t="s">
+        <v>31</v>
+      </c>
+      <c r="O311">
+        <v>390305857144</v>
+      </c>
+      <c r="P311" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>33</v>
+      </c>
+      <c r="R311" t="s">
         <v>45</v>
       </c>
-      <c r="M311" t="s">
-[...16 lines deleted...]
-      <c r="T311"/>
+      <c r="S311" t="s">
+        <v>66</v>
+      </c>
+      <c r="T311" t="s">
+        <v>580</v>
+      </c>
       <c r="U311" t="s">
-        <v>31</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="312" spans="1:21">
       <c r="A312" t="s">
         <v>21</v>
       </c>
       <c r="B312" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="C312" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="D312">
-        <v>540794</v>
+        <v>541143</v>
       </c>
       <c r="E312" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="F312" t="s">
         <v>25</v>
       </c>
       <c r="G312" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="H312">
         <v>99</v>
       </c>
       <c r="I312" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="J312" t="s">
         <v>28</v>
       </c>
       <c r="K312" t="s">
         <v>28</v>
       </c>
       <c r="L312" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M312" t="s">
         <v>28</v>
       </c>
       <c r="N312" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O312">
-        <v>390023540185</v>
+        <v>390220502868</v>
       </c>
       <c r="P312" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q312" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R312"/>
       <c r="S312"/>
       <c r="T312"/>
       <c r="U312" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="313" spans="1:21">
       <c r="A313" t="s">
         <v>21</v>
       </c>
       <c r="B313" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="C313" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D313">
-        <v>540773</v>
+        <v>541118</v>
       </c>
       <c r="E313" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="F313" t="s">
         <v>25</v>
       </c>
       <c r="G313" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="H313">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="I313" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="J313" t="s">
         <v>28</v>
       </c>
       <c r="K313" t="s">
         <v>28</v>
       </c>
       <c r="L313" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M313" t="s">
         <v>28</v>
       </c>
       <c r="N313" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O313">
-        <v>279719329449</v>
+        <v>390222441660</v>
       </c>
       <c r="P313" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q313" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R313"/>
       <c r="S313"/>
       <c r="T313"/>
       <c r="U313" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="314" spans="1:21">
       <c r="A314" t="s">
         <v>21</v>
       </c>
       <c r="B314" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="C314" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D314">
-        <v>540757</v>
+        <v>540880</v>
       </c>
       <c r="E314" t="s">
-        <v>1505</v>
+        <v>1514</v>
       </c>
       <c r="F314" t="s">
         <v>25</v>
       </c>
       <c r="G314" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="H314">
-        <v>131.7</v>
+        <v>141.3</v>
       </c>
       <c r="I314" t="s">
-        <v>1255</v>
+        <v>1516</v>
       </c>
       <c r="J314" t="s">
         <v>28</v>
       </c>
       <c r="K314" t="s">
         <v>28</v>
       </c>
       <c r="L314" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M314" t="s">
         <v>28</v>
       </c>
       <c r="N314" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O314">
-        <v>279697513138</v>
+        <v>390024245781</v>
       </c>
       <c r="P314" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q314" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R314"/>
       <c r="S314"/>
       <c r="T314"/>
       <c r="U314" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="315" spans="1:21">
       <c r="A315" t="s">
         <v>21</v>
       </c>
       <c r="B315" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="C315" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="D315">
-        <v>540742</v>
+        <v>540879</v>
       </c>
       <c r="E315" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="F315" t="s">
         <v>25</v>
       </c>
       <c r="G315" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="H315">
-        <v>100</v>
+        <v>141.3</v>
       </c>
       <c r="I315" t="s">
-        <v>1328</v>
+        <v>1516</v>
       </c>
       <c r="J315" t="s">
         <v>28</v>
       </c>
       <c r="K315" t="s">
         <v>28</v>
       </c>
       <c r="L315" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M315" t="s">
         <v>28</v>
       </c>
       <c r="N315" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O315">
-        <v>279678330861</v>
+        <v>390024201348</v>
       </c>
       <c r="P315" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q315" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R315"/>
       <c r="S315"/>
       <c r="T315"/>
       <c r="U315" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="316" spans="1:21">
       <c r="A316" t="s">
         <v>21</v>
       </c>
       <c r="B316" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="C316" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="D316">
-        <v>540732</v>
+        <v>540847</v>
       </c>
       <c r="E316" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="F316" t="s">
         <v>25</v>
       </c>
       <c r="G316" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="H316">
         <v>38.5</v>
       </c>
       <c r="I316" t="s">
-        <v>1463</v>
+        <v>1500</v>
       </c>
       <c r="J316" t="s">
         <v>28</v>
       </c>
       <c r="K316" t="s">
         <v>28</v>
       </c>
       <c r="L316" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M316" t="s">
         <v>28</v>
       </c>
       <c r="N316" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O316">
-        <v>279669494150</v>
+        <v>390023489676</v>
       </c>
       <c r="P316" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q316" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R316"/>
       <c r="S316"/>
       <c r="T316"/>
       <c r="U316" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="317" spans="1:21">
       <c r="A317" t="s">
         <v>21</v>
       </c>
       <c r="B317" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="C317" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="D317">
-        <v>540731</v>
+        <v>540820</v>
       </c>
       <c r="E317" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="F317" t="s">
-        <v>25</v>
+        <v>523</v>
       </c>
       <c r="G317" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="H317">
-        <v>134.9</v>
+        <v>184.66</v>
       </c>
       <c r="I317" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="J317" t="s">
-        <v>28</v>
+        <v>1528</v>
       </c>
       <c r="K317" t="s">
-        <v>28</v>
+        <v>1529</v>
       </c>
       <c r="L317" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M317" t="s">
         <v>28</v>
       </c>
       <c r="N317" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>770331590943</v>
+        <v>1530</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1531</v>
       </c>
       <c r="P317" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q317" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R317"/>
       <c r="S317"/>
       <c r="T317"/>
       <c r="U317" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="318" spans="1:21">
       <c r="A318" t="s">
         <v>21</v>
       </c>
       <c r="B318" t="s">
-        <v>1522</v>
+        <v>1532</v>
       </c>
       <c r="C318" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="D318">
-        <v>540726</v>
+        <v>540795</v>
       </c>
       <c r="E318" t="s">
-        <v>1513</v>
+        <v>1534</v>
       </c>
       <c r="F318" t="s">
         <v>25</v>
       </c>
       <c r="G318" t="s">
-        <v>1524</v>
+        <v>1535</v>
       </c>
       <c r="H318">
-        <v>38.5</v>
+        <v>119</v>
       </c>
       <c r="I318" t="s">
-        <v>1463</v>
+        <v>1005</v>
       </c>
       <c r="J318" t="s">
         <v>28</v>
       </c>
       <c r="K318" t="s">
         <v>28</v>
       </c>
       <c r="L318" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M318" t="s">
         <v>28</v>
       </c>
       <c r="N318" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O318">
-        <v>279665820452</v>
+        <v>390023671923</v>
       </c>
       <c r="P318" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q318" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R318"/>
       <c r="S318"/>
       <c r="T318"/>
       <c r="U318" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="319" spans="1:21">
       <c r="A319" t="s">
         <v>21</v>
       </c>
       <c r="B319" t="s">
-        <v>1525</v>
+        <v>1536</v>
       </c>
       <c r="C319" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="D319">
-        <v>540722</v>
+        <v>540794</v>
       </c>
       <c r="E319" t="s">
-        <v>1513</v>
+        <v>1534</v>
       </c>
       <c r="F319" t="s">
         <v>25</v>
       </c>
       <c r="G319" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
       <c r="H319">
-        <v>231.5</v>
+        <v>99</v>
       </c>
       <c r="I319" t="s">
-        <v>1528</v>
+        <v>1539</v>
       </c>
       <c r="J319" t="s">
         <v>28</v>
       </c>
       <c r="K319" t="s">
         <v>28</v>
       </c>
       <c r="L319" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M319" t="s">
         <v>28</v>
       </c>
       <c r="N319" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O319">
-        <v>279676456493</v>
+        <v>390023540185</v>
       </c>
       <c r="P319" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q319" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R319"/>
       <c r="S319"/>
       <c r="T319"/>
       <c r="U319" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="320" spans="1:21">
       <c r="A320" t="s">
         <v>21</v>
       </c>
       <c r="B320" t="s">
-        <v>1529</v>
+        <v>1540</v>
       </c>
       <c r="C320" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="D320">
-        <v>540703</v>
+        <v>540773</v>
       </c>
       <c r="E320" t="s">
-        <v>1513</v>
+        <v>1542</v>
       </c>
       <c r="F320" t="s">
         <v>25</v>
       </c>
       <c r="G320" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="H320">
-        <v>145</v>
+        <v>99</v>
       </c>
       <c r="I320" t="s">
-        <v>1532</v>
+        <v>1544</v>
       </c>
       <c r="J320" t="s">
         <v>28</v>
       </c>
       <c r="K320" t="s">
         <v>28</v>
       </c>
       <c r="L320" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M320" t="s">
         <v>28</v>
       </c>
       <c r="N320" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O320">
-        <v>279652591950</v>
+        <v>279719329449</v>
       </c>
       <c r="P320" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q320" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R320"/>
       <c r="S320"/>
       <c r="T320"/>
       <c r="U320" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="321" spans="1:21">
       <c r="A321" t="s">
         <v>21</v>
       </c>
       <c r="B321" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="C321" t="s">
-        <v>1534</v>
+        <v>1546</v>
       </c>
       <c r="D321">
-        <v>540689</v>
+        <v>540757</v>
       </c>
       <c r="E321" t="s">
-        <v>1505</v>
+        <v>1542</v>
       </c>
       <c r="F321" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G321" t="s">
-        <v>1535</v>
+        <v>1547</v>
       </c>
       <c r="H321">
-        <v>281.88</v>
+        <v>131.7</v>
       </c>
       <c r="I321" t="s">
-        <v>1536</v>
+        <v>1292</v>
       </c>
       <c r="J321" t="s">
-        <v>1491</v>
+        <v>28</v>
       </c>
       <c r="K321" t="s">
-        <v>1492</v>
+        <v>28</v>
       </c>
       <c r="L321" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M321" t="s">
         <v>28</v>
       </c>
       <c r="N321" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>1537</v>
+        <v>31</v>
+      </c>
+      <c r="O321">
+        <v>279697513138</v>
       </c>
       <c r="P321" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q321" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R321"/>
       <c r="S321"/>
       <c r="T321"/>
       <c r="U321" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="322" spans="1:21">
       <c r="A322" t="s">
         <v>21</v>
       </c>
       <c r="B322" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
       <c r="C322" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="D322">
-        <v>540682</v>
+        <v>540742</v>
       </c>
       <c r="E322" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="F322" t="s">
         <v>25</v>
       </c>
       <c r="G322" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="H322">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I322" t="s">
-        <v>1201</v>
+        <v>1365</v>
       </c>
       <c r="J322" t="s">
         <v>28</v>
       </c>
       <c r="K322" t="s">
         <v>28</v>
       </c>
       <c r="L322" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M322" t="s">
         <v>28</v>
       </c>
       <c r="N322" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O322">
-        <v>279630670045</v>
+        <v>279678330861</v>
       </c>
       <c r="P322" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q322" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R322"/>
       <c r="S322"/>
       <c r="T322"/>
       <c r="U322" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:21">
       <c r="A323" t="s">
         <v>21</v>
       </c>
       <c r="B323" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="C323" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="D323">
-        <v>540681</v>
+        <v>540732</v>
       </c>
       <c r="E323" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="F323" t="s">
         <v>25</v>
       </c>
       <c r="G323" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
       <c r="H323">
-        <v>74.8</v>
+        <v>38.5</v>
       </c>
       <c r="I323" t="s">
-        <v>1545</v>
+        <v>1500</v>
       </c>
       <c r="J323" t="s">
         <v>28</v>
       </c>
       <c r="K323" t="s">
         <v>28</v>
       </c>
       <c r="L323" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M323" t="s">
         <v>28</v>
       </c>
       <c r="N323" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O323">
-        <v>279630630810</v>
+        <v>279669494150</v>
       </c>
       <c r="P323" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q323" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R323"/>
       <c r="S323"/>
       <c r="T323"/>
       <c r="U323" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="324" spans="1:21">
       <c r="A324" t="s">
         <v>21</v>
       </c>
       <c r="B324" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="C324" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="D324">
-        <v>540659</v>
+        <v>540731</v>
       </c>
       <c r="E324" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="F324" t="s">
         <v>25</v>
       </c>
       <c r="G324" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="H324">
-        <v>168</v>
+        <v>134.9</v>
       </c>
       <c r="I324" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="J324" t="s">
         <v>28</v>
       </c>
       <c r="K324" t="s">
         <v>28</v>
       </c>
       <c r="L324" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M324" t="s">
         <v>28</v>
       </c>
       <c r="N324" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O324">
-        <v>279606548447</v>
+        <v>770331590943</v>
       </c>
       <c r="P324" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q324" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R324"/>
       <c r="S324"/>
       <c r="T324"/>
       <c r="U324" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="325" spans="1:21">
       <c r="A325" t="s">
         <v>21</v>
       </c>
       <c r="B325" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D325">
+        <v>540726</v>
+      </c>
+      <c r="E325" t="s">
         <v>1550</v>
       </c>
-      <c r="C325" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F325" t="s">
         <v>25</v>
       </c>
       <c r="G325" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="H325">
-        <v>336.4</v>
+        <v>38.5</v>
       </c>
       <c r="I325" t="s">
-        <v>1553</v>
+        <v>1500</v>
       </c>
       <c r="J325" t="s">
         <v>28</v>
       </c>
       <c r="K325" t="s">
         <v>28</v>
       </c>
       <c r="L325" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M325" t="s">
         <v>28</v>
       </c>
       <c r="N325" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O325">
-        <v>279603130320</v>
+        <v>279665820452</v>
       </c>
       <c r="P325" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q325" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R325"/>
       <c r="S325"/>
       <c r="T325"/>
       <c r="U325" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="326" spans="1:21">
       <c r="A326" t="s">
         <v>21</v>
       </c>
       <c r="B326" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="C326" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="D326">
-        <v>540650</v>
+        <v>540722</v>
       </c>
       <c r="E326" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="F326" t="s">
         <v>25</v>
       </c>
       <c r="G326" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="H326">
-        <v>99</v>
+        <v>231.5</v>
       </c>
       <c r="I326" t="s">
-        <v>1395</v>
+        <v>1565</v>
       </c>
       <c r="J326" t="s">
         <v>28</v>
       </c>
       <c r="K326" t="s">
         <v>28</v>
       </c>
       <c r="L326" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M326" t="s">
         <v>28</v>
       </c>
       <c r="N326" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O326">
-        <v>279605179806</v>
+        <v>279676456493</v>
       </c>
       <c r="P326" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q326" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R326"/>
       <c r="S326"/>
       <c r="T326"/>
       <c r="U326" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:21">
       <c r="A327" t="s">
         <v>21</v>
       </c>
       <c r="B327" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="C327" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="D327">
-        <v>540649</v>
+        <v>540703</v>
       </c>
       <c r="E327" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="F327" t="s">
         <v>25</v>
       </c>
       <c r="G327" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="H327">
-        <v>99</v>
+        <v>145</v>
       </c>
       <c r="I327" t="s">
-        <v>1403</v>
+        <v>1569</v>
       </c>
       <c r="J327" t="s">
         <v>28</v>
       </c>
       <c r="K327" t="s">
         <v>28</v>
       </c>
       <c r="L327" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M327" t="s">
         <v>28</v>
       </c>
       <c r="N327" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O327">
-        <v>279600045424</v>
+        <v>279652591950</v>
       </c>
       <c r="P327" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q327" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R327"/>
       <c r="S327"/>
       <c r="T327"/>
       <c r="U327" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="328" spans="1:21">
       <c r="A328" t="s">
         <v>21</v>
       </c>
       <c r="B328" t="s">
-        <v>1560</v>
+        <v>1570</v>
       </c>
       <c r="C328" t="s">
-        <v>1561</v>
+        <v>1571</v>
       </c>
       <c r="D328">
-        <v>540627</v>
+        <v>540689</v>
       </c>
       <c r="E328" t="s">
-        <v>1562</v>
+        <v>1542</v>
       </c>
       <c r="F328" t="s">
-        <v>25</v>
+        <v>523</v>
       </c>
       <c r="G328" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="H328">
-        <v>38.5</v>
+        <v>281.88</v>
       </c>
       <c r="I328" t="s">
-        <v>1463</v>
+        <v>1573</v>
       </c>
       <c r="J328" t="s">
-        <v>28</v>
+        <v>1528</v>
       </c>
       <c r="K328" t="s">
-        <v>28</v>
+        <v>1529</v>
       </c>
       <c r="L328" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M328" t="s">
         <v>28</v>
       </c>
       <c r="N328" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>279581152360</v>
+        <v>1530</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1574</v>
       </c>
       <c r="P328" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q328" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R328"/>
       <c r="S328"/>
       <c r="T328"/>
       <c r="U328" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="329" spans="1:21">
       <c r="A329" t="s">
         <v>21</v>
       </c>
       <c r="B329" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="C329" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="D329">
-        <v>540585</v>
+        <v>540682</v>
       </c>
       <c r="E329" t="s">
-        <v>1562</v>
+        <v>1577</v>
       </c>
       <c r="F329" t="s">
         <v>25</v>
       </c>
       <c r="G329" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="H329">
-        <v>74.8</v>
+        <v>90</v>
       </c>
       <c r="I329" t="s">
-        <v>1545</v>
+        <v>1238</v>
       </c>
       <c r="J329" t="s">
         <v>28</v>
       </c>
       <c r="K329" t="s">
         <v>28</v>
       </c>
       <c r="L329" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M329" t="s">
         <v>28</v>
       </c>
       <c r="N329" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O329">
-        <v>279551891695</v>
+        <v>279630670045</v>
       </c>
       <c r="P329" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q329" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R329"/>
       <c r="S329"/>
       <c r="T329"/>
       <c r="U329" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="330" spans="1:21">
       <c r="A330" t="s">
         <v>21</v>
       </c>
       <c r="B330" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="C330" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="D330">
-        <v>540576</v>
+        <v>540681</v>
       </c>
       <c r="E330" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F330" t="s">
         <v>25</v>
       </c>
       <c r="G330" t="s">
-        <v>1570</v>
+        <v>1581</v>
       </c>
       <c r="H330">
-        <v>38.5</v>
+        <v>74.8</v>
       </c>
       <c r="I330" t="s">
-        <v>1463</v>
+        <v>1582</v>
       </c>
       <c r="J330" t="s">
         <v>28</v>
       </c>
       <c r="K330" t="s">
         <v>28</v>
       </c>
       <c r="L330" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M330" t="s">
         <v>28</v>
       </c>
       <c r="N330" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O330">
-        <v>279556965648</v>
+        <v>279630630810</v>
       </c>
       <c r="P330" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q330" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R330"/>
       <c r="S330"/>
       <c r="T330"/>
       <c r="U330" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:21">
       <c r="A331" t="s">
         <v>21</v>
       </c>
       <c r="B331" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="C331" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="D331">
-        <v>540567</v>
+        <v>540659</v>
       </c>
       <c r="E331" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F331" t="s">
         <v>25</v>
       </c>
       <c r="G331" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
       <c r="H331">
-        <v>129</v>
+        <v>168</v>
       </c>
       <c r="I331" t="s">
-        <v>1574</v>
+        <v>1586</v>
       </c>
       <c r="J331" t="s">
         <v>28</v>
       </c>
       <c r="K331" t="s">
         <v>28</v>
       </c>
       <c r="L331" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M331" t="s">
         <v>28</v>
       </c>
       <c r="N331" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O331">
-        <v>279528469959</v>
+        <v>279606548447</v>
       </c>
       <c r="P331" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q331" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R331"/>
       <c r="S331"/>
       <c r="T331"/>
       <c r="U331" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="332" spans="1:21">
       <c r="A332" t="s">
         <v>21</v>
       </c>
       <c r="B332" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="C332" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="D332">
-        <v>540545</v>
+        <v>540657</v>
       </c>
       <c r="E332" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F332" t="s">
         <v>25</v>
       </c>
       <c r="G332" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="H332">
-        <v>129</v>
+        <v>336.4</v>
       </c>
       <c r="I332" t="s">
-        <v>1574</v>
+        <v>1590</v>
       </c>
       <c r="J332" t="s">
         <v>28</v>
       </c>
       <c r="K332" t="s">
         <v>28</v>
       </c>
       <c r="L332" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M332" t="s">
         <v>28</v>
       </c>
       <c r="N332" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O332">
-        <v>279493576083</v>
+        <v>279603130320</v>
       </c>
       <c r="P332" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q332" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R332"/>
       <c r="S332"/>
       <c r="T332"/>
       <c r="U332" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="333" spans="1:21">
       <c r="A333" t="s">
         <v>21</v>
       </c>
       <c r="B333" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
       <c r="C333" t="s">
-        <v>1579</v>
+        <v>1592</v>
       </c>
       <c r="D333">
-        <v>540532</v>
+        <v>540650</v>
       </c>
       <c r="E333" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F333" t="s">
         <v>25</v>
       </c>
       <c r="G333" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="H333">
-        <v>50.6</v>
+        <v>99</v>
       </c>
       <c r="I333" t="s">
-        <v>1581</v>
+        <v>1432</v>
       </c>
       <c r="J333" t="s">
         <v>28</v>
       </c>
       <c r="K333" t="s">
         <v>28</v>
       </c>
       <c r="L333" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M333" t="s">
         <v>28</v>
       </c>
       <c r="N333" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O333">
-        <v>279498848955</v>
+        <v>279605179806</v>
       </c>
       <c r="P333" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q333" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R333"/>
       <c r="S333"/>
       <c r="T333"/>
       <c r="U333" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:21">
       <c r="A334" t="s">
         <v>21</v>
       </c>
       <c r="B334" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="C334" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="D334">
-        <v>540493</v>
+        <v>540649</v>
       </c>
       <c r="E334" t="s">
-        <v>1584</v>
+        <v>1577</v>
       </c>
       <c r="F334" t="s">
         <v>25</v>
       </c>
       <c r="G334" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="H334">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I334" t="s">
-        <v>1586</v>
+        <v>1440</v>
       </c>
       <c r="J334" t="s">
         <v>28</v>
       </c>
       <c r="K334" t="s">
         <v>28</v>
       </c>
       <c r="L334" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M334" t="s">
         <v>28</v>
       </c>
       <c r="N334" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O334">
-        <v>279500268678</v>
+        <v>279600045424</v>
       </c>
       <c r="P334" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q334" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R334"/>
       <c r="S334"/>
       <c r="T334"/>
       <c r="U334" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="335" spans="1:21">
       <c r="A335" t="s">
         <v>21</v>
       </c>
       <c r="B335" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="C335" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
       <c r="D335">
-        <v>540490</v>
+        <v>540627</v>
       </c>
       <c r="E335" t="s">
-        <v>1584</v>
+        <v>1599</v>
       </c>
       <c r="F335" t="s">
         <v>25</v>
       </c>
       <c r="G335" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="H335">
-        <v>99</v>
+        <v>38.5</v>
       </c>
       <c r="I335" t="s">
-        <v>1395</v>
+        <v>1500</v>
       </c>
       <c r="J335" t="s">
         <v>28</v>
       </c>
       <c r="K335" t="s">
         <v>28</v>
       </c>
       <c r="L335" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M335" t="s">
         <v>28</v>
       </c>
       <c r="N335" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O335">
-        <v>279500128053</v>
+        <v>279581152360</v>
       </c>
       <c r="P335" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q335" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R335"/>
       <c r="S335"/>
       <c r="T335"/>
       <c r="U335" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="336" spans="1:21">
       <c r="A336" t="s">
         <v>21</v>
       </c>
       <c r="B336" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="C336" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="D336">
-        <v>540353</v>
+        <v>540585</v>
       </c>
       <c r="E336" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="F336" t="s">
         <v>25</v>
       </c>
       <c r="G336" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="H336">
-        <v>90</v>
+        <v>74.8</v>
       </c>
       <c r="I336" t="s">
-        <v>1201</v>
+        <v>1582</v>
       </c>
       <c r="J336" t="s">
         <v>28</v>
       </c>
       <c r="K336" t="s">
         <v>28</v>
       </c>
       <c r="L336" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M336" t="s">
         <v>28</v>
       </c>
       <c r="N336" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O336">
-        <v>279324644456</v>
+        <v>279551891695</v>
       </c>
       <c r="P336" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q336" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R336"/>
       <c r="S336"/>
       <c r="T336"/>
       <c r="U336" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="337" spans="1:21">
       <c r="A337" t="s">
         <v>21</v>
       </c>
       <c r="B337" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="C337" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="D337">
-        <v>540319</v>
+        <v>540576</v>
       </c>
       <c r="E337" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="F337" t="s">
         <v>25</v>
       </c>
       <c r="G337" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="H337">
-        <v>89</v>
+        <v>38.5</v>
       </c>
       <c r="I337" t="s">
-        <v>1598</v>
+        <v>1500</v>
       </c>
       <c r="J337" t="s">
         <v>28</v>
       </c>
       <c r="K337" t="s">
         <v>28</v>
       </c>
       <c r="L337" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M337" t="s">
         <v>28</v>
       </c>
       <c r="N337" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O337">
-        <v>279297776332</v>
+        <v>279556965648</v>
       </c>
       <c r="P337" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q337" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R337"/>
       <c r="S337"/>
       <c r="T337"/>
       <c r="U337" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="338" spans="1:21">
       <c r="A338" t="s">
         <v>21</v>
       </c>
       <c r="B338" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="C338" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
       <c r="D338">
-        <v>590290</v>
+        <v>540567</v>
       </c>
       <c r="E338" t="s">
-        <v>31</v>
+        <v>1606</v>
       </c>
       <c r="F338" t="s">
         <v>25</v>
       </c>
-      <c r="G338"/>
+      <c r="G338" t="s">
+        <v>1610</v>
+      </c>
       <c r="H338">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="I338" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-      <c r="K338"/>
+        <v>1611</v>
+      </c>
+      <c r="J338" t="s">
+        <v>28</v>
+      </c>
+      <c r="K338" t="s">
+        <v>28</v>
+      </c>
       <c r="L338" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M338" t="s">
-        <v>1601</v>
-[...2 lines deleted...]
-      <c r="O338"/>
+        <v>28</v>
+      </c>
+      <c r="N338" t="s">
+        <v>31</v>
+      </c>
+      <c r="O338">
+        <v>279528469959</v>
+      </c>
       <c r="P338" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q338" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R338"/>
+      <c r="S338"/>
+      <c r="T338"/>
       <c r="U338" t="s">
-        <v>1603</v>
+        <v>32</v>
       </c>
     </row>
     <row r="339" spans="1:21">
       <c r="A339" t="s">
         <v>21</v>
       </c>
       <c r="B339" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="C339" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="D339">
-        <v>540173</v>
+        <v>540545</v>
       </c>
       <c r="E339" t="s">
         <v>1606</v>
       </c>
       <c r="F339" t="s">
         <v>25</v>
       </c>
       <c r="G339" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="H339">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="I339" t="s">
-        <v>1075</v>
+        <v>1611</v>
       </c>
       <c r="J339" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K339" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L339" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M339" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N339" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O339"/>
+        <v>31</v>
+      </c>
+      <c r="O339">
+        <v>279493576083</v>
+      </c>
       <c r="P339" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q339" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R339"/>
+      <c r="S339"/>
+      <c r="T339"/>
       <c r="U339" t="s">
-        <v>1608</v>
+        <v>32</v>
       </c>
     </row>
     <row r="340" spans="1:21">
       <c r="A340" t="s">
         <v>21</v>
       </c>
       <c r="B340" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="C340" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="D340">
-        <v>540157</v>
+        <v>540532</v>
       </c>
       <c r="E340" t="s">
         <v>1606</v>
       </c>
       <c r="F340" t="s">
         <v>25</v>
       </c>
       <c r="G340" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="H340">
-        <v>145</v>
+        <v>50.6</v>
       </c>
       <c r="I340" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="J340" t="s">
         <v>28</v>
       </c>
       <c r="K340" t="s">
         <v>28</v>
       </c>
       <c r="L340" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M340" t="s">
         <v>28</v>
       </c>
       <c r="N340" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O340">
-        <v>279220700690</v>
+        <v>279498848955</v>
       </c>
       <c r="P340" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q340" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R340"/>
       <c r="S340"/>
       <c r="T340"/>
       <c r="U340" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="341" spans="1:21">
       <c r="A341" t="s">
         <v>21</v>
       </c>
       <c r="B341" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="C341" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="D341">
-        <v>539967</v>
+        <v>540493</v>
       </c>
       <c r="E341" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="F341" t="s">
         <v>25</v>
       </c>
       <c r="G341" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="H341">
-        <v>145</v>
+        <v>95</v>
       </c>
       <c r="I341" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="J341" t="s">
         <v>28</v>
       </c>
       <c r="K341" t="s">
         <v>28</v>
       </c>
       <c r="L341" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M341" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N341" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O341">
-        <v>278963746540</v>
+        <v>279500268678</v>
       </c>
       <c r="P341" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q341" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R341"/>
+      <c r="S341"/>
+      <c r="T341"/>
       <c r="U341" t="s">
-        <v>1617</v>
+        <v>32</v>
       </c>
     </row>
     <row r="342" spans="1:21">
       <c r="A342" t="s">
         <v>21</v>
       </c>
       <c r="B342" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="C342" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="D342">
-        <v>539954</v>
+        <v>540490</v>
       </c>
       <c r="E342" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="F342" t="s">
         <v>25</v>
       </c>
       <c r="G342" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="H342">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I342" t="s">
-        <v>1463</v>
+        <v>1432</v>
       </c>
       <c r="J342" t="s">
         <v>28</v>
       </c>
       <c r="K342" t="s">
         <v>28</v>
       </c>
       <c r="L342" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M342" t="s">
         <v>28</v>
       </c>
       <c r="N342" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O342">
-        <v>278944216229</v>
+        <v>279500128053</v>
       </c>
       <c r="P342" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q342" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R342"/>
       <c r="S342"/>
       <c r="T342"/>
       <c r="U342" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:21">
       <c r="A343" t="s">
         <v>21</v>
       </c>
       <c r="B343" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="C343" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="D343">
-        <v>539858</v>
+        <v>540353</v>
       </c>
       <c r="E343" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="F343" t="s">
         <v>25</v>
       </c>
       <c r="G343" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="H343">
-        <v>132.5</v>
+        <v>90</v>
       </c>
       <c r="I343" t="s">
-        <v>1625</v>
+        <v>1238</v>
       </c>
       <c r="J343" t="s">
         <v>28</v>
       </c>
       <c r="K343" t="s">
         <v>28</v>
       </c>
       <c r="L343" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M343" t="s">
         <v>28</v>
       </c>
       <c r="N343" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O343">
-        <v>278938800172</v>
+        <v>279324644456</v>
       </c>
       <c r="P343" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q343" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R343"/>
       <c r="S343"/>
       <c r="T343"/>
       <c r="U343" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="344" spans="1:21">
       <c r="A344" t="s">
         <v>21</v>
       </c>
       <c r="B344" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="C344" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="D344">
-        <v>539586</v>
+        <v>540319</v>
       </c>
       <c r="E344" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="F344" t="s">
         <v>25</v>
       </c>
       <c r="G344" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="H344">
-        <v>126.5</v>
+        <v>89</v>
       </c>
       <c r="I344" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="J344" t="s">
         <v>28</v>
       </c>
       <c r="K344" t="s">
         <v>28</v>
       </c>
       <c r="L344" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M344" t="s">
         <v>28</v>
       </c>
       <c r="N344" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O344">
-        <v>278745806486</v>
+        <v>279297776332</v>
       </c>
       <c r="P344" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q344" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R344"/>
       <c r="S344"/>
       <c r="T344"/>
       <c r="U344" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:21">
       <c r="A345" t="s">
         <v>21</v>
       </c>
       <c r="B345" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="C345" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="D345">
-        <v>539477</v>
+        <v>590290</v>
       </c>
       <c r="E345" t="s">
-        <v>1633</v>
+        <v>32</v>
       </c>
       <c r="F345" t="s">
         <v>25</v>
       </c>
-      <c r="G345" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G345"/>
       <c r="H345">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I345" t="s">
-        <v>1635</v>
-[...6 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="J345"/>
+      <c r="K345"/>
       <c r="L345" t="s">
+        <v>43</v>
+      </c>
+      <c r="M345" t="s">
+        <v>1638</v>
+      </c>
+      <c r="N345"/>
+      <c r="O345"/>
+      <c r="P345" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>46</v>
+      </c>
+      <c r="R345" t="s">
         <v>45</v>
       </c>
-      <c r="M345" t="s">
-[...16 lines deleted...]
-      <c r="T345"/>
+      <c r="S345" t="s">
+        <v>219</v>
+      </c>
+      <c r="T345" t="s">
+        <v>1639</v>
+      </c>
       <c r="U345" t="s">
-        <v>31</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="346" spans="1:21">
       <c r="A346" t="s">
         <v>21</v>
       </c>
       <c r="B346" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="C346" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="D346">
-        <v>539472</v>
+        <v>540173</v>
       </c>
       <c r="E346" t="s">
-        <v>1633</v>
+        <v>1643</v>
       </c>
       <c r="F346" t="s">
         <v>25</v>
       </c>
       <c r="G346" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="H346">
-        <v>74.8</v>
+        <v>99</v>
       </c>
       <c r="I346" t="s">
-        <v>1545</v>
+        <v>1112</v>
       </c>
       <c r="J346" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K346" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L346" t="s">
+        <v>43</v>
+      </c>
+      <c r="M346" t="s">
+        <v>44</v>
+      </c>
+      <c r="N346" t="s">
+        <v>31</v>
+      </c>
+      <c r="O346"/>
+      <c r="P346" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>33</v>
+      </c>
+      <c r="R346" t="s">
         <v>45</v>
       </c>
-      <c r="M346" t="s">
-[...16 lines deleted...]
-      <c r="T346"/>
+      <c r="S346" t="s">
+        <v>66</v>
+      </c>
+      <c r="T346" t="s">
+        <v>580</v>
+      </c>
       <c r="U346" t="s">
-        <v>31</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="347" spans="1:21">
       <c r="A347" t="s">
         <v>21</v>
       </c>
       <c r="B347" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C347" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="D347">
-        <v>539435</v>
+        <v>540157</v>
       </c>
       <c r="E347" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="F347" t="s">
         <v>25</v>
       </c>
       <c r="G347" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="H347">
-        <v>59</v>
+        <v>145</v>
       </c>
       <c r="I347" t="s">
-        <v>1191</v>
+        <v>1649</v>
       </c>
       <c r="J347" t="s">
         <v>28</v>
       </c>
       <c r="K347" t="s">
         <v>28</v>
       </c>
       <c r="L347" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M347" t="s">
         <v>28</v>
       </c>
       <c r="N347" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O347">
-        <v>278664586834</v>
+        <v>279220700690</v>
       </c>
       <c r="P347" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q347" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R347"/>
       <c r="S347"/>
       <c r="T347"/>
       <c r="U347" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="348" spans="1:21">
       <c r="A348" t="s">
         <v>21</v>
       </c>
       <c r="B348" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="C348" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="D348">
-        <v>539388</v>
+        <v>539967</v>
       </c>
       <c r="E348" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F348" t="s">
         <v>25</v>
       </c>
       <c r="G348" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="H348">
-        <v>99</v>
+        <v>145</v>
       </c>
       <c r="I348" t="s">
-        <v>1196</v>
+        <v>1649</v>
       </c>
       <c r="J348" t="s">
         <v>28</v>
       </c>
       <c r="K348" t="s">
         <v>28</v>
       </c>
       <c r="L348" t="s">
+        <v>43</v>
+      </c>
+      <c r="M348" t="s">
+        <v>44</v>
+      </c>
+      <c r="N348" t="s">
+        <v>31</v>
+      </c>
+      <c r="O348">
+        <v>278963746540</v>
+      </c>
+      <c r="P348" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>33</v>
+      </c>
+      <c r="R348" t="s">
         <v>45</v>
       </c>
-      <c r="M348" t="s">
-[...16 lines deleted...]
-      <c r="T348"/>
+      <c r="S348" t="s">
+        <v>66</v>
+      </c>
+      <c r="T348" t="s">
+        <v>580</v>
+      </c>
       <c r="U348" t="s">
-        <v>31</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="349" spans="1:21">
       <c r="A349" t="s">
         <v>21</v>
       </c>
       <c r="B349" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="C349" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="D349">
-        <v>539385</v>
+        <v>539954</v>
       </c>
       <c r="E349" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F349" t="s">
         <v>25</v>
       </c>
       <c r="G349" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="H349">
-        <v>79</v>
+        <v>38.5</v>
       </c>
       <c r="I349" t="s">
-        <v>1650</v>
+        <v>1500</v>
       </c>
       <c r="J349" t="s">
         <v>28</v>
       </c>
       <c r="K349" t="s">
         <v>28</v>
       </c>
       <c r="L349" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M349" t="s">
         <v>28</v>
       </c>
       <c r="N349" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O349">
-        <v>278592692597</v>
+        <v>278944216229</v>
       </c>
       <c r="P349" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q349" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R349"/>
       <c r="S349"/>
       <c r="T349"/>
       <c r="U349" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="350" spans="1:21">
       <c r="A350" t="s">
         <v>21</v>
       </c>
       <c r="B350" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
       <c r="C350" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="D350">
-        <v>539332</v>
+        <v>539858</v>
       </c>
       <c r="E350" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="F350" t="s">
         <v>25</v>
       </c>
       <c r="G350" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
       <c r="H350">
-        <v>99</v>
+        <v>132.5</v>
       </c>
       <c r="I350" t="s">
-        <v>1196</v>
+        <v>1662</v>
       </c>
       <c r="J350" t="s">
         <v>28</v>
       </c>
       <c r="K350" t="s">
         <v>28</v>
       </c>
       <c r="L350" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M350" t="s">
         <v>28</v>
       </c>
       <c r="N350" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O350">
-        <v>278531282332</v>
+        <v>278938800172</v>
       </c>
       <c r="P350" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q350" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R350"/>
       <c r="S350"/>
       <c r="T350"/>
       <c r="U350" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="351" spans="1:21">
       <c r="A351" t="s">
         <v>21</v>
       </c>
       <c r="B351" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="C351" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="D351">
-        <v>539317</v>
+        <v>539586</v>
       </c>
       <c r="E351" t="s">
-        <v>1653</v>
+        <v>1665</v>
       </c>
       <c r="F351" t="s">
         <v>25</v>
       </c>
       <c r="G351" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="H351">
-        <v>127.9</v>
+        <v>126.5</v>
       </c>
       <c r="I351" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="J351" t="s">
         <v>28</v>
       </c>
       <c r="K351" t="s">
         <v>28</v>
       </c>
       <c r="L351" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M351" t="s">
         <v>28</v>
       </c>
       <c r="N351" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O351">
-        <v>278523589175</v>
+        <v>278745806486</v>
       </c>
       <c r="P351" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q351" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R351"/>
       <c r="S351"/>
       <c r="T351"/>
       <c r="U351" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="352" spans="1:21">
       <c r="A352" t="s">
         <v>21</v>
       </c>
       <c r="B352" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="C352" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="D352">
-        <v>539263</v>
+        <v>539477</v>
       </c>
       <c r="E352" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="F352" t="s">
         <v>25</v>
       </c>
       <c r="G352" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="H352">
-        <v>112.4</v>
+        <v>99</v>
       </c>
       <c r="I352" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="J352" t="s">
         <v>28</v>
       </c>
       <c r="K352" t="s">
         <v>28</v>
       </c>
       <c r="L352" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M352" t="s">
         <v>28</v>
       </c>
       <c r="N352" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O352">
-        <v>278465633488</v>
+        <v>278694384184</v>
       </c>
       <c r="P352" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q352" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R352"/>
       <c r="S352"/>
       <c r="T352"/>
       <c r="U352" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="353" spans="1:21">
       <c r="A353" t="s">
         <v>21</v>
       </c>
       <c r="B353" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="C353" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="D353">
-        <v>539252</v>
+        <v>539472</v>
       </c>
       <c r="E353" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="F353" t="s">
         <v>25</v>
       </c>
       <c r="G353" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="H353">
-        <v>85</v>
+        <v>74.8</v>
       </c>
       <c r="I353" t="s">
-        <v>1667</v>
+        <v>1582</v>
       </c>
       <c r="J353" t="s">
         <v>28</v>
       </c>
       <c r="K353" t="s">
         <v>28</v>
       </c>
       <c r="L353" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M353" t="s">
         <v>28</v>
       </c>
       <c r="N353" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O353">
-        <v>278463700730</v>
+        <v>278665437759</v>
       </c>
       <c r="P353" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q353" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R353"/>
       <c r="S353"/>
       <c r="T353"/>
       <c r="U353" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="354" spans="1:21">
       <c r="A354" t="s">
         <v>21</v>
       </c>
       <c r="B354" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="C354" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="D354">
-        <v>539250</v>
+        <v>539435</v>
       </c>
       <c r="E354" t="s">
-        <v>1661</v>
+        <v>1678</v>
       </c>
       <c r="F354" t="s">
         <v>25</v>
       </c>
       <c r="G354" t="s">
-        <v>1670</v>
+        <v>1679</v>
       </c>
       <c r="H354">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="I354" t="s">
-        <v>311</v>
+        <v>1228</v>
       </c>
       <c r="J354" t="s">
         <v>28</v>
       </c>
       <c r="K354" t="s">
         <v>28</v>
       </c>
       <c r="L354" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M354" t="s">
         <v>28</v>
       </c>
       <c r="N354" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O354">
-        <v>278459767370</v>
+        <v>278664586834</v>
       </c>
       <c r="P354" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q354" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R354"/>
       <c r="S354"/>
       <c r="T354"/>
       <c r="U354" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="355" spans="1:21">
       <c r="A355" t="s">
         <v>21</v>
       </c>
       <c r="B355" t="s">
-        <v>1671</v>
+        <v>1680</v>
       </c>
       <c r="C355" t="s">
-        <v>1672</v>
+        <v>1681</v>
       </c>
       <c r="D355">
-        <v>539245</v>
+        <v>539388</v>
       </c>
       <c r="E355" t="s">
-        <v>1661</v>
+        <v>1682</v>
       </c>
       <c r="F355" t="s">
         <v>25</v>
       </c>
       <c r="G355" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="H355">
-        <v>170.9</v>
+        <v>99</v>
       </c>
       <c r="I355" t="s">
-        <v>1674</v>
+        <v>1233</v>
       </c>
       <c r="J355" t="s">
         <v>28</v>
       </c>
       <c r="K355" t="s">
         <v>28</v>
       </c>
       <c r="L355" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M355" t="s">
         <v>28</v>
       </c>
       <c r="N355" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O355">
-        <v>279009804997</v>
+        <v>278604244422</v>
       </c>
       <c r="P355" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q355" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R355"/>
       <c r="S355"/>
       <c r="T355"/>
       <c r="U355" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="356" spans="1:21">
       <c r="A356" t="s">
         <v>21</v>
       </c>
       <c r="B356" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
       <c r="C356" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="D356">
-        <v>539240</v>
+        <v>539385</v>
       </c>
       <c r="E356" t="s">
-        <v>1661</v>
+        <v>1682</v>
       </c>
       <c r="F356" t="s">
-        <v>485</v>
+        <v>25</v>
       </c>
       <c r="G356" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="H356">
-        <v>117.87</v>
+        <v>79</v>
       </c>
       <c r="I356" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
       <c r="J356" t="s">
         <v>28</v>
       </c>
       <c r="K356" t="s">
-        <v>488</v>
+        <v>28</v>
       </c>
       <c r="L356" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M356" t="s">
         <v>28</v>
       </c>
       <c r="N356" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>1679</v>
+        <v>31</v>
+      </c>
+      <c r="O356">
+        <v>278592692597</v>
       </c>
       <c r="P356" t="s">
-        <v>1680</v>
+        <v>32</v>
       </c>
       <c r="Q356" t="s">
-        <v>492</v>
+        <v>33</v>
       </c>
       <c r="R356"/>
       <c r="S356"/>
       <c r="T356"/>
       <c r="U356" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="357" spans="1:21">
       <c r="A357" t="s">
         <v>21</v>
       </c>
       <c r="B357" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="C357" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
       <c r="D357">
-        <v>539210</v>
+        <v>539332</v>
       </c>
       <c r="E357" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="F357" t="s">
         <v>25</v>
       </c>
       <c r="G357" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="H357">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I357" t="s">
-        <v>1453</v>
+        <v>1233</v>
       </c>
       <c r="J357" t="s">
         <v>28</v>
       </c>
       <c r="K357" t="s">
         <v>28</v>
       </c>
       <c r="L357" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M357" t="s">
         <v>28</v>
       </c>
       <c r="N357" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O357">
-        <v>278399874938</v>
+        <v>278531282332</v>
       </c>
       <c r="P357" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q357" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R357"/>
       <c r="S357"/>
       <c r="T357"/>
       <c r="U357" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="358" spans="1:21">
       <c r="A358" t="s">
         <v>21</v>
       </c>
       <c r="B358" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="C358" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="D358">
-        <v>539207</v>
+        <v>539317</v>
       </c>
       <c r="E358" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="F358" t="s">
         <v>25</v>
       </c>
       <c r="G358" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="H358">
-        <v>99</v>
+        <v>127.9</v>
       </c>
       <c r="I358" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="J358" t="s">
         <v>28</v>
       </c>
       <c r="K358" t="s">
         <v>28</v>
       </c>
       <c r="L358" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M358" t="s">
         <v>28</v>
       </c>
       <c r="N358" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O358">
-        <v>278401222066</v>
+        <v>278523589175</v>
       </c>
       <c r="P358" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q358" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R358"/>
       <c r="S358"/>
       <c r="T358"/>
       <c r="U358" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="359" spans="1:21">
       <c r="A359" t="s">
         <v>21</v>
       </c>
       <c r="B359" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="C359" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="D359">
-        <v>539196</v>
+        <v>539263</v>
       </c>
       <c r="E359" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="F359" t="s">
         <v>25</v>
       </c>
       <c r="G359" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="H359">
-        <v>84.8</v>
+        <v>112.4</v>
       </c>
       <c r="I359" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="J359" t="s">
         <v>28</v>
       </c>
       <c r="K359" t="s">
         <v>28</v>
       </c>
       <c r="L359" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M359" t="s">
         <v>28</v>
       </c>
       <c r="N359" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O359">
-        <v>278399369383</v>
+        <v>278465633488</v>
       </c>
       <c r="P359" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q359" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R359"/>
       <c r="S359"/>
       <c r="T359"/>
       <c r="U359" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="360" spans="1:21">
       <c r="A360" t="s">
         <v>21</v>
       </c>
       <c r="B360" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="C360" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="D360">
-        <v>539190</v>
+        <v>539252</v>
       </c>
       <c r="E360" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="F360" t="s">
         <v>25</v>
       </c>
       <c r="G360" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="H360">
-        <v>74.8</v>
+        <v>85</v>
       </c>
       <c r="I360" t="s">
-        <v>1545</v>
+        <v>1704</v>
       </c>
       <c r="J360" t="s">
         <v>28</v>
       </c>
       <c r="K360" t="s">
         <v>28</v>
       </c>
       <c r="L360" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M360" t="s">
         <v>28</v>
       </c>
       <c r="N360" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O360">
-        <v>278401286078</v>
+        <v>278463700730</v>
       </c>
       <c r="P360" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q360" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R360"/>
       <c r="S360"/>
       <c r="T360"/>
       <c r="U360" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="361" spans="1:21">
       <c r="A361" t="s">
         <v>21</v>
       </c>
       <c r="B361" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="C361" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D361">
+        <v>539250</v>
+      </c>
+      <c r="E361" t="s">
         <v>1698</v>
       </c>
-      <c r="D361">
-[...4 lines deleted...]
-      </c>
       <c r="F361" t="s">
         <v>25</v>
       </c>
       <c r="G361" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="H361">
-        <v>485.2</v>
+        <v>109</v>
       </c>
       <c r="I361" t="s">
-        <v>1701</v>
+        <v>349</v>
       </c>
       <c r="J361" t="s">
         <v>28</v>
       </c>
       <c r="K361" t="s">
         <v>28</v>
       </c>
       <c r="L361" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M361" t="s">
         <v>28</v>
       </c>
       <c r="N361" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O361">
-        <v>278135012026</v>
+        <v>278459767370</v>
       </c>
       <c r="P361" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q361" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R361"/>
       <c r="S361"/>
       <c r="T361"/>
       <c r="U361" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="362" spans="1:21">
       <c r="A362" t="s">
         <v>21</v>
       </c>
       <c r="B362" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="C362" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="D362">
-        <v>538883</v>
+        <v>539245</v>
       </c>
       <c r="E362" t="s">
-        <v>1704</v>
+        <v>1698</v>
       </c>
       <c r="F362" t="s">
         <v>25</v>
       </c>
       <c r="G362" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="H362">
-        <v>59</v>
+        <v>170.9</v>
       </c>
       <c r="I362" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="J362" t="s">
         <v>28</v>
       </c>
       <c r="K362" t="s">
         <v>28</v>
       </c>
       <c r="L362" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M362" t="s">
         <v>28</v>
       </c>
       <c r="N362" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O362">
-        <v>278137575748</v>
+        <v>279009804997</v>
       </c>
       <c r="P362" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q362" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R362"/>
       <c r="S362"/>
       <c r="T362"/>
       <c r="U362" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="363" spans="1:21">
       <c r="A363" t="s">
         <v>21</v>
       </c>
       <c r="B363" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="C363" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="D363">
-        <v>538823</v>
+        <v>539240</v>
       </c>
       <c r="E363" t="s">
-        <v>1709</v>
+        <v>1698</v>
       </c>
       <c r="F363" t="s">
-        <v>25</v>
+        <v>523</v>
       </c>
       <c r="G363" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="H363">
-        <v>78.8</v>
+        <v>117.87</v>
       </c>
       <c r="I363" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="J363" t="s">
         <v>28</v>
       </c>
       <c r="K363" t="s">
-        <v>28</v>
+        <v>526</v>
       </c>
       <c r="L363" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M363" t="s">
         <v>28</v>
       </c>
       <c r="N363" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>278051745009</v>
+        <v>1530</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1716</v>
       </c>
       <c r="P363" t="s">
-        <v>31</v>
+        <v>1717</v>
       </c>
       <c r="Q363" t="s">
-        <v>32</v>
+        <v>530</v>
       </c>
       <c r="R363"/>
       <c r="S363"/>
       <c r="T363"/>
       <c r="U363" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="364" spans="1:21">
       <c r="A364" t="s">
         <v>21</v>
       </c>
       <c r="B364" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="C364" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="D364">
-        <v>538768</v>
+        <v>539210</v>
       </c>
       <c r="E364" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="F364" t="s">
         <v>25</v>
       </c>
       <c r="G364" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="H364">
-        <v>93.2</v>
+        <v>38.5</v>
       </c>
       <c r="I364" t="s">
-        <v>1716</v>
+        <v>1490</v>
       </c>
       <c r="J364" t="s">
         <v>28</v>
       </c>
       <c r="K364" t="s">
         <v>28</v>
       </c>
       <c r="L364" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M364" t="s">
         <v>28</v>
       </c>
       <c r="N364" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O364">
-        <v>277987898986</v>
+        <v>278399874938</v>
       </c>
       <c r="P364" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q364" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R364"/>
       <c r="S364"/>
       <c r="T364"/>
       <c r="U364" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="365" spans="1:21">
       <c r="A365" t="s">
         <v>21</v>
       </c>
       <c r="B365" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="C365" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="D365">
-        <v>538540</v>
+        <v>539207</v>
       </c>
       <c r="E365" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="F365" t="s">
         <v>25</v>
       </c>
       <c r="G365" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="H365">
         <v>99</v>
       </c>
       <c r="I365" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="J365" t="s">
         <v>28</v>
       </c>
       <c r="K365" t="s">
         <v>28</v>
       </c>
       <c r="L365" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M365" t="s">
         <v>28</v>
       </c>
       <c r="N365" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O365">
-        <v>277892065809</v>
+        <v>278401222066</v>
       </c>
       <c r="P365" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q365" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R365"/>
       <c r="S365"/>
       <c r="T365"/>
       <c r="U365" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="366" spans="1:21">
       <c r="A366" t="s">
         <v>21</v>
       </c>
       <c r="B366" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="C366" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="D366">
-        <v>538518</v>
+        <v>539196</v>
       </c>
       <c r="E366" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="F366" t="s">
         <v>25</v>
       </c>
       <c r="G366" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="H366">
-        <v>99</v>
+        <v>84.8</v>
       </c>
       <c r="I366" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="J366" t="s">
         <v>28</v>
       </c>
       <c r="K366" t="s">
         <v>28</v>
       </c>
       <c r="L366" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M366" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N366" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O366">
-        <v>277872963176</v>
+        <v>278399369383</v>
       </c>
       <c r="P366" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q366" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R366"/>
+      <c r="S366"/>
+      <c r="T366"/>
       <c r="U366" t="s">
-        <v>1726</v>
+        <v>32</v>
       </c>
     </row>
     <row r="367" spans="1:21">
       <c r="A367" t="s">
         <v>21</v>
       </c>
       <c r="B367" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="C367" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D367">
+        <v>539190</v>
+      </c>
+      <c r="E367" t="s">
         <v>1728</v>
       </c>
-      <c r="D367">
-[...4 lines deleted...]
-      </c>
       <c r="F367" t="s">
         <v>25</v>
       </c>
       <c r="G367" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="H367">
-        <v>89</v>
+        <v>74.8</v>
       </c>
       <c r="I367" t="s">
-        <v>1731</v>
+        <v>1582</v>
       </c>
       <c r="J367" t="s">
         <v>28</v>
       </c>
       <c r="K367" t="s">
         <v>28</v>
       </c>
       <c r="L367" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M367" t="s">
         <v>28</v>
       </c>
       <c r="N367" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O367">
-        <v>277854148418</v>
+        <v>278401286078</v>
       </c>
       <c r="P367" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q367" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R367"/>
       <c r="S367"/>
       <c r="T367"/>
       <c r="U367" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="368" spans="1:21">
       <c r="A368" t="s">
         <v>21</v>
       </c>
       <c r="B368" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="C368" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D368">
-        <v>538215</v>
+        <v>538927</v>
       </c>
       <c r="E368" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="F368" t="s">
         <v>25</v>
       </c>
       <c r="G368" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="H368">
-        <v>198</v>
+        <v>485.2</v>
       </c>
       <c r="I368" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="J368" t="s">
         <v>28</v>
       </c>
       <c r="K368" t="s">
         <v>28</v>
       </c>
       <c r="L368" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M368" t="s">
         <v>28</v>
       </c>
       <c r="N368" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O368">
-        <v>277744708895</v>
+        <v>278135012026</v>
       </c>
       <c r="P368" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q368" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R368"/>
       <c r="S368"/>
       <c r="T368"/>
       <c r="U368" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="369" spans="1:21">
       <c r="A369" t="s">
         <v>21</v>
       </c>
       <c r="B369" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C369" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="D369">
-        <v>538139</v>
+        <v>538883</v>
       </c>
       <c r="E369" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="F369" t="s">
         <v>25</v>
       </c>
       <c r="G369" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="H369">
-        <v>78.8</v>
+        <v>59</v>
       </c>
       <c r="I369" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="J369" t="s">
         <v>28</v>
       </c>
       <c r="K369" t="s">
         <v>28</v>
       </c>
       <c r="L369" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M369" t="s">
         <v>28</v>
       </c>
       <c r="N369" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O369">
-        <v>277660353607</v>
+        <v>278137575748</v>
       </c>
       <c r="P369" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q369" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R369"/>
       <c r="S369"/>
       <c r="T369"/>
       <c r="U369" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="370" spans="1:21">
       <c r="A370" t="s">
         <v>21</v>
       </c>
       <c r="B370" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="C370" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D370">
-        <v>538099</v>
+        <v>538823</v>
       </c>
       <c r="E370" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="F370" t="s">
         <v>25</v>
       </c>
       <c r="G370" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="H370">
-        <v>98</v>
+        <v>78.8</v>
       </c>
       <c r="I370" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="J370" t="s">
         <v>28</v>
       </c>
       <c r="K370" t="s">
         <v>28</v>
       </c>
       <c r="L370" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M370" t="s">
         <v>28</v>
       </c>
       <c r="N370" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O370">
-        <v>277616451964</v>
+        <v>278051745009</v>
       </c>
       <c r="P370" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q370" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R370"/>
       <c r="S370"/>
       <c r="T370"/>
       <c r="U370" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="371" spans="1:21">
       <c r="A371" t="s">
         <v>21</v>
       </c>
       <c r="B371" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="C371" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="D371">
-        <v>538037</v>
+        <v>538768</v>
       </c>
       <c r="E371" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="F371" t="s">
         <v>25</v>
       </c>
       <c r="G371" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="H371">
-        <v>59</v>
+        <v>93.2</v>
       </c>
       <c r="I371" t="s">
-        <v>1706</v>
+        <v>1753</v>
       </c>
       <c r="J371" t="s">
         <v>28</v>
       </c>
       <c r="K371" t="s">
         <v>28</v>
       </c>
       <c r="L371" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M371" t="s">
         <v>28</v>
       </c>
       <c r="N371" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O371">
-        <v>277620285558</v>
+        <v>277987898986</v>
       </c>
       <c r="P371" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q371" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R371"/>
       <c r="S371"/>
       <c r="T371"/>
       <c r="U371" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:21">
       <c r="A372" t="s">
         <v>21</v>
       </c>
       <c r="B372" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="C372" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="D372">
-        <v>537754</v>
+        <v>538540</v>
       </c>
       <c r="E372" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="F372" t="s">
         <v>25</v>
       </c>
       <c r="G372" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="H372">
-        <v>72.1</v>
+        <v>99</v>
       </c>
       <c r="I372" t="s">
-        <v>1417</v>
+        <v>1758</v>
       </c>
       <c r="J372" t="s">
         <v>28</v>
       </c>
       <c r="K372" t="s">
         <v>28</v>
       </c>
       <c r="L372" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M372" t="s">
         <v>28</v>
       </c>
       <c r="N372" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O372">
-        <v>277355651638</v>
+        <v>277892065809</v>
       </c>
       <c r="P372" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q372" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R372"/>
       <c r="S372"/>
       <c r="T372"/>
       <c r="U372" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="373" spans="1:21">
       <c r="A373" t="s">
         <v>21</v>
       </c>
       <c r="B373" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="C373" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D373">
+        <v>538518</v>
+      </c>
+      <c r="E373" t="s">
         <v>1756</v>
       </c>
-      <c r="D373">
-[...4 lines deleted...]
-      </c>
       <c r="F373" t="s">
         <v>25</v>
       </c>
       <c r="G373" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="H373">
         <v>99</v>
       </c>
       <c r="I373" t="s">
-        <v>1721</v>
+        <v>1762</v>
       </c>
       <c r="J373" t="s">
         <v>28</v>
       </c>
       <c r="K373" t="s">
         <v>28</v>
       </c>
       <c r="L373" t="s">
+        <v>43</v>
+      </c>
+      <c r="M373" t="s">
+        <v>44</v>
+      </c>
+      <c r="N373" t="s">
+        <v>31</v>
+      </c>
+      <c r="O373">
+        <v>277872963176</v>
+      </c>
+      <c r="P373" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q373" t="s">
+        <v>33</v>
+      </c>
+      <c r="R373" t="s">
         <v>45</v>
       </c>
-      <c r="M373" t="s">
-[...16 lines deleted...]
-      <c r="T373"/>
+      <c r="S373" t="s">
+        <v>66</v>
+      </c>
+      <c r="T373" t="s">
+        <v>580</v>
+      </c>
       <c r="U373" t="s">
-        <v>31</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="374" spans="1:21">
       <c r="A374" t="s">
         <v>21</v>
       </c>
       <c r="B374" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="C374" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="D374">
-        <v>537389</v>
+        <v>538311</v>
       </c>
       <c r="E374" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="F374" t="s">
         <v>25</v>
       </c>
       <c r="G374" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="H374">
-        <v>333.7</v>
+        <v>89</v>
       </c>
       <c r="I374" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="J374" t="s">
         <v>28</v>
       </c>
       <c r="K374" t="s">
         <v>28</v>
       </c>
       <c r="L374" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M374" t="s">
         <v>28</v>
       </c>
       <c r="N374" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O374">
-        <v>277109873633</v>
+        <v>277854148418</v>
       </c>
       <c r="P374" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q374" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R374"/>
       <c r="S374"/>
       <c r="T374"/>
       <c r="U374" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="375" spans="1:21">
       <c r="A375" t="s">
         <v>21</v>
       </c>
       <c r="B375" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="C375" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="D375">
-        <v>537121</v>
+        <v>538215</v>
       </c>
       <c r="E375" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="F375" t="s">
         <v>25</v>
       </c>
       <c r="G375" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="H375">
-        <v>99</v>
+        <v>198</v>
       </c>
       <c r="I375" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="J375" t="s">
         <v>28</v>
       </c>
       <c r="K375" t="s">
         <v>28</v>
       </c>
       <c r="L375" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M375" t="s">
         <v>28</v>
       </c>
       <c r="N375" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O375">
-        <v>276908544384</v>
+        <v>277744708895</v>
       </c>
       <c r="P375" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q375" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R375"/>
       <c r="S375"/>
       <c r="T375"/>
       <c r="U375" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="376" spans="1:21">
       <c r="A376" t="s">
         <v>21</v>
       </c>
       <c r="B376" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="C376" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="D376">
-        <v>537053</v>
+        <v>538139</v>
       </c>
       <c r="E376" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="F376" t="s">
         <v>25</v>
       </c>
       <c r="G376" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="H376">
-        <v>99</v>
+        <v>78.8</v>
       </c>
       <c r="I376" t="s">
-        <v>1688</v>
+        <v>1778</v>
       </c>
       <c r="J376" t="s">
         <v>28</v>
       </c>
       <c r="K376" t="s">
         <v>28</v>
       </c>
       <c r="L376" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M376" t="s">
         <v>28</v>
       </c>
       <c r="N376" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O376">
-        <v>276842689043</v>
+        <v>277660353607</v>
       </c>
       <c r="P376" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q376" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R376"/>
       <c r="S376"/>
       <c r="T376"/>
       <c r="U376" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="377" spans="1:21">
       <c r="A377" t="s">
         <v>21</v>
       </c>
       <c r="B377" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="C377" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="D377">
-        <v>536968</v>
+        <v>538099</v>
       </c>
       <c r="E377" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="F377" t="s">
         <v>25</v>
       </c>
       <c r="G377" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="H377">
-        <v>320.3</v>
+        <v>98</v>
       </c>
       <c r="I377" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="J377" t="s">
         <v>28</v>
       </c>
       <c r="K377" t="s">
         <v>28</v>
       </c>
       <c r="L377" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M377" t="s">
         <v>28</v>
       </c>
       <c r="N377" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O377">
-        <v>276784529851</v>
+        <v>277616451964</v>
       </c>
       <c r="P377" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q377" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R377"/>
       <c r="S377"/>
       <c r="T377"/>
       <c r="U377" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="378" spans="1:21">
       <c r="A378" t="s">
         <v>21</v>
       </c>
       <c r="B378" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="C378" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="D378">
-        <v>536880</v>
+        <v>538037</v>
       </c>
       <c r="E378" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="F378" t="s">
         <v>25</v>
       </c>
       <c r="G378" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="H378">
-        <v>66.1</v>
+        <v>59</v>
       </c>
       <c r="I378" t="s">
-        <v>1782</v>
+        <v>1743</v>
       </c>
       <c r="J378" t="s">
         <v>28</v>
       </c>
       <c r="K378" t="s">
         <v>28</v>
       </c>
       <c r="L378" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M378" t="s">
         <v>28</v>
       </c>
       <c r="N378" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O378">
-        <v>276726299250</v>
+        <v>277620285558</v>
       </c>
       <c r="P378" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q378" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R378"/>
       <c r="S378"/>
       <c r="T378"/>
       <c r="U378" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="379" spans="1:21">
       <c r="A379" t="s">
         <v>21</v>
       </c>
       <c r="B379" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="C379" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="D379">
-        <v>536860</v>
+        <v>537754</v>
       </c>
       <c r="E379" t="s">
-        <v>1780</v>
+        <v>1790</v>
       </c>
       <c r="F379" t="s">
         <v>25</v>
       </c>
       <c r="G379" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="H379">
-        <v>81</v>
+        <v>72.1</v>
       </c>
       <c r="I379" t="s">
-        <v>1786</v>
+        <v>1454</v>
       </c>
       <c r="J379" t="s">
         <v>28</v>
       </c>
       <c r="K379" t="s">
         <v>28</v>
       </c>
       <c r="L379" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M379" t="s">
         <v>28</v>
       </c>
       <c r="N379" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O379">
-        <v>276724724654</v>
+        <v>277355651638</v>
       </c>
       <c r="P379" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q379" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R379"/>
       <c r="S379"/>
       <c r="T379"/>
       <c r="U379" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="380" spans="1:21">
       <c r="A380" t="s">
         <v>21</v>
       </c>
       <c r="B380" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="C380" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="D380">
-        <v>536835</v>
+        <v>537628</v>
       </c>
       <c r="E380" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="F380" t="s">
         <v>25</v>
       </c>
       <c r="G380" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="H380">
         <v>99</v>
       </c>
       <c r="I380" t="s">
-        <v>964</v>
+        <v>1758</v>
       </c>
       <c r="J380" t="s">
         <v>28</v>
       </c>
       <c r="K380" t="s">
         <v>28</v>
       </c>
       <c r="L380" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M380" t="s">
         <v>28</v>
       </c>
       <c r="N380" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O380">
-        <v>276703014406</v>
+        <v>277318341542</v>
       </c>
       <c r="P380" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q380" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R380"/>
       <c r="S380"/>
       <c r="T380"/>
       <c r="U380" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="381" spans="1:21">
       <c r="A381" t="s">
         <v>21</v>
       </c>
       <c r="B381" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="C381" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="D381">
-        <v>536658</v>
+        <v>537389</v>
       </c>
       <c r="E381" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="F381" t="s">
         <v>25</v>
       </c>
       <c r="G381" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="H381">
-        <v>48.7</v>
+        <v>333.7</v>
       </c>
       <c r="I381" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="J381" t="s">
         <v>28</v>
       </c>
       <c r="K381" t="s">
         <v>28</v>
       </c>
       <c r="L381" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M381" t="s">
         <v>28</v>
       </c>
       <c r="N381" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O381">
-        <v>276532603943</v>
+        <v>277109873633</v>
       </c>
       <c r="P381" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q381" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R381"/>
       <c r="S381"/>
       <c r="T381"/>
       <c r="U381" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="382" spans="1:21">
       <c r="A382" t="s">
         <v>21</v>
       </c>
       <c r="B382" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="C382" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="D382">
-        <v>536526</v>
+        <v>537121</v>
       </c>
       <c r="E382" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="F382" t="s">
         <v>25</v>
       </c>
       <c r="G382" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="H382">
-        <v>76.2</v>
+        <v>99</v>
       </c>
       <c r="I382" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="J382" t="s">
         <v>28</v>
       </c>
       <c r="K382" t="s">
         <v>28</v>
       </c>
       <c r="L382" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M382" t="s">
         <v>28</v>
       </c>
       <c r="N382" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O382">
-        <v>276406765315</v>
+        <v>276908544384</v>
       </c>
       <c r="P382" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q382" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R382"/>
       <c r="S382"/>
       <c r="T382"/>
       <c r="U382" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="383" spans="1:21">
       <c r="A383" t="s">
         <v>21</v>
       </c>
       <c r="B383" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="C383" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="D383">
-        <v>536521</v>
+        <v>537053</v>
       </c>
       <c r="E383" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="F383" t="s">
         <v>25</v>
       </c>
       <c r="G383" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="H383">
-        <v>384.6</v>
+        <v>99</v>
       </c>
       <c r="I383" t="s">
-        <v>1804</v>
+        <v>1725</v>
       </c>
       <c r="J383" t="s">
         <v>28</v>
       </c>
       <c r="K383" t="s">
         <v>28</v>
       </c>
       <c r="L383" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M383" t="s">
         <v>28</v>
       </c>
       <c r="N383" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O383">
-        <v>276398238577</v>
+        <v>276842689043</v>
       </c>
       <c r="P383" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q383" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R383"/>
       <c r="S383"/>
       <c r="T383"/>
       <c r="U383" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="384" spans="1:21">
       <c r="A384" t="s">
         <v>21</v>
       </c>
       <c r="B384" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="C384" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="D384">
-        <v>536505</v>
+        <v>536968</v>
       </c>
       <c r="E384" t="s">
-        <v>1798</v>
+        <v>1812</v>
       </c>
       <c r="F384" t="s">
         <v>25</v>
       </c>
       <c r="G384" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="H384">
-        <v>371.9</v>
+        <v>320.3</v>
       </c>
       <c r="I384" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="J384" t="s">
         <v>28</v>
       </c>
       <c r="K384" t="s">
         <v>28</v>
       </c>
       <c r="L384" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M384" t="s">
         <v>28</v>
       </c>
       <c r="N384" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O384">
-        <v>276382930598</v>
+        <v>276784529851</v>
       </c>
       <c r="P384" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q384" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R384"/>
       <c r="S384"/>
       <c r="T384"/>
       <c r="U384" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="385" spans="1:21">
       <c r="A385" t="s">
         <v>21</v>
       </c>
       <c r="B385" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="C385" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="D385">
-        <v>536461</v>
+        <v>536880</v>
       </c>
       <c r="E385" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="F385" t="s">
         <v>25</v>
       </c>
       <c r="G385" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="H385">
-        <v>86.5</v>
+        <v>66.1</v>
       </c>
       <c r="I385" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="J385" t="s">
         <v>28</v>
       </c>
       <c r="K385" t="s">
         <v>28</v>
       </c>
       <c r="L385" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M385" t="s">
         <v>28</v>
       </c>
       <c r="N385" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O385">
-        <v>276346089450</v>
+        <v>276726299250</v>
       </c>
       <c r="P385" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q385" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R385"/>
       <c r="S385"/>
       <c r="T385"/>
       <c r="U385" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="386" spans="1:21">
       <c r="A386" t="s">
         <v>21</v>
       </c>
       <c r="B386" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="C386" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="D386">
-        <v>536025</v>
+        <v>536860</v>
       </c>
       <c r="E386" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="F386" t="s">
         <v>25</v>
       </c>
       <c r="G386" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="H386">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I386" t="s">
-        <v>1667</v>
+        <v>1823</v>
       </c>
       <c r="J386" t="s">
         <v>28</v>
       </c>
       <c r="K386" t="s">
         <v>28</v>
       </c>
       <c r="L386" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M386" t="s">
         <v>28</v>
       </c>
       <c r="N386" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O386">
-        <v>276011368550</v>
+        <v>276724724654</v>
       </c>
       <c r="P386" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q386" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R386"/>
       <c r="S386"/>
       <c r="T386"/>
       <c r="U386" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="387" spans="1:21">
       <c r="A387" t="s">
         <v>21</v>
       </c>
       <c r="B387" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="C387" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="D387">
-        <v>535999</v>
+        <v>536835</v>
       </c>
       <c r="E387" t="s">
-        <v>1820</v>
+        <v>32</v>
       </c>
       <c r="F387" t="s">
         <v>25</v>
       </c>
-      <c r="G387" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G387"/>
       <c r="H387">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I387" t="s">
-        <v>1822</v>
+        <v>1001</v>
       </c>
       <c r="J387" t="s">
         <v>28</v>
       </c>
       <c r="K387" t="s">
         <v>28</v>
       </c>
       <c r="L387" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="M387" t="s">
         <v>28</v>
       </c>
       <c r="N387" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O387">
-        <v>275987755290</v>
+        <v>276703014406</v>
       </c>
       <c r="P387" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q387" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="R387"/>
       <c r="S387"/>
       <c r="T387"/>
       <c r="U387" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="388" spans="1:21">
       <c r="A388" t="s">
         <v>21</v>
       </c>
       <c r="B388" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="C388" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="D388">
-        <v>535893</v>
+        <v>536658</v>
       </c>
       <c r="E388" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="F388" t="s">
         <v>25</v>
       </c>
       <c r="G388" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="H388">
-        <v>99</v>
+        <v>48.7</v>
       </c>
       <c r="I388" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="J388" t="s">
         <v>28</v>
       </c>
       <c r="K388" t="s">
         <v>28</v>
       </c>
       <c r="L388" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M388" t="s">
         <v>28</v>
       </c>
       <c r="N388" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O388">
-        <v>275914243106</v>
+        <v>276532603943</v>
       </c>
       <c r="P388" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q388" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R388"/>
       <c r="S388"/>
       <c r="T388"/>
       <c r="U388" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="389" spans="1:21">
       <c r="A389" t="s">
         <v>21</v>
       </c>
       <c r="B389" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="C389" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="D389">
-        <v>535851</v>
+        <v>536526</v>
       </c>
       <c r="E389" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="F389" t="s">
         <v>25</v>
       </c>
       <c r="G389" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="H389">
-        <v>60.1</v>
+        <v>76.2</v>
       </c>
       <c r="I389" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="J389" t="s">
         <v>28</v>
       </c>
       <c r="K389" t="s">
         <v>28</v>
       </c>
       <c r="L389" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M389" t="s">
         <v>28</v>
       </c>
       <c r="N389" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O389">
-        <v>275887138070</v>
+        <v>276406765315</v>
       </c>
       <c r="P389" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q389" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R389"/>
       <c r="S389"/>
       <c r="T389"/>
       <c r="U389" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="390" spans="1:21">
       <c r="A390" t="s">
         <v>21</v>
       </c>
       <c r="B390" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D390">
+        <v>536521</v>
+      </c>
+      <c r="E390" t="s">
         <v>1833</v>
       </c>
-      <c r="C390" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F390" t="s">
         <v>25</v>
       </c>
       <c r="G390" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="H390">
-        <v>44.9</v>
+        <v>384.6</v>
       </c>
       <c r="I390" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="J390" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K390" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L390" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M390" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N390" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O390"/>
+        <v>31</v>
+      </c>
+      <c r="O390">
+        <v>276398238577</v>
+      </c>
       <c r="P390" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q390" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R390"/>
+      <c r="S390"/>
+      <c r="T390"/>
       <c r="U390" t="s">
-        <v>1838</v>
+        <v>32</v>
       </c>
     </row>
     <row r="391" spans="1:21">
       <c r="A391" t="s">
         <v>21</v>
       </c>
       <c r="B391" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="C391" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D391">
-        <v>535627</v>
+        <v>536505</v>
       </c>
       <c r="E391" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
       <c r="F391" t="s">
         <v>25</v>
       </c>
       <c r="G391" t="s">
         <v>1842</v>
       </c>
       <c r="H391">
-        <v>430.4</v>
+        <v>371.9</v>
       </c>
       <c r="I391" t="s">
         <v>1843</v>
       </c>
       <c r="J391" t="s">
         <v>28</v>
       </c>
       <c r="K391" t="s">
         <v>28</v>
       </c>
       <c r="L391" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M391" t="s">
         <v>28</v>
       </c>
       <c r="N391" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O391">
-        <v>275698470875</v>
+        <v>276382930598</v>
       </c>
       <c r="P391" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q391" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R391"/>
       <c r="S391"/>
       <c r="T391"/>
       <c r="U391" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="392" spans="1:21">
       <c r="A392" t="s">
         <v>21</v>
       </c>
       <c r="B392" t="s">
         <v>1844</v>
       </c>
       <c r="C392" t="s">
         <v>1845</v>
       </c>
       <c r="D392">
-        <v>535609</v>
+        <v>536461</v>
       </c>
       <c r="E392" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="F392" t="s">
         <v>25</v>
       </c>
       <c r="G392" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="H392">
-        <v>99</v>
+        <v>86.5</v>
       </c>
       <c r="I392" t="s">
-        <v>1395</v>
+        <v>1848</v>
       </c>
       <c r="J392" t="s">
         <v>28</v>
       </c>
       <c r="K392" t="s">
         <v>28</v>
       </c>
       <c r="L392" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M392" t="s">
         <v>28</v>
       </c>
       <c r="N392" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O392">
-        <v>275687148742</v>
+        <v>276346089450</v>
       </c>
       <c r="P392" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q392" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R392"/>
       <c r="S392"/>
       <c r="T392"/>
       <c r="U392" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="393" spans="1:21">
       <c r="A393" t="s">
         <v>21</v>
       </c>
       <c r="B393" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="C393" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="D393">
-        <v>535607</v>
+        <v>536025</v>
       </c>
       <c r="E393" t="s">
-        <v>1841</v>
+        <v>1851</v>
       </c>
       <c r="F393" t="s">
         <v>25</v>
       </c>
       <c r="G393" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="H393">
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="I393" t="s">
-        <v>1850</v>
+        <v>1704</v>
       </c>
       <c r="J393" t="s">
         <v>28</v>
       </c>
       <c r="K393" t="s">
         <v>28</v>
       </c>
       <c r="L393" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M393" t="s">
         <v>28</v>
       </c>
       <c r="N393" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O393">
-        <v>275694848630</v>
+        <v>276011368550</v>
       </c>
       <c r="P393" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q393" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R393"/>
       <c r="S393"/>
       <c r="T393"/>
       <c r="U393" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="394" spans="1:21">
       <c r="A394" t="s">
         <v>21</v>
       </c>
       <c r="B394" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C394" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D394">
-        <v>535531</v>
+        <v>535999</v>
       </c>
       <c r="E394" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="F394" t="s">
         <v>25</v>
       </c>
       <c r="G394" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="H394">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="I394" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="J394" t="s">
         <v>28</v>
       </c>
       <c r="K394" t="s">
         <v>28</v>
       </c>
       <c r="L394" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M394" t="s">
         <v>28</v>
       </c>
       <c r="N394" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O394">
-        <v>275669214428</v>
+        <v>275987755290</v>
       </c>
       <c r="P394" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q394" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R394"/>
       <c r="S394"/>
       <c r="T394"/>
       <c r="U394" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="395" spans="1:21">
       <c r="A395" t="s">
         <v>21</v>
       </c>
       <c r="B395" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="C395" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D395">
-        <v>535435</v>
+        <v>535893</v>
       </c>
       <c r="E395" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F395" t="s">
         <v>25</v>
       </c>
       <c r="G395" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="H395">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I395" t="s">
-        <v>1463</v>
+        <v>1862</v>
       </c>
       <c r="J395" t="s">
         <v>28</v>
       </c>
       <c r="K395" t="s">
         <v>28</v>
       </c>
       <c r="L395" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M395" t="s">
         <v>28</v>
       </c>
       <c r="N395" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O395">
-        <v>275553094049</v>
+        <v>275914243106</v>
       </c>
       <c r="P395" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q395" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R395"/>
       <c r="S395"/>
       <c r="T395"/>
       <c r="U395" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="396" spans="1:21">
       <c r="A396" t="s">
         <v>21</v>
       </c>
       <c r="B396" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="C396" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="D396">
-        <v>535414</v>
+        <v>535851</v>
       </c>
       <c r="E396" t="s">
-        <v>1858</v>
+        <v>1865</v>
       </c>
       <c r="F396" t="s">
         <v>25</v>
       </c>
       <c r="G396" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
       <c r="H396">
-        <v>86.1</v>
+        <v>60.1</v>
       </c>
       <c r="I396" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="J396" t="s">
         <v>28</v>
       </c>
       <c r="K396" t="s">
         <v>28</v>
       </c>
       <c r="L396" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M396" t="s">
         <v>28</v>
       </c>
       <c r="N396" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O396">
-        <v>275541462717</v>
+        <v>275887138070</v>
       </c>
       <c r="P396" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q396" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R396"/>
       <c r="S396"/>
       <c r="T396"/>
       <c r="U396" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="397" spans="1:21">
       <c r="A397" t="s">
         <v>21</v>
       </c>
       <c r="B397" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="C397" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D397">
+        <v>535837</v>
+      </c>
+      <c r="E397" t="s">
         <v>1865</v>
       </c>
-      <c r="D397">
-[...4 lines deleted...]
-      </c>
       <c r="F397" t="s">
         <v>25</v>
       </c>
       <c r="G397" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="H397">
-        <v>41.4</v>
+        <v>44.9</v>
       </c>
       <c r="I397" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="J397" t="s">
+        <v>54</v>
+      </c>
+      <c r="K397" t="s">
+        <v>54</v>
+      </c>
+      <c r="L397" t="s">
+        <v>43</v>
+      </c>
+      <c r="M397" t="s">
         <v>44</v>
       </c>
-      <c r="K397" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N397" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O397"/>
       <c r="P397" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q397" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R397" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S397" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="T397" t="s">
-        <v>542</v>
+        <v>1872</v>
       </c>
       <c r="U397" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="398" spans="1:21">
       <c r="A398" t="s">
         <v>21</v>
       </c>
       <c r="B398" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="C398" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="D398">
-        <v>535256</v>
+        <v>535627</v>
       </c>
       <c r="E398" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="F398" t="s">
         <v>25</v>
       </c>
       <c r="G398" t="s">
-        <v>1873</v>
+        <v>1877</v>
       </c>
       <c r="H398">
-        <v>74.8</v>
+        <v>430.4</v>
       </c>
       <c r="I398" t="s">
-        <v>1545</v>
+        <v>1878</v>
       </c>
       <c r="J398" t="s">
         <v>28</v>
       </c>
       <c r="K398" t="s">
         <v>28</v>
       </c>
       <c r="L398" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M398" t="s">
         <v>28</v>
       </c>
       <c r="N398" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O398">
-        <v>275383250351</v>
+        <v>275698470875</v>
       </c>
       <c r="P398" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q398" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R398"/>
       <c r="S398"/>
       <c r="T398"/>
       <c r="U398" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="399" spans="1:21">
       <c r="A399" t="s">
         <v>21</v>
       </c>
       <c r="B399" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="C399" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="D399">
-        <v>535179</v>
+        <v>535609</v>
       </c>
       <c r="E399" t="s">
         <v>1876</v>
       </c>
       <c r="F399" t="s">
         <v>25</v>
       </c>
       <c r="G399" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="H399">
-        <v>180.6</v>
+        <v>99</v>
       </c>
       <c r="I399" t="s">
-        <v>1878</v>
+        <v>1432</v>
       </c>
       <c r="J399" t="s">
         <v>28</v>
       </c>
       <c r="K399" t="s">
         <v>28</v>
       </c>
       <c r="L399" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M399" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N399" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O399">
-        <v>275383343021</v>
+        <v>275687148742</v>
       </c>
       <c r="P399" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q399" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R399"/>
+      <c r="S399"/>
+      <c r="T399"/>
       <c r="U399" t="s">
-        <v>1879</v>
+        <v>32</v>
       </c>
     </row>
     <row r="400" spans="1:21">
       <c r="A400" t="s">
         <v>21</v>
       </c>
       <c r="B400" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="C400" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D400">
-        <v>535174</v>
+        <v>535607</v>
       </c>
       <c r="E400" t="s">
         <v>1876</v>
       </c>
       <c r="F400" t="s">
         <v>25</v>
       </c>
       <c r="G400" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="H400">
-        <v>74.8</v>
+        <v>112</v>
       </c>
       <c r="I400" t="s">
-        <v>1545</v>
+        <v>1885</v>
       </c>
       <c r="J400" t="s">
         <v>28</v>
       </c>
       <c r="K400" t="s">
         <v>28</v>
       </c>
       <c r="L400" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M400" t="s">
         <v>28</v>
       </c>
       <c r="N400" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O400">
-        <v>275383454282</v>
+        <v>275694848630</v>
       </c>
       <c r="P400" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q400" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R400"/>
       <c r="S400"/>
       <c r="T400"/>
       <c r="U400" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="401" spans="1:21">
       <c r="A401" t="s">
         <v>21</v>
       </c>
       <c r="B401" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="C401" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="D401">
-        <v>535173</v>
+        <v>535531</v>
       </c>
       <c r="E401" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="F401" t="s">
         <v>25</v>
       </c>
       <c r="G401" t="s">
-        <v>1885</v>
+        <v>1889</v>
       </c>
       <c r="H401">
-        <v>245</v>
+        <v>79</v>
       </c>
       <c r="I401" t="s">
-        <v>1886</v>
+        <v>1890</v>
       </c>
       <c r="J401" t="s">
         <v>28</v>
       </c>
       <c r="K401" t="s">
         <v>28</v>
       </c>
       <c r="L401" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M401" t="s">
         <v>28</v>
       </c>
       <c r="N401" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O401">
-        <v>275385550856</v>
+        <v>275669214428</v>
       </c>
       <c r="P401" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q401" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R401"/>
       <c r="S401"/>
       <c r="T401"/>
       <c r="U401" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="402" spans="1:21">
       <c r="A402" t="s">
         <v>21</v>
       </c>
       <c r="B402" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="C402" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
       <c r="D402">
-        <v>535161</v>
+        <v>535435</v>
       </c>
       <c r="E402" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="F402" t="s">
         <v>25</v>
       </c>
       <c r="G402" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="H402">
         <v>38.5</v>
       </c>
       <c r="I402" t="s">
-        <v>1453</v>
+        <v>1500</v>
       </c>
       <c r="J402" t="s">
         <v>28</v>
       </c>
       <c r="K402" t="s">
         <v>28</v>
       </c>
       <c r="L402" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M402" t="s">
         <v>28</v>
       </c>
       <c r="N402" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O402">
-        <v>275385474302</v>
+        <v>275553094049</v>
       </c>
       <c r="P402" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q402" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R402"/>
       <c r="S402"/>
       <c r="T402"/>
       <c r="U402" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="403" spans="1:21">
       <c r="A403" t="s">
         <v>21</v>
       </c>
       <c r="B403" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="C403" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
       <c r="D403">
-        <v>535110</v>
+        <v>535414</v>
       </c>
       <c r="E403" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="F403" t="s">
         <v>25</v>
       </c>
       <c r="G403" t="s">
-        <v>1893</v>
+        <v>1897</v>
       </c>
       <c r="H403">
-        <v>259.1</v>
+        <v>86.1</v>
       </c>
       <c r="I403" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
       <c r="J403" t="s">
         <v>28</v>
       </c>
       <c r="K403" t="s">
         <v>28</v>
       </c>
       <c r="L403" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M403" t="s">
         <v>28</v>
       </c>
       <c r="N403" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O403">
-        <v>275300009547</v>
+        <v>275541462717</v>
       </c>
       <c r="P403" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q403" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R403"/>
       <c r="S403"/>
       <c r="T403"/>
       <c r="U403" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="404" spans="1:21">
       <c r="A404" t="s">
         <v>21</v>
       </c>
       <c r="B404" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
       <c r="C404" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="D404">
-        <v>535109</v>
+        <v>535393</v>
       </c>
       <c r="E404" t="s">
-        <v>1889</v>
+        <v>1901</v>
       </c>
       <c r="F404" t="s">
         <v>25</v>
       </c>
       <c r="G404" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="H404">
-        <v>99</v>
+        <v>41.4</v>
       </c>
       <c r="I404" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="J404" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K404" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L404" t="s">
+        <v>43</v>
+      </c>
+      <c r="M404" t="s">
+        <v>44</v>
+      </c>
+      <c r="N404" t="s">
+        <v>31</v>
+      </c>
+      <c r="O404"/>
+      <c r="P404" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>33</v>
+      </c>
+      <c r="R404" t="s">
         <v>45</v>
       </c>
-      <c r="M404" t="s">
-[...16 lines deleted...]
-      <c r="T404"/>
+      <c r="S404" t="s">
+        <v>66</v>
+      </c>
+      <c r="T404" t="s">
+        <v>580</v>
+      </c>
       <c r="U404" t="s">
-        <v>31</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="405" spans="1:21">
       <c r="A405" t="s">
         <v>21</v>
       </c>
       <c r="B405" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="C405" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="D405">
-        <v>534624</v>
+        <v>535256</v>
       </c>
       <c r="E405" t="s">
-        <v>31</v>
+        <v>1907</v>
       </c>
       <c r="F405" t="s">
         <v>25</v>
       </c>
-      <c r="G405"/>
+      <c r="G405" t="s">
+        <v>1908</v>
+      </c>
       <c r="H405">
-        <v>0</v>
+        <v>74.8</v>
       </c>
       <c r="I405" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-      <c r="K405"/>
+        <v>1582</v>
+      </c>
+      <c r="J405" t="s">
+        <v>28</v>
+      </c>
+      <c r="K405" t="s">
+        <v>28</v>
+      </c>
       <c r="L405" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M405" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-      <c r="O405"/>
+        <v>28</v>
+      </c>
+      <c r="N405" t="s">
+        <v>31</v>
+      </c>
+      <c r="O405">
+        <v>275383250351</v>
+      </c>
       <c r="P405" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q405" t="s">
-        <v>572</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R405"/>
+      <c r="S405"/>
+      <c r="T405"/>
       <c r="U405" t="s">
-        <v>1903</v>
+        <v>32</v>
       </c>
     </row>
     <row r="406" spans="1:21">
       <c r="A406" t="s">
         <v>21</v>
       </c>
       <c r="B406" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="C406" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="D406">
-        <v>534623</v>
+        <v>535179</v>
       </c>
       <c r="E406" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="F406" t="s">
         <v>25</v>
       </c>
       <c r="G406" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="H406">
-        <v>59</v>
+        <v>180.6</v>
       </c>
       <c r="I406" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="J406" t="s">
         <v>28</v>
       </c>
       <c r="K406" t="s">
         <v>28</v>
       </c>
       <c r="L406" t="s">
+        <v>43</v>
+      </c>
+      <c r="M406" t="s">
+        <v>44</v>
+      </c>
+      <c r="N406" t="s">
+        <v>31</v>
+      </c>
+      <c r="O406">
+        <v>275383343021</v>
+      </c>
+      <c r="P406" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>33</v>
+      </c>
+      <c r="R406" t="s">
         <v>45</v>
       </c>
-      <c r="M406" t="s">
-[...16 lines deleted...]
-      <c r="T406"/>
+      <c r="S406" t="s">
+        <v>66</v>
+      </c>
+      <c r="T406" t="s">
+        <v>580</v>
+      </c>
       <c r="U406" t="s">
-        <v>31</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="407" spans="1:21">
       <c r="A407" t="s">
         <v>21</v>
       </c>
       <c r="B407" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="C407" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="D407">
-        <v>534577</v>
+        <v>535174</v>
       </c>
       <c r="E407" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="F407" t="s">
         <v>25</v>
       </c>
       <c r="G407" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="H407">
-        <v>89</v>
+        <v>74.8</v>
       </c>
       <c r="I407" t="s">
-        <v>1341</v>
+        <v>1582</v>
       </c>
       <c r="J407" t="s">
         <v>28</v>
       </c>
       <c r="K407" t="s">
         <v>28</v>
       </c>
       <c r="L407" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M407" t="s">
         <v>28</v>
       </c>
       <c r="N407" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O407">
-        <v>274926047754</v>
+        <v>275383454282</v>
       </c>
       <c r="P407" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q407" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R407"/>
       <c r="S407"/>
       <c r="T407"/>
       <c r="U407" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="408" spans="1:21">
       <c r="A408" t="s">
         <v>21</v>
       </c>
       <c r="B408" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="C408" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="D408">
-        <v>534553</v>
+        <v>535173</v>
       </c>
       <c r="E408" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
       <c r="F408" t="s">
         <v>25</v>
       </c>
       <c r="G408" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="H408">
-        <v>99</v>
+        <v>245</v>
       </c>
       <c r="I408" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="J408" t="s">
         <v>28</v>
       </c>
       <c r="K408" t="s">
         <v>28</v>
       </c>
       <c r="L408" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M408" t="s">
         <v>28</v>
       </c>
       <c r="N408" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O408">
-        <v>274839509490</v>
+        <v>275385550856</v>
       </c>
       <c r="P408" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q408" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R408"/>
       <c r="S408"/>
       <c r="T408"/>
       <c r="U408" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="409" spans="1:21">
       <c r="A409" t="s">
         <v>21</v>
       </c>
       <c r="B409" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="C409" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="D409">
-        <v>534532</v>
+        <v>535161</v>
       </c>
       <c r="E409" t="s">
-        <v>1914</v>
+        <v>1924</v>
       </c>
       <c r="F409" t="s">
         <v>25</v>
       </c>
       <c r="G409" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="H409">
-        <v>99</v>
+        <v>38.5</v>
       </c>
       <c r="I409" t="s">
-        <v>1920</v>
+        <v>1490</v>
       </c>
       <c r="J409" t="s">
         <v>28</v>
       </c>
       <c r="K409" t="s">
         <v>28</v>
       </c>
       <c r="L409" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M409" t="s">
         <v>28</v>
       </c>
       <c r="N409" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O409">
-        <v>274841965700</v>
+        <v>275385474302</v>
       </c>
       <c r="P409" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q409" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R409"/>
       <c r="S409"/>
       <c r="T409"/>
       <c r="U409" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="410" spans="1:21">
       <c r="A410" t="s">
         <v>21</v>
       </c>
       <c r="B410" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="C410" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="D410">
-        <v>534386</v>
+        <v>535110</v>
       </c>
       <c r="E410" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="F410" t="s">
         <v>25</v>
       </c>
       <c r="G410" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="H410">
-        <v>78.8</v>
+        <v>259.1</v>
       </c>
       <c r="I410" t="s">
-        <v>1741</v>
+        <v>1929</v>
       </c>
       <c r="J410" t="s">
         <v>28</v>
       </c>
       <c r="K410" t="s">
         <v>28</v>
       </c>
       <c r="L410" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M410" t="s">
         <v>28</v>
       </c>
       <c r="N410" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O410">
-        <v>274699640488</v>
+        <v>275300009547</v>
       </c>
       <c r="P410" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q410" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R410"/>
       <c r="S410"/>
       <c r="T410"/>
       <c r="U410" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="411" spans="1:21">
       <c r="A411" t="s">
         <v>21</v>
       </c>
       <c r="B411" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="C411" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="D411">
-        <v>534360</v>
+        <v>535109</v>
       </c>
       <c r="E411" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="F411" t="s">
         <v>25</v>
       </c>
       <c r="G411" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="H411">
-        <v>59.2</v>
+        <v>99</v>
       </c>
       <c r="I411" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="J411" t="s">
         <v>28</v>
       </c>
       <c r="K411" t="s">
         <v>28</v>
       </c>
       <c r="L411" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M411" t="s">
         <v>28</v>
       </c>
       <c r="N411" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O411">
-        <v>274666978087</v>
+        <v>275299948563</v>
       </c>
       <c r="P411" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q411" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R411"/>
       <c r="S411"/>
       <c r="T411"/>
       <c r="U411" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="412" spans="1:21">
       <c r="A412" t="s">
         <v>21</v>
       </c>
       <c r="B412" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="C412" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="D412">
-        <v>534345</v>
+        <v>534624</v>
       </c>
       <c r="E412" t="s">
-        <v>1927</v>
+        <v>32</v>
       </c>
       <c r="F412" t="s">
         <v>25</v>
       </c>
-      <c r="G412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G412"/>
       <c r="H412">
-        <v>77.5</v>
+        <v>0</v>
       </c>
       <c r="I412" t="s">
-        <v>1933</v>
-[...6 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="J412"/>
+      <c r="K412"/>
       <c r="L412" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M412" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="N412"/>
       <c r="O412"/>
       <c r="P412" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q412" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="R412" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="S412" t="s">
-        <v>48</v>
+        <v>1936</v>
       </c>
       <c r="T412" t="s">
-        <v>542</v>
+        <v>1937</v>
       </c>
       <c r="U412" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="413" spans="1:21">
       <c r="A413" t="s">
         <v>21</v>
       </c>
       <c r="B413" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="C413" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="D413">
-        <v>534181</v>
+        <v>534623</v>
       </c>
       <c r="E413" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="F413" t="s">
-        <v>1938</v>
-[...2 lines deleted...]
-        <v>10828985</v>
+        <v>25</v>
+      </c>
+      <c r="G413" t="s">
+        <v>1942</v>
       </c>
       <c r="H413">
-        <v>77.5</v>
+        <v>59</v>
       </c>
       <c r="I413" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="J413" t="s">
         <v>28</v>
       </c>
       <c r="K413" t="s">
-        <v>488</v>
+        <v>28</v>
       </c>
       <c r="L413" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M413" t="s">
         <v>28</v>
       </c>
-      <c r="N413"/>
-[...1 lines deleted...]
-      <c r="P413"/>
+      <c r="N413" t="s">
+        <v>31</v>
+      </c>
+      <c r="O413">
+        <v>274923456290</v>
+      </c>
+      <c r="P413" t="s">
+        <v>32</v>
+      </c>
       <c r="Q413" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R413"/>
       <c r="S413"/>
       <c r="T413"/>
       <c r="U413" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="414" spans="1:21">
       <c r="A414" t="s">
         <v>21</v>
       </c>
       <c r="B414" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="C414" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D414">
+        <v>534577</v>
+      </c>
+      <c r="E414" t="s">
         <v>1941</v>
       </c>
-      <c r="D414">
-[...4 lines deleted...]
-      </c>
       <c r="F414" t="s">
         <v>25</v>
       </c>
       <c r="G414" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="H414">
-        <v>124.9</v>
+        <v>89</v>
       </c>
       <c r="I414" t="s">
-        <v>1944</v>
+        <v>1378</v>
       </c>
       <c r="J414" t="s">
         <v>28</v>
       </c>
       <c r="K414" t="s">
         <v>28</v>
       </c>
       <c r="L414" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M414" t="s">
         <v>28</v>
       </c>
       <c r="N414" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O414">
-        <v>274611305630</v>
+        <v>274926047754</v>
       </c>
       <c r="P414" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q414" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R414"/>
       <c r="S414"/>
       <c r="T414"/>
       <c r="U414" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="415" spans="1:21">
       <c r="A415" t="s">
         <v>21</v>
       </c>
       <c r="B415" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="C415" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="D415">
-        <v>534136</v>
+        <v>534553</v>
       </c>
       <c r="E415" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="F415" t="s">
         <v>25</v>
       </c>
       <c r="G415" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="H415">
-        <v>80.4</v>
+        <v>99</v>
       </c>
       <c r="I415" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="J415" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K415" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L415" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M415" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="N415" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O415"/>
+        <v>31</v>
+      </c>
+      <c r="O415">
+        <v>274839509490</v>
+      </c>
       <c r="P415" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q415" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R415"/>
+      <c r="S415"/>
+      <c r="T415"/>
       <c r="U415" t="s">
-        <v>1950</v>
+        <v>32</v>
       </c>
     </row>
     <row r="416" spans="1:21">
       <c r="A416" t="s">
         <v>21</v>
       </c>
       <c r="B416" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="C416" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="D416">
-        <v>534043</v>
+        <v>534532</v>
       </c>
       <c r="E416" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="F416" t="s">
         <v>25</v>
       </c>
       <c r="G416" t="s">
         <v>1954</v>
       </c>
       <c r="H416">
-        <v>300.9</v>
+        <v>99</v>
       </c>
       <c r="I416" t="s">
         <v>1955</v>
       </c>
       <c r="J416" t="s">
         <v>28</v>
       </c>
       <c r="K416" t="s">
         <v>28</v>
       </c>
       <c r="L416" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M416" t="s">
         <v>28</v>
       </c>
       <c r="N416" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O416">
-        <v>274437858481</v>
+        <v>274841965700</v>
       </c>
       <c r="P416" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q416" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R416"/>
       <c r="S416"/>
       <c r="T416"/>
       <c r="U416" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="417" spans="1:21">
       <c r="A417" t="s">
         <v>21</v>
       </c>
       <c r="B417" t="s">
         <v>1956</v>
       </c>
       <c r="C417" t="s">
         <v>1957</v>
       </c>
       <c r="D417">
-        <v>533818</v>
+        <v>534386</v>
       </c>
       <c r="E417" t="s">
         <v>1958</v>
       </c>
       <c r="F417" t="s">
         <v>25</v>
       </c>
       <c r="G417" t="s">
         <v>1959</v>
       </c>
       <c r="H417">
-        <v>16.2</v>
+        <v>78.8</v>
       </c>
       <c r="I417" t="s">
-        <v>1960</v>
+        <v>1778</v>
       </c>
       <c r="J417" t="s">
         <v>28</v>
       </c>
       <c r="K417" t="s">
         <v>28</v>
       </c>
       <c r="L417" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M417" t="s">
         <v>28</v>
       </c>
       <c r="N417" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O417">
-        <v>274289135807</v>
+        <v>274699640488</v>
       </c>
       <c r="P417" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q417" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R417"/>
       <c r="S417"/>
       <c r="T417"/>
       <c r="U417" t="s">
-        <v>31</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="418" spans="1:21">
+      <c r="A418" t="s">
+        <v>21</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D418">
+        <v>534360</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F418" t="s">
+        <v>25</v>
+      </c>
+      <c r="G418" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H418">
+        <v>59.2</v>
+      </c>
+      <c r="I418" t="s">
+        <v>1964</v>
+      </c>
+      <c r="J418" t="s">
+        <v>28</v>
+      </c>
+      <c r="K418" t="s">
+        <v>28</v>
+      </c>
+      <c r="L418" t="s">
+        <v>43</v>
+      </c>
+      <c r="M418" t="s">
+        <v>28</v>
+      </c>
+      <c r="N418" t="s">
+        <v>31</v>
+      </c>
+      <c r="O418">
+        <v>274666978087</v>
+      </c>
+      <c r="P418" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>33</v>
+      </c>
+      <c r="R418"/>
+      <c r="S418"/>
+      <c r="T418"/>
+      <c r="U418" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="419" spans="1:21">
+      <c r="A419" t="s">
+        <v>21</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D419">
+        <v>534345</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F419" t="s">
+        <v>25</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H419">
+        <v>77.5</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J419" t="s">
+        <v>54</v>
+      </c>
+      <c r="K419" t="s">
+        <v>54</v>
+      </c>
+      <c r="L419" t="s">
+        <v>43</v>
+      </c>
+      <c r="M419" t="s">
+        <v>44</v>
+      </c>
+      <c r="N419" t="s">
+        <v>31</v>
+      </c>
+      <c r="O419"/>
+      <c r="P419" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>33</v>
+      </c>
+      <c r="R419" t="s">
+        <v>45</v>
+      </c>
+      <c r="S419" t="s">
+        <v>66</v>
+      </c>
+      <c r="T419" t="s">
+        <v>580</v>
+      </c>
+      <c r="U419" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="420" spans="1:21">
+      <c r="A420" t="s">
+        <v>21</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D420">
+        <v>534181</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1972</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1973</v>
+      </c>
+      <c r="G420">
+        <v>10828985</v>
+      </c>
+      <c r="H420">
+        <v>77.5</v>
+      </c>
+      <c r="I420" t="s">
+        <v>1974</v>
+      </c>
+      <c r="J420" t="s">
+        <v>28</v>
+      </c>
+      <c r="K420" t="s">
+        <v>526</v>
+      </c>
+      <c r="L420" t="s">
+        <v>43</v>
+      </c>
+      <c r="M420" t="s">
+        <v>28</v>
+      </c>
+      <c r="N420"/>
+      <c r="O420"/>
+      <c r="P420"/>
+      <c r="Q420" t="s">
+        <v>33</v>
+      </c>
+      <c r="R420"/>
+      <c r="S420"/>
+      <c r="T420"/>
+      <c r="U420" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="421" spans="1:21">
+      <c r="A421" t="s">
+        <v>21</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D421">
+        <v>534152</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F421" t="s">
+        <v>25</v>
+      </c>
+      <c r="G421" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H421">
+        <v>124.9</v>
+      </c>
+      <c r="I421" t="s">
+        <v>1979</v>
+      </c>
+      <c r="J421" t="s">
+        <v>28</v>
+      </c>
+      <c r="K421" t="s">
+        <v>28</v>
+      </c>
+      <c r="L421" t="s">
+        <v>43</v>
+      </c>
+      <c r="M421" t="s">
+        <v>28</v>
+      </c>
+      <c r="N421" t="s">
+        <v>31</v>
+      </c>
+      <c r="O421">
+        <v>274611305630</v>
+      </c>
+      <c r="P421" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>33</v>
+      </c>
+      <c r="R421"/>
+      <c r="S421"/>
+      <c r="T421"/>
+      <c r="U421" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="422" spans="1:21">
+      <c r="A422" t="s">
+        <v>21</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D422">
+        <v>534136</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F422" t="s">
+        <v>25</v>
+      </c>
+      <c r="G422" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H422">
+        <v>80.4</v>
+      </c>
+      <c r="I422" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J422" t="s">
+        <v>54</v>
+      </c>
+      <c r="K422" t="s">
+        <v>54</v>
+      </c>
+      <c r="L422" t="s">
+        <v>43</v>
+      </c>
+      <c r="M422" t="s">
+        <v>44</v>
+      </c>
+      <c r="N422" t="s">
+        <v>31</v>
+      </c>
+      <c r="O422"/>
+      <c r="P422" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>33</v>
+      </c>
+      <c r="R422" t="s">
+        <v>45</v>
+      </c>
+      <c r="S422" t="s">
+        <v>66</v>
+      </c>
+      <c r="T422" t="s">
+        <v>580</v>
+      </c>
+      <c r="U422" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="423" spans="1:21">
+      <c r="A423" t="s">
+        <v>21</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D423">
+        <v>534043</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F423" t="s">
+        <v>25</v>
+      </c>
+      <c r="G423" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H423">
+        <v>300.9</v>
+      </c>
+      <c r="I423" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J423" t="s">
+        <v>28</v>
+      </c>
+      <c r="K423" t="s">
+        <v>28</v>
+      </c>
+      <c r="L423" t="s">
+        <v>43</v>
+      </c>
+      <c r="M423" t="s">
+        <v>28</v>
+      </c>
+      <c r="N423" t="s">
+        <v>31</v>
+      </c>
+      <c r="O423">
+        <v>274437858481</v>
+      </c>
+      <c r="P423" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>33</v>
+      </c>
+      <c r="R423"/>
+      <c r="S423"/>
+      <c r="T423"/>
+      <c r="U423" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="424" spans="1:21">
+      <c r="A424" t="s">
+        <v>21</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D424">
+        <v>533818</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F424" t="s">
+        <v>25</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H424">
+        <v>16.2</v>
+      </c>
+      <c r="I424" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J424" t="s">
+        <v>28</v>
+      </c>
+      <c r="K424" t="s">
+        <v>28</v>
+      </c>
+      <c r="L424" t="s">
+        <v>43</v>
+      </c>
+      <c r="M424" t="s">
+        <v>28</v>
+      </c>
+      <c r="N424" t="s">
+        <v>31</v>
+      </c>
+      <c r="O424">
+        <v>274289135807</v>
+      </c>
+      <c r="P424" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>33</v>
+      </c>
+      <c r="R424"/>
+      <c r="S424"/>
+      <c r="T424"/>
+      <c r="U424" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">