--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,111 +80,126 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2025-10-16 00:14:55</t>
+  </si>
+  <si>
+    <t>7339189901-A</t>
+  </si>
+  <si>
+    <t>2025-10-16 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11423422</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:08:52</t>
+  </si>
+  <si>
     <t>2025-10-01 02:31:53</t>
   </si>
   <si>
     <t>7326910001-A</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11417239</t>
   </si>
   <si>
     <t>/BB0072S-30008290-001-00011</t>
   </si>
   <si>
-    <t>Pending</t>
-[...14 lines deleted...]
-    <t>automatic</t>
+    <t>2025-11-11 16:03:53</t>
   </si>
   <si>
     <t>2025-07-15 16:37:29</t>
   </si>
   <si>
     <t>7238458501-A</t>
   </si>
   <si>
     <t>2025-07-15 00:00:00</t>
   </si>
   <si>
     <t>/11352998</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-08-01 17:11:42</t>
   </si>
   <si>
     <t>2025-06-28 02:18:29</t>
   </si>
   <si>
     <t>7192613101-A</t>
   </si>
   <si>
     <t>2025-06-29 00:00:00</t>
   </si>
   <si>
     <t>/11345363</t>
   </si>
   <si>
     <t>/PJ0030O-30006264-004-01130</t>
   </si>
   <si>
     <t xml:space="preserve">COMENTARIO: "Orden no despachada por Merchant"							</t>
   </si>
   <si>
     <t>2025-07-17 16:53:21</t>
   </si>
@@ -553,51 +568,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U6"/>
+  <dimension ref="A1:U7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -637,346 +652,415 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594526</v>
+        <v>595023</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>94.2</v>
+        <v>10.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
-      <c r="R2"/>
-[...1 lines deleted...]
-      <c r="T2"/>
+      <c r="R2" t="s">
+        <v>34</v>
+      </c>
+      <c r="S2" t="s">
+        <v>35</v>
+      </c>
+      <c r="T2" t="s">
+        <v>36</v>
+      </c>
       <c r="U2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D3">
-        <v>592223</v>
+        <v>594526</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H3">
-        <v>80.07</v>
+        <v>94.2</v>
       </c>
       <c r="I3" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="T3" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="U3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4">
-        <v>591585</v>
+        <v>592223</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4">
-        <v>21.98</v>
+        <v>80.07</v>
       </c>
       <c r="I4" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="T4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="U4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5">
+        <v>591585</v>
+      </c>
+      <c r="E5" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="H5">
-        <v>430</v>
+        <v>21.98</v>
       </c>
       <c r="I5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="T5" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="U5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>591295</v>
+      </c>
+      <c r="E6" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
+        <v>430</v>
+      </c>
+      <c r="I6" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="M6" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="S6" t="s">
+        <v>35</v>
+      </c>
+      <c r="T6" t="s">
+        <v>36</v>
+      </c>
+      <c r="U6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="T6" t="s">
+      <c r="C7" t="s">
         <v>63</v>
       </c>
-      <c r="U6" t="s">
+      <c r="D7">
+        <v>572645</v>
+      </c>
+      <c r="E7" t="s">
         <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>79.99</v>
+      </c>
+      <c r="I7" t="s">
+        <v>66</v>
+      </c>
+      <c r="J7" t="s">
+        <v>28</v>
+      </c>
+      <c r="K7" t="s">
+        <v>28</v>
+      </c>
+      <c r="L7" t="s">
+        <v>29</v>
+      </c>
+      <c r="M7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>33</v>
+      </c>
+      <c r="R7" t="s">
+        <v>34</v>
+      </c>
+      <c r="S7" t="s">
+        <v>67</v>
+      </c>
+      <c r="T7" t="s">
+        <v>68</v>
+      </c>
+      <c r="U7" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">