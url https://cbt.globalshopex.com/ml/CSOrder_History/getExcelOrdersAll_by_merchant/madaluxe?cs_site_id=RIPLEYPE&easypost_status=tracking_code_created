--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,93 +80,201 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
+    <t>2026-01-08 08:09:59</t>
+  </si>
+  <si>
+    <t>7508120101-A</t>
+  </si>
+  <si>
+    <t>2026-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11461389</t>
+  </si>
+  <si>
+    <t>/GG1082S-30012877-004-60132-NS</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-04 18:40:57</t>
+  </si>
+  <si>
+    <t>7504540601-A</t>
+  </si>
+  <si>
+    <t>2026-01-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11460181</t>
+  </si>
+  <si>
+    <t>/VSP1F2121</t>
+  </si>
+  <si>
+    <t>2025-12-29 22:52:36</t>
+  </si>
+  <si>
+    <t>7498933701-A</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11458324</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-12-30 21:15:46</t>
+  </si>
+  <si>
+    <t>2025-12-27 03:35:16</t>
+  </si>
+  <si>
+    <t>7494621101-A</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11457396</t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-003-00319</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:18:37</t>
+  </si>
+  <si>
+    <t>7493012301-A</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11457152</t>
+  </si>
+  <si>
+    <t>/BB0098S-30008870-001</t>
+  </si>
+  <si>
+    <t>2025-12-02 19:07:17</t>
+  </si>
+  <si>
+    <t>7451822201-A</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446407</t>
+  </si>
+  <si>
+    <t>/PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:09:22</t>
+  </si>
+  <si>
     <t>2025-10-16 00:14:55</t>
   </si>
   <si>
     <t>7339189901-A</t>
   </si>
   <si>
     <t>2025-10-16 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11423422</t>
-  </si>
-[...28 lines deleted...]
-    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-11-11 16:08:52</t>
   </si>
   <si>
     <t>2025-10-01 02:31:53</t>
   </si>
   <si>
     <t>7326910001-A</t>
   </si>
   <si>
     <t>2025-10-01 00:00:00</t>
   </si>
   <si>
     <t>/11417239</t>
   </si>
   <si>
     <t>/BB0072S-30008290-001-00011</t>
   </si>
   <si>
     <t>2025-11-11 16:03:53</t>
   </si>
   <si>
     <t>2025-07-15 16:37:29</t>
   </si>
@@ -568,51 +676,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U7"/>
+  <dimension ref="A1:U13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -652,415 +760,775 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>595023</v>
+        <v>599478</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>10.99</v>
+        <v>119.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
-      <c r="O2"/>
+      <c r="O2">
+        <v>397563979637</v>
+      </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
-      <c r="R2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
       <c r="U2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D3">
-        <v>594526</v>
+        <v>599350</v>
       </c>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H3">
-        <v>94.2</v>
+        <v>99.99</v>
       </c>
       <c r="I3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
-      <c r="O3"/>
+      <c r="O3">
+        <v>397430957454</v>
+      </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
-      <c r="R3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R3"/>
+      <c r="S3"/>
+      <c r="T3"/>
       <c r="U3" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D4">
-        <v>592223</v>
+        <v>599144</v>
       </c>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="H4">
-        <v>80.07</v>
+        <v>99.99</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
-      <c r="O4"/>
+      <c r="O4">
+        <v>397277010877</v>
+      </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="S4" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="T4" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="U4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>50</v>
       </c>
       <c r="D5">
-        <v>591585</v>
+        <v>599042</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5">
-        <v>21.98</v>
+        <v>10.99</v>
       </c>
       <c r="I5" t="s">
         <v>53</v>
       </c>
       <c r="J5" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
-      <c r="R5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
       <c r="U5" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>57</v>
       </c>
       <c r="D6">
-        <v>591295</v>
+        <v>599019</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6">
-        <v>430</v>
+        <v>79.99</v>
       </c>
       <c r="I6" t="s">
         <v>60</v>
       </c>
       <c r="J6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
-      <c r="R6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
       <c r="U6" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
         <v>62</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>597746</v>
+      </c>
+      <c r="E7" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
+        <v>10.99</v>
+      </c>
+      <c r="I7" t="s">
         <v>65</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L7" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M7" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="S7" t="s">
+        <v>66</v>
+      </c>
+      <c r="T7" t="s">
         <v>67</v>
       </c>
-      <c r="T7" t="s">
+      <c r="U7" t="s">
         <v>68</v>
       </c>
-      <c r="U7" t="s">
+    </row>
+    <row r="8" spans="1:21">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" t="s">
         <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8">
+        <v>595023</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8">
+        <v>10.99</v>
+      </c>
+      <c r="I8" t="s">
+        <v>65</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8" t="s">
+        <v>43</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>31</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>33</v>
+      </c>
+      <c r="R8" t="s">
+        <v>45</v>
+      </c>
+      <c r="S8" t="s">
+        <v>66</v>
+      </c>
+      <c r="T8" t="s">
+        <v>67</v>
+      </c>
+      <c r="U8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9">
+        <v>594526</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9">
+        <v>94.2</v>
+      </c>
+      <c r="I9" t="s">
+        <v>78</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>54</v>
+      </c>
+      <c r="L9" t="s">
+        <v>43</v>
+      </c>
+      <c r="M9" t="s">
+        <v>44</v>
+      </c>
+      <c r="N9" t="s">
+        <v>31</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>33</v>
+      </c>
+      <c r="R9" t="s">
+        <v>45</v>
+      </c>
+      <c r="S9" t="s">
+        <v>66</v>
+      </c>
+      <c r="T9" t="s">
+        <v>67</v>
+      </c>
+      <c r="U9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10">
+        <v>592223</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10">
+        <v>80.07</v>
+      </c>
+      <c r="I10" t="s">
+        <v>78</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>54</v>
+      </c>
+      <c r="L10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M10" t="s">
+        <v>44</v>
+      </c>
+      <c r="N10" t="s">
+        <v>31</v>
+      </c>
+      <c r="O10"/>
+      <c r="P10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>33</v>
+      </c>
+      <c r="R10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S10" t="s">
+        <v>66</v>
+      </c>
+      <c r="T10" t="s">
+        <v>67</v>
+      </c>
+      <c r="U10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11">
+        <v>591585</v>
+      </c>
+      <c r="E11" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11">
+        <v>21.98</v>
+      </c>
+      <c r="I11" t="s">
+        <v>89</v>
+      </c>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>54</v>
+      </c>
+      <c r="L11" t="s">
+        <v>43</v>
+      </c>
+      <c r="M11" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" t="s">
+        <v>31</v>
+      </c>
+      <c r="O11"/>
+      <c r="P11" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>33</v>
+      </c>
+      <c r="R11" t="s">
+        <v>45</v>
+      </c>
+      <c r="S11" t="s">
+        <v>66</v>
+      </c>
+      <c r="T11" t="s">
+        <v>90</v>
+      </c>
+      <c r="U11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12">
+        <v>591295</v>
+      </c>
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12">
+        <v>430</v>
+      </c>
+      <c r="I12" t="s">
+        <v>96</v>
+      </c>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>54</v>
+      </c>
+      <c r="L12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
+        <v>31</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>33</v>
+      </c>
+      <c r="R12" t="s">
+        <v>45</v>
+      </c>
+      <c r="S12" t="s">
+        <v>66</v>
+      </c>
+      <c r="T12" t="s">
+        <v>67</v>
+      </c>
+      <c r="U12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
+      <c r="A13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13">
+        <v>572645</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13">
+        <v>79.99</v>
+      </c>
+      <c r="I13" t="s">
+        <v>102</v>
+      </c>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>54</v>
+      </c>
+      <c r="L13" t="s">
+        <v>43</v>
+      </c>
+      <c r="M13" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" t="s">
+        <v>31</v>
+      </c>
+      <c r="O13"/>
+      <c r="P13" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>33</v>
+      </c>
+      <c r="R13" t="s">
+        <v>45</v>
+      </c>
+      <c r="S13" t="s">
+        <v>103</v>
+      </c>
+      <c r="T13" t="s">
+        <v>104</v>
+      </c>
+      <c r="U13" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">