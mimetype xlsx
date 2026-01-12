--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,84 +80,99 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
-    <t>2025-10-01 02:31:53</t>
-[...5 lines deleted...]
-    <t>2025-10-01 00:00:00</t>
+    <t>2025-12-27 03:35:16</t>
+  </si>
+  <si>
+    <t>7494621101-A</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11417239</t>
-[...2 lines deleted...]
-    <t>/BB0072S-30008290-001-00011</t>
+    <t>/11457396</t>
+  </si>
+  <si>
+    <t>/PJ0011O-30000642-003-00319</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-26 13:18:37</t>
+  </si>
+  <si>
+    <t>7493012301-A</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11457152</t>
+  </si>
+  <si>
+    <t>/BB0098S-30008870-001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -460,51 +475,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U2"/>
+  <dimension ref="A1:U3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -544,93 +559,150 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594526</v>
+        <v>599042</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>94.2</v>
+        <v>10.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3">
+        <v>599019</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3">
+        <v>79.99</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3"/>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>33</v>
+      </c>
+      <c r="R3"/>
+      <c r="S3"/>
+      <c r="T3"/>
+      <c r="U3" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>