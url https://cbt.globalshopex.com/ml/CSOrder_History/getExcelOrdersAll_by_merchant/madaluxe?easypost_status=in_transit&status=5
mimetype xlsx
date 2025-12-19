--- v0 (2025-10-15)
+++ v1 (2025-12-19)
@@ -80,93 +80,93 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
-    <t>2025-03-10 02:39:54</t>
-[...2 lines deleted...]
-    <t>2025-03-10 00:00:00</t>
+    <t>2024-10-06 01:43:59</t>
+  </si>
+  <si>
+    <t>2024-10-07 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11290128</t>
-[...5 lines deleted...]
-    <t>Pending</t>
+    <t>/11182752</t>
+  </si>
+  <si>
+    <t>/VSPBH1L21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
   </si>
   <si>
     <t>REFUNDED</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
-[...8 lines deleted...]
-    <t>2025-03-27 16:05:01</t>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
+  </si>
+  <si>
+    <t>2024-10-28 19:51:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -550,86 +550,88 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2">
-        <v>2730062074</v>
+        <v>7220044730</v>
       </c>
       <c r="D2">
-        <v>587786</v>
+        <v>578336</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
-      <c r="O2"/>
+      <c r="O2">
+        <v>280344065019</v>
+      </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
       <c r="U2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">