--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1015">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1042">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -77,665 +77,740 @@
   <si>
     <t>Carrier</t>
   </si>
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
+    <t>ALANISALL</t>
+  </si>
+  <si>
+    <t>2025-11-19 03:00:08</t>
+  </si>
+  <si>
+    <t>AAFFE24F4E878</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2025-11-20 16:23:38</t>
+  </si>
+  <si>
+    <t>FALABELLAPE</t>
+  </si>
+  <si>
+    <t>2025-11-07 10:03:53</t>
+  </si>
+  <si>
+    <t>/VSPOQ2G21</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:13</t>
+  </si>
+  <si>
+    <t>2025-11-07 02:45:05</t>
+  </si>
+  <si>
+    <t>AC9998B6530FF</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11432824</t>
+  </si>
+  <si>
+    <t>/SL301LOULO-30007818-003-00285-NS</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:04:19</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:38:06</t>
+  </si>
+  <si>
+    <t>/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:46</t>
+  </si>
+  <si>
+    <t>ALANISALLTEST</t>
+  </si>
+  <si>
+    <t>2025-09-02 04:46:55</t>
+  </si>
+  <si>
+    <t>A12D3081A6E1C</t>
+  </si>
+  <si>
+    <t>/01F933-763229-M-60010-7/01F933-763229-M-60010-8</t>
+  </si>
+  <si>
+    <t>cancelled</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cancelled </t>
+  </si>
+  <si>
     <t>FALABELLACL</t>
   </si>
   <si>
     <t>2025-08-29 19:22:17</t>
   </si>
   <si>
-    <t>--</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPLM4421</t>
   </si>
   <si>
-    <t>canceled</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">	COMENTARIO: "Orden no comprada"						</t>
   </si>
   <si>
     <t>2025-09-17 20:10:13</t>
   </si>
   <si>
     <t>2025-08-27 20:21:09</t>
   </si>
   <si>
     <t>/VSPCD2P21/VSP216621</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-17 20:10:16</t>
   </si>
   <si>
-    <t>ALANISALLTEST</t>
+    <t>2025-07-31 04:34:45</t>
+  </si>
+  <si>
+    <t>TESTAF03E3C62A4AC</t>
+  </si>
+  <si>
+    <t>2025-07-25 05:10:02</t>
+  </si>
+  <si>
+    <t>TESTA4C077CD3E98F</t>
+  </si>
+  <si>
+    <t>2025-07-25 04:49:07</t>
+  </si>
+  <si>
+    <t>TESTAC90B40D5B145</t>
+  </si>
+  <si>
+    <t>/GG0388SA-30005998-001/GG0388SA-30005998-004</t>
+  </si>
+  <si>
+    <t>2025-07-25 04:48:11</t>
+  </si>
+  <si>
+    <t>TESTA5EBC09436D19</t>
   </si>
   <si>
     <t>2025-07-24 05:27:26</t>
   </si>
   <si>
     <t>TESTAEC116D9D28A3</t>
   </si>
   <si>
-    <t>/GG0388SA-30005998-001/GG0388SA-30005998-004</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-06-07 09:05:25</t>
   </si>
   <si>
     <t>/VSPCD2P21</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2025-06-09 21:36:14</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
     <t>2025-06-05 17:26:29</t>
   </si>
   <si>
     <t>7165432201-A</t>
   </si>
   <si>
     <t>2025-06-05 00:00:00</t>
   </si>
   <si>
     <t>/11333394</t>
   </si>
   <si>
     <t>/BB0098S-30008870-001</t>
   </si>
   <si>
-    <t>Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>CLOSED</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, )</t>
-[...5 lines deleted...]
-    <t>automatic</t>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-07-17 17:23:49</t>
+  </si>
+  <si>
+    <t>LIVERPOOLMX</t>
+  </si>
+  <si>
+    <t>2025-05-25 09:30:24</t>
+  </si>
+  <si>
+    <t>/VSPOQ1T21</t>
+  </si>
+  <si>
+    <t>REFUNDED</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, total different, )</t>
+  </si>
+  <si>
+    <t>2025-05-26 19:01:12</t>
+  </si>
+  <si>
+    <t>2025-05-23 14:51:57</t>
+  </si>
+  <si>
+    <t>7150985801-A</t>
+  </si>
+  <si>
+    <t>2025-05-23 00:00:00</t>
+  </si>
+  <si>
+    <t>/11327300</t>
+  </si>
+  <si>
+    <t>/PJ0005O-30000638-002-50032/PJ0030O-30006264-002-60027/PJ0018O-30002081-007-80099</t>
+  </si>
+  <si>
+    <t>2025-07-03 17:16:24</t>
+  </si>
+  <si>
+    <t>LINIOCL</t>
+  </si>
+  <si>
+    <t>2025-05-20 16:46:51</t>
+  </si>
+  <si>
+    <t>/VSPOY8521</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						COMENTARIO: "Orden no despachada por Merchant"	</t>
+  </si>
+  <si>
+    <t>2025-05-22 16:22:44</t>
+  </si>
+  <si>
+    <t>2025-05-20 12:53:34</t>
+  </si>
+  <si>
+    <t>2025-05-20 00:00:00</t>
+  </si>
+  <si>
+    <t>/11326145</t>
+  </si>
+  <si>
+    <t>/VSPBH8321</t>
+  </si>
+  <si>
+    <t>2025-05-28 18:24:20</t>
+  </si>
+  <si>
+    <t>2025-05-09 05:55:54</t>
+  </si>
+  <si>
+    <t>2025-05-09 00:00:00</t>
+  </si>
+  <si>
+    <t>/11321496</t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>2025-05-12 21:32:07</t>
+  </si>
+  <si>
+    <t>2025-05-06 00:38:33</t>
+  </si>
+  <si>
+    <t>7131626901-A</t>
+  </si>
+  <si>
+    <t>2025-05-06 00:00:00</t>
+  </si>
+  <si>
+    <t>/11319875</t>
+  </si>
+  <si>
+    <t>/BB0072S-30008290-001-00011</t>
+  </si>
+  <si>
+    <t>2025-06-16 20:05:14</t>
+  </si>
+  <si>
+    <t>2025-04-30 13:01:58</t>
+  </si>
+  <si>
+    <t>2025-05-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11318307</t>
+  </si>
+  <si>
+    <t>/VSP970721/VSPCD2H21</t>
+  </si>
+  <si>
+    <t>2025-05-14 18:59:02</t>
+  </si>
+  <si>
+    <t>2025-04-26 20:26:35</t>
+  </si>
+  <si>
+    <t>/11318306</t>
+  </si>
+  <si>
+    <t>/VSP647621</t>
+  </si>
+  <si>
+    <t>2025-05-05 18:06:09</t>
+  </si>
+  <si>
+    <t>LINIOPE</t>
+  </si>
+  <si>
+    <t>2025-04-24 22:40:40</t>
+  </si>
+  <si>
+    <t>/VSP263321</t>
+  </si>
+  <si>
+    <t>2025-04-25 15:41:16</t>
+  </si>
+  <si>
+    <t>2025-04-23 04:21:58</t>
+  </si>
+  <si>
+    <t>/11318305</t>
+  </si>
+  <si>
+    <t>2025-05-05 18:05:34</t>
+  </si>
+  <si>
+    <t>2025-04-20 22:30:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"						</t>
+  </si>
+  <si>
+    <t>2025-05-05 18:05:01</t>
+  </si>
+  <si>
+    <t>2025-04-18 22:22:18</t>
+  </si>
+  <si>
+    <t>/11318303</t>
+  </si>
+  <si>
+    <t>/VSPCD2E21</t>
+  </si>
+  <si>
+    <t>2025-05-05 18:02:33</t>
+  </si>
+  <si>
+    <t>2025-04-18 01:59:49</t>
+  </si>
+  <si>
+    <t>/11318302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	COMENTARIO: "Orden no despachada por Merchant"</t>
+  </si>
+  <si>
+    <t>2025-05-05 18:00:59</t>
+  </si>
+  <si>
+    <t>2025-04-17 04:20:57</t>
+  </si>
+  <si>
+    <t>2025-04-18 00:00:00</t>
+  </si>
+  <si>
+    <t>/11309864</t>
+  </si>
+  <si>
+    <t>/VSPOQ1G21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-05-02 22:00:44</t>
+  </si>
+  <si>
+    <t>2025-04-14 10:11:57</t>
+  </si>
+  <si>
+    <t>2025-04-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/11308325</t>
+  </si>
+  <si>
+    <t>/VSPHF2221</t>
+  </si>
+  <si>
+    <t>2025-05-02 22:00:33</t>
+  </si>
+  <si>
+    <t>2025-04-11 18:59:49</t>
+  </si>
+  <si>
+    <t>/11318301</t>
+  </si>
+  <si>
+    <t>/VSPOQ8221</t>
+  </si>
+  <si>
+    <t>2025-05-05 17:59:56</t>
+  </si>
+  <si>
+    <t>2025-04-08 10:57:56</t>
+  </si>
+  <si>
+    <t>0260064584</t>
+  </si>
+  <si>
+    <t>2025-04-09 00:00:00</t>
+  </si>
+  <si>
+    <t>/11305717</t>
+  </si>
+  <si>
+    <t>/VSPHF3221</t>
+  </si>
+  <si>
+    <t>2025-04-29 18:07:51</t>
+  </si>
+  <si>
+    <t>2025-04-07 17:09:31</t>
+  </si>
+  <si>
+    <t>7089703601-A</t>
+  </si>
+  <si>
+    <t>2025-04-07 00:00:00</t>
+  </si>
+  <si>
+    <t>/11304940</t>
+  </si>
+  <si>
+    <t>/PWBAA1122</t>
+  </si>
+  <si>
+    <t>2025-05-21 17:15:57</t>
+  </si>
+  <si>
+    <t>2025-03-30 22:22:29</t>
+  </si>
+  <si>
+    <t>/VSPOQ1M21</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, api error, )</t>
+  </si>
+  <si>
+    <t>price_difference</t>
+  </si>
+  <si>
+    <t>2025-04-08 21:21:29</t>
+  </si>
+  <si>
+    <t>2025-03-30 15:40:39</t>
+  </si>
+  <si>
+    <t>2025-03-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11301706</t>
+  </si>
+  <si>
+    <t>/VSP1R2121</t>
+  </si>
+  <si>
+    <t>2025-04-07 14:09:11</t>
+  </si>
+  <si>
+    <t>2025-03-29 06:23:11</t>
+  </si>
+  <si>
+    <t>7062910501-A</t>
+  </si>
+  <si>
+    <t>/11301709</t>
+  </si>
+  <si>
+    <t>/BV1003S-30007850-001-00011-NS</t>
+  </si>
+  <si>
+    <t>2025-04-14 20:25:35</t>
+  </si>
+  <si>
+    <t>2025-03-27 17:00:45</t>
+  </si>
+  <si>
+    <t>2025-03-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11300523</t>
+  </si>
+  <si>
+    <t>delayed</t>
+  </si>
+  <si>
+    <t>2025-04-08 14:41:44</t>
+  </si>
+  <si>
+    <t>2025-03-26 14:40:46</t>
+  </si>
+  <si>
+    <t>2025-03-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11299682</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t>2025-04-08 14:42:45</t>
+  </si>
+  <si>
+    <t>2025-03-25 13:00:47</t>
+  </si>
+  <si>
+    <t>2025-03-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11299232</t>
+  </si>
+  <si>
+    <t>2025-04-04 20:34:29</t>
+  </si>
+  <si>
+    <t>2025-03-25 11:00:31</t>
+  </si>
+  <si>
+    <t>/11299054</t>
+  </si>
+  <si>
+    <t>2025-03-27 17:13:24</t>
+  </si>
+  <si>
+    <t>2025-03-24 18:20:32</t>
+  </si>
+  <si>
+    <t>/11298789</t>
+  </si>
+  <si>
+    <t>2025-04-04 20:33:53</t>
+  </si>
+  <si>
+    <t>2025-03-22 23:20:31</t>
+  </si>
+  <si>
+    <t>2025-03-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/11298541</t>
+  </si>
+  <si>
+    <t>2025-04-04 20:02:19</t>
+  </si>
+  <si>
+    <t>2025-03-22 23:20:26</t>
+  </si>
+  <si>
+    <t>7047050001-A</t>
+  </si>
+  <si>
+    <t>/11298543</t>
+  </si>
+  <si>
+    <t>/PJ0017OJ-30002303-004-00055</t>
+  </si>
+  <si>
+    <t>2025-03-27 17:36:21</t>
+  </si>
+  <si>
+    <t>2025-03-17 17:36:11</t>
+  </si>
+  <si>
+    <t>7040384601-A</t>
+  </si>
+  <si>
+    <t>2025-03-17 00:00:00</t>
+  </si>
+  <si>
+    <t>/11294448</t>
+  </si>
+  <si>
+    <t>/BB0074S-30008394-001-00011-NS</t>
+  </si>
+  <si>
+    <t>2025-05-05 15:49:47</t>
+  </si>
+  <si>
+    <t>2025-02-27 15:20:43</t>
+  </si>
+  <si>
+    <t>2025-02-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11284038</t>
+  </si>
+  <si>
+    <t>2025-03-13 15:38:03</t>
+  </si>
+  <si>
+    <t>2025-01-31 14:40:40</t>
+  </si>
+  <si>
+    <t>2025-01-31 00:00:00</t>
+  </si>
+  <si>
+    <t>/11265407</t>
+  </si>
+  <si>
+    <t>2025-02-06 14:38:52</t>
+  </si>
+  <si>
+    <t>2025-01-30 06:50:49</t>
+  </si>
+  <si>
+    <t>2025-01-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11264722</t>
+  </si>
+  <si>
+    <t>/VSPQ15021</t>
+  </si>
+  <si>
+    <t>2025-02-04 19:13:52</t>
+  </si>
+  <si>
+    <t>INTERCORPPE</t>
+  </si>
+  <si>
+    <t>2024-12-30 08:46:52</t>
+  </si>
+  <si>
+    <t>1487621037855-01</t>
+  </si>
+  <si>
+    <t>/VSPBH9021</t>
   </si>
   <si>
     <t>Merchant info  - Waiting local Tracking Number</t>
   </si>
   <si>
-    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
-[...502 lines deleted...]
-  <si>
     <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
   </si>
   <si>
     <t>2025-01-06 17:24:20</t>
   </si>
   <si>
     <t>2024-12-29 03:15:02</t>
   </si>
   <si>
     <t>0130055550</t>
   </si>
   <si>
     <t>2024-12-29 00:00:00</t>
   </si>
   <si>
     <t>/11244354</t>
   </si>
   <si>
     <t>/VSPCD2L21</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
   </si>
   <si>
     <t>2024-12-30 21:20:16</t>
@@ -896,56 +971,59 @@
   <si>
     <t>/VSPOY9921</t>
   </si>
   <si>
     <t>2024-12-11 16:38:10</t>
   </si>
   <si>
     <t>2024-11-29 07:30:49</t>
   </si>
   <si>
     <t>2024-11-29 00:00:00</t>
   </si>
   <si>
     <t>/11216863</t>
   </si>
   <si>
     <t>/VSPBH1B21</t>
   </si>
   <si>
     <t>2024-12-04 21:12:47</t>
   </si>
   <si>
     <t>2024-11-01 05:36:35</t>
   </si>
   <si>
+    <t>TEST2100009717434332</t>
+  </si>
+  <si>
+    <t>/VSP1F2621</t>
+  </si>
+  <si>
     <t>TEST2110009717434332</t>
   </si>
   <si>
-    <t>/VSP1F2621</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-31 15:20:56</t>
   </si>
   <si>
     <t>2024-10-31 00:00:00</t>
   </si>
   <si>
     <t>/11196473</t>
   </si>
   <si>
     <t>/GG1149S-30012724-006-70374-NS</t>
   </si>
   <si>
     <t>2024-11-04 20:24:10</t>
   </si>
   <si>
     <t>2024-10-19 18:20:43</t>
   </si>
   <si>
     <t>2024-10-21 17:07:56</t>
   </si>
   <si>
     <t>2024-10-19 10:39:55</t>
   </si>
   <si>
     <t>2024-10-20 00:00:00</t>
@@ -1031,53 +1109,50 @@
   <si>
     <t>/VSPCD1A21</t>
   </si>
   <si>
     <t>2024-09-09 16:51:55</t>
   </si>
   <si>
     <t>2024-07-26 03:39:26</t>
   </si>
   <si>
     <t>3840032861-A</t>
   </si>
   <si>
     <t>2024-07-26 00:00:00</t>
   </si>
   <si>
     <t>/11146066</t>
   </si>
   <si>
     <t>/VSPOY8321</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
-    <t>In International Hub - OK</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-08-05 21:36:34</t>
   </si>
   <si>
     <t>2024-07-26 03:17:12</t>
   </si>
   <si>
     <t>1980036999-A</t>
   </si>
   <si>
     <t>/11146068</t>
   </si>
   <si>
     <t>/VSPOY5821</t>
   </si>
   <si>
     <t>2024-08-05 21:36:37</t>
   </si>
   <si>
     <t>2024-07-18 17:20:40</t>
   </si>
   <si>
     <t>2024-07-19 00:00:00</t>
   </si>
   <si>
     <t>/11142437</t>
@@ -1454,56 +1529,50 @@
   <si>
     <t>2023-11-26 02:04:44</t>
   </si>
   <si>
     <t>21991554801-A</t>
   </si>
   <si>
     <t>2023-11-26 00:00:00</t>
   </si>
   <si>
     <t>/11027859</t>
   </si>
   <si>
     <t>/VSPEV1021</t>
   </si>
   <si>
     <t xml:space="preserve">					ARREPENTIMIENTO DE COMPRA  - 48 HORAS 		</t>
   </si>
   <si>
     <t>2023-11-27 14:32:56</t>
   </si>
   <si>
     <t>2023-11-24 23:48:25</t>
   </si>
   <si>
-    <t>2023-11-25 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPHJ1821</t>
   </si>
   <si>
     <t xml:space="preserve">				ARREPENTIMIENTO DE COMPRA 			</t>
   </si>
   <si>
     <t>2023-11-29 21:18:32</t>
   </si>
   <si>
     <t>2023-11-21 22:39:25</t>
   </si>
   <si>
     <t>2023-11-22 00:00:00</t>
   </si>
   <si>
     <t>/11025286</t>
   </si>
   <si>
     <t>/SOQ090016</t>
   </si>
   <si>
     <t>2023-11-27 16:26:10</t>
   </si>
   <si>
     <t>2023-11-14 13:42:24</t>
@@ -2118,50 +2187,62 @@
     <t>/10965024</t>
   </si>
   <si>
     <t>/VE3I00522</t>
   </si>
   <si>
     <t>2023-06-01 20:15:48</t>
   </si>
   <si>
     <t>2023-05-31 18:20:16</t>
   </si>
   <si>
     <t>21486865701-A</t>
   </si>
   <si>
     <t>2023-05-31 00:00:00</t>
   </si>
   <si>
     <t>/10964829</t>
   </si>
   <si>
     <t>/VSPOY8721</t>
   </si>
   <si>
     <t>2023-06-01 16:08:54</t>
+  </si>
+  <si>
+    <t>2023-05-29 05:23:21</t>
+  </si>
+  <si>
+    <t>1335741139069-01</t>
+  </si>
+  <si>
+    <t>/VSPOS6621</t>
+  </si>
+  <si>
+    <t>2023-05-29 22:50:59</t>
   </si>
   <si>
     <t>DINERSPE</t>
   </si>
   <si>
     <t>2023-05-29 02:08:46</t>
   </si>
   <si>
     <t>1335540558196-02</t>
   </si>
   <si>
     <t>2023-05-29 00:00:00</t>
   </si>
   <si>
     <t>/10963882</t>
   </si>
   <si>
     <t>/PU0196S-30006180-001</t>
   </si>
   <si>
     <t>Cancelado</t>
   </si>
   <si>
     <t>STOCK - MADALUXE</t>
   </si>
@@ -3403,51 +3484,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U201"/>
+  <dimension ref="A1:U212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3483,12357 +3564,12924 @@
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
-      <c r="C2">
-        <v>2942958894</v>
+      <c r="C2" t="s">
+        <v>23</v>
       </c>
       <c r="D2">
-        <v>593702</v>
+        <v>596657</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G2"/>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="K2"/>
+        <v>26</v>
+      </c>
+      <c r="J2" t="s">
+        <v>27</v>
+      </c>
+      <c r="K2" t="s">
+        <v>27</v>
+      </c>
       <c r="L2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="N2"/>
+        <v>29</v>
+      </c>
+      <c r="N2" t="s">
+        <v>30</v>
+      </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="R2"/>
+        <v>31</v>
+      </c>
+      <c r="R2" t="s">
+        <v>32</v>
+      </c>
       <c r="S2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="U2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C3">
-        <v>2940652802</v>
+        <v>3212101410</v>
       </c>
       <c r="D3">
-        <v>593572</v>
+        <v>595935</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G3"/>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="U3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D4">
-        <v>592509</v>
+        <v>595944</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G4"/>
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
       <c r="H4">
-        <v>0</v>
+        <v>95.99</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="K4"/>
+        <v>48</v>
+      </c>
+      <c r="J4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="M4" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="N4"/>
+        <v>29</v>
+      </c>
+      <c r="N4" t="s">
+        <v>30</v>
+      </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R4"/>
-      <c r="S4"/>
-      <c r="T4"/>
+      <c r="S4" t="s">
+        <v>33</v>
+      </c>
+      <c r="T4" t="s">
+        <v>50</v>
+      </c>
       <c r="U4" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C5">
-        <v>2844805379</v>
+        <v>3211368031</v>
       </c>
       <c r="D5">
-        <v>590959</v>
+        <v>595937</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5"/>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M5" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R5"/>
       <c r="S5" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="U5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D6">
-        <v>590863</v>
+        <v>593738</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G6"/>
       <c r="H6">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="J6"/>
+      <c r="K6"/>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q6" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
       <c r="U6" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C7">
-        <v>8460070731</v>
+        <v>2942958894</v>
       </c>
       <c r="D7">
-        <v>590459</v>
+        <v>593702</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G7"/>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="s">
+        <v>33</v>
+      </c>
+      <c r="T7" t="s">
         <v>65</v>
       </c>
-      <c r="T7" t="s">
+      <c r="U7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8">
+        <v>2940652802</v>
+      </c>
+      <c r="D8">
+        <v>593572</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8">
+        <v>0</v>
+      </c>
+      <c r="I8" t="s">
         <v>68</v>
       </c>
-      <c r="C8" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="J8"/>
+      <c r="K8"/>
       <c r="L8" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M8" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N8"/>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R8"/>
       <c r="S8" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T8" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="U8" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2813375664</v>
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
       </c>
       <c r="D9">
-        <v>590286</v>
+        <v>592762</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G9"/>
       <c r="H9">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="J9"/>
+      <c r="K9"/>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="M9" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q9" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R9"/>
+      <c r="S9"/>
+      <c r="T9"/>
       <c r="U9" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>2813182021</v>
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
       </c>
       <c r="D10">
-        <v>590283</v>
+        <v>592550</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G10"/>
       <c r="H10">
-        <v>87.99</v>
+        <v>0</v>
       </c>
       <c r="I10" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="J10"/>
+      <c r="K10"/>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="M10" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q10" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R10"/>
+      <c r="S10"/>
+      <c r="T10"/>
       <c r="U10" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11">
+        <v>592548</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11" t="s">
+        <v>76</v>
+      </c>
+      <c r="J11"/>
+      <c r="K11"/>
+      <c r="L11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M11" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N11"/>
+      <c r="O11"/>
       <c r="P11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q11" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
       <c r="U11" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="D12">
-        <v>589821</v>
+        <v>592547</v>
       </c>
       <c r="E12" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G12"/>
       <c r="H12">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="I12" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="J12"/>
+      <c r="K12"/>
       <c r="L12" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="M12" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q12" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
       <c r="U12" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13">
+        <v>592509</v>
+      </c>
+      <c r="E13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13">
+        <v>0</v>
+      </c>
+      <c r="I13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="J13"/>
+      <c r="K13"/>
       <c r="L13" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="M13" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q13" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
       <c r="U13" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="C14">
-        <v>2791261132</v>
+        <v>2844805379</v>
       </c>
       <c r="D14">
-        <v>589705</v>
+        <v>590959</v>
       </c>
       <c r="E14" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G14"/>
       <c r="H14">
-        <v>138.4</v>
+        <v>0</v>
       </c>
       <c r="I14" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="J14"/>
+      <c r="K14"/>
       <c r="L14" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="M14" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q14" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R14"/>
       <c r="S14" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T14" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="U14" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>232872632</v>
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
       </c>
       <c r="D15">
-        <v>589354</v>
+        <v>590863</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>25</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
       <c r="H15">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I15" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="K15"/>
+        <v>90</v>
+      </c>
+      <c r="J15" t="s">
+        <v>27</v>
+      </c>
+      <c r="K15" t="s">
+        <v>27</v>
+      </c>
       <c r="L15" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M15" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="N15"/>
+        <v>29</v>
+      </c>
+      <c r="N15" t="s">
+        <v>30</v>
+      </c>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q15" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R15" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S15" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T15" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="U15" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="C16">
-        <v>2787609078</v>
+        <v>8460070731</v>
       </c>
       <c r="D16">
-        <v>589706</v>
+        <v>590459</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="F16" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G16"/>
       <c r="H16">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="J16"/>
+      <c r="K16"/>
       <c r="L16" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="M16" t="s">
+        <v>98</v>
+      </c>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>31</v>
+      </c>
+      <c r="R16"/>
+      <c r="S16" t="s">
+        <v>41</v>
+      </c>
+      <c r="T16" t="s">
         <v>54</v>
       </c>
-      <c r="N16" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="U16" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>2786262061</v>
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
       </c>
       <c r="D17">
-        <v>589707</v>
+        <v>590381</v>
       </c>
       <c r="E17" t="s">
+        <v>102</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" t="s">
         <v>103</v>
       </c>
-      <c r="F17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H17">
-        <v>80.99</v>
+        <v>32.97</v>
       </c>
       <c r="I17" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="J17" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K17" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L17" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="M17" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N17" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O17"/>
       <c r="P17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q17" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R17" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S17" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T17" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="U17" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B18" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="C18">
-        <v>2785288999</v>
+        <v>2813375664</v>
       </c>
       <c r="D18">
-        <v>589708</v>
+        <v>590286</v>
       </c>
       <c r="E18" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="F18" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G18"/>
       <c r="H18">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K18" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L18" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="M18" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N18" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O18"/>
       <c r="P18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q18" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R18" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S18" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T18" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="U18" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C19">
-        <v>2784892161</v>
+        <v>2813182021</v>
       </c>
       <c r="D19">
-        <v>589709</v>
+        <v>590283</v>
       </c>
       <c r="E19" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="F19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="H19">
-        <v>80.99</v>
+        <v>87.99</v>
       </c>
       <c r="I19" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="J19" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K19" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L19" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="M19" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N19" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O19"/>
       <c r="P19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q19" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R19" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S19" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T19" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="U19" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="C20">
-        <v>7830064946</v>
+        <v>8140067824</v>
       </c>
       <c r="D20">
-        <v>589096</v>
+        <v>589953</v>
       </c>
       <c r="E20" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G20" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="H20">
-        <v>63.99</v>
+        <v>80.99</v>
       </c>
       <c r="I20" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="J20" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K20" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L20" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M20" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N20" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O20">
-        <v>287967287937</v>
+        <v>288551798382</v>
       </c>
       <c r="P20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q20" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R20" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S20" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T20" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="U20" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>3900065096</v>
+        <v>123</v>
+      </c>
+      <c r="C21" t="s">
+        <v>124</v>
       </c>
       <c r="D21">
-        <v>589012</v>
+        <v>589821</v>
       </c>
       <c r="E21" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="F21" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="H21">
-        <v>95.99</v>
+        <v>94.2</v>
       </c>
       <c r="I21" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="J21" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K21" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L21" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="M21" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N21" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O21"/>
       <c r="P21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q21" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R21" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S21" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T21" t="s">
-        <v>134</v>
+        <v>50</v>
       </c>
       <c r="U21" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B22" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="C22">
-        <v>2780402506</v>
+        <v>2793997211</v>
       </c>
       <c r="D22">
-        <v>589710</v>
+        <v>589704</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G22" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="H22">
-        <v>52.8</v>
+        <v>279.99</v>
       </c>
       <c r="I22" t="s">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="J22" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K22" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L22" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="M22" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N22" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O22"/>
       <c r="P22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q22" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R22" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S22" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T22" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="U22" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B23" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>134</v>
+      </c>
+      <c r="C23">
+        <v>2791261132</v>
       </c>
       <c r="D23">
-        <v>588797</v>
+        <v>589705</v>
       </c>
       <c r="E23" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="H23">
-        <v>103.99</v>
+        <v>138.4</v>
       </c>
       <c r="I23" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="J23" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K23" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L23" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="M23" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N23" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O23"/>
       <c r="P23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q23" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R23" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S23" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T23" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="U23" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>139</v>
+      </c>
+      <c r="C24">
+        <v>232872632</v>
       </c>
       <c r="D24">
-        <v>588753</v>
+        <v>589354</v>
       </c>
       <c r="E24" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="F24" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G24"/>
       <c r="H24">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="I24" t="s">
-        <v>155</v>
-[...6 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="J24"/>
+      <c r="K24"/>
       <c r="L24" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M24" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q24" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R24" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S24" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T24" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="U24" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="C25">
-        <v>267313232</v>
+        <v>2787609078</v>
       </c>
       <c r="D25">
-        <v>588537</v>
+        <v>589706</v>
       </c>
       <c r="E25" t="s">
-        <v>23</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G25"/>
+        <v>25</v>
+      </c>
+      <c r="G25" t="s">
+        <v>143</v>
+      </c>
       <c r="H25">
-        <v>0</v>
+        <v>80.99</v>
       </c>
       <c r="I25" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-      <c r="K25"/>
+        <v>120</v>
+      </c>
+      <c r="J25" t="s">
+        <v>121</v>
+      </c>
+      <c r="K25" t="s">
+        <v>121</v>
+      </c>
       <c r="L25" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="M25" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="O25"/>
+        <v>29</v>
+      </c>
+      <c r="N25" t="s">
+        <v>30</v>
+      </c>
+      <c r="O25">
+        <v>288366257309</v>
+      </c>
       <c r="P25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q25" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R25" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S25" t="s">
-        <v>160</v>
+        <v>41</v>
       </c>
       <c r="T25" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="U25" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="C26">
-        <v>241513232</v>
+        <v>2786262061</v>
       </c>
       <c r="D26">
-        <v>588529</v>
+        <v>589707</v>
       </c>
       <c r="E26" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="F26" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G26"/>
       <c r="H26">
-        <v>55.2</v>
+        <v>0</v>
       </c>
       <c r="I26" t="s">
-        <v>165</v>
+        <v>120</v>
       </c>
       <c r="J26" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K26" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L26" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="M26" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N26" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O26"/>
+        <v>30</v>
+      </c>
+      <c r="O26">
+        <v>288365662405</v>
+      </c>
       <c r="P26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q26" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R26" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S26" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T26" t="s">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="U26" t="s">
-        <v>166</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>148</v>
+      </c>
+      <c r="C27">
+        <v>2785288999</v>
       </c>
       <c r="D27">
-        <v>588489</v>
+        <v>589708</v>
       </c>
       <c r="E27" t="s">
-        <v>163</v>
+        <v>130</v>
       </c>
       <c r="F27" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G27" t="s">
-        <v>169</v>
+        <v>149</v>
       </c>
       <c r="H27">
-        <v>106.99</v>
+        <v>79.99</v>
       </c>
       <c r="I27" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="J27" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K27" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L27" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="M27" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N27" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O27"/>
+        <v>30</v>
+      </c>
+      <c r="O27">
+        <v>288366902974</v>
+      </c>
       <c r="P27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q27" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R27" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S27" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T27" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="U27" t="s">
-        <v>171</v>
+        <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="C28">
-        <v>256853232</v>
+        <v>2784892161</v>
       </c>
       <c r="D28">
-        <v>588450</v>
+        <v>589709</v>
       </c>
       <c r="E28" t="s">
-        <v>173</v>
+        <v>130</v>
       </c>
       <c r="F28" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G28" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="H28">
-        <v>63.99</v>
+        <v>80.99</v>
       </c>
       <c r="I28" t="s">
-        <v>158</v>
+        <v>120</v>
       </c>
       <c r="J28" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K28" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L28" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="M28" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N28" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O28"/>
+        <v>30</v>
+      </c>
+      <c r="O28">
+        <v>288365991638</v>
+      </c>
       <c r="P28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q28" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R28" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S28" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="T28" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="U28" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>156</v>
       </c>
       <c r="C29">
-        <v>266453232</v>
+        <v>7830064946</v>
       </c>
       <c r="D29">
-        <v>588397</v>
+        <v>589096</v>
       </c>
       <c r="E29" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="F29" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G29" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="H29">
-        <v>59.99</v>
+        <v>63.99</v>
       </c>
       <c r="I29" t="s">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="J29" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K29" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L29" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M29" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N29" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O29"/>
+        <v>30</v>
+      </c>
+      <c r="O29">
+        <v>287967287937</v>
+      </c>
       <c r="P29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q29" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R29" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S29" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="T29" t="s">
-        <v>87</v>
+        <v>160</v>
       </c>
       <c r="U29" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="C30">
-        <v>275773232</v>
+        <v>3900065096</v>
       </c>
       <c r="D30">
-        <v>588355</v>
+        <v>589012</v>
       </c>
       <c r="E30" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="F30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G30" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="H30">
-        <v>63.99</v>
+        <v>95.99</v>
       </c>
       <c r="I30" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="J30" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K30" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L30" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M30" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N30" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O30"/>
+        <v>30</v>
+      </c>
+      <c r="O30">
+        <v>288030355012</v>
+      </c>
       <c r="P30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q30" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R30" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S30" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T30" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="U30" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="C31">
-        <v>215547532</v>
+        <v>2780402506</v>
       </c>
       <c r="D31">
-        <v>588348</v>
+        <v>589710</v>
       </c>
       <c r="E31" t="s">
-        <v>183</v>
+        <v>130</v>
       </c>
       <c r="F31" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="H31">
-        <v>138.4</v>
+        <v>52.8</v>
       </c>
       <c r="I31" t="s">
+        <v>169</v>
+      </c>
+      <c r="J31" t="s">
+        <v>121</v>
+      </c>
+      <c r="K31" t="s">
+        <v>121</v>
+      </c>
+      <c r="L31" t="s">
         <v>109</v>
       </c>
-      <c r="J31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M31" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N31" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O31"/>
+        <v>30</v>
+      </c>
+      <c r="O31">
+        <v>288365822771</v>
+      </c>
       <c r="P31" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q31" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R31" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S31" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T31" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="U31" t="s">
-        <v>188</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>255973232</v>
+        <v>171</v>
+      </c>
+      <c r="C32" t="s">
+        <v>172</v>
       </c>
       <c r="D32">
-        <v>588321</v>
+        <v>588797</v>
       </c>
       <c r="E32" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="H32">
-        <v>59.99</v>
+        <v>103.99</v>
       </c>
       <c r="I32" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="J32" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K32" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L32" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M32" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N32" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O32"/>
+        <v>30</v>
+      </c>
+      <c r="O32">
+        <v>880865681568</v>
+      </c>
       <c r="P32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q32" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R32" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S32" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T32" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="U32" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>267583232</v>
+        <v>177</v>
+      </c>
+      <c r="C33" t="s">
+        <v>178</v>
       </c>
       <c r="D33">
-        <v>588265</v>
+        <v>588753</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="F33" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G33" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="H33">
-        <v>128.99</v>
+        <v>430</v>
       </c>
       <c r="I33" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="J33" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K33" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L33" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M33" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N33" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O33"/>
       <c r="P33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q33" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R33" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S33" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T33" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="U33" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>183</v>
+      </c>
+      <c r="C34">
+        <v>267313232</v>
       </c>
       <c r="D34">
-        <v>588259</v>
+        <v>588537</v>
       </c>
       <c r="E34" t="s">
-        <v>193</v>
+        <v>24</v>
       </c>
       <c r="F34" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G34"/>
       <c r="H34">
-        <v>10.99</v>
+        <v>0</v>
       </c>
       <c r="I34" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="J34"/>
+      <c r="K34"/>
       <c r="L34" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M34" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="N34"/>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q34" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R34" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S34" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="T34" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="U34" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>188</v>
+      </c>
+      <c r="C35">
+        <v>241513232</v>
       </c>
       <c r="D35">
-        <v>588055</v>
+        <v>588529</v>
       </c>
       <c r="E35" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="H35">
-        <v>84.99</v>
+        <v>55.2</v>
       </c>
       <c r="I35" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="J35" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K35" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L35" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M35" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N35" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O35"/>
       <c r="P35" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q35" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R35" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S35" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T35" t="s">
-        <v>58</v>
+        <v>146</v>
       </c>
       <c r="U35" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>265714532</v>
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>194</v>
       </c>
       <c r="D36">
-        <v>587454</v>
+        <v>588489</v>
       </c>
       <c r="E36" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="F36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="H36">
-        <v>138.4</v>
+        <v>106.99</v>
       </c>
       <c r="I36" t="s">
-        <v>109</v>
+        <v>196</v>
       </c>
       <c r="J36" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K36" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L36" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M36" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N36" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O36"/>
       <c r="P36" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q36" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R36" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S36" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T36" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="U36" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="C37">
-        <v>288975732</v>
+        <v>256853232</v>
       </c>
       <c r="D37">
-        <v>586356</v>
+        <v>588450</v>
       </c>
       <c r="E37" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="H37">
-        <v>138.4</v>
+        <v>63.99</v>
       </c>
       <c r="I37" t="s">
-        <v>109</v>
+        <v>184</v>
       </c>
       <c r="J37" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K37" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L37" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M37" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N37" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O37"/>
       <c r="P37" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q37" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R37" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S37" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="T37" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="U37" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="C38">
-        <v>6710059185</v>
+        <v>266453232</v>
       </c>
       <c r="D38">
-        <v>586322</v>
+        <v>588397</v>
       </c>
       <c r="E38" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F38" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="H38">
-        <v>79.2</v>
+        <v>59.99</v>
       </c>
       <c r="I38" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="J38" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K38" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L38" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M38" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N38" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O38"/>
       <c r="P38" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q38" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R38" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S38" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="T38" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="U38" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
-        <v>220</v>
+        <v>138</v>
       </c>
       <c r="B39" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>208</v>
+      </c>
+      <c r="C39">
+        <v>275773232</v>
       </c>
       <c r="D39">
-        <v>584737</v>
+        <v>588355</v>
       </c>
       <c r="E39" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="H39">
-        <v>95.99</v>
+        <v>63.99</v>
       </c>
       <c r="I39" t="s">
-        <v>225</v>
+        <v>184</v>
       </c>
       <c r="J39" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K39" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L39" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M39" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N39" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O39"/>
       <c r="P39" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q39" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R39" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S39" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T39" t="s">
-        <v>226</v>
+        <v>92</v>
       </c>
       <c r="U39" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B40" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>212</v>
+      </c>
+      <c r="C40">
+        <v>215547532</v>
       </c>
       <c r="D40">
-        <v>584603</v>
+        <v>588348</v>
       </c>
       <c r="E40" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="F40" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="H40">
-        <v>120.99</v>
+        <v>138.4</v>
       </c>
       <c r="I40" t="s">
-        <v>232</v>
+        <v>136</v>
       </c>
       <c r="J40" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K40" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L40" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M40" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N40" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O40"/>
       <c r="P40" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q40" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R40" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S40" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T40" t="s">
-        <v>233</v>
+        <v>92</v>
       </c>
       <c r="U40" t="s">
-        <v>234</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>215</v>
       </c>
       <c r="C41">
-        <v>222376732</v>
+        <v>255973232</v>
       </c>
       <c r="D41">
-        <v>584549</v>
+        <v>588321</v>
       </c>
       <c r="E41" t="s">
-        <v>236</v>
+        <v>209</v>
       </c>
       <c r="F41" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G41" t="s">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="H41">
-        <v>71.99</v>
+        <v>59.99</v>
       </c>
       <c r="I41" t="s">
-        <v>238</v>
+        <v>206</v>
       </c>
       <c r="J41" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K41" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L41" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M41" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N41" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q41" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R41" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S41" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T41" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="U41" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="C42">
-        <v>218266732</v>
+        <v>267583232</v>
       </c>
       <c r="D42">
-        <v>584350</v>
+        <v>588265</v>
       </c>
       <c r="E42" t="s">
-        <v>241</v>
+        <v>219</v>
       </c>
       <c r="F42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="H42">
-        <v>88.99</v>
+        <v>128.99</v>
       </c>
       <c r="I42" t="s">
-        <v>243</v>
+        <v>82</v>
       </c>
       <c r="J42" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K42" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L42" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M42" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N42" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O42"/>
       <c r="P42" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q42" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R42" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S42" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T42" t="s">
-        <v>244</v>
+        <v>50</v>
       </c>
       <c r="U42" t="s">
-        <v>245</v>
+        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>1130092607</v>
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
+        <v>223</v>
       </c>
       <c r="D43">
-        <v>584000</v>
+        <v>588259</v>
       </c>
       <c r="E43" t="s">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="F43" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="H43">
-        <v>79.99</v>
+        <v>10.99</v>
       </c>
       <c r="I43" t="s">
-        <v>249</v>
+        <v>225</v>
       </c>
       <c r="J43" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K43" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L43" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="M43" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N43" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O43"/>
       <c r="P43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q43" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R43" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S43" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T43" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="U43" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1700130263</v>
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
+        <v>228</v>
       </c>
       <c r="D44">
-        <v>583999</v>
+        <v>588055</v>
       </c>
       <c r="E44" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
       <c r="F44" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>252</v>
+        <v>230</v>
       </c>
       <c r="H44">
-        <v>102.99</v>
+        <v>84.99</v>
       </c>
       <c r="I44" t="s">
-        <v>124</v>
+        <v>231</v>
       </c>
       <c r="J44" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K44" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L44" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="M44" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N44" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O44"/>
       <c r="P44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q44" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R44" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S44" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T44" t="s">
-        <v>244</v>
+        <v>92</v>
       </c>
       <c r="U44" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B45" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="C45">
-        <v>5250054337</v>
+        <v>265714532</v>
       </c>
       <c r="D45">
-        <v>583998</v>
+        <v>587454</v>
       </c>
       <c r="E45" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="F45" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="H45">
-        <v>79.99</v>
+        <v>138.4</v>
       </c>
       <c r="I45" t="s">
-        <v>249</v>
+        <v>136</v>
       </c>
       <c r="J45" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K45" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L45" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M45" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N45" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O45"/>
       <c r="P45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q45" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R45" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="S45" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T45" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="U45" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B46" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="C46">
-        <v>277924732</v>
+        <v>288975732</v>
       </c>
       <c r="D46">
-        <v>583517</v>
+        <v>586356</v>
       </c>
       <c r="E46" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="F46" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G46" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="H46">
-        <v>71.99</v>
+        <v>138.4</v>
       </c>
       <c r="I46" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="J46" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K46" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L46" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M46" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N46" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q46" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R46" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S46" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T46" t="s">
-        <v>260</v>
+        <v>92</v>
       </c>
       <c r="U46" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="B47" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>241</v>
+      </c>
+      <c r="C47">
+        <v>6710059185</v>
       </c>
       <c r="D47">
-        <v>583489</v>
+        <v>586322</v>
       </c>
       <c r="E47" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="F47" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="H47">
-        <v>99</v>
+        <v>79.2</v>
       </c>
       <c r="I47" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="J47" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K47" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L47" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="M47" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N47" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O47">
-        <v>283235923383</v>
+        <v>284936885553</v>
       </c>
       <c r="P47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q47" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R47" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S47" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T47" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="U47" t="s">
-        <v>268</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
-        <v>60</v>
+        <v>246</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>8760053094</v>
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
       </c>
       <c r="D48">
-        <v>582969</v>
+        <v>584737</v>
       </c>
       <c r="E48" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="F48" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G48"/>
       <c r="H48">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I48" t="s">
-        <v>92</v>
+        <v>249</v>
       </c>
       <c r="J48" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K48" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L48" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M48" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N48" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O48">
-        <v>282885268947</v>
+        <v>283925482148</v>
       </c>
       <c r="P48" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q48" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R48" t="s">
-        <v>93</v>
+        <v>250</v>
       </c>
       <c r="S48" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T48" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="U48" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B49" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>5870052449</v>
+        <v>253</v>
+      </c>
+      <c r="C49" t="s">
+        <v>254</v>
       </c>
       <c r="D49">
-        <v>582944</v>
+        <v>584603</v>
       </c>
       <c r="E49" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="F49" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="H49">
         <v>120.99</v>
       </c>
       <c r="I49" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
       <c r="J49" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K49" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L49" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M49" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N49" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O49">
-        <v>282866814801</v>
+        <v>283837392787</v>
       </c>
       <c r="P49" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q49" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R49" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S49" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T49" t="s">
-        <v>87</v>
+        <v>258</v>
       </c>
       <c r="U49" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B50" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="C50">
-        <v>2710052011</v>
+        <v>222376732</v>
       </c>
       <c r="D50">
-        <v>582883</v>
+        <v>584549</v>
       </c>
       <c r="E50" t="s">
-        <v>23</v>
+        <v>261</v>
       </c>
       <c r="F50" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G50"/>
+        <v>25</v>
+      </c>
+      <c r="G50" t="s">
+        <v>262</v>
+      </c>
       <c r="H50">
-        <v>0</v>
+        <v>71.99</v>
       </c>
       <c r="I50" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="K50"/>
+        <v>263</v>
+      </c>
+      <c r="J50" t="s">
+        <v>27</v>
+      </c>
+      <c r="K50" t="s">
+        <v>27</v>
+      </c>
       <c r="L50" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M50" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="N50"/>
+        <v>29</v>
+      </c>
+      <c r="N50" t="s">
+        <v>30</v>
+      </c>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q50" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R50" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S50" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T50" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="U50" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="C51">
-        <v>4510052555</v>
+        <v>218266732</v>
       </c>
       <c r="D51">
-        <v>582873</v>
+        <v>584350</v>
       </c>
       <c r="E51" t="s">
-        <v>23</v>
+        <v>266</v>
       </c>
       <c r="F51" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G51"/>
+        <v>25</v>
+      </c>
+      <c r="G51" t="s">
+        <v>267</v>
+      </c>
       <c r="H51">
-        <v>0</v>
+        <v>88.99</v>
       </c>
       <c r="I51" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="K51"/>
+        <v>268</v>
+      </c>
+      <c r="J51" t="s">
+        <v>121</v>
+      </c>
+      <c r="K51" t="s">
+        <v>121</v>
+      </c>
       <c r="L51" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="M51" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O51"/>
+        <v>29</v>
+      </c>
+      <c r="N51" t="s">
+        <v>30</v>
+      </c>
+      <c r="O51">
+        <v>283862905362</v>
+      </c>
       <c r="P51" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q51" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R51" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S51" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T51" t="s">
-        <v>34</v>
+        <v>269</v>
       </c>
       <c r="U51" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B52" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="C52">
-        <v>4300052307</v>
+        <v>1130092607</v>
       </c>
       <c r="D52">
-        <v>582862</v>
+        <v>584000</v>
       </c>
       <c r="E52" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="F52" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="H52">
-        <v>57.6</v>
+        <v>79.99</v>
       </c>
       <c r="I52" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="J52" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K52" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L52" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M52" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N52" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O52">
-        <v>282811666483</v>
+        <v>283567511511</v>
       </c>
       <c r="P52" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q52" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R52" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S52" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T52" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="U52" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="C53">
-        <v>3980051264</v>
+        <v>1700130263</v>
       </c>
       <c r="D53">
-        <v>581965</v>
+        <v>583999</v>
       </c>
       <c r="E53" t="s">
-        <v>289</v>
+        <v>272</v>
       </c>
       <c r="F53" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="H53">
-        <v>114.99</v>
+        <v>102.99</v>
       </c>
       <c r="I53" t="s">
-        <v>291</v>
+        <v>150</v>
       </c>
       <c r="J53" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K53" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L53" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M53" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N53" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O53">
-        <v>282441102686</v>
+        <v>283569391711</v>
       </c>
       <c r="P53" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q53" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R53" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S53" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T53" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="U53" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="B54" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>279</v>
+      </c>
+      <c r="C54">
+        <v>5250054337</v>
       </c>
       <c r="D54">
-        <v>592036</v>
+        <v>583998</v>
       </c>
       <c r="E54" t="s">
-        <v>23</v>
+        <v>272</v>
       </c>
       <c r="F54" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G54"/>
+        <v>25</v>
+      </c>
+      <c r="G54" t="s">
+        <v>280</v>
+      </c>
       <c r="H54">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I54" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-      <c r="K54"/>
+        <v>274</v>
+      </c>
+      <c r="J54" t="s">
+        <v>121</v>
+      </c>
+      <c r="K54" t="s">
+        <v>121</v>
+      </c>
       <c r="L54" t="s">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="M54" t="s">
+        <v>29</v>
+      </c>
+      <c r="N54" t="s">
+        <v>30</v>
+      </c>
+      <c r="O54">
+        <v>283567613859</v>
+      </c>
+      <c r="P54" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>49</v>
+      </c>
+      <c r="R54" t="s">
+        <v>32</v>
+      </c>
+      <c r="S54" t="s">
         <v>41</v>
       </c>
-      <c r="N54"/>
-[...9 lines deleted...]
-      <c r="T54"/>
+      <c r="T54" t="s">
+        <v>50</v>
+      </c>
       <c r="U54" t="s">
-        <v>23</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B55" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="C55">
-        <v>285297932</v>
+        <v>277924732</v>
       </c>
       <c r="D55">
-        <v>579830</v>
+        <v>583517</v>
       </c>
       <c r="E55" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="F55" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="H55">
-        <v>183.99</v>
+        <v>71.99</v>
       </c>
       <c r="I55" t="s">
-        <v>299</v>
+        <v>263</v>
       </c>
       <c r="J55" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K55" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L55" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M55" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N55" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O55"/>
       <c r="P55" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q55" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R55" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S55" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T55" t="s">
-        <v>134</v>
+        <v>285</v>
       </c>
       <c r="U55" t="s">
-        <v>300</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>261239932</v>
+        <v>287</v>
+      </c>
+      <c r="C56" t="s">
+        <v>288</v>
       </c>
       <c r="D56">
-        <v>579176</v>
+        <v>583489</v>
       </c>
       <c r="E56" t="s">
-        <v>23</v>
+        <v>289</v>
       </c>
       <c r="F56" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G56"/>
+        <v>25</v>
+      </c>
+      <c r="G56" t="s">
+        <v>290</v>
+      </c>
       <c r="H56">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I56" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-      <c r="K56"/>
+        <v>291</v>
+      </c>
+      <c r="J56" t="s">
+        <v>121</v>
+      </c>
+      <c r="K56" t="s">
+        <v>121</v>
+      </c>
       <c r="L56" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M56" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="O56"/>
+        <v>29</v>
+      </c>
+      <c r="N56" t="s">
+        <v>30</v>
+      </c>
+      <c r="O56">
+        <v>283235923383</v>
+      </c>
       <c r="P56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q56" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R56" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S56" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T56" t="s">
-        <v>44</v>
+        <v>292</v>
       </c>
       <c r="U56" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B57" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C57">
-        <v>6130046428</v>
+        <v>8760053094</v>
       </c>
       <c r="D57">
-        <v>579182</v>
+        <v>582969</v>
       </c>
       <c r="E57" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="H57">
         <v>79.99</v>
       </c>
       <c r="I57" t="s">
-        <v>306</v>
+        <v>120</v>
       </c>
       <c r="J57" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K57" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L57" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M57" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N57" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O57">
-        <v>280866918299</v>
+        <v>282885268947</v>
       </c>
       <c r="P57" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q57" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R57" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S57" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T57" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="U57" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="C58">
-        <v>224282232</v>
+        <v>5870052449</v>
       </c>
       <c r="D58">
-        <v>578562</v>
+        <v>582944</v>
       </c>
       <c r="E58" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="H58">
-        <v>95.99</v>
+        <v>120.99</v>
       </c>
       <c r="I58" t="s">
-        <v>113</v>
+        <v>257</v>
       </c>
       <c r="J58" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K58" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L58" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M58" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N58" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O58">
-        <v>280503863778</v>
+        <v>282866814801</v>
       </c>
       <c r="P58" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q58" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R58" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S58" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T58" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="U58" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B59" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="C59">
-        <v>296494932</v>
+        <v>2710052011</v>
       </c>
       <c r="D59">
-        <v>578192</v>
+        <v>582883</v>
       </c>
       <c r="E59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F59" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G59"/>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M59" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q59" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R59" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S59" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T59" t="s">
-        <v>66</v>
+        <v>304</v>
       </c>
       <c r="U59" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B60" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="C60">
-        <v>5230040670</v>
+        <v>4510052555</v>
       </c>
       <c r="D60">
-        <v>577923</v>
+        <v>582873</v>
       </c>
       <c r="E60" t="s">
-        <v>317</v>
+        <v>24</v>
       </c>
       <c r="F60" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G60"/>
       <c r="H60">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="I60" t="s">
-        <v>319</v>
-[...6 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="J60"/>
+      <c r="K60"/>
       <c r="L60" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="M60" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N60"/>
+      <c r="O60"/>
       <c r="P60" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q60" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R60" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S60" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T60" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="U60" t="s">
-        <v>320</v>
+        <v>307</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B61" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>308</v>
+      </c>
+      <c r="C61">
+        <v>4300052307</v>
       </c>
       <c r="D61">
-        <v>576169</v>
+        <v>582862</v>
       </c>
       <c r="E61" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="F61" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G61" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="H61">
-        <v>79.99</v>
+        <v>57.6</v>
       </c>
       <c r="I61" t="s">
-        <v>249</v>
+        <v>311</v>
       </c>
       <c r="J61" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K61" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L61" t="s">
-        <v>325</v>
+        <v>97</v>
       </c>
       <c r="M61" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N61" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O61">
-        <v>278855713456</v>
+        <v>282811666483</v>
       </c>
       <c r="P61" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q61" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R61" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="S61" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T61" t="s">
-        <v>326</v>
+        <v>50</v>
       </c>
       <c r="U61" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B62" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="C62">
-        <v>241574632</v>
+        <v>3980051264</v>
       </c>
       <c r="D62">
-        <v>576749</v>
+        <v>581965</v>
       </c>
       <c r="E62" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="F62" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="H62">
-        <v>58.99</v>
+        <v>114.99</v>
       </c>
       <c r="I62" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="J62" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K62" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L62" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M62" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N62" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O62">
-        <v>279181927213</v>
+        <v>282441102686</v>
       </c>
       <c r="P62" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q62" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R62" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S62" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T62" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="U62" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
+        <v>56</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
+        <v>319</v>
+      </c>
+      <c r="D63">
+        <v>591493</v>
+      </c>
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" t="s">
+        <v>25</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63">
+        <v>0</v>
+      </c>
+      <c r="I63" t="s">
+        <v>320</v>
+      </c>
+      <c r="J63"/>
+      <c r="K63"/>
+      <c r="L63" t="s">
         <v>60</v>
       </c>
-      <c r="B63" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M63" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N63"/>
+      <c r="O63"/>
       <c r="P63" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q63" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63"/>
       <c r="U63" t="s">
-        <v>340</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
+        <v>56</v>
+      </c>
+      <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
+        <v>321</v>
+      </c>
+      <c r="D64">
+        <v>592036</v>
+      </c>
+      <c r="E64" t="s">
+        <v>24</v>
+      </c>
+      <c r="F64" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64"/>
+      <c r="H64">
+        <v>0</v>
+      </c>
+      <c r="I64" t="s">
+        <v>320</v>
+      </c>
+      <c r="J64"/>
+      <c r="K64"/>
+      <c r="L64" t="s">
         <v>60</v>
       </c>
-      <c r="B64" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M64" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="N64"/>
+      <c r="O64"/>
       <c r="P64" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q64" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
       <c r="U64" t="s">
-        <v>345</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B65" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="C65">
-        <v>224895432</v>
+        <v>285297932</v>
       </c>
       <c r="D65">
-        <v>573688</v>
+        <v>579830</v>
       </c>
       <c r="E65" t="s">
-        <v>347</v>
+        <v>323</v>
       </c>
       <c r="F65" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>348</v>
+        <v>324</v>
       </c>
       <c r="H65">
-        <v>68</v>
+        <v>183.99</v>
       </c>
       <c r="I65" t="s">
-        <v>291</v>
+        <v>325</v>
       </c>
       <c r="J65" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K65" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L65" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M65" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N65" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O65">
-        <v>277286615901</v>
+        <v>281301776096</v>
       </c>
       <c r="P65" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q65" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R65" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S65" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T65" t="s">
-        <v>233</v>
+        <v>160</v>
       </c>
       <c r="U65" t="s">
-        <v>349</v>
+        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B66" t="s">
-        <v>350</v>
+        <v>327</v>
       </c>
       <c r="C66">
-        <v>296424232</v>
+        <v>261239932</v>
       </c>
       <c r="D66">
-        <v>572635</v>
+        <v>579176</v>
       </c>
       <c r="E66" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="F66" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G66"/>
       <c r="H66">
-        <v>127.99</v>
+        <v>0</v>
       </c>
       <c r="I66" t="s">
-        <v>353</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="J66"/>
+      <c r="K66"/>
       <c r="L66" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M66" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N66"/>
+      <c r="O66"/>
       <c r="P66" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q66" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R66" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S66" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="T66" t="s">
-        <v>354</v>
+        <v>83</v>
       </c>
       <c r="U66" t="s">
-        <v>355</v>
+        <v>328</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B67" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="C67">
-        <v>226178432</v>
+        <v>6130046428</v>
       </c>
       <c r="D67">
-        <v>572476</v>
+        <v>579182</v>
       </c>
       <c r="E67" t="s">
-        <v>357</v>
+        <v>330</v>
       </c>
       <c r="F67" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="H67">
         <v>79.99</v>
       </c>
       <c r="I67" t="s">
-        <v>359</v>
+        <v>332</v>
       </c>
       <c r="J67" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K67" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L67" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M67" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N67" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O67">
-        <v>276263676181</v>
+        <v>280866918299</v>
       </c>
       <c r="P67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q67" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R67" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S67" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="T67" t="s">
-        <v>360</v>
+        <v>333</v>
       </c>
       <c r="U67" t="s">
-        <v>361</v>
+        <v>334</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B68" t="s">
-        <v>362</v>
+        <v>335</v>
       </c>
       <c r="C68">
-        <v>249293432</v>
+        <v>224282232</v>
       </c>
       <c r="D68">
-        <v>572447</v>
+        <v>578562</v>
       </c>
       <c r="E68" t="s">
-        <v>363</v>
+        <v>336</v>
       </c>
       <c r="F68" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>364</v>
+        <v>337</v>
       </c>
       <c r="H68">
-        <v>87.99</v>
+        <v>95.99</v>
       </c>
       <c r="I68" t="s">
-        <v>365</v>
+        <v>140</v>
       </c>
       <c r="J68" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K68" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L68" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M68" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N68" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O68">
-        <v>276259405651</v>
+        <v>280503863778</v>
       </c>
       <c r="P68" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q68" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R68" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S68" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="T68" t="s">
-        <v>366</v>
+        <v>160</v>
       </c>
       <c r="U68" t="s">
-        <v>367</v>
+        <v>338</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B69" t="s">
-        <v>368</v>
+        <v>339</v>
       </c>
       <c r="C69">
-        <v>251278432</v>
+        <v>296494932</v>
       </c>
       <c r="D69">
-        <v>572437</v>
+        <v>578192</v>
       </c>
       <c r="E69" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="F69" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G69"/>
       <c r="H69">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I69" t="s">
-        <v>359</v>
-[...6 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="J69"/>
+      <c r="K69"/>
       <c r="L69" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M69" t="s">
+        <v>40</v>
+      </c>
+      <c r="N69"/>
+      <c r="O69"/>
+      <c r="P69" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>31</v>
+      </c>
+      <c r="R69" t="s">
+        <v>32</v>
+      </c>
+      <c r="S69" t="s">
+        <v>41</v>
+      </c>
+      <c r="T69" t="s">
         <v>54</v>
       </c>
-      <c r="N69" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="U69" t="s">
-        <v>371</v>
+        <v>341</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B70" t="s">
-        <v>372</v>
+        <v>342</v>
       </c>
       <c r="C70">
-        <v>296323432</v>
+        <v>5230040670</v>
       </c>
       <c r="D70">
-        <v>572403</v>
+        <v>577923</v>
       </c>
       <c r="E70" t="s">
-        <v>369</v>
+        <v>343</v>
       </c>
       <c r="F70" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>373</v>
+        <v>344</v>
       </c>
       <c r="H70">
-        <v>127.99</v>
+        <v>136</v>
       </c>
       <c r="I70" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="J70" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K70" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L70" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="M70" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N70" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O70">
-        <v>276262257649</v>
+        <v>280076465635</v>
       </c>
       <c r="P70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q70" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R70" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S70" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T70" t="s">
-        <v>374</v>
+        <v>160</v>
       </c>
       <c r="U70" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="B71" t="s">
-        <v>376</v>
+        <v>347</v>
       </c>
       <c r="C71" t="s">
-        <v>377</v>
+        <v>348</v>
       </c>
       <c r="D71">
-        <v>572034</v>
+        <v>576169</v>
       </c>
       <c r="E71" t="s">
-        <v>378</v>
+        <v>349</v>
       </c>
       <c r="F71" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G71" t="s">
-        <v>379</v>
+        <v>350</v>
       </c>
       <c r="H71">
-        <v>59.4</v>
+        <v>79.99</v>
       </c>
       <c r="I71" t="s">
-        <v>380</v>
+        <v>274</v>
       </c>
       <c r="J71" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K71" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L71" t="s">
-        <v>53</v>
+        <v>351</v>
       </c>
       <c r="M71" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N71" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O71">
-        <v>275746638391</v>
+        <v>278855713456</v>
       </c>
       <c r="P71" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q71" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R71" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S71" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T71" t="s">
-        <v>381</v>
+        <v>352</v>
       </c>
       <c r="U71" t="s">
-        <v>382</v>
+        <v>353</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B72" t="s">
-        <v>383</v>
+        <v>354</v>
       </c>
       <c r="C72">
-        <v>291419432</v>
+        <v>241574632</v>
       </c>
       <c r="D72">
-        <v>571787</v>
+        <v>576749</v>
       </c>
       <c r="E72" t="s">
-        <v>384</v>
+        <v>355</v>
       </c>
       <c r="F72" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>385</v>
+        <v>356</v>
       </c>
       <c r="H72">
-        <v>79.99</v>
+        <v>58.99</v>
       </c>
       <c r="I72" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="J72" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K72" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L72" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M72" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N72" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O72">
-        <v>275498103418</v>
+        <v>279181927213</v>
       </c>
       <c r="P72" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q72" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R72" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S72" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T72" t="s">
-        <v>386</v>
+        <v>292</v>
       </c>
       <c r="U72" t="s">
-        <v>387</v>
+        <v>358</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B73" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>226296432</v>
+        <v>359</v>
+      </c>
+      <c r="C73" t="s">
+        <v>360</v>
       </c>
       <c r="D73">
-        <v>570391</v>
+        <v>574118</v>
       </c>
       <c r="E73" t="s">
-        <v>389</v>
+        <v>361</v>
       </c>
       <c r="F73" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G73" t="s">
-        <v>390</v>
+        <v>362</v>
       </c>
       <c r="H73">
-        <v>103.99</v>
+        <v>46.92</v>
       </c>
       <c r="I73" t="s">
-        <v>391</v>
+        <v>363</v>
       </c>
       <c r="J73" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K73" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L73" t="s">
-        <v>26</v>
+        <v>364</v>
       </c>
       <c r="M73" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N73" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O73">
-        <v>273869262570</v>
+        <v>277555026706</v>
       </c>
       <c r="P73" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q73" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R73" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S73" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T73" t="s">
-        <v>392</v>
+        <v>251</v>
       </c>
       <c r="U73" t="s">
-        <v>393</v>
+        <v>365</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B74" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>219664312</v>
+        <v>366</v>
+      </c>
+      <c r="C74" t="s">
+        <v>367</v>
       </c>
       <c r="D74">
-        <v>569467</v>
+        <v>574116</v>
       </c>
       <c r="E74" t="s">
-        <v>23</v>
+        <v>361</v>
       </c>
       <c r="F74" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G74"/>
+        <v>25</v>
+      </c>
+      <c r="G74" t="s">
+        <v>368</v>
+      </c>
       <c r="H74">
-        <v>0</v>
+        <v>56.44</v>
       </c>
       <c r="I74" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="K74"/>
+        <v>369</v>
+      </c>
+      <c r="J74" t="s">
+        <v>121</v>
+      </c>
+      <c r="K74" t="s">
+        <v>121</v>
+      </c>
       <c r="L74" t="s">
-        <v>26</v>
+        <v>364</v>
       </c>
       <c r="M74" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O74"/>
+        <v>29</v>
+      </c>
+      <c r="N74" t="s">
+        <v>30</v>
+      </c>
+      <c r="O74">
+        <v>277554983310</v>
+      </c>
       <c r="P74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q74" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R74" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S74" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T74" t="s">
-        <v>396</v>
+        <v>251</v>
       </c>
       <c r="U74" t="s">
-        <v>397</v>
+        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B75" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>371</v>
+      </c>
+      <c r="C75">
+        <v>224895432</v>
       </c>
       <c r="D75">
-        <v>569332</v>
+        <v>573688</v>
       </c>
       <c r="E75" t="s">
-        <v>400</v>
+        <v>372</v>
       </c>
       <c r="F75" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>401</v>
+        <v>373</v>
       </c>
       <c r="H75">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="I75" t="s">
-        <v>402</v>
+        <v>316</v>
       </c>
       <c r="J75" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K75" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L75" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M75" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N75" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O75">
-        <v>272772957875</v>
+        <v>277286615901</v>
       </c>
       <c r="P75" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q75" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R75" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S75" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T75" t="s">
-        <v>403</v>
+        <v>258</v>
       </c>
       <c r="U75" t="s">
-        <v>404</v>
+        <v>374</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B76" t="s">
-        <v>405</v>
+        <v>375</v>
       </c>
       <c r="C76">
-        <v>218883112</v>
+        <v>296424232</v>
       </c>
       <c r="D76">
-        <v>569328</v>
+        <v>572635</v>
       </c>
       <c r="E76" t="s">
-        <v>23</v>
+        <v>376</v>
       </c>
       <c r="F76" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G76"/>
+        <v>25</v>
+      </c>
+      <c r="G76" t="s">
+        <v>377</v>
+      </c>
       <c r="H76">
-        <v>0</v>
+        <v>127.99</v>
       </c>
       <c r="I76" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-      <c r="K76"/>
+        <v>378</v>
+      </c>
+      <c r="J76" t="s">
+        <v>121</v>
+      </c>
+      <c r="K76" t="s">
+        <v>121</v>
+      </c>
       <c r="L76" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M76" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O76"/>
+        <v>29</v>
+      </c>
+      <c r="N76" t="s">
+        <v>30</v>
+      </c>
+      <c r="O76">
+        <v>276460592446</v>
+      </c>
       <c r="P76" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q76" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R76" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S76" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="T76" t="s">
-        <v>407</v>
+        <v>379</v>
       </c>
       <c r="U76" t="s">
-        <v>408</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B77" t="s">
-        <v>409</v>
+        <v>381</v>
       </c>
       <c r="C77">
-        <v>272523112</v>
+        <v>226178432</v>
       </c>
       <c r="D77">
-        <v>569251</v>
+        <v>572476</v>
       </c>
       <c r="E77" t="s">
-        <v>410</v>
+        <v>382</v>
       </c>
       <c r="F77" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G77" t="s">
-        <v>411</v>
+        <v>383</v>
       </c>
       <c r="H77">
-        <v>52.8</v>
+        <v>79.99</v>
       </c>
       <c r="I77" t="s">
-        <v>412</v>
+        <v>384</v>
       </c>
       <c r="J77" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K77" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L77" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M77" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N77" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O77">
-        <v>272691635100</v>
+        <v>276263676181</v>
       </c>
       <c r="P77" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q77" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R77" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S77" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="T77" t="s">
-        <v>413</v>
+        <v>385</v>
       </c>
       <c r="U77" t="s">
-        <v>414</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B78" t="s">
-        <v>415</v>
+        <v>387</v>
       </c>
       <c r="C78">
-        <v>224994432</v>
+        <v>249293432</v>
       </c>
       <c r="D78">
-        <v>568876</v>
+        <v>572447</v>
       </c>
       <c r="E78" t="s">
-        <v>23</v>
+        <v>388</v>
       </c>
       <c r="F78" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G78"/>
+        <v>25</v>
+      </c>
+      <c r="G78" t="s">
+        <v>389</v>
+      </c>
       <c r="H78">
-        <v>0</v>
+        <v>87.99</v>
       </c>
       <c r="I78" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-      <c r="K78"/>
+        <v>390</v>
+      </c>
+      <c r="J78" t="s">
+        <v>121</v>
+      </c>
+      <c r="K78" t="s">
+        <v>121</v>
+      </c>
       <c r="L78" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M78" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O78"/>
+        <v>29</v>
+      </c>
+      <c r="N78" t="s">
+        <v>30</v>
+      </c>
+      <c r="O78">
+        <v>276259405651</v>
+      </c>
       <c r="P78" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q78" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R78" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S78" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="T78" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="U78" t="s">
-        <v>418</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B79" t="s">
-        <v>419</v>
+        <v>393</v>
       </c>
       <c r="C79">
-        <v>278724432</v>
+        <v>251278432</v>
       </c>
       <c r="D79">
-        <v>568754</v>
+        <v>572437</v>
       </c>
       <c r="E79" t="s">
-        <v>23</v>
+        <v>394</v>
       </c>
       <c r="F79" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G79"/>
+        <v>25</v>
+      </c>
+      <c r="G79" t="s">
+        <v>395</v>
+      </c>
       <c r="H79">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I79" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="K79"/>
+        <v>384</v>
+      </c>
+      <c r="J79" t="s">
+        <v>121</v>
+      </c>
+      <c r="K79" t="s">
+        <v>121</v>
+      </c>
       <c r="L79" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M79" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O79"/>
+        <v>29</v>
+      </c>
+      <c r="N79" t="s">
+        <v>30</v>
+      </c>
+      <c r="O79">
+        <v>276259322515</v>
+      </c>
       <c r="P79" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q79" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R79" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S79" t="s">
-        <v>160</v>
+        <v>201</v>
       </c>
       <c r="T79" t="s">
-        <v>421</v>
+        <v>50</v>
       </c>
       <c r="U79" t="s">
-        <v>422</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B80" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>397</v>
+      </c>
+      <c r="C80">
+        <v>296323432</v>
       </c>
       <c r="D80">
-        <v>568314</v>
+        <v>572403</v>
       </c>
       <c r="E80" t="s">
-        <v>23</v>
+        <v>394</v>
       </c>
       <c r="F80" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G80"/>
+        <v>25</v>
+      </c>
+      <c r="G80" t="s">
+        <v>398</v>
+      </c>
       <c r="H80">
-        <v>0</v>
+        <v>127.99</v>
       </c>
       <c r="I80" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="K80"/>
+        <v>378</v>
+      </c>
+      <c r="J80" t="s">
+        <v>121</v>
+      </c>
+      <c r="K80" t="s">
+        <v>121</v>
+      </c>
       <c r="L80" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M80" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O80"/>
+        <v>29</v>
+      </c>
+      <c r="N80" t="s">
+        <v>30</v>
+      </c>
+      <c r="O80">
+        <v>276262257649</v>
+      </c>
       <c r="P80" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q80" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R80" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S80" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T80" t="s">
-        <v>426</v>
+        <v>399</v>
       </c>
       <c r="U80" t="s">
-        <v>427</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
-        <v>428</v>
+        <v>94</v>
       </c>
       <c r="B81" t="s">
-        <v>429</v>
+        <v>401</v>
       </c>
       <c r="C81" t="s">
-        <v>430</v>
+        <v>402</v>
       </c>
       <c r="D81">
-        <v>568280</v>
+        <v>572034</v>
       </c>
       <c r="E81" t="s">
-        <v>431</v>
+        <v>403</v>
       </c>
       <c r="F81" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G81" t="s">
-        <v>432</v>
+        <v>404</v>
       </c>
       <c r="H81">
-        <v>71.99</v>
+        <v>59.4</v>
       </c>
       <c r="I81" t="s">
-        <v>433</v>
+        <v>405</v>
       </c>
       <c r="J81" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K81" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L81" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M81" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N81" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O81">
-        <v>271570657861</v>
+        <v>275746638391</v>
       </c>
       <c r="P81" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q81" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R81" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S81" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T81" t="s">
-        <v>434</v>
+        <v>406</v>
       </c>
       <c r="U81" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B82" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="C82">
-        <v>257424112</v>
+        <v>291419432</v>
       </c>
       <c r="D82">
-        <v>567117</v>
+        <v>571787</v>
       </c>
       <c r="E82" t="s">
-        <v>437</v>
+        <v>409</v>
       </c>
       <c r="F82" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G82" t="s">
-        <v>438</v>
+        <v>410</v>
       </c>
       <c r="H82">
-        <v>111.2</v>
+        <v>79.99</v>
       </c>
       <c r="I82" t="s">
-        <v>439</v>
+        <v>384</v>
       </c>
       <c r="J82" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K82" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L82" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M82" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N82" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O82">
-        <v>270317343625</v>
+        <v>275498103418</v>
       </c>
       <c r="P82" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q82" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R82" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S82" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T82" t="s">
-        <v>440</v>
+        <v>411</v>
       </c>
       <c r="U82" t="s">
-        <v>441</v>
+        <v>412</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B83" t="s">
-        <v>442</v>
+        <v>413</v>
       </c>
       <c r="C83">
-        <v>292423512</v>
+        <v>226296432</v>
       </c>
       <c r="D83">
-        <v>566810</v>
+        <v>570391</v>
       </c>
       <c r="E83" t="s">
-        <v>23</v>
+        <v>414</v>
       </c>
       <c r="F83" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G83"/>
+        <v>25</v>
+      </c>
+      <c r="G83" t="s">
+        <v>415</v>
+      </c>
       <c r="H83">
-        <v>0</v>
+        <v>103.99</v>
       </c>
       <c r="I83" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-      <c r="K83"/>
+        <v>416</v>
+      </c>
+      <c r="J83" t="s">
+        <v>121</v>
+      </c>
+      <c r="K83" t="s">
+        <v>121</v>
+      </c>
       <c r="L83" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M83" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O83"/>
+        <v>29</v>
+      </c>
+      <c r="N83" t="s">
+        <v>30</v>
+      </c>
+      <c r="O83">
+        <v>273869262570</v>
+      </c>
       <c r="P83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q83" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R83" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S83" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T83" t="s">
-        <v>444</v>
+        <v>417</v>
       </c>
       <c r="U83" t="s">
-        <v>445</v>
+        <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B84" t="s">
-        <v>446</v>
+        <v>419</v>
       </c>
       <c r="C84">
-        <v>242423512</v>
+        <v>219664312</v>
       </c>
       <c r="D84">
-        <v>566808</v>
+        <v>569467</v>
       </c>
       <c r="E84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F84" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G84"/>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="J84"/>
       <c r="K84"/>
       <c r="L84" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q84" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R84" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S84" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T84" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="U84" t="s">
-        <v>447</v>
+        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B85" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>293225312</v>
+        <v>423</v>
+      </c>
+      <c r="C85" t="s">
+        <v>424</v>
       </c>
       <c r="D85">
-        <v>565853</v>
+        <v>569332</v>
       </c>
       <c r="E85" t="s">
-        <v>23</v>
+        <v>425</v>
       </c>
       <c r="F85" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G85"/>
+        <v>25</v>
+      </c>
+      <c r="G85" t="s">
+        <v>426</v>
+      </c>
       <c r="H85">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="I85" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-      <c r="K85"/>
+        <v>427</v>
+      </c>
+      <c r="J85" t="s">
+        <v>121</v>
+      </c>
+      <c r="K85" t="s">
+        <v>121</v>
+      </c>
       <c r="L85" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M85" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="O85"/>
+        <v>29</v>
+      </c>
+      <c r="N85" t="s">
+        <v>30</v>
+      </c>
+      <c r="O85">
+        <v>272772957875</v>
+      </c>
       <c r="P85" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q85" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R85" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S85" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T85" t="s">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="U85" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B86" t="s">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="C86">
-        <v>243287312</v>
+        <v>218883112</v>
       </c>
       <c r="D86">
-        <v>565359</v>
+        <v>569328</v>
       </c>
       <c r="E86" t="s">
-        <v>453</v>
+        <v>24</v>
       </c>
       <c r="F86" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G86"/>
       <c r="H86">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="I86" t="s">
-        <v>443</v>
-[...6 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="J86"/>
+      <c r="K86"/>
       <c r="L86" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M86" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N86"/>
+      <c r="O86"/>
       <c r="P86" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q86" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R86" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S86" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T86" t="s">
-        <v>455</v>
+        <v>432</v>
       </c>
       <c r="U86" t="s">
-        <v>456</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B87" t="s">
-        <v>457</v>
+        <v>434</v>
       </c>
       <c r="C87">
-        <v>223158312</v>
+        <v>272523112</v>
       </c>
       <c r="D87">
-        <v>564698</v>
+        <v>569251</v>
       </c>
       <c r="E87" t="s">
-        <v>458</v>
+        <v>435</v>
       </c>
       <c r="F87" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G87" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="H87">
-        <v>69</v>
+        <v>52.8</v>
       </c>
       <c r="I87" t="s">
-        <v>460</v>
+        <v>437</v>
       </c>
       <c r="J87" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K87" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L87" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M87" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N87" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O87">
-        <v>787442535599</v>
+        <v>272691635100</v>
       </c>
       <c r="P87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q87" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R87" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S87" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T87" t="s">
-        <v>461</v>
+        <v>438</v>
       </c>
       <c r="U87" t="s">
-        <v>462</v>
+        <v>439</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B88" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="C88">
-        <v>284274512</v>
+        <v>224994432</v>
       </c>
       <c r="D88">
-        <v>564562</v>
+        <v>568876</v>
       </c>
       <c r="E88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F88" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G88"/>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M88" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q88" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R88" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S88" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T88" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
       <c r="U88" t="s">
-        <v>466</v>
+        <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B89" t="s">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="C89">
-        <v>256474512</v>
+        <v>278724432</v>
       </c>
       <c r="D89">
-        <v>564561</v>
+        <v>568754</v>
       </c>
       <c r="E89" t="s">
-        <v>468</v>
+        <v>24</v>
       </c>
       <c r="F89" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G89"/>
       <c r="H89">
-        <v>80.1</v>
+        <v>0</v>
       </c>
       <c r="I89" t="s">
-        <v>470</v>
-[...6 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="J89"/>
+      <c r="K89"/>
       <c r="L89" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M89" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N89"/>
+      <c r="O89"/>
       <c r="P89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q89" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R89" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S89" t="s">
-        <v>65</v>
+        <v>186</v>
       </c>
       <c r="T89" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="U89" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
-        <v>428</v>
+        <v>85</v>
       </c>
       <c r="B90" t="s">
-        <v>472</v>
+        <v>448</v>
       </c>
       <c r="C90" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="D90">
-        <v>563891</v>
+        <v>568314</v>
       </c>
       <c r="E90" t="s">
-        <v>474</v>
+        <v>24</v>
       </c>
       <c r="F90" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G90"/>
       <c r="H90">
-        <v>71.1</v>
+        <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>476</v>
-[...6 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="J90"/>
+      <c r="K90"/>
       <c r="L90" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M90" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N90"/>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q90" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R90" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S90" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T90" t="s">
-        <v>477</v>
+        <v>451</v>
       </c>
       <c r="U90" t="s">
-        <v>478</v>
+        <v>452</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
-        <v>111</v>
+        <v>453</v>
       </c>
       <c r="B91" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>238439312</v>
+        <v>454</v>
+      </c>
+      <c r="C91" t="s">
+        <v>455</v>
       </c>
       <c r="D91">
-        <v>563795</v>
+        <v>568280</v>
       </c>
       <c r="E91" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="F91" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
       <c r="H91">
-        <v>71.1</v>
+        <v>71.99</v>
       </c>
       <c r="I91" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="J91" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K91" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L91" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M91" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N91" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O91">
-        <v>786984513944</v>
+        <v>271570657861</v>
       </c>
       <c r="P91" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q91" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R91" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T91" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
       <c r="U91" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B92" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="C92">
-        <v>273689312</v>
+        <v>257424112</v>
       </c>
       <c r="D92">
-        <v>563411</v>
+        <v>567117</v>
       </c>
       <c r="E92" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
       <c r="F92" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G92" t="s">
-        <v>487</v>
+        <v>463</v>
       </c>
       <c r="H92">
+        <v>111.2</v>
+      </c>
+      <c r="I92" t="s">
+        <v>464</v>
+      </c>
+      <c r="J92" t="s">
+        <v>121</v>
+      </c>
+      <c r="K92" t="s">
+        <v>121</v>
+      </c>
+      <c r="L92" t="s">
+        <v>39</v>
+      </c>
+      <c r="M92" t="s">
         <v>29</v>
       </c>
-      <c r="I92" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N92" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O92">
-        <v>786759056741</v>
+        <v>270317343625</v>
       </c>
       <c r="P92" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q92" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R92" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S92" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="T92" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="U92" t="s">
-        <v>489</v>
+        <v>466</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B93" t="s">
-        <v>490</v>
+        <v>467</v>
       </c>
       <c r="C93">
-        <v>275836312</v>
+        <v>292423512</v>
       </c>
       <c r="D93">
-        <v>562788</v>
+        <v>566810</v>
       </c>
       <c r="E93" t="s">
-        <v>491</v>
+        <v>24</v>
       </c>
       <c r="F93" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G93"/>
       <c r="H93">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I93" t="s">
-        <v>493</v>
-[...6 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="J93"/>
+      <c r="K93"/>
       <c r="L93" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M93" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N93"/>
+      <c r="O93"/>
       <c r="P93" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q93" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R93" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S93" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T93" t="s">
-        <v>494</v>
+        <v>469</v>
       </c>
       <c r="U93" t="s">
-        <v>495</v>
+        <v>470</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B94" t="s">
-        <v>496</v>
+        <v>471</v>
       </c>
       <c r="C94">
-        <v>252416712</v>
+        <v>242423512</v>
       </c>
       <c r="D94">
-        <v>562565</v>
+        <v>566808</v>
       </c>
       <c r="E94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F94" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G94"/>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s">
-        <v>497</v>
+        <v>468</v>
       </c>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M94" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q94" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R94" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S94" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T94" t="s">
-        <v>498</v>
+        <v>465</v>
       </c>
       <c r="U94" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B95" t="s">
-        <v>500</v>
+        <v>473</v>
       </c>
       <c r="C95">
-        <v>242754312</v>
+        <v>293225312</v>
       </c>
       <c r="D95">
-        <v>560446</v>
+        <v>565853</v>
       </c>
       <c r="E95" t="s">
-        <v>501</v>
+        <v>24</v>
       </c>
       <c r="F95" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G95"/>
       <c r="H95">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="I95" t="s">
-        <v>503</v>
-[...6 lines deleted...]
-      </c>
+        <v>474</v>
+      </c>
+      <c r="J95"/>
+      <c r="K95"/>
       <c r="L95" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M95" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="N95"/>
+      <c r="O95"/>
       <c r="P95" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q95" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R95" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S95" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T95" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="U95" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B96" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>477</v>
+      </c>
+      <c r="C96">
+        <v>243287312</v>
       </c>
       <c r="D96">
-        <v>559204</v>
+        <v>565359</v>
       </c>
       <c r="E96" t="s">
-        <v>507</v>
+        <v>478</v>
       </c>
       <c r="F96" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G96" t="s">
-        <v>508</v>
+        <v>479</v>
       </c>
       <c r="H96">
-        <v>278.6</v>
+        <v>89</v>
       </c>
       <c r="I96" t="s">
-        <v>509</v>
+        <v>468</v>
       </c>
       <c r="J96" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K96" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L96" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M96" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N96" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O96"/>
+        <v>30</v>
+      </c>
+      <c r="O96">
+        <v>788187891557</v>
+      </c>
       <c r="P96" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q96" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R96" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S96" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T96" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="U96" t="s">
-        <v>511</v>
+        <v>481</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B97" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>482</v>
+      </c>
+      <c r="C97">
+        <v>223158312</v>
       </c>
       <c r="D97">
-        <v>559184</v>
+        <v>564698</v>
       </c>
       <c r="E97" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="F97" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G97" t="s">
-        <v>514</v>
+        <v>484</v>
       </c>
       <c r="H97">
-        <v>52.8</v>
+        <v>69</v>
       </c>
       <c r="I97" t="s">
-        <v>515</v>
+        <v>485</v>
       </c>
       <c r="J97" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K97" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L97" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M97" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N97" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O97"/>
+        <v>30</v>
+      </c>
+      <c r="O97">
+        <v>787442535599</v>
+      </c>
       <c r="P97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q97" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R97" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S97" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T97" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="U97" t="s">
-        <v>516</v>
+        <v>487</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B98" t="s">
-        <v>517</v>
+        <v>488</v>
       </c>
       <c r="C98">
-        <v>293891912</v>
+        <v>284274512</v>
       </c>
       <c r="D98">
-        <v>559044</v>
+        <v>564562</v>
       </c>
       <c r="E98" t="s">
-        <v>518</v>
+        <v>24</v>
       </c>
       <c r="F98" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G98"/>
       <c r="H98">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="I98" t="s">
-        <v>520</v>
-[...6 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="J98"/>
+      <c r="K98"/>
       <c r="L98" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M98" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N98"/>
       <c r="O98"/>
       <c r="P98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q98" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R98" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S98" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T98" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="U98" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B99" t="s">
-        <v>522</v>
+        <v>492</v>
       </c>
       <c r="C99">
-        <v>295621912</v>
+        <v>256474512</v>
       </c>
       <c r="D99">
-        <v>558965</v>
+        <v>564561</v>
       </c>
       <c r="E99" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="F99" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G99" t="s">
-        <v>524</v>
+        <v>494</v>
       </c>
       <c r="H99">
-        <v>60</v>
+        <v>80.1</v>
       </c>
       <c r="I99" t="s">
-        <v>525</v>
+        <v>495</v>
       </c>
       <c r="J99" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K99" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L99" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M99" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N99" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O99"/>
+        <v>30</v>
+      </c>
+      <c r="O99">
+        <v>787412319528</v>
+      </c>
       <c r="P99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q99" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R99" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S99" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T99" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="U99" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
-        <v>111</v>
+        <v>453</v>
       </c>
       <c r="B100" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>236493112</v>
+        <v>497</v>
+      </c>
+      <c r="C100" t="s">
+        <v>498</v>
       </c>
       <c r="D100">
-        <v>558656</v>
+        <v>563891</v>
       </c>
       <c r="E100" t="s">
-        <v>528</v>
+        <v>499</v>
       </c>
       <c r="F100" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G100" t="s">
-        <v>529</v>
+        <v>500</v>
       </c>
       <c r="H100">
-        <v>120</v>
+        <v>71.1</v>
       </c>
       <c r="I100" t="s">
-        <v>530</v>
+        <v>501</v>
       </c>
       <c r="J100" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K100" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L100" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M100" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N100" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O100"/>
       <c r="P100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q100" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R100" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S100" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T100" t="s">
-        <v>531</v>
+        <v>502</v>
       </c>
       <c r="U100" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B101" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="C101">
-        <v>257763112</v>
+        <v>238439312</v>
       </c>
       <c r="D101">
-        <v>558595</v>
+        <v>563795</v>
       </c>
       <c r="E101" t="s">
-        <v>534</v>
+        <v>24</v>
       </c>
       <c r="F101" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G101"/>
       <c r="H101">
-        <v>121.7</v>
+        <v>0</v>
       </c>
       <c r="I101" t="s">
-        <v>536</v>
+        <v>505</v>
       </c>
       <c r="J101" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K101" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L101" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M101" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N101" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O101"/>
+        <v>30</v>
+      </c>
+      <c r="O101">
+        <v>786984513944</v>
+      </c>
       <c r="P101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q101" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R101" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S101" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T101" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="U101" t="s">
-        <v>537</v>
+        <v>507</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="B102" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>508</v>
+      </c>
+      <c r="C102">
+        <v>273689312</v>
       </c>
       <c r="D102">
-        <v>558146</v>
+        <v>563411</v>
       </c>
       <c r="E102" t="s">
-        <v>540</v>
+        <v>509</v>
       </c>
       <c r="F102" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G102" t="s">
-        <v>541</v>
+        <v>510</v>
       </c>
       <c r="H102">
-        <v>201.65</v>
+        <v>29</v>
       </c>
       <c r="I102" t="s">
-        <v>542</v>
+        <v>511</v>
       </c>
       <c r="J102" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K102" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L102" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M102" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N102" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O102">
-        <v>782659784547</v>
+        <v>786759056741</v>
       </c>
       <c r="P102" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q102" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R102" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S102" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T102" t="s">
-        <v>543</v>
+        <v>480</v>
       </c>
       <c r="U102" t="s">
-        <v>544</v>
+        <v>512</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B103" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>513</v>
+      </c>
+      <c r="C103">
+        <v>275836312</v>
       </c>
       <c r="D103">
-        <v>557959</v>
+        <v>562788</v>
       </c>
       <c r="E103" t="s">
-        <v>547</v>
+        <v>514</v>
       </c>
       <c r="F103" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G103" t="s">
-        <v>548</v>
+        <v>515</v>
       </c>
       <c r="H103">
-        <v>89.6</v>
+        <v>99</v>
       </c>
       <c r="I103" t="s">
-        <v>420</v>
+        <v>516</v>
       </c>
       <c r="J103" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K103" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L103" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M103" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N103" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O103">
-        <v>782471920385</v>
+        <v>786388232907</v>
       </c>
       <c r="P103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q103" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R103" t="s">
-        <v>339</v>
+        <v>32</v>
       </c>
       <c r="S103" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T103" t="s">
-        <v>549</v>
+        <v>517</v>
       </c>
       <c r="U103" t="s">
-        <v>550</v>
+        <v>518</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B104" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>519</v>
+      </c>
+      <c r="C104">
+        <v>252416712</v>
       </c>
       <c r="D104">
-        <v>557827</v>
+        <v>562565</v>
       </c>
       <c r="E104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F104" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G104"/>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s">
-        <v>488</v>
+        <v>520</v>
       </c>
       <c r="J104"/>
       <c r="K104"/>
       <c r="L104" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M104" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q104" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R104" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S104" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T104" t="s">
-        <v>553</v>
+        <v>521</v>
       </c>
       <c r="U104" t="s">
-        <v>554</v>
+        <v>522</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B105" t="s">
-        <v>555</v>
+        <v>523</v>
       </c>
       <c r="C105">
-        <v>254571112</v>
+        <v>242754312</v>
       </c>
       <c r="D105">
-        <v>557809</v>
+        <v>560446</v>
       </c>
       <c r="E105" t="s">
-        <v>23</v>
+        <v>524</v>
       </c>
       <c r="F105" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G105"/>
+        <v>25</v>
+      </c>
+      <c r="G105" t="s">
+        <v>525</v>
+      </c>
       <c r="H105">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="I105" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="K105"/>
+        <v>526</v>
+      </c>
+      <c r="J105" t="s">
+        <v>121</v>
+      </c>
+      <c r="K105" t="s">
+        <v>121</v>
+      </c>
       <c r="L105" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M105" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O105"/>
+        <v>29</v>
+      </c>
+      <c r="N105" t="s">
+        <v>30</v>
+      </c>
+      <c r="O105">
+        <v>784656573099</v>
+      </c>
       <c r="P105" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q105" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R105" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S105" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T105" t="s">
-        <v>557</v>
+        <v>465</v>
       </c>
       <c r="U105" t="s">
-        <v>558</v>
+        <v>527</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B106" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-        <v>213561112</v>
+        <v>528</v>
+      </c>
+      <c r="C106" t="s">
+        <v>529</v>
       </c>
       <c r="D106">
-        <v>557376</v>
+        <v>559204</v>
       </c>
       <c r="E106" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
       <c r="F106" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G106" t="s">
-        <v>561</v>
+        <v>531</v>
       </c>
       <c r="H106">
-        <v>79</v>
+        <v>278.6</v>
       </c>
       <c r="I106" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
       <c r="J106" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K106" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L106" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M106" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N106" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O106"/>
       <c r="P106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q106" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R106" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S106" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T106" t="s">
-        <v>563</v>
+        <v>533</v>
       </c>
       <c r="U106" t="s">
-        <v>564</v>
+        <v>534</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="B107" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>229466912</v>
+        <v>535</v>
+      </c>
+      <c r="C107" t="s">
+        <v>536</v>
       </c>
       <c r="D107">
-        <v>557164</v>
+        <v>559184</v>
       </c>
       <c r="E107" t="s">
-        <v>23</v>
+        <v>530</v>
       </c>
       <c r="F107" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G107"/>
+        <v>25</v>
+      </c>
+      <c r="G107" t="s">
+        <v>537</v>
+      </c>
       <c r="H107">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="I107" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-      <c r="K107"/>
+        <v>538</v>
+      </c>
+      <c r="J107" t="s">
+        <v>27</v>
+      </c>
+      <c r="K107" t="s">
+        <v>27</v>
+      </c>
       <c r="L107" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M107" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="N107"/>
+        <v>29</v>
+      </c>
+      <c r="N107" t="s">
+        <v>30</v>
+      </c>
       <c r="O107"/>
       <c r="P107" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q107" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R107" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S107" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T107" t="s">
-        <v>567</v>
+        <v>533</v>
       </c>
       <c r="U107" t="s">
-        <v>568</v>
+        <v>539</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
-        <v>428</v>
+        <v>106</v>
       </c>
       <c r="B108" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>540</v>
+      </c>
+      <c r="C108">
+        <v>293891912</v>
       </c>
       <c r="D108">
-        <v>557135</v>
+        <v>559044</v>
       </c>
       <c r="E108" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="F108" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G108" t="s">
-        <v>572</v>
+        <v>542</v>
       </c>
       <c r="H108">
-        <v>188</v>
+        <v>320</v>
       </c>
       <c r="I108" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
       <c r="J108" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K108" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L108" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M108" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N108" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O108"/>
       <c r="P108" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q108" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R108" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S108" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T108" t="s">
-        <v>574</v>
+        <v>533</v>
       </c>
       <c r="U108" t="s">
-        <v>575</v>
+        <v>544</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
-        <v>576</v>
+        <v>106</v>
       </c>
       <c r="B109" t="s">
-        <v>577</v>
+        <v>545</v>
       </c>
       <c r="C109">
-        <v>283757156</v>
+        <v>295621912</v>
       </c>
       <c r="D109">
-        <v>556770</v>
+        <v>558965</v>
       </c>
       <c r="E109" t="s">
-        <v>23</v>
+        <v>546</v>
       </c>
       <c r="F109" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G109"/>
+        <v>25</v>
+      </c>
+      <c r="G109" t="s">
+        <v>547</v>
+      </c>
       <c r="H109">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="I109" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-      <c r="K109"/>
+        <v>548</v>
+      </c>
+      <c r="J109" t="s">
+        <v>27</v>
+      </c>
+      <c r="K109" t="s">
+        <v>27</v>
+      </c>
       <c r="L109" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M109" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="N109"/>
+        <v>29</v>
+      </c>
+      <c r="N109" t="s">
+        <v>30</v>
+      </c>
       <c r="O109"/>
       <c r="P109" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q109" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R109" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S109" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T109" t="s">
-        <v>574</v>
+        <v>533</v>
       </c>
       <c r="U109" t="s">
-        <v>579</v>
+        <v>549</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B110" t="s">
-        <v>580</v>
+        <v>550</v>
       </c>
       <c r="C110">
-        <v>214755112</v>
+        <v>236493112</v>
       </c>
       <c r="D110">
-        <v>556665</v>
+        <v>558656</v>
       </c>
       <c r="E110" t="s">
-        <v>581</v>
+        <v>551</v>
       </c>
       <c r="F110" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G110" t="s">
-        <v>582</v>
+        <v>552</v>
       </c>
       <c r="H110">
-        <v>48.33</v>
+        <v>120</v>
       </c>
       <c r="I110" t="s">
-        <v>583</v>
+        <v>553</v>
       </c>
       <c r="J110" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K110" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L110" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M110" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N110" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O110">
-        <v>781401808150</v>
+        <v>783021101963</v>
       </c>
       <c r="P110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q110" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R110" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S110" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T110" t="s">
-        <v>567</v>
+        <v>554</v>
       </c>
       <c r="U110" t="s">
-        <v>584</v>
+        <v>555</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B111" t="s">
-        <v>585</v>
+        <v>556</v>
       </c>
       <c r="C111">
-        <v>235995112</v>
+        <v>257763112</v>
       </c>
       <c r="D111">
-        <v>556366</v>
+        <v>558595</v>
       </c>
       <c r="E111" t="s">
-        <v>586</v>
+        <v>557</v>
       </c>
       <c r="F111" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G111" t="s">
-        <v>587</v>
+        <v>558</v>
       </c>
       <c r="H111">
-        <v>109</v>
+        <v>121.7</v>
       </c>
       <c r="I111" t="s">
-        <v>588</v>
+        <v>559</v>
       </c>
       <c r="J111" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K111" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L111" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M111" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N111" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O111"/>
       <c r="P111" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q111" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R111" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S111" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T111" t="s">
-        <v>589</v>
+        <v>533</v>
       </c>
       <c r="U111" t="s">
-        <v>590</v>
+        <v>560</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
-        <v>428</v>
+        <v>85</v>
       </c>
       <c r="B112" t="s">
-        <v>591</v>
+        <v>561</v>
       </c>
       <c r="C112" t="s">
-        <v>592</v>
+        <v>562</v>
       </c>
       <c r="D112">
-        <v>556319</v>
+        <v>558146</v>
       </c>
       <c r="E112" t="s">
-        <v>593</v>
+        <v>563</v>
       </c>
       <c r="F112" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G112" t="s">
-        <v>594</v>
+        <v>564</v>
       </c>
       <c r="H112">
-        <v>75.5</v>
+        <v>201.65</v>
       </c>
       <c r="I112" t="s">
-        <v>595</v>
+        <v>565</v>
       </c>
       <c r="J112" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K112" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L112" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M112" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N112" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O112">
-        <v>781049873696</v>
+        <v>782659784547</v>
       </c>
       <c r="P112" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q112" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R112" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S112" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T112" t="s">
-        <v>596</v>
+        <v>566</v>
       </c>
       <c r="U112" t="s">
-        <v>597</v>
+        <v>567</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
-        <v>111</v>
+        <v>453</v>
       </c>
       <c r="B113" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>286165112</v>
+        <v>568</v>
+      </c>
+      <c r="C113" t="s">
+        <v>569</v>
       </c>
       <c r="D113">
-        <v>556258</v>
+        <v>557959</v>
       </c>
       <c r="E113" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
       <c r="F113" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G113" t="s">
-        <v>600</v>
+        <v>571</v>
       </c>
       <c r="H113">
-        <v>98</v>
+        <v>89.6</v>
       </c>
       <c r="I113" t="s">
-        <v>601</v>
+        <v>445</v>
       </c>
       <c r="J113" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K113" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L113" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M113" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N113" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O113">
-        <v>780980486553</v>
+        <v>782471920385</v>
       </c>
       <c r="P113" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q113" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R113" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S113" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T113" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="U113" t="s">
-        <v>602</v>
+        <v>573</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="B114" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>217465112</v>
+        <v>574</v>
+      </c>
+      <c r="C114" t="s">
+        <v>575</v>
       </c>
       <c r="D114">
-        <v>556156</v>
+        <v>557827</v>
       </c>
       <c r="E114" t="s">
-        <v>604</v>
+        <v>24</v>
       </c>
       <c r="F114" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G114"/>
       <c r="H114">
-        <v>72.27</v>
+        <v>0</v>
       </c>
       <c r="I114" t="s">
-        <v>606</v>
-[...6 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="J114"/>
+      <c r="K114"/>
       <c r="L114" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M114" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N114"/>
+      <c r="O114"/>
       <c r="P114" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q114" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R114" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S114" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T114" t="s">
-        <v>607</v>
+        <v>576</v>
       </c>
       <c r="U114" t="s">
-        <v>608</v>
+        <v>577</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B115" t="s">
-        <v>609</v>
+        <v>578</v>
       </c>
       <c r="C115">
-        <v>284857112</v>
+        <v>254571112</v>
       </c>
       <c r="D115">
-        <v>555970</v>
+        <v>557809</v>
       </c>
       <c r="E115" t="s">
-        <v>610</v>
+        <v>24</v>
       </c>
       <c r="F115" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G115"/>
       <c r="H115">
-        <v>130.82</v>
+        <v>0</v>
       </c>
       <c r="I115" t="s">
-        <v>612</v>
-[...6 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="J115"/>
+      <c r="K115"/>
       <c r="L115" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M115" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N115"/>
       <c r="O115"/>
       <c r="P115" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q115" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R115" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S115" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T115" t="s">
-        <v>613</v>
+        <v>580</v>
       </c>
       <c r="U115" t="s">
-        <v>614</v>
+        <v>581</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B116" t="s">
-        <v>615</v>
+        <v>582</v>
       </c>
       <c r="C116">
-        <v>253687112</v>
+        <v>213561112</v>
       </c>
       <c r="D116">
-        <v>555812</v>
+        <v>557376</v>
       </c>
       <c r="E116" t="s">
-        <v>616</v>
+        <v>583</v>
       </c>
       <c r="F116" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G116" t="s">
-        <v>617</v>
+        <v>584</v>
       </c>
       <c r="H116">
-        <v>81.81</v>
+        <v>79</v>
       </c>
       <c r="I116" t="s">
-        <v>618</v>
+        <v>585</v>
       </c>
       <c r="J116" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K116" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L116" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M116" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N116" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O116"/>
+        <v>30</v>
+      </c>
+      <c r="O116">
+        <v>782007374780</v>
+      </c>
       <c r="P116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q116" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R116" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S116" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T116" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
       <c r="U116" t="s">
-        <v>619</v>
+        <v>587</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B117" t="s">
-        <v>620</v>
+        <v>588</v>
       </c>
       <c r="C117">
-        <v>214967112</v>
+        <v>229466912</v>
       </c>
       <c r="D117">
-        <v>555409</v>
+        <v>557164</v>
       </c>
       <c r="E117" t="s">
-        <v>621</v>
+        <v>24</v>
       </c>
       <c r="F117" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G117"/>
       <c r="H117">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="I117" t="s">
-        <v>623</v>
-[...6 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="J117"/>
+      <c r="K117"/>
       <c r="L117" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M117" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N117"/>
+      <c r="O117"/>
       <c r="P117" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q117" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R117" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S117" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T117" t="s">
-        <v>567</v>
+        <v>590</v>
       </c>
       <c r="U117" t="s">
-        <v>624</v>
+        <v>591</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
-        <v>111</v>
+        <v>453</v>
       </c>
       <c r="B118" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>239667112</v>
+        <v>592</v>
+      </c>
+      <c r="C118" t="s">
+        <v>593</v>
       </c>
       <c r="D118">
-        <v>555395</v>
+        <v>557135</v>
       </c>
       <c r="E118" t="s">
-        <v>626</v>
+        <v>594</v>
       </c>
       <c r="F118" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G118" t="s">
-        <v>627</v>
+        <v>595</v>
       </c>
       <c r="H118">
-        <v>58</v>
+        <v>188</v>
       </c>
       <c r="I118" t="s">
-        <v>628</v>
+        <v>596</v>
       </c>
       <c r="J118" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K118" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L118" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M118" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N118" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O118"/>
+        <v>30</v>
+      </c>
+      <c r="O118">
+        <v>781830445416</v>
+      </c>
       <c r="P118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q118" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R118" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S118" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T118" t="s">
-        <v>629</v>
+        <v>597</v>
       </c>
       <c r="U118" t="s">
-        <v>630</v>
+        <v>598</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
-        <v>76</v>
+        <v>599</v>
       </c>
       <c r="B119" t="s">
-        <v>631</v>
+        <v>600</v>
       </c>
       <c r="C119">
-        <v>219865612</v>
+        <v>283757156</v>
       </c>
       <c r="D119">
-        <v>555388</v>
+        <v>556770</v>
       </c>
       <c r="E119" t="s">
-        <v>626</v>
+        <v>24</v>
       </c>
       <c r="F119" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G119"/>
       <c r="H119">
-        <v>93.2</v>
+        <v>0</v>
       </c>
       <c r="I119" t="s">
-        <v>633</v>
-[...6 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="J119"/>
+      <c r="K119"/>
       <c r="L119" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M119" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N119"/>
+      <c r="O119"/>
       <c r="P119" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q119" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R119" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S119" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T119" t="s">
-        <v>567</v>
+        <v>597</v>
       </c>
       <c r="U119" t="s">
-        <v>634</v>
+        <v>602</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B120" t="s">
-        <v>635</v>
+        <v>603</v>
       </c>
       <c r="C120">
-        <v>264465612</v>
+        <v>214755112</v>
       </c>
       <c r="D120">
-        <v>555362</v>
+        <v>556665</v>
       </c>
       <c r="E120" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="F120" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G120" t="s">
-        <v>636</v>
+        <v>605</v>
       </c>
       <c r="H120">
-        <v>94.7</v>
+        <v>48.33</v>
       </c>
       <c r="I120" t="s">
-        <v>420</v>
+        <v>606</v>
       </c>
       <c r="J120" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K120" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L120" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M120" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N120" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O120">
-        <v>780348330824</v>
+        <v>781401808150</v>
       </c>
       <c r="P120" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q120" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R120" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S120" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T120" t="s">
-        <v>567</v>
+        <v>590</v>
       </c>
       <c r="U120" t="s">
-        <v>637</v>
+        <v>607</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B121" t="s">
-        <v>638</v>
+        <v>608</v>
       </c>
       <c r="C121">
-        <v>232127112</v>
+        <v>235995112</v>
       </c>
       <c r="D121">
-        <v>555246</v>
+        <v>556366</v>
       </c>
       <c r="E121" t="s">
-        <v>639</v>
+        <v>609</v>
       </c>
       <c r="F121" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G121" t="s">
-        <v>640</v>
+        <v>610</v>
       </c>
       <c r="H121">
-        <v>97.92</v>
+        <v>109</v>
       </c>
       <c r="I121" t="s">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="J121" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K121" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L121" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M121" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N121" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O121"/>
+        <v>30</v>
+      </c>
+      <c r="O121">
+        <v>781105558121</v>
+      </c>
       <c r="P121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q121" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R121" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S121" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T121" t="s">
-        <v>642</v>
+        <v>612</v>
       </c>
       <c r="U121" t="s">
-        <v>643</v>
+        <v>613</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
-        <v>111</v>
+        <v>453</v>
       </c>
       <c r="B122" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>261727112</v>
+        <v>614</v>
+      </c>
+      <c r="C122" t="s">
+        <v>615</v>
       </c>
       <c r="D122">
-        <v>555203</v>
+        <v>556319</v>
       </c>
       <c r="E122" t="s">
-        <v>645</v>
+        <v>616</v>
       </c>
       <c r="F122" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G122" t="s">
-        <v>646</v>
+        <v>617</v>
       </c>
       <c r="H122">
-        <v>142.29</v>
+        <v>75.5</v>
       </c>
       <c r="I122" t="s">
-        <v>647</v>
+        <v>618</v>
       </c>
       <c r="J122" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K122" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L122" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M122" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N122" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O122"/>
+        <v>30</v>
+      </c>
+      <c r="O122">
+        <v>781049873696</v>
+      </c>
       <c r="P122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q122" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R122" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S122" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T122" t="s">
-        <v>648</v>
+        <v>619</v>
       </c>
       <c r="U122" t="s">
-        <v>649</v>
+        <v>620</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B123" t="s">
-        <v>650</v>
+        <v>621</v>
       </c>
       <c r="C123">
-        <v>227627112</v>
+        <v>286165112</v>
       </c>
       <c r="D123">
-        <v>555124</v>
+        <v>556258</v>
       </c>
       <c r="E123" t="s">
-        <v>651</v>
+        <v>622</v>
       </c>
       <c r="F123" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G123" t="s">
-        <v>652</v>
+        <v>623</v>
       </c>
       <c r="H123">
-        <v>128.07</v>
+        <v>98</v>
       </c>
       <c r="I123" t="s">
-        <v>647</v>
+        <v>624</v>
       </c>
       <c r="J123" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K123" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L123" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M123" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N123" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O123"/>
+        <v>30</v>
+      </c>
+      <c r="O123">
+        <v>780980486553</v>
+      </c>
       <c r="P123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q123" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R123" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="S123" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T123" t="s">
-        <v>403</v>
+        <v>590</v>
       </c>
       <c r="U123" t="s">
-        <v>653</v>
+        <v>625</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B124" t="s">
-        <v>654</v>
+        <v>626</v>
       </c>
       <c r="C124">
-        <v>228127612</v>
+        <v>217465112</v>
       </c>
       <c r="D124">
-        <v>554940</v>
+        <v>556156</v>
       </c>
       <c r="E124" t="s">
-        <v>655</v>
+        <v>627</v>
       </c>
       <c r="F124" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G124" t="s">
-        <v>656</v>
+        <v>628</v>
       </c>
       <c r="H124">
-        <v>109.53</v>
+        <v>72.27</v>
       </c>
       <c r="I124" t="s">
-        <v>536</v>
+        <v>629</v>
       </c>
       <c r="J124" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K124" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L124" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M124" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N124" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O124">
-        <v>399724560488</v>
+        <v>780906651599</v>
       </c>
       <c r="P124" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q124" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R124" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S124" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T124" t="s">
-        <v>403</v>
+        <v>630</v>
       </c>
       <c r="U124" t="s">
-        <v>657</v>
+        <v>631</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B125" t="s">
-        <v>658</v>
+        <v>632</v>
       </c>
       <c r="C125">
-        <v>221647112</v>
+        <v>284857112</v>
       </c>
       <c r="D125">
-        <v>554871</v>
+        <v>555970</v>
       </c>
       <c r="E125" t="s">
-        <v>659</v>
+        <v>633</v>
       </c>
       <c r="F125" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G125" t="s">
-        <v>660</v>
+        <v>634</v>
       </c>
       <c r="H125">
-        <v>176.4</v>
+        <v>130.82</v>
       </c>
       <c r="I125" t="s">
-        <v>661</v>
+        <v>635</v>
       </c>
       <c r="J125" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K125" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L125" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M125" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N125" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O125"/>
       <c r="P125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q125" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R125" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S125" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T125" t="s">
-        <v>662</v>
+        <v>636</v>
       </c>
       <c r="U125" t="s">
-        <v>663</v>
+        <v>637</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B126" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>638</v>
+      </c>
+      <c r="C126">
+        <v>253687112</v>
       </c>
       <c r="D126">
-        <v>554664</v>
+        <v>555812</v>
       </c>
       <c r="E126" t="s">
-        <v>666</v>
+        <v>639</v>
       </c>
       <c r="F126" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G126" t="s">
-        <v>667</v>
+        <v>640</v>
       </c>
       <c r="H126">
-        <v>43.5</v>
+        <v>81.81</v>
       </c>
       <c r="I126" t="s">
-        <v>668</v>
+        <v>641</v>
       </c>
       <c r="J126" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K126" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L126" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M126" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N126" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O126"/>
       <c r="P126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q126" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R126" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S126" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T126" t="s">
-        <v>403</v>
+        <v>590</v>
       </c>
       <c r="U126" t="s">
-        <v>669</v>
+        <v>642</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B127" t="s">
-        <v>670</v>
+        <v>643</v>
       </c>
       <c r="C127">
-        <v>234738112</v>
+        <v>214967112</v>
       </c>
       <c r="D127">
-        <v>555886</v>
+        <v>555409</v>
       </c>
       <c r="E127" t="s">
-        <v>671</v>
+        <v>644</v>
       </c>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G127" t="s">
-        <v>672</v>
+        <v>645</v>
       </c>
       <c r="H127">
-        <v>81.81</v>
+        <v>108</v>
       </c>
       <c r="I127" t="s">
-        <v>673</v>
+        <v>646</v>
       </c>
       <c r="J127" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K127" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L127" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M127" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N127" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O127">
-        <v>780711896148</v>
+        <v>780371473324</v>
       </c>
       <c r="P127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q127" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R127" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S127" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T127" t="s">
-        <v>567</v>
+        <v>590</v>
       </c>
       <c r="U127" t="s">
-        <v>674</v>
+        <v>647</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B128" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>648</v>
+      </c>
+      <c r="C128">
+        <v>239667112</v>
       </c>
       <c r="D128">
-        <v>554580</v>
+        <v>555395</v>
       </c>
       <c r="E128" t="s">
-        <v>677</v>
+        <v>649</v>
       </c>
       <c r="F128" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G128" t="s">
-        <v>678</v>
+        <v>650</v>
       </c>
       <c r="H128">
-        <v>41.4</v>
+        <v>58</v>
       </c>
       <c r="I128" t="s">
-        <v>679</v>
+        <v>651</v>
       </c>
       <c r="J128" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K128" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L128" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M128" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N128" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O128"/>
       <c r="P128" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q128" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R128" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S128" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T128" t="s">
-        <v>403</v>
+        <v>652</v>
       </c>
       <c r="U128" t="s">
-        <v>680</v>
+        <v>653</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
-        <v>428</v>
+        <v>106</v>
       </c>
       <c r="B129" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>682</v>
+        <v>654</v>
+      </c>
+      <c r="C129">
+        <v>219865612</v>
       </c>
       <c r="D129">
-        <v>554309</v>
+        <v>555388</v>
       </c>
       <c r="E129" t="s">
-        <v>683</v>
+        <v>649</v>
       </c>
       <c r="F129" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G129" t="s">
-        <v>684</v>
+        <v>655</v>
       </c>
       <c r="H129">
-        <v>228</v>
+        <v>93.2</v>
       </c>
       <c r="I129" t="s">
-        <v>685</v>
+        <v>656</v>
       </c>
       <c r="J129" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K129" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L129" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M129" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N129" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O129">
-        <v>399194946945</v>
+        <v>780371430251</v>
       </c>
       <c r="P129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q129" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R129" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S129" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T129" t="s">
-        <v>403</v>
+        <v>590</v>
       </c>
       <c r="U129" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B130" t="s">
-        <v>687</v>
+        <v>658</v>
       </c>
       <c r="C130">
-        <v>225949612</v>
+        <v>264465612</v>
       </c>
       <c r="D130">
-        <v>554281</v>
+        <v>555362</v>
       </c>
       <c r="E130" t="s">
-        <v>683</v>
+        <v>649</v>
       </c>
       <c r="F130" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G130" t="s">
-        <v>688</v>
+        <v>659</v>
       </c>
       <c r="H130">
-        <v>228</v>
+        <v>94.7</v>
       </c>
       <c r="I130" t="s">
-        <v>685</v>
+        <v>445</v>
       </c>
       <c r="J130" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K130" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L130" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M130" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N130" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O130">
-        <v>399193163398</v>
+        <v>780348330824</v>
       </c>
       <c r="P130" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q130" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R130" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S130" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T130" t="s">
-        <v>403</v>
+        <v>590</v>
       </c>
       <c r="U130" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B131" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>661</v>
+      </c>
+      <c r="C131">
+        <v>232127112</v>
       </c>
       <c r="D131">
-        <v>554165</v>
+        <v>555246</v>
       </c>
       <c r="E131" t="s">
-        <v>692</v>
+        <v>662</v>
       </c>
       <c r="F131" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G131" t="s">
-        <v>693</v>
+        <v>663</v>
       </c>
       <c r="H131">
-        <v>658</v>
+        <v>97.92</v>
       </c>
       <c r="I131" t="s">
-        <v>694</v>
+        <v>664</v>
       </c>
       <c r="J131" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K131" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L131" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M131" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N131" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O131"/>
       <c r="P131" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q131" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R131" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S131" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T131" t="s">
-        <v>403</v>
+        <v>665</v>
       </c>
       <c r="U131" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B132" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>667</v>
+      </c>
+      <c r="C132">
+        <v>261727112</v>
       </c>
       <c r="D132">
-        <v>554132</v>
+        <v>555203</v>
       </c>
       <c r="E132" t="s">
-        <v>698</v>
+        <v>668</v>
       </c>
       <c r="F132" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G132" t="s">
-        <v>699</v>
+        <v>669</v>
       </c>
       <c r="H132">
-        <v>41.4</v>
+        <v>142.29</v>
       </c>
       <c r="I132" t="s">
-        <v>700</v>
+        <v>670</v>
       </c>
       <c r="J132" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K132" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L132" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M132" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N132" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O132"/>
       <c r="P132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q132" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R132" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S132" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T132" t="s">
-        <v>403</v>
+        <v>671</v>
       </c>
       <c r="U132" t="s">
-        <v>701</v>
+        <v>672</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
-        <v>702</v>
+        <v>138</v>
       </c>
       <c r="B133" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>673</v>
+      </c>
+      <c r="C133">
+        <v>227627112</v>
       </c>
       <c r="D133">
-        <v>553976</v>
+        <v>555124</v>
       </c>
       <c r="E133" t="s">
-        <v>705</v>
+        <v>674</v>
       </c>
       <c r="F133" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G133" t="s">
-        <v>706</v>
+        <v>675</v>
       </c>
       <c r="H133">
+        <v>128.07</v>
+      </c>
+      <c r="I133" t="s">
+        <v>670</v>
+      </c>
+      <c r="J133" t="s">
+        <v>27</v>
+      </c>
+      <c r="K133" t="s">
+        <v>27</v>
+      </c>
+      <c r="L133" t="s">
+        <v>39</v>
+      </c>
+      <c r="M133" t="s">
         <v>29</v>
       </c>
-      <c r="I133" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N133" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q133" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="R133"/>
+        <v>49</v>
+      </c>
+      <c r="R133" t="s">
+        <v>32</v>
+      </c>
       <c r="S133" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T133" t="s">
-        <v>709</v>
+        <v>428</v>
       </c>
       <c r="U133" t="s">
-        <v>710</v>
+        <v>676</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B134" t="s">
-        <v>711</v>
+        <v>677</v>
       </c>
       <c r="C134">
-        <v>288321212</v>
+        <v>228127612</v>
       </c>
       <c r="D134">
-        <v>553981</v>
+        <v>554940</v>
       </c>
       <c r="E134" t="s">
-        <v>705</v>
+        <v>678</v>
       </c>
       <c r="F134" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G134" t="s">
-        <v>712</v>
+        <v>679</v>
       </c>
       <c r="H134">
-        <v>40.2</v>
+        <v>109.53</v>
       </c>
       <c r="I134" t="s">
-        <v>412</v>
+        <v>559</v>
       </c>
       <c r="J134" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K134" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L134" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M134" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N134" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O134">
-        <v>398972909827</v>
+        <v>399724560488</v>
       </c>
       <c r="P134" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q134" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R134" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S134" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T134" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U134" t="s">
-        <v>713</v>
+        <v>680</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B135" t="s">
-        <v>714</v>
+        <v>681</v>
       </c>
       <c r="C135">
-        <v>268641212</v>
+        <v>221647112</v>
       </c>
       <c r="D135">
-        <v>553955</v>
+        <v>554871</v>
       </c>
       <c r="E135" t="s">
-        <v>715</v>
+        <v>682</v>
       </c>
       <c r="F135" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G135" t="s">
-        <v>716</v>
+        <v>683</v>
       </c>
       <c r="H135">
-        <v>41.1</v>
+        <v>176.4</v>
       </c>
       <c r="I135" t="s">
-        <v>717</v>
+        <v>684</v>
       </c>
       <c r="J135" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K135" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L135" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M135" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N135" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O135">
-        <v>398941496753</v>
+        <v>399674230283</v>
       </c>
       <c r="P135" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q135" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R135" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S135" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T135" t="s">
-        <v>403</v>
+        <v>685</v>
       </c>
       <c r="U135" t="s">
-        <v>718</v>
+        <v>686</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" t="s">
-        <v>702</v>
+        <v>453</v>
       </c>
       <c r="B136" t="s">
-        <v>719</v>
+        <v>687</v>
       </c>
       <c r="C136" t="s">
-        <v>720</v>
+        <v>688</v>
       </c>
       <c r="D136">
-        <v>553901</v>
+        <v>554664</v>
       </c>
       <c r="E136" t="s">
-        <v>721</v>
+        <v>689</v>
       </c>
       <c r="F136" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G136" t="s">
-        <v>722</v>
+        <v>690</v>
       </c>
       <c r="H136">
+        <v>43.5</v>
+      </c>
+      <c r="I136" t="s">
+        <v>691</v>
+      </c>
+      <c r="J136" t="s">
+        <v>121</v>
+      </c>
+      <c r="K136" t="s">
+        <v>121</v>
+      </c>
+      <c r="L136" t="s">
+        <v>91</v>
+      </c>
+      <c r="M136" t="s">
         <v>29</v>
       </c>
-      <c r="I136" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N136" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O136"/>
+        <v>30</v>
+      </c>
+      <c r="O136">
+        <v>399502813620</v>
+      </c>
       <c r="P136" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q136" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="R136"/>
+        <v>49</v>
+      </c>
+      <c r="R136" t="s">
+        <v>32</v>
+      </c>
       <c r="S136" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T136" t="s">
-        <v>724</v>
+        <v>428</v>
       </c>
       <c r="U136" t="s">
-        <v>725</v>
+        <v>692</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" t="s">
-        <v>428</v>
+        <v>138</v>
       </c>
       <c r="B137" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>693</v>
+      </c>
+      <c r="C137">
+        <v>234738112</v>
       </c>
       <c r="D137">
-        <v>553855</v>
+        <v>555886</v>
       </c>
       <c r="E137" t="s">
-        <v>728</v>
+        <v>694</v>
       </c>
       <c r="F137" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G137" t="s">
-        <v>729</v>
+        <v>695</v>
       </c>
       <c r="H137">
-        <v>88</v>
+        <v>81.81</v>
       </c>
       <c r="I137" t="s">
-        <v>730</v>
+        <v>696</v>
       </c>
       <c r="J137" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K137" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L137" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M137" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N137" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O137">
-        <v>398818045533</v>
+        <v>780711896148</v>
       </c>
       <c r="P137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q137" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R137" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S137" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T137" t="s">
-        <v>403</v>
+        <v>590</v>
       </c>
       <c r="U137" t="s">
-        <v>731</v>
+        <v>697</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" t="s">
+        <v>453</v>
+      </c>
+      <c r="B138" t="s">
+        <v>698</v>
+      </c>
+      <c r="C138" t="s">
+        <v>699</v>
+      </c>
+      <c r="D138">
+        <v>554580</v>
+      </c>
+      <c r="E138" t="s">
+        <v>700</v>
+      </c>
+      <c r="F138" t="s">
+        <v>25</v>
+      </c>
+      <c r="G138" t="s">
+        <v>701</v>
+      </c>
+      <c r="H138">
+        <v>41.4</v>
+      </c>
+      <c r="I138" t="s">
+        <v>702</v>
+      </c>
+      <c r="J138" t="s">
+        <v>121</v>
+      </c>
+      <c r="K138" t="s">
+        <v>121</v>
+      </c>
+      <c r="L138" t="s">
+        <v>91</v>
+      </c>
+      <c r="M138" t="s">
+        <v>29</v>
+      </c>
+      <c r="N138" t="s">
+        <v>30</v>
+      </c>
+      <c r="O138">
+        <v>399499211058</v>
+      </c>
+      <c r="P138" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>49</v>
+      </c>
+      <c r="R138" t="s">
+        <v>32</v>
+      </c>
+      <c r="S138" t="s">
+        <v>33</v>
+      </c>
+      <c r="T138" t="s">
         <v>428</v>
       </c>
-      <c r="B138" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="U138" t="s">
-        <v>737</v>
+        <v>703</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="B139" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>246958212</v>
+        <v>704</v>
+      </c>
+      <c r="C139" t="s">
+        <v>705</v>
       </c>
       <c r="D139">
-        <v>552907</v>
+        <v>554309</v>
       </c>
       <c r="E139" t="s">
-        <v>739</v>
+        <v>706</v>
       </c>
       <c r="F139" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G139" t="s">
-        <v>740</v>
+        <v>707</v>
       </c>
       <c r="H139">
-        <v>93.8</v>
+        <v>228</v>
       </c>
       <c r="I139" t="s">
-        <v>493</v>
+        <v>708</v>
       </c>
       <c r="J139" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K139" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L139" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M139" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N139" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O139">
-        <v>397999148259</v>
+        <v>399194946945</v>
       </c>
       <c r="P139" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q139" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R139" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S139" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T139" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U139" t="s">
-        <v>741</v>
+        <v>709</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" t="s">
+        <v>106</v>
+      </c>
+      <c r="B140" t="s">
+        <v>710</v>
+      </c>
+      <c r="C140">
+        <v>225949612</v>
+      </c>
+      <c r="D140">
+        <v>554281</v>
+      </c>
+      <c r="E140" t="s">
+        <v>706</v>
+      </c>
+      <c r="F140" t="s">
+        <v>25</v>
+      </c>
+      <c r="G140" t="s">
+        <v>711</v>
+      </c>
+      <c r="H140">
+        <v>228</v>
+      </c>
+      <c r="I140" t="s">
+        <v>708</v>
+      </c>
+      <c r="J140" t="s">
+        <v>121</v>
+      </c>
+      <c r="K140" t="s">
+        <v>121</v>
+      </c>
+      <c r="L140" t="s">
+        <v>39</v>
+      </c>
+      <c r="M140" t="s">
+        <v>29</v>
+      </c>
+      <c r="N140" t="s">
+        <v>30</v>
+      </c>
+      <c r="O140">
+        <v>399193163398</v>
+      </c>
+      <c r="P140" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>49</v>
+      </c>
+      <c r="R140" t="s">
+        <v>32</v>
+      </c>
+      <c r="S140" t="s">
+        <v>33</v>
+      </c>
+      <c r="T140" t="s">
         <v>428</v>
       </c>
-      <c r="B140" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="U140" t="s">
-        <v>746</v>
+        <v>712</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="B141" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>281586212</v>
+        <v>713</v>
+      </c>
+      <c r="C141" t="s">
+        <v>714</v>
       </c>
       <c r="D141">
-        <v>552127</v>
+        <v>554165</v>
       </c>
       <c r="E141" t="s">
-        <v>748</v>
+        <v>715</v>
       </c>
       <c r="F141" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G141" t="s">
-        <v>749</v>
+        <v>716</v>
       </c>
       <c r="H141">
-        <v>98</v>
+        <v>658</v>
       </c>
       <c r="I141" t="s">
-        <v>750</v>
+        <v>717</v>
       </c>
       <c r="J141" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K141" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L141" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M141" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N141" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O141">
-        <v>397401606334</v>
+        <v>399056859927</v>
       </c>
       <c r="P141" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q141" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R141" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S141" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T141" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U141" t="s">
-        <v>751</v>
+        <v>718</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" t="s">
-        <v>46</v>
+        <v>453</v>
       </c>
       <c r="B142" t="s">
-        <v>752</v>
+        <v>719</v>
       </c>
       <c r="C142" t="s">
-        <v>753</v>
+        <v>720</v>
       </c>
       <c r="D142">
-        <v>551560</v>
+        <v>554132</v>
       </c>
       <c r="E142" t="s">
-        <v>23</v>
+        <v>721</v>
       </c>
       <c r="F142" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G142"/>
+        <v>25</v>
+      </c>
+      <c r="G142" t="s">
+        <v>722</v>
+      </c>
       <c r="H142">
-        <v>0</v>
+        <v>41.4</v>
       </c>
       <c r="I142" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-      <c r="K142"/>
+        <v>723</v>
+      </c>
+      <c r="J142" t="s">
+        <v>121</v>
+      </c>
+      <c r="K142" t="s">
+        <v>121</v>
+      </c>
       <c r="L142" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M142" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O142"/>
+        <v>29</v>
+      </c>
+      <c r="N142" t="s">
+        <v>30</v>
+      </c>
+      <c r="O142">
+        <v>399023344355</v>
+      </c>
       <c r="P142" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q142" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R142" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S142" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T142" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U142" t="s">
-        <v>755</v>
+        <v>724</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" t="s">
-        <v>46</v>
+        <v>246</v>
       </c>
       <c r="B143" t="s">
-        <v>756</v>
+        <v>725</v>
       </c>
       <c r="C143" t="s">
-        <v>757</v>
+        <v>726</v>
       </c>
       <c r="D143">
-        <v>551616</v>
+        <v>554021</v>
       </c>
       <c r="E143" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F143" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G143"/>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s">
-        <v>758</v>
+        <v>727</v>
       </c>
       <c r="J143"/>
       <c r="K143"/>
       <c r="L143" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M143" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q143" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R143"/>
       <c r="S143" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T143" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U143" t="s">
-        <v>759</v>
+        <v>728</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" t="s">
-        <v>46</v>
+        <v>729</v>
       </c>
       <c r="B144" t="s">
-        <v>760</v>
+        <v>730</v>
       </c>
       <c r="C144" t="s">
-        <v>761</v>
+        <v>731</v>
       </c>
       <c r="D144">
-        <v>551559</v>
+        <v>553976</v>
       </c>
       <c r="E144" t="s">
-        <v>23</v>
+        <v>732</v>
       </c>
       <c r="F144" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G144"/>
+        <v>25</v>
+      </c>
+      <c r="G144" t="s">
+        <v>733</v>
+      </c>
       <c r="H144">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="I144" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-      <c r="K144"/>
+        <v>734</v>
+      </c>
+      <c r="J144" t="s">
+        <v>27</v>
+      </c>
+      <c r="K144" t="s">
+        <v>27</v>
+      </c>
       <c r="L144" t="s">
-        <v>53</v>
+        <v>735</v>
       </c>
       <c r="M144" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="N144"/>
+        <v>29</v>
+      </c>
+      <c r="N144" t="s">
+        <v>30</v>
+      </c>
       <c r="O144"/>
       <c r="P144" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q144" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="R144"/>
       <c r="S144" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T144" t="s">
-        <v>403</v>
+        <v>736</v>
       </c>
       <c r="U144" t="s">
-        <v>763</v>
+        <v>737</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B145" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>738</v>
+      </c>
+      <c r="C145">
+        <v>288321212</v>
       </c>
       <c r="D145">
-        <v>551558</v>
+        <v>553981</v>
       </c>
       <c r="E145" t="s">
-        <v>23</v>
+        <v>732</v>
       </c>
       <c r="F145" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G145"/>
+        <v>25</v>
+      </c>
+      <c r="G145" t="s">
+        <v>739</v>
+      </c>
       <c r="H145">
-        <v>0</v>
+        <v>40.2</v>
       </c>
       <c r="I145" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="K145"/>
+        <v>437</v>
+      </c>
+      <c r="J145" t="s">
+        <v>121</v>
+      </c>
+      <c r="K145" t="s">
+        <v>121</v>
+      </c>
       <c r="L145" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M145" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O145"/>
+        <v>29</v>
+      </c>
+      <c r="N145" t="s">
+        <v>30</v>
+      </c>
+      <c r="O145">
+        <v>398972909827</v>
+      </c>
       <c r="P145" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q145" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R145" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S145" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T145" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U145" t="s">
-        <v>767</v>
+        <v>740</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B146" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>741</v>
+      </c>
+      <c r="C146">
+        <v>268641212</v>
       </c>
       <c r="D146">
-        <v>551557</v>
+        <v>553955</v>
       </c>
       <c r="E146" t="s">
-        <v>23</v>
+        <v>742</v>
       </c>
       <c r="F146" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G146"/>
+        <v>25</v>
+      </c>
+      <c r="G146" t="s">
+        <v>743</v>
+      </c>
       <c r="H146">
-        <v>0</v>
+        <v>41.1</v>
       </c>
       <c r="I146" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-      <c r="K146"/>
+        <v>744</v>
+      </c>
+      <c r="J146" t="s">
+        <v>121</v>
+      </c>
+      <c r="K146" t="s">
+        <v>121</v>
+      </c>
       <c r="L146" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M146" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O146"/>
+        <v>29</v>
+      </c>
+      <c r="N146" t="s">
+        <v>30</v>
+      </c>
+      <c r="O146">
+        <v>398941496753</v>
+      </c>
       <c r="P146" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q146" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R146" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S146" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T146" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U146" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" t="s">
-        <v>46</v>
+        <v>729</v>
       </c>
       <c r="B147" t="s">
-        <v>772</v>
+        <v>746</v>
       </c>
       <c r="C147" t="s">
-        <v>773</v>
+        <v>747</v>
       </c>
       <c r="D147">
-        <v>551556</v>
+        <v>553901</v>
       </c>
       <c r="E147" t="s">
-        <v>23</v>
+        <v>748</v>
       </c>
       <c r="F147" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G147"/>
+        <v>25</v>
+      </c>
+      <c r="G147" t="s">
+        <v>749</v>
+      </c>
       <c r="H147">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="I147" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-      <c r="K147"/>
+        <v>750</v>
+      </c>
+      <c r="J147" t="s">
+        <v>27</v>
+      </c>
+      <c r="K147" t="s">
+        <v>27</v>
+      </c>
       <c r="L147" t="s">
-        <v>53</v>
+        <v>735</v>
       </c>
       <c r="M147" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="N147"/>
+        <v>29</v>
+      </c>
+      <c r="N147" t="s">
+        <v>30</v>
+      </c>
       <c r="O147"/>
       <c r="P147" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q147" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="R147"/>
       <c r="S147" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T147" t="s">
-        <v>403</v>
+        <v>751</v>
       </c>
       <c r="U147" t="s">
-        <v>775</v>
+        <v>752</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" t="s">
-        <v>46</v>
+        <v>453</v>
       </c>
       <c r="B148" t="s">
-        <v>776</v>
+        <v>753</v>
       </c>
       <c r="C148" t="s">
-        <v>777</v>
+        <v>754</v>
       </c>
       <c r="D148">
-        <v>551555</v>
+        <v>553855</v>
       </c>
       <c r="E148" t="s">
-        <v>23</v>
+        <v>755</v>
       </c>
       <c r="F148" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G148"/>
+        <v>25</v>
+      </c>
+      <c r="G148" t="s">
+        <v>756</v>
+      </c>
       <c r="H148">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="I148" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-      <c r="K148"/>
+        <v>757</v>
+      </c>
+      <c r="J148" t="s">
+        <v>121</v>
+      </c>
+      <c r="K148" t="s">
+        <v>121</v>
+      </c>
       <c r="L148" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M148" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O148"/>
+        <v>29</v>
+      </c>
+      <c r="N148" t="s">
+        <v>30</v>
+      </c>
+      <c r="O148">
+        <v>398818045533</v>
+      </c>
       <c r="P148" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q148" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R148" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S148" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T148" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U148" t="s">
-        <v>779</v>
+        <v>758</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" t="s">
-        <v>46</v>
+        <v>453</v>
       </c>
       <c r="B149" t="s">
-        <v>780</v>
+        <v>759</v>
       </c>
       <c r="C149" t="s">
-        <v>781</v>
+        <v>760</v>
       </c>
       <c r="D149">
-        <v>551554</v>
+        <v>553603</v>
       </c>
       <c r="E149" t="s">
-        <v>23</v>
+        <v>761</v>
       </c>
       <c r="F149" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G149"/>
+        <v>25</v>
+      </c>
+      <c r="G149" t="s">
+        <v>762</v>
+      </c>
       <c r="H149">
-        <v>0</v>
+        <v>74.7</v>
       </c>
       <c r="I149" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-      <c r="K149"/>
+        <v>763</v>
+      </c>
+      <c r="J149" t="s">
+        <v>121</v>
+      </c>
+      <c r="K149" t="s">
+        <v>121</v>
+      </c>
       <c r="L149" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M149" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O149"/>
+        <v>29</v>
+      </c>
+      <c r="N149" t="s">
+        <v>30</v>
+      </c>
+      <c r="O149">
+        <v>398596488783</v>
+      </c>
       <c r="P149" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q149" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R149" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S149" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T149" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U149" t="s">
-        <v>783</v>
+        <v>764</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B150" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>765</v>
+      </c>
+      <c r="C150">
+        <v>246958212</v>
       </c>
       <c r="D150">
-        <v>551553</v>
+        <v>552907</v>
       </c>
       <c r="E150" t="s">
-        <v>23</v>
+        <v>766</v>
       </c>
       <c r="F150" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G150"/>
+        <v>25</v>
+      </c>
+      <c r="G150" t="s">
+        <v>767</v>
+      </c>
       <c r="H150">
-        <v>0</v>
+        <v>93.8</v>
       </c>
       <c r="I150" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-      <c r="K150"/>
+        <v>516</v>
+      </c>
+      <c r="J150" t="s">
+        <v>121</v>
+      </c>
+      <c r="K150" t="s">
+        <v>121</v>
+      </c>
       <c r="L150" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M150" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O150"/>
+        <v>29</v>
+      </c>
+      <c r="N150" t="s">
+        <v>30</v>
+      </c>
+      <c r="O150">
+        <v>397999148259</v>
+      </c>
       <c r="P150" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q150" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R150" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S150" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T150" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U150" t="s">
-        <v>787</v>
+        <v>768</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="B151" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>265293412</v>
+        <v>769</v>
+      </c>
+      <c r="C151" t="s">
+        <v>770</v>
       </c>
       <c r="D151">
-        <v>550875</v>
+        <v>552866</v>
       </c>
       <c r="E151" t="s">
-        <v>789</v>
+        <v>766</v>
       </c>
       <c r="F151" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G151" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="H151">
-        <v>98</v>
+        <v>83.2</v>
       </c>
       <c r="I151" t="s">
-        <v>530</v>
+        <v>772</v>
       </c>
       <c r="J151" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K151" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L151" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M151" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N151" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O151">
-        <v>396463219346</v>
+        <v>397999348541</v>
       </c>
       <c r="P151" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q151" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R151" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S151" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T151" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U151" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B152" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="C152">
-        <v>227863412</v>
+        <v>281586212</v>
       </c>
       <c r="D152">
-        <v>550852</v>
+        <v>552127</v>
       </c>
       <c r="E152" t="s">
-        <v>23</v>
+        <v>775</v>
       </c>
       <c r="F152" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G152"/>
+        <v>25</v>
+      </c>
+      <c r="G152" t="s">
+        <v>776</v>
+      </c>
       <c r="H152">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="I152" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-      <c r="K152"/>
+        <v>777</v>
+      </c>
+      <c r="J152" t="s">
+        <v>121</v>
+      </c>
+      <c r="K152" t="s">
+        <v>121</v>
+      </c>
       <c r="L152" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M152" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O152"/>
+        <v>29</v>
+      </c>
+      <c r="N152" t="s">
+        <v>30</v>
+      </c>
+      <c r="O152">
+        <v>397401606334</v>
+      </c>
       <c r="P152" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q152" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R152" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S152" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T152" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U152" t="s">
-        <v>793</v>
+        <v>778</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" t="s">
-        <v>428</v>
+        <v>85</v>
       </c>
       <c r="B153" t="s">
-        <v>794</v>
+        <v>779</v>
       </c>
       <c r="C153" t="s">
-        <v>795</v>
+        <v>780</v>
       </c>
       <c r="D153">
-        <v>550827</v>
+        <v>551560</v>
       </c>
       <c r="E153" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F153" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G153"/>
       <c r="H153">
         <v>0</v>
       </c>
       <c r="I153" t="s">
-        <v>796</v>
+        <v>781</v>
       </c>
       <c r="J153"/>
       <c r="K153"/>
       <c r="L153" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M153" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q153" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R153" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S153" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T153" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U153" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" t="s">
-        <v>428</v>
+        <v>85</v>
       </c>
       <c r="B154" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="C154" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
       <c r="D154">
-        <v>593971</v>
+        <v>551616</v>
       </c>
       <c r="E154" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F154" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G154"/>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154" t="s">
-        <v>359</v>
+        <v>785</v>
       </c>
       <c r="J154"/>
       <c r="K154"/>
       <c r="L154" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q154" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R154" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S154" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T154" t="s">
-        <v>44</v>
+        <v>428</v>
       </c>
       <c r="U154" t="s">
-        <v>800</v>
+        <v>786</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B155" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>298957412</v>
+        <v>787</v>
+      </c>
+      <c r="C155" t="s">
+        <v>788</v>
       </c>
       <c r="D155">
-        <v>549708</v>
+        <v>551559</v>
       </c>
       <c r="E155" t="s">
-        <v>802</v>
+        <v>24</v>
       </c>
       <c r="F155" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G155"/>
       <c r="H155">
+        <v>0</v>
+      </c>
+      <c r="I155" t="s">
+        <v>789</v>
+      </c>
+      <c r="J155"/>
+      <c r="K155"/>
+      <c r="L155" t="s">
+        <v>91</v>
+      </c>
+      <c r="M155" t="s">
         <v>98</v>
       </c>
-      <c r="I155" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="N155"/>
+      <c r="O155"/>
       <c r="P155" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q155" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R155" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S155" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T155" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U155" t="s">
-        <v>804</v>
+        <v>790</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B156" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>294399412</v>
+        <v>791</v>
+      </c>
+      <c r="C156" t="s">
+        <v>792</v>
       </c>
       <c r="D156">
-        <v>548438</v>
+        <v>551558</v>
       </c>
       <c r="E156" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F156" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G156"/>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156" t="s">
-        <v>806</v>
+        <v>793</v>
       </c>
       <c r="J156"/>
       <c r="K156"/>
       <c r="L156" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q156" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R156" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S156" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T156" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U156" t="s">
-        <v>807</v>
+        <v>794</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" t="s">
-        <v>576</v>
+        <v>85</v>
       </c>
       <c r="B157" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>281823176</v>
+        <v>795</v>
+      </c>
+      <c r="C157" t="s">
+        <v>796</v>
       </c>
       <c r="D157">
-        <v>548326</v>
+        <v>551557</v>
       </c>
       <c r="E157" t="s">
-        <v>809</v>
+        <v>24</v>
       </c>
       <c r="F157" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G157"/>
       <c r="H157">
-        <v>38.4</v>
+        <v>0</v>
       </c>
       <c r="I157" t="s">
-        <v>811</v>
-[...6 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="J157"/>
+      <c r="K157"/>
       <c r="L157" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M157" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N157"/>
+      <c r="O157"/>
       <c r="P157" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q157" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R157" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S157" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T157" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U157" t="s">
-        <v>812</v>
+        <v>798</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B158" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-        <v>286949412</v>
+        <v>799</v>
+      </c>
+      <c r="C158" t="s">
+        <v>800</v>
       </c>
       <c r="D158">
-        <v>548184</v>
+        <v>551556</v>
       </c>
       <c r="E158" t="s">
-        <v>814</v>
+        <v>24</v>
       </c>
       <c r="F158" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G158"/>
       <c r="H158">
-        <v>101.15</v>
+        <v>0</v>
       </c>
       <c r="I158" t="s">
-        <v>816</v>
-[...6 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="J158"/>
+      <c r="K158"/>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M158" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N158"/>
+      <c r="O158"/>
       <c r="P158" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q158" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R158" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S158" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T158" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U158" t="s">
-        <v>817</v>
+        <v>802</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B159" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>279112412</v>
+        <v>803</v>
+      </c>
+      <c r="C159" t="s">
+        <v>804</v>
       </c>
       <c r="D159">
-        <v>547136</v>
+        <v>551555</v>
       </c>
       <c r="E159" t="s">
-        <v>819</v>
+        <v>24</v>
       </c>
       <c r="F159" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G159"/>
       <c r="H159">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="I159" t="s">
-        <v>821</v>
-[...6 lines deleted...]
-      </c>
+        <v>805</v>
+      </c>
+      <c r="J159"/>
+      <c r="K159"/>
       <c r="L159" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M159" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N159"/>
+      <c r="O159"/>
       <c r="P159" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q159" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R159" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S159" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T159" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U159" t="s">
-        <v>822</v>
+        <v>806</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B160" t="s">
-        <v>823</v>
+        <v>807</v>
       </c>
       <c r="C160" t="s">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="D160">
-        <v>546967</v>
+        <v>551554</v>
       </c>
       <c r="E160" t="s">
-        <v>825</v>
+        <v>24</v>
       </c>
       <c r="F160" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G160"/>
       <c r="H160">
-        <v>92.9</v>
+        <v>0</v>
       </c>
       <c r="I160" t="s">
-        <v>827</v>
-[...6 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="J160"/>
+      <c r="K160"/>
       <c r="L160" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M160" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N160"/>
       <c r="O160"/>
       <c r="P160" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q160" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R160" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S160" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T160" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U160" t="s">
-        <v>828</v>
+        <v>810</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B161" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="C161" t="s">
-        <v>830</v>
+        <v>812</v>
       </c>
       <c r="D161">
-        <v>546678</v>
+        <v>551553</v>
       </c>
       <c r="E161" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G161"/>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161" t="s">
-        <v>831</v>
+        <v>813</v>
       </c>
       <c r="J161"/>
       <c r="K161"/>
       <c r="L161" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M161" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q161" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R161" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S161" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T161" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U161" t="s">
-        <v>832</v>
+        <v>814</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B162" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>815</v>
+      </c>
+      <c r="C162">
+        <v>265293412</v>
       </c>
       <c r="D162">
-        <v>546677</v>
+        <v>550875</v>
       </c>
       <c r="E162" t="s">
-        <v>23</v>
+        <v>816</v>
       </c>
       <c r="F162" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G162"/>
+        <v>25</v>
+      </c>
+      <c r="G162" t="s">
+        <v>817</v>
+      </c>
       <c r="H162">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="I162" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-      <c r="K162"/>
+        <v>553</v>
+      </c>
+      <c r="J162" t="s">
+        <v>121</v>
+      </c>
+      <c r="K162" t="s">
+        <v>121</v>
+      </c>
       <c r="L162" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M162" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O162"/>
+        <v>29</v>
+      </c>
+      <c r="N162" t="s">
+        <v>30</v>
+      </c>
+      <c r="O162">
+        <v>396463219346</v>
+      </c>
       <c r="P162" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q162" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R162" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S162" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T162" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U162" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B163" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>819</v>
+      </c>
+      <c r="C163">
+        <v>227863412</v>
       </c>
       <c r="D163">
-        <v>546472</v>
+        <v>550852</v>
       </c>
       <c r="E163" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F163" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G163"/>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s">
-        <v>839</v>
+        <v>696</v>
       </c>
       <c r="J163"/>
       <c r="K163"/>
       <c r="L163" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M163" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q163" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R163" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S163" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T163" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U163" t="s">
-        <v>840</v>
+        <v>820</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" t="s">
-        <v>76</v>
+        <v>453</v>
       </c>
       <c r="B164" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>239492412</v>
+        <v>821</v>
+      </c>
+      <c r="C164" t="s">
+        <v>822</v>
       </c>
       <c r="D164">
-        <v>546328</v>
+        <v>550827</v>
       </c>
       <c r="E164" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F164" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G164"/>
       <c r="H164">
         <v>0</v>
       </c>
       <c r="I164" t="s">
-        <v>842</v>
+        <v>823</v>
       </c>
       <c r="J164"/>
       <c r="K164"/>
       <c r="L164" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q164" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R164" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S164" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T164" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U164" t="s">
-        <v>843</v>
+        <v>824</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
-        <v>46</v>
+        <v>453</v>
       </c>
       <c r="B165" t="s">
-        <v>844</v>
+        <v>825</v>
       </c>
       <c r="C165" t="s">
-        <v>845</v>
+        <v>826</v>
       </c>
       <c r="D165">
-        <v>545901</v>
+        <v>593971</v>
       </c>
       <c r="E165" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F165" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G165"/>
       <c r="H165">
         <v>0</v>
       </c>
       <c r="I165" t="s">
-        <v>588</v>
+        <v>384</v>
       </c>
       <c r="J165"/>
       <c r="K165"/>
       <c r="L165" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M165" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q165" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R165" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S165" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="T165" t="s">
-        <v>403</v>
+        <v>83</v>
       </c>
       <c r="U165" t="s">
-        <v>846</v>
+        <v>827</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B166" t="s">
-        <v>847</v>
+        <v>828</v>
       </c>
       <c r="C166">
-        <v>288222412</v>
+        <v>298957412</v>
       </c>
       <c r="D166">
-        <v>545693</v>
+        <v>549708</v>
       </c>
       <c r="E166" t="s">
-        <v>23</v>
+        <v>829</v>
       </c>
       <c r="F166" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G166"/>
+        <v>25</v>
+      </c>
+      <c r="G166" t="s">
+        <v>830</v>
+      </c>
       <c r="H166">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="I166" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-      <c r="K166"/>
+        <v>777</v>
+      </c>
+      <c r="J166" t="s">
+        <v>121</v>
+      </c>
+      <c r="K166" t="s">
+        <v>121</v>
+      </c>
       <c r="L166" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M166" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O166"/>
+        <v>29</v>
+      </c>
+      <c r="N166" t="s">
+        <v>30</v>
+      </c>
+      <c r="O166">
+        <v>395542337243</v>
+      </c>
       <c r="P166" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q166" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R166" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S166" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T166" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U166" t="s">
-        <v>849</v>
+        <v>831</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B167" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>832</v>
+      </c>
+      <c r="C167">
+        <v>294399412</v>
       </c>
       <c r="D167">
-        <v>545665</v>
+        <v>548438</v>
       </c>
       <c r="E167" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F167" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G167"/>
       <c r="H167">
         <v>0</v>
       </c>
       <c r="I167" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="J167"/>
       <c r="K167"/>
       <c r="L167" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M167" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q167" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R167" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S167" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T167" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U167" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" t="s">
-        <v>576</v>
+        <v>599</v>
       </c>
       <c r="B168" t="s">
-        <v>854</v>
+        <v>835</v>
       </c>
       <c r="C168">
-        <v>241192776</v>
+        <v>281823176</v>
       </c>
       <c r="D168">
-        <v>545259</v>
+        <v>548326</v>
       </c>
       <c r="E168" t="s">
-        <v>855</v>
+        <v>836</v>
       </c>
       <c r="F168" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G168" t="s">
-        <v>856</v>
+        <v>837</v>
       </c>
       <c r="H168">
-        <v>307.1</v>
+        <v>38.4</v>
       </c>
       <c r="I168" t="s">
-        <v>857</v>
+        <v>838</v>
       </c>
       <c r="J168" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K168" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L168" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M168" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N168" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O168">
-        <v>392540035858</v>
+        <v>394445408960</v>
       </c>
       <c r="P168" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q168" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R168" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S168" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T168" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U168" t="s">
-        <v>858</v>
+        <v>839</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" t="s">
-        <v>220</v>
+        <v>106</v>
       </c>
       <c r="B169" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>840</v>
+      </c>
+      <c r="C169">
+        <v>286949412</v>
       </c>
       <c r="D169">
-        <v>546253</v>
+        <v>548184</v>
       </c>
       <c r="E169" t="s">
-        <v>23</v>
+        <v>841</v>
       </c>
       <c r="F169" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G169"/>
+        <v>25</v>
+      </c>
+      <c r="G169" t="s">
+        <v>842</v>
+      </c>
       <c r="H169">
-        <v>0</v>
+        <v>101.15</v>
       </c>
       <c r="I169" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-      <c r="K169"/>
+        <v>843</v>
+      </c>
+      <c r="J169" t="s">
+        <v>121</v>
+      </c>
+      <c r="K169" t="s">
+        <v>121</v>
+      </c>
       <c r="L169" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M169" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="O169"/>
+        <v>29</v>
+      </c>
+      <c r="N169" t="s">
+        <v>30</v>
+      </c>
+      <c r="O169">
+        <v>394334795589</v>
+      </c>
       <c r="P169" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q169" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="R169"/>
+        <v>49</v>
+      </c>
+      <c r="R169" t="s">
+        <v>32</v>
+      </c>
       <c r="S169" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T169" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U169" t="s">
-        <v>862</v>
+        <v>844</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B170" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>845</v>
+      </c>
+      <c r="C170">
+        <v>279112412</v>
       </c>
       <c r="D170">
-        <v>542989</v>
+        <v>547136</v>
       </c>
       <c r="E170" t="s">
-        <v>865</v>
+        <v>846</v>
       </c>
       <c r="F170" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G170" t="s">
-        <v>866</v>
+        <v>847</v>
       </c>
       <c r="H170">
-        <v>112.3</v>
+        <v>109</v>
       </c>
       <c r="I170" t="s">
-        <v>867</v>
+        <v>848</v>
       </c>
       <c r="J170" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K170" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L170" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M170" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N170" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O170">
-        <v>391243872322</v>
+        <v>393625264930</v>
       </c>
       <c r="P170" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q170" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R170" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S170" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T170" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U170" t="s">
-        <v>868</v>
+        <v>849</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B171" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>287925352</v>
+        <v>850</v>
+      </c>
+      <c r="C171" t="s">
+        <v>851</v>
       </c>
       <c r="D171">
-        <v>542907</v>
+        <v>546967</v>
       </c>
       <c r="E171" t="s">
-        <v>870</v>
+        <v>852</v>
       </c>
       <c r="F171" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G171" t="s">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="H171">
-        <v>99</v>
+        <v>92.9</v>
       </c>
       <c r="I171" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="J171" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K171" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M171" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N171" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O171"/>
       <c r="P171" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q171" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R171" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S171" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T171" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U171" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B172" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>281625352</v>
+        <v>856</v>
+      </c>
+      <c r="C172" t="s">
+        <v>857</v>
       </c>
       <c r="D172">
-        <v>542899</v>
+        <v>546678</v>
       </c>
       <c r="E172" t="s">
-        <v>870</v>
+        <v>24</v>
       </c>
       <c r="F172" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G172"/>
       <c r="H172">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="I172" t="s">
-        <v>876</v>
-[...6 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="J172"/>
+      <c r="K172"/>
       <c r="L172" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M172" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N172"/>
+      <c r="O172"/>
       <c r="P172" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q172" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R172" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S172" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T172" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U172" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B173" t="s">
-        <v>878</v>
+        <v>860</v>
       </c>
       <c r="C173" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
       <c r="D173">
-        <v>542866</v>
+        <v>546677</v>
       </c>
       <c r="E173" t="s">
-        <v>870</v>
+        <v>24</v>
       </c>
       <c r="F173" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G173"/>
       <c r="H173">
-        <v>82.56</v>
+        <v>0</v>
       </c>
       <c r="I173" t="s">
-        <v>881</v>
-[...6 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="J173"/>
+      <c r="K173"/>
       <c r="L173" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M173" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N173"/>
+      <c r="O173"/>
       <c r="P173" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q173" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R173" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S173" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T173" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U173" t="s">
-        <v>882</v>
+        <v>863</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B174" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>294445352</v>
+        <v>864</v>
+      </c>
+      <c r="C174" t="s">
+        <v>865</v>
       </c>
       <c r="D174">
-        <v>542817</v>
+        <v>546472</v>
       </c>
       <c r="E174" t="s">
-        <v>870</v>
+        <v>24</v>
       </c>
       <c r="F174" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G174"/>
       <c r="H174">
-        <v>56.96</v>
+        <v>0</v>
       </c>
       <c r="I174" t="s">
-        <v>885</v>
-[...6 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="J174"/>
+      <c r="K174"/>
       <c r="L174" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M174" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N174"/>
       <c r="O174"/>
       <c r="P174" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q174" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R174" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S174" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T174" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U174" t="s">
-        <v>886</v>
+        <v>867</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B175" t="s">
-        <v>887</v>
+        <v>868</v>
       </c>
       <c r="C175">
-        <v>268577352</v>
+        <v>239492412</v>
       </c>
       <c r="D175">
-        <v>542612</v>
+        <v>546328</v>
       </c>
       <c r="E175" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F175" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G175"/>
       <c r="H175">
         <v>0</v>
       </c>
       <c r="I175" t="s">
-        <v>888</v>
+        <v>869</v>
       </c>
       <c r="J175"/>
       <c r="K175"/>
       <c r="L175" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q175" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="R175" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S175" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T175" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U175" t="s">
-        <v>889</v>
+        <v>870</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B176" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>222197352</v>
+        <v>871</v>
+      </c>
+      <c r="C176" t="s">
+        <v>872</v>
       </c>
       <c r="D176">
-        <v>542449</v>
+        <v>545901</v>
       </c>
       <c r="E176" t="s">
-        <v>891</v>
+        <v>24</v>
       </c>
       <c r="F176" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G176"/>
       <c r="H176">
-        <v>95.2</v>
+        <v>0</v>
       </c>
       <c r="I176" t="s">
-        <v>893</v>
-[...6 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="J176"/>
+      <c r="K176"/>
       <c r="L176" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M176" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N176"/>
+      <c r="O176"/>
       <c r="P176" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q176" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R176" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S176" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T176" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U176" t="s">
-        <v>894</v>
+        <v>873</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B177" t="s">
-        <v>895</v>
+        <v>874</v>
       </c>
       <c r="C177">
-        <v>265969852</v>
+        <v>288222412</v>
       </c>
       <c r="D177">
-        <v>542448</v>
+        <v>545693</v>
       </c>
       <c r="E177" t="s">
-        <v>891</v>
+        <v>24</v>
       </c>
       <c r="F177" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G177"/>
       <c r="H177">
-        <v>68.8</v>
+        <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>897</v>
-[...6 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="J177"/>
+      <c r="K177"/>
       <c r="L177" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M177" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q177" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R177" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S177" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T177" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U177" t="s">
-        <v>898</v>
+        <v>876</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B178" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>258727352</v>
+        <v>877</v>
+      </c>
+      <c r="C178" t="s">
+        <v>878</v>
       </c>
       <c r="D178">
-        <v>542242</v>
+        <v>545665</v>
       </c>
       <c r="E178" t="s">
-        <v>900</v>
+        <v>24</v>
       </c>
       <c r="F178" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G178"/>
       <c r="H178">
-        <v>38.5</v>
+        <v>0</v>
       </c>
       <c r="I178" t="s">
-        <v>902</v>
-[...6 lines deleted...]
-      </c>
+        <v>879</v>
+      </c>
+      <c r="J178"/>
+      <c r="K178"/>
       <c r="L178" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M178" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="N178"/>
+      <c r="O178"/>
       <c r="P178" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q178" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R178" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S178" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T178" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U178" t="s">
-        <v>903</v>
+        <v>880</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" t="s">
-        <v>46</v>
+        <v>599</v>
       </c>
       <c r="B179" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-        <v>905</v>
+        <v>881</v>
+      </c>
+      <c r="C179">
+        <v>241192776</v>
       </c>
       <c r="D179">
-        <v>542212</v>
+        <v>545259</v>
       </c>
       <c r="E179" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="F179" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G179" t="s">
-        <v>906</v>
+        <v>883</v>
       </c>
       <c r="H179">
-        <v>72.1</v>
+        <v>307.1</v>
       </c>
       <c r="I179" t="s">
-        <v>907</v>
+        <v>884</v>
       </c>
       <c r="J179" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K179" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L179" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M179" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N179" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O179">
-        <v>390935435435</v>
+        <v>392540035858</v>
       </c>
       <c r="P179" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q179" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R179" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S179" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T179" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U179" t="s">
-        <v>908</v>
+        <v>885</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="B180" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-        <v>251878352</v>
+        <v>886</v>
+      </c>
+      <c r="C180" t="s">
+        <v>887</v>
       </c>
       <c r="D180">
-        <v>541849</v>
+        <v>546253</v>
       </c>
       <c r="E180" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F180" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G180"/>
       <c r="H180">
         <v>0</v>
       </c>
       <c r="I180" t="s">
-        <v>902</v>
+        <v>888</v>
       </c>
       <c r="J180"/>
       <c r="K180"/>
       <c r="L180" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M180" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q180" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="R180"/>
       <c r="S180" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T180" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U180" t="s">
-        <v>910</v>
+        <v>889</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B181" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>257978352</v>
+        <v>890</v>
+      </c>
+      <c r="C181" t="s">
+        <v>891</v>
       </c>
       <c r="D181">
-        <v>541840</v>
+        <v>542989</v>
       </c>
       <c r="E181" t="s">
-        <v>23</v>
+        <v>892</v>
       </c>
       <c r="F181" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G181"/>
+        <v>25</v>
+      </c>
+      <c r="G181" t="s">
+        <v>893</v>
+      </c>
       <c r="H181">
-        <v>0</v>
+        <v>112.3</v>
       </c>
       <c r="I181" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-      <c r="K181"/>
+        <v>894</v>
+      </c>
+      <c r="J181" t="s">
+        <v>121</v>
+      </c>
+      <c r="K181" t="s">
+        <v>121</v>
+      </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M181" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="O181"/>
+        <v>29</v>
+      </c>
+      <c r="N181" t="s">
+        <v>30</v>
+      </c>
+      <c r="O181">
+        <v>391243872322</v>
+      </c>
       <c r="P181" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q181" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R181" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S181" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T181" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U181" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B182" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>915</v>
+        <v>896</v>
+      </c>
+      <c r="C182">
+        <v>287925352</v>
       </c>
       <c r="D182">
-        <v>541208</v>
+        <v>542907</v>
       </c>
       <c r="E182" t="s">
-        <v>916</v>
+        <v>897</v>
       </c>
       <c r="F182" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>917</v>
+        <v>898</v>
       </c>
       <c r="H182">
-        <v>38.5</v>
+        <v>99</v>
       </c>
       <c r="I182" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="J182" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K182" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L182" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M182" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N182" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O182">
-        <v>390305857144</v>
+        <v>391248267075</v>
       </c>
       <c r="P182" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q182" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R182" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S182" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T182" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U182" t="s">
-        <v>919</v>
+        <v>900</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" t="s">
-        <v>920</v>
+        <v>106</v>
       </c>
       <c r="B183" t="s">
-        <v>921</v>
+        <v>901</v>
       </c>
       <c r="C183">
-        <v>264463586</v>
+        <v>281625352</v>
       </c>
       <c r="D183">
-        <v>540294</v>
+        <v>542899</v>
       </c>
       <c r="E183" t="s">
-        <v>23</v>
+        <v>897</v>
       </c>
       <c r="F183" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G183"/>
+        <v>25</v>
+      </c>
+      <c r="G183" t="s">
+        <v>902</v>
+      </c>
       <c r="H183">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="I183" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-      <c r="K183"/>
+        <v>903</v>
+      </c>
+      <c r="J183" t="s">
+        <v>121</v>
+      </c>
+      <c r="K183" t="s">
+        <v>121</v>
+      </c>
       <c r="L183" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="O183"/>
+        <v>29</v>
+      </c>
+      <c r="N183" t="s">
+        <v>30</v>
+      </c>
+      <c r="O183">
+        <v>391244167880</v>
+      </c>
       <c r="P183" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q183" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R183" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S183" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T183" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U183" t="s">
-        <v>923</v>
+        <v>904</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B184" t="s">
-        <v>924</v>
+        <v>905</v>
       </c>
       <c r="C184" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
       <c r="D184">
-        <v>590290</v>
+        <v>542866</v>
       </c>
       <c r="E184" t="s">
-        <v>23</v>
+        <v>897</v>
       </c>
       <c r="F184" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G184"/>
+        <v>25</v>
+      </c>
+      <c r="G184" t="s">
+        <v>907</v>
+      </c>
       <c r="H184">
-        <v>0</v>
+        <v>82.56</v>
       </c>
       <c r="I184" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-      <c r="K184"/>
+        <v>908</v>
+      </c>
+      <c r="J184" t="s">
+        <v>121</v>
+      </c>
+      <c r="K184" t="s">
+        <v>121</v>
+      </c>
       <c r="L184" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="O184"/>
+        <v>29</v>
+      </c>
+      <c r="N184" t="s">
+        <v>30</v>
+      </c>
+      <c r="O184">
+        <v>391239534560</v>
+      </c>
       <c r="P184" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q184" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R184" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S184" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="T184" t="s">
-        <v>66</v>
+        <v>428</v>
       </c>
       <c r="U184" t="s">
-        <v>927</v>
+        <v>909</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B185" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>910</v>
+      </c>
+      <c r="C185">
+        <v>294445352</v>
       </c>
       <c r="D185">
-        <v>540173</v>
+        <v>542817</v>
       </c>
       <c r="E185" t="s">
-        <v>930</v>
+        <v>897</v>
       </c>
       <c r="F185" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G185" t="s">
-        <v>931</v>
+        <v>911</v>
       </c>
       <c r="H185">
-        <v>99</v>
+        <v>56.96</v>
       </c>
       <c r="I185" t="s">
-        <v>420</v>
+        <v>912</v>
       </c>
       <c r="J185" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="K185" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="L185" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M185" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N185" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O185"/>
       <c r="P185" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q185" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R185" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S185" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T185" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U185" t="s">
-        <v>932</v>
+        <v>913</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B186" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>914</v>
+      </c>
+      <c r="C186">
+        <v>268577352</v>
       </c>
       <c r="D186">
-        <v>539967</v>
+        <v>542612</v>
       </c>
       <c r="E186" t="s">
-        <v>935</v>
+        <v>24</v>
       </c>
       <c r="F186" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G186"/>
       <c r="H186">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="I186" t="s">
-        <v>937</v>
-[...6 lines deleted...]
-      </c>
+        <v>915</v>
+      </c>
+      <c r="J186"/>
+      <c r="K186"/>
       <c r="L186" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M186" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N186"/>
+      <c r="O186"/>
       <c r="P186" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q186" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R186" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S186" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T186" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U186" t="s">
-        <v>938</v>
+        <v>916</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B187" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="C187">
-        <v>284299152</v>
+        <v>222197352</v>
       </c>
       <c r="D187">
-        <v>539695</v>
+        <v>542449</v>
       </c>
       <c r="E187" t="s">
-        <v>940</v>
+        <v>918</v>
       </c>
       <c r="F187" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G187" t="s">
-        <v>941</v>
+        <v>919</v>
       </c>
       <c r="H187">
-        <v>94.8</v>
+        <v>95.2</v>
       </c>
       <c r="I187" t="s">
-        <v>942</v>
+        <v>920</v>
       </c>
       <c r="J187" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K187" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L187" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M187" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N187" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O187">
-        <v>278819777643</v>
+        <v>391098169144</v>
       </c>
       <c r="P187" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q187" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R187" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S187" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T187" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U187" t="s">
-        <v>943</v>
+        <v>921</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B188" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="C188">
-        <v>214762552</v>
+        <v>265969852</v>
       </c>
       <c r="D188">
-        <v>539528</v>
+        <v>542448</v>
       </c>
       <c r="E188" t="s">
-        <v>945</v>
+        <v>918</v>
       </c>
       <c r="F188" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G188" t="s">
-        <v>946</v>
+        <v>923</v>
       </c>
       <c r="H188">
-        <v>73.6</v>
+        <v>68.8</v>
       </c>
       <c r="I188" t="s">
-        <v>947</v>
+        <v>924</v>
       </c>
       <c r="J188" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="K188" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="L188" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M188" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N188" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="O188"/>
       <c r="P188" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q188" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R188" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S188" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T188" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U188" t="s">
-        <v>948</v>
+        <v>925</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B189" t="s">
-        <v>949</v>
+        <v>926</v>
       </c>
       <c r="C189">
-        <v>238293752</v>
+        <v>258727352</v>
       </c>
       <c r="D189">
-        <v>539501</v>
+        <v>542242</v>
       </c>
       <c r="E189" t="s">
-        <v>945</v>
+        <v>927</v>
       </c>
       <c r="F189" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G189" t="s">
-        <v>950</v>
+        <v>928</v>
       </c>
       <c r="H189">
-        <v>94.8</v>
+        <v>38.5</v>
       </c>
       <c r="I189" t="s">
-        <v>951</v>
+        <v>929</v>
       </c>
       <c r="J189" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K189" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M189" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N189" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O189">
-        <v>278673640510</v>
+        <v>390940233701</v>
       </c>
       <c r="P189" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q189" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R189" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S189" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T189" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U189" t="s">
-        <v>952</v>
+        <v>930</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B190" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-        <v>253935752</v>
+        <v>931</v>
+      </c>
+      <c r="C190" t="s">
+        <v>932</v>
       </c>
       <c r="D190">
-        <v>539469</v>
+        <v>542212</v>
       </c>
       <c r="E190" t="s">
-        <v>954</v>
+        <v>927</v>
       </c>
       <c r="F190" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>955</v>
+        <v>933</v>
       </c>
       <c r="H190">
-        <v>119</v>
+        <v>72.1</v>
       </c>
       <c r="I190" t="s">
-        <v>353</v>
+        <v>934</v>
       </c>
       <c r="J190" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="K190" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="L190" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M190" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N190" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="O190">
-        <v>278693913777</v>
+        <v>390935435435</v>
       </c>
       <c r="P190" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q190" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R190" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S190" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T190" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U190" t="s">
-        <v>956</v>
+        <v>935</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B191" t="s">
-        <v>957</v>
-[...2 lines deleted...]
-        <v>958</v>
+        <v>936</v>
+      </c>
+      <c r="C191">
+        <v>251878352</v>
       </c>
       <c r="D191">
-        <v>538518</v>
+        <v>541849</v>
       </c>
       <c r="E191" t="s">
-        <v>959</v>
+        <v>24</v>
       </c>
       <c r="F191" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G191"/>
       <c r="H191">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I191" t="s">
-        <v>961</v>
-[...6 lines deleted...]
-      </c>
+        <v>929</v>
+      </c>
+      <c r="J191"/>
+      <c r="K191"/>
       <c r="L191" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M191" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="N191"/>
+      <c r="O191"/>
       <c r="P191" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q191" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R191" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S191" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T191" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U191" t="s">
-        <v>962</v>
+        <v>937</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B192" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>938</v>
+      </c>
+      <c r="C192">
+        <v>257978352</v>
       </c>
       <c r="D192">
-        <v>535837</v>
+        <v>541840</v>
       </c>
       <c r="E192" t="s">
-        <v>965</v>
+        <v>24</v>
       </c>
       <c r="F192" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G192"/>
       <c r="H192">
-        <v>44.9</v>
+        <v>0</v>
       </c>
       <c r="I192" t="s">
-        <v>967</v>
-[...6 lines deleted...]
-      </c>
+        <v>939</v>
+      </c>
+      <c r="J192"/>
+      <c r="K192"/>
       <c r="L192" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M192" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="N192"/>
       <c r="O192"/>
       <c r="P192" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q192" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R192" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S192" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T192" t="s">
-        <v>968</v>
+        <v>428</v>
       </c>
       <c r="U192" t="s">
-        <v>969</v>
+        <v>940</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" t="s">
-        <v>220</v>
+        <v>85</v>
       </c>
       <c r="B193" t="s">
-        <v>970</v>
+        <v>941</v>
       </c>
       <c r="C193" t="s">
-        <v>971</v>
+        <v>942</v>
       </c>
       <c r="D193">
-        <v>535721</v>
+        <v>541208</v>
       </c>
       <c r="E193" t="s">
-        <v>23</v>
+        <v>943</v>
       </c>
       <c r="F193" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G193"/>
+        <v>25</v>
+      </c>
+      <c r="G193" t="s">
+        <v>944</v>
+      </c>
       <c r="H193">
-        <v>0</v>
+        <v>38.5</v>
       </c>
       <c r="I193" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-      <c r="K193"/>
+        <v>945</v>
+      </c>
+      <c r="J193" t="s">
+        <v>121</v>
+      </c>
+      <c r="K193" t="s">
+        <v>121</v>
+      </c>
       <c r="L193" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="O193"/>
+        <v>29</v>
+      </c>
+      <c r="N193" t="s">
+        <v>30</v>
+      </c>
+      <c r="O193">
+        <v>390305857144</v>
+      </c>
       <c r="P193" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q193" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R193" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S193" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T193" t="s">
-        <v>973</v>
+        <v>428</v>
       </c>
       <c r="U193" t="s">
-        <v>974</v>
+        <v>946</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" t="s">
-        <v>46</v>
+        <v>947</v>
       </c>
       <c r="B194" t="s">
-        <v>975</v>
-[...2 lines deleted...]
-        <v>976</v>
+        <v>948</v>
+      </c>
+      <c r="C194">
+        <v>264463586</v>
       </c>
       <c r="D194">
-        <v>535393</v>
+        <v>540294</v>
       </c>
       <c r="E194" t="s">
-        <v>977</v>
+        <v>24</v>
       </c>
       <c r="F194" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G194"/>
       <c r="H194">
-        <v>41.4</v>
+        <v>0</v>
       </c>
       <c r="I194" t="s">
-        <v>979</v>
-[...6 lines deleted...]
-      </c>
+        <v>949</v>
+      </c>
+      <c r="J194"/>
+      <c r="K194"/>
       <c r="L194" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M194" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="N194"/>
       <c r="O194"/>
       <c r="P194" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q194" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="R194" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S194" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T194" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U194" t="s">
-        <v>980</v>
+        <v>950</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B195" t="s">
-        <v>981</v>
+        <v>951</v>
       </c>
       <c r="C195" t="s">
-        <v>982</v>
+        <v>952</v>
       </c>
       <c r="D195">
-        <v>535179</v>
+        <v>590290</v>
       </c>
       <c r="E195" t="s">
-        <v>983</v>
+        <v>24</v>
       </c>
       <c r="F195" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G195"/>
       <c r="H195">
-        <v>180.6</v>
+        <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>985</v>
-[...6 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="J195"/>
+      <c r="K195"/>
       <c r="L195" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M195" t="s">
+        <v>40</v>
+      </c>
+      <c r="N195"/>
+      <c r="O195"/>
+      <c r="P195" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>31</v>
+      </c>
+      <c r="R195" t="s">
+        <v>32</v>
+      </c>
+      <c r="S195" t="s">
+        <v>41</v>
+      </c>
+      <c r="T195" t="s">
         <v>54</v>
       </c>
-      <c r="N195" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="U195" t="s">
-        <v>986</v>
+        <v>954</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B196" t="s">
-        <v>987</v>
+        <v>955</v>
       </c>
       <c r="C196" t="s">
-        <v>988</v>
+        <v>956</v>
       </c>
       <c r="D196">
-        <v>534624</v>
+        <v>540173</v>
       </c>
       <c r="E196" t="s">
-        <v>23</v>
+        <v>957</v>
       </c>
       <c r="F196" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G196"/>
+        <v>25</v>
+      </c>
+      <c r="G196" t="s">
+        <v>958</v>
+      </c>
       <c r="H196">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I196" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-      <c r="K196"/>
+        <v>445</v>
+      </c>
+      <c r="J196" t="s">
+        <v>27</v>
+      </c>
+      <c r="K196" t="s">
+        <v>27</v>
+      </c>
       <c r="L196" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M196" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="N196"/>
+        <v>29</v>
+      </c>
+      <c r="N196" t="s">
+        <v>30</v>
+      </c>
       <c r="O196"/>
       <c r="P196" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q196" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R196" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S196" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="T196" t="s">
-        <v>990</v>
+        <v>428</v>
       </c>
       <c r="U196" t="s">
-        <v>991</v>
+        <v>959</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B197" t="s">
-        <v>992</v>
+        <v>960</v>
       </c>
       <c r="C197" t="s">
-        <v>993</v>
+        <v>961</v>
       </c>
       <c r="D197">
-        <v>534345</v>
+        <v>539967</v>
       </c>
       <c r="E197" t="s">
-        <v>994</v>
+        <v>962</v>
       </c>
       <c r="F197" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G197" t="s">
-        <v>995</v>
+        <v>963</v>
       </c>
       <c r="H197">
-        <v>77.5</v>
+        <v>145</v>
       </c>
       <c r="I197" t="s">
-        <v>996</v>
+        <v>964</v>
       </c>
       <c r="J197" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K197" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L197" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="M197" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N197" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O197"/>
+        <v>30</v>
+      </c>
+      <c r="O197">
+        <v>278963746540</v>
+      </c>
       <c r="P197" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q197" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R197" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S197" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T197" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U197" t="s">
-        <v>997</v>
+        <v>965</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="B198" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>999</v>
+        <v>966</v>
+      </c>
+      <c r="C198">
+        <v>284299152</v>
       </c>
       <c r="D198">
-        <v>534136</v>
+        <v>539695</v>
       </c>
       <c r="E198" t="s">
-        <v>1000</v>
+        <v>967</v>
       </c>
       <c r="F198" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G198" t="s">
-        <v>1001</v>
+        <v>968</v>
       </c>
       <c r="H198">
-        <v>80.4</v>
+        <v>94.8</v>
       </c>
       <c r="I198" t="s">
-        <v>1002</v>
+        <v>969</v>
       </c>
       <c r="J198" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="K198" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="L198" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="M198" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="N198" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="O198"/>
+        <v>30</v>
+      </c>
+      <c r="O198">
+        <v>278819777643</v>
+      </c>
       <c r="P198" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q198" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="R198" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S198" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="T198" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="U198" t="s">
-        <v>1003</v>
+        <v>970</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B199" t="s">
-        <v>1004</v>
+        <v>971</v>
       </c>
       <c r="C199">
-        <v>253665572</v>
+        <v>214762552</v>
       </c>
       <c r="D199">
-        <v>533507</v>
+        <v>539528</v>
       </c>
       <c r="E199" t="s">
-        <v>23</v>
+        <v>972</v>
       </c>
       <c r="F199" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G199"/>
+        <v>25</v>
+      </c>
+      <c r="G199" t="s">
+        <v>973</v>
+      </c>
       <c r="H199">
-        <v>0</v>
+        <v>73.6</v>
       </c>
       <c r="I199" t="s">
-        <v>1005</v>
-[...2 lines deleted...]
-      <c r="K199"/>
+        <v>974</v>
+      </c>
+      <c r="J199" t="s">
+        <v>121</v>
+      </c>
+      <c r="K199" t="s">
+        <v>121</v>
+      </c>
       <c r="L199" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M199" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="O199"/>
+        <v>29</v>
+      </c>
+      <c r="N199" t="s">
+        <v>30</v>
+      </c>
+      <c r="O199">
+        <v>278701345790</v>
+      </c>
       <c r="P199" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q199" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R199" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S199" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="T199" t="s">
-        <v>1006</v>
+        <v>428</v>
       </c>
       <c r="U199" t="s">
-        <v>1007</v>
+        <v>975</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B200" t="s">
-        <v>1008</v>
+        <v>976</v>
       </c>
       <c r="C200">
-        <v>221665572</v>
+        <v>238293752</v>
       </c>
       <c r="D200">
-        <v>533506</v>
+        <v>539501</v>
       </c>
       <c r="E200" t="s">
-        <v>23</v>
+        <v>972</v>
       </c>
       <c r="F200" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G200"/>
+        <v>25</v>
+      </c>
+      <c r="G200" t="s">
+        <v>977</v>
+      </c>
       <c r="H200">
-        <v>0</v>
+        <v>94.8</v>
       </c>
       <c r="I200" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-      <c r="K200"/>
+        <v>978</v>
+      </c>
+      <c r="J200" t="s">
+        <v>121</v>
+      </c>
+      <c r="K200" t="s">
+        <v>121</v>
+      </c>
       <c r="L200" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="M200" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="O200"/>
+        <v>29</v>
+      </c>
+      <c r="N200" t="s">
+        <v>30</v>
+      </c>
+      <c r="O200">
+        <v>278673640510</v>
+      </c>
       <c r="P200" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q200" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="R200" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="S200" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="T200" t="s">
-        <v>1006</v>
+        <v>428</v>
       </c>
       <c r="U200" t="s">
-        <v>1010</v>
+        <v>979</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="B201" t="s">
+        <v>980</v>
+      </c>
+      <c r="C201">
+        <v>253935752</v>
+      </c>
+      <c r="D201">
+        <v>539469</v>
+      </c>
+      <c r="E201" t="s">
+        <v>981</v>
+      </c>
+      <c r="F201" t="s">
+        <v>25</v>
+      </c>
+      <c r="G201" t="s">
+        <v>982</v>
+      </c>
+      <c r="H201">
+        <v>119</v>
+      </c>
+      <c r="I201" t="s">
+        <v>378</v>
+      </c>
+      <c r="J201" t="s">
+        <v>121</v>
+      </c>
+      <c r="K201" t="s">
+        <v>121</v>
+      </c>
+      <c r="L201" t="s">
+        <v>39</v>
+      </c>
+      <c r="M201" t="s">
+        <v>29</v>
+      </c>
+      <c r="N201" t="s">
+        <v>30</v>
+      </c>
+      <c r="O201">
+        <v>278693913777</v>
+      </c>
+      <c r="P201" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>49</v>
+      </c>
+      <c r="R201" t="s">
+        <v>32</v>
+      </c>
+      <c r="S201" t="s">
+        <v>33</v>
+      </c>
+      <c r="T201" t="s">
+        <v>428</v>
+      </c>
+      <c r="U201" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="202" spans="1:21">
+      <c r="A202" t="s">
+        <v>85</v>
+      </c>
+      <c r="B202" t="s">
+        <v>984</v>
+      </c>
+      <c r="C202" t="s">
+        <v>985</v>
+      </c>
+      <c r="D202">
+        <v>538518</v>
+      </c>
+      <c r="E202" t="s">
+        <v>986</v>
+      </c>
+      <c r="F202" t="s">
+        <v>25</v>
+      </c>
+      <c r="G202" t="s">
+        <v>987</v>
+      </c>
+      <c r="H202">
+        <v>99</v>
+      </c>
+      <c r="I202" t="s">
+        <v>988</v>
+      </c>
+      <c r="J202" t="s">
+        <v>121</v>
+      </c>
+      <c r="K202" t="s">
+        <v>121</v>
+      </c>
+      <c r="L202" t="s">
+        <v>91</v>
+      </c>
+      <c r="M202" t="s">
+        <v>29</v>
+      </c>
+      <c r="N202" t="s">
+        <v>30</v>
+      </c>
+      <c r="O202">
+        <v>277872963176</v>
+      </c>
+      <c r="P202" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>49</v>
+      </c>
+      <c r="R202" t="s">
+        <v>32</v>
+      </c>
+      <c r="S202" t="s">
+        <v>33</v>
+      </c>
+      <c r="T202" t="s">
+        <v>428</v>
+      </c>
+      <c r="U202" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="203" spans="1:21">
+      <c r="A203" t="s">
+        <v>85</v>
+      </c>
+      <c r="B203" t="s">
+        <v>990</v>
+      </c>
+      <c r="C203" t="s">
+        <v>991</v>
+      </c>
+      <c r="D203">
+        <v>535837</v>
+      </c>
+      <c r="E203" t="s">
+        <v>992</v>
+      </c>
+      <c r="F203" t="s">
+        <v>25</v>
+      </c>
+      <c r="G203" t="s">
+        <v>993</v>
+      </c>
+      <c r="H203">
+        <v>44.9</v>
+      </c>
+      <c r="I203" t="s">
+        <v>994</v>
+      </c>
+      <c r="J203" t="s">
+        <v>27</v>
+      </c>
+      <c r="K203" t="s">
+        <v>27</v>
+      </c>
+      <c r="L203" t="s">
+        <v>91</v>
+      </c>
+      <c r="M203" t="s">
+        <v>29</v>
+      </c>
+      <c r="N203" t="s">
+        <v>30</v>
+      </c>
+      <c r="O203"/>
+      <c r="P203" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>49</v>
+      </c>
+      <c r="R203" t="s">
+        <v>32</v>
+      </c>
+      <c r="S203" t="s">
+        <v>33</v>
+      </c>
+      <c r="T203" t="s">
+        <v>995</v>
+      </c>
+      <c r="U203" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="204" spans="1:21">
+      <c r="A204" t="s">
+        <v>246</v>
+      </c>
+      <c r="B204" t="s">
+        <v>997</v>
+      </c>
+      <c r="C204" t="s">
+        <v>998</v>
+      </c>
+      <c r="D204">
+        <v>535721</v>
+      </c>
+      <c r="E204" t="s">
+        <v>24</v>
+      </c>
+      <c r="F204" t="s">
+        <v>25</v>
+      </c>
+      <c r="G204"/>
+      <c r="H204">
+        <v>0</v>
+      </c>
+      <c r="I204" t="s">
+        <v>999</v>
+      </c>
+      <c r="J204"/>
+      <c r="K204"/>
+      <c r="L204" t="s">
+        <v>39</v>
+      </c>
+      <c r="M204" t="s">
+        <v>40</v>
+      </c>
+      <c r="N204"/>
+      <c r="O204"/>
+      <c r="P204" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>31</v>
+      </c>
+      <c r="R204" t="s">
+        <v>32</v>
+      </c>
+      <c r="S204" t="s">
+        <v>33</v>
+      </c>
+      <c r="T204" t="s">
+        <v>1000</v>
+      </c>
+      <c r="U204" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="205" spans="1:21">
+      <c r="A205" t="s">
+        <v>85</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D205">
+        <v>535393</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F205" t="s">
+        <v>25</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H205">
+        <v>41.4</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J205" t="s">
+        <v>27</v>
+      </c>
+      <c r="K205" t="s">
+        <v>27</v>
+      </c>
+      <c r="L205" t="s">
+        <v>91</v>
+      </c>
+      <c r="M205" t="s">
+        <v>29</v>
+      </c>
+      <c r="N205" t="s">
+        <v>30</v>
+      </c>
+      <c r="O205"/>
+      <c r="P205" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>49</v>
+      </c>
+      <c r="R205" t="s">
+        <v>32</v>
+      </c>
+      <c r="S205" t="s">
+        <v>33</v>
+      </c>
+      <c r="T205" t="s">
+        <v>428</v>
+      </c>
+      <c r="U205" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="206" spans="1:21">
+      <c r="A206" t="s">
+        <v>85</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D206">
+        <v>535179</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F206" t="s">
+        <v>25</v>
+      </c>
+      <c r="G206" t="s">
         <v>1011</v>
       </c>
-      <c r="C201">
+      <c r="H206">
+        <v>180.6</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1012</v>
+      </c>
+      <c r="J206" t="s">
+        <v>121</v>
+      </c>
+      <c r="K206" t="s">
+        <v>121</v>
+      </c>
+      <c r="L206" t="s">
+        <v>91</v>
+      </c>
+      <c r="M206" t="s">
+        <v>29</v>
+      </c>
+      <c r="N206" t="s">
+        <v>30</v>
+      </c>
+      <c r="O206">
+        <v>275383343021</v>
+      </c>
+      <c r="P206" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>49</v>
+      </c>
+      <c r="R206" t="s">
+        <v>32</v>
+      </c>
+      <c r="S206" t="s">
+        <v>33</v>
+      </c>
+      <c r="T206" t="s">
+        <v>428</v>
+      </c>
+      <c r="U206" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="207" spans="1:21">
+      <c r="A207" t="s">
+        <v>85</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D207">
+        <v>534624</v>
+      </c>
+      <c r="E207" t="s">
+        <v>24</v>
+      </c>
+      <c r="F207" t="s">
+        <v>25</v>
+      </c>
+      <c r="G207"/>
+      <c r="H207">
+        <v>0</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J207"/>
+      <c r="K207"/>
+      <c r="L207" t="s">
+        <v>91</v>
+      </c>
+      <c r="M207" t="s">
+        <v>98</v>
+      </c>
+      <c r="N207"/>
+      <c r="O207"/>
+      <c r="P207" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>31</v>
+      </c>
+      <c r="R207" t="s">
+        <v>32</v>
+      </c>
+      <c r="S207" t="s">
+        <v>186</v>
+      </c>
+      <c r="T207" t="s">
+        <v>1017</v>
+      </c>
+      <c r="U207" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="208" spans="1:21">
+      <c r="A208" t="s">
+        <v>85</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D208">
+        <v>534345</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F208" t="s">
+        <v>25</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H208">
+        <v>77.5</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J208" t="s">
+        <v>27</v>
+      </c>
+      <c r="K208" t="s">
+        <v>27</v>
+      </c>
+      <c r="L208" t="s">
+        <v>91</v>
+      </c>
+      <c r="M208" t="s">
+        <v>29</v>
+      </c>
+      <c r="N208" t="s">
+        <v>30</v>
+      </c>
+      <c r="O208"/>
+      <c r="P208" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>49</v>
+      </c>
+      <c r="R208" t="s">
+        <v>32</v>
+      </c>
+      <c r="S208" t="s">
+        <v>33</v>
+      </c>
+      <c r="T208" t="s">
+        <v>428</v>
+      </c>
+      <c r="U208" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="209" spans="1:21">
+      <c r="A209" t="s">
+        <v>85</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D209">
+        <v>534136</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F209" t="s">
+        <v>25</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H209">
+        <v>80.4</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J209" t="s">
+        <v>27</v>
+      </c>
+      <c r="K209" t="s">
+        <v>27</v>
+      </c>
+      <c r="L209" t="s">
+        <v>91</v>
+      </c>
+      <c r="M209" t="s">
+        <v>29</v>
+      </c>
+      <c r="N209" t="s">
+        <v>30</v>
+      </c>
+      <c r="O209"/>
+      <c r="P209" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>49</v>
+      </c>
+      <c r="R209" t="s">
+        <v>32</v>
+      </c>
+      <c r="S209" t="s">
+        <v>33</v>
+      </c>
+      <c r="T209" t="s">
+        <v>428</v>
+      </c>
+      <c r="U209" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="210" spans="1:21">
+      <c r="A210" t="s">
+        <v>106</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C210">
+        <v>253665572</v>
+      </c>
+      <c r="D210">
+        <v>533507</v>
+      </c>
+      <c r="E210" t="s">
+        <v>24</v>
+      </c>
+      <c r="F210" t="s">
+        <v>25</v>
+      </c>
+      <c r="G210"/>
+      <c r="H210">
+        <v>0</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J210"/>
+      <c r="K210"/>
+      <c r="L210" t="s">
+        <v>39</v>
+      </c>
+      <c r="M210" t="s">
+        <v>29</v>
+      </c>
+      <c r="N210"/>
+      <c r="O210"/>
+      <c r="P210" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>31</v>
+      </c>
+      <c r="R210" t="s">
+        <v>32</v>
+      </c>
+      <c r="S210" t="s">
+        <v>186</v>
+      </c>
+      <c r="T210" t="s">
+        <v>1033</v>
+      </c>
+      <c r="U210" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="211" spans="1:21">
+      <c r="A211" t="s">
+        <v>106</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C211">
+        <v>221665572</v>
+      </c>
+      <c r="D211">
+        <v>533506</v>
+      </c>
+      <c r="E211" t="s">
+        <v>24</v>
+      </c>
+      <c r="F211" t="s">
+        <v>25</v>
+      </c>
+      <c r="G211"/>
+      <c r="H211">
+        <v>0</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J211"/>
+      <c r="K211"/>
+      <c r="L211" t="s">
+        <v>39</v>
+      </c>
+      <c r="M211" t="s">
+        <v>29</v>
+      </c>
+      <c r="N211"/>
+      <c r="O211"/>
+      <c r="P211" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>31</v>
+      </c>
+      <c r="R211" t="s">
+        <v>32</v>
+      </c>
+      <c r="S211" t="s">
+        <v>186</v>
+      </c>
+      <c r="T211" t="s">
+        <v>1033</v>
+      </c>
+      <c r="U211" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="212" spans="1:21">
+      <c r="A212" t="s">
+        <v>106</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C212">
         <v>256845572</v>
       </c>
-      <c r="D201">
+      <c r="D212">
         <v>533501</v>
       </c>
-      <c r="E201" t="s">
-[...6 lines deleted...]
-      <c r="H201">
+      <c r="E212" t="s">
+        <v>24</v>
+      </c>
+      <c r="F212" t="s">
+        <v>25</v>
+      </c>
+      <c r="G212"/>
+      <c r="H212">
         <v>0</v>
       </c>
-      <c r="I201" t="s">
-[...28 lines deleted...]
-        <v>1014</v>
+      <c r="I212" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J212"/>
+      <c r="K212"/>
+      <c r="L212" t="s">
+        <v>39</v>
+      </c>
+      <c r="M212" t="s">
+        <v>29</v>
+      </c>
+      <c r="N212"/>
+      <c r="O212"/>
+      <c r="P212" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>31</v>
+      </c>
+      <c r="R212" t="s">
+        <v>32</v>
+      </c>
+      <c r="S212" t="s">
+        <v>186</v>
+      </c>
+      <c r="T212" t="s">
+        <v>1040</v>
+      </c>
+      <c r="U212" t="s">
+        <v>1041</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">