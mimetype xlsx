--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1042">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1064">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,137 +80,206 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2026-01-16 06:00:07</t>
+  </si>
+  <si>
+    <t>A7EBFB1F78115</t>
+  </si>
+  <si>
+    <t>2026-01-19 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11465331</t>
+  </si>
+  <si>
+    <t>/VSPOY7621</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no despachada por Merchant"			</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:23:39</t>
+  </si>
+  <si>
+    <t>2026-01-13 10:00:06</t>
+  </si>
+  <si>
+    <t>AE6A7604A15E2</t>
+  </si>
+  <si>
+    <t>2026-01-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11463245</t>
+  </si>
+  <si>
+    <t>/PSGBA0223-BLACK-OS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
+  </si>
+  <si>
+    <t>2026-01-14 15:26:22</t>
+  </si>
+  <si>
+    <t>2026-01-13 06:30:06</t>
+  </si>
+  <si>
+    <t>A9B195F3DA69E</t>
+  </si>
+  <si>
+    <t>/11463385</t>
+  </si>
+  <si>
+    <t>/VSP1S3421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2026-01-15 18:53:16</t>
+  </si>
+  <si>
+    <t>2026-01-02 02:45:06</t>
+  </si>
+  <si>
+    <t>ADC939F8E5EFE</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11459484</t>
+  </si>
+  <si>
+    <t>2026-01-06 20:21:29</t>
+  </si>
+  <si>
     <t>2025-11-19 03:00:08</t>
   </si>
   <si>
     <t>AAFFE24F4E878</t>
   </si>
   <si>
-    <t>--</t>
-[...4 lines deleted...]
-  <si>
     <t>/MB0132O-30009113-001-00018-NS</t>
   </si>
   <si>
-    <t>Pending</t>
-[...10 lines deleted...]
-  <si>
     <t>unknown</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
-    <t>out_of_stock</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-20 16:23:38</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
     <t>2025-11-07 10:03:53</t>
   </si>
   <si>
     <t>/VSPOQ2G21</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
   </si>
   <si>
     <t>2025-11-10 16:03:13</t>
   </si>
   <si>
     <t>2025-11-07 02:45:05</t>
   </si>
   <si>
     <t>AC9998B6530FF</t>
   </si>
   <si>
     <t>2025-11-07 00:00:00</t>
   </si>
   <si>
     <t>/11432824</t>
   </si>
   <si>
     <t>/SL301LOULO-30007818-003-00285-NS</t>
   </si>
   <si>
-    <t>automatic</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-10 16:04:19</t>
   </si>
   <si>
     <t>2025-11-04 10:38:06</t>
   </si>
   <si>
     <t>/VSPOQ1K21</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
   </si>
   <si>
     <t>2025-11-10 16:03:46</t>
   </si>
   <si>
     <t>ALANISALLTEST</t>
   </si>
   <si>
     <t>2025-09-02 04:46:55</t>
   </si>
   <si>
     <t>A12D3081A6E1C</t>
   </si>
   <si>
     <t>/01F933-763229-M-60010-7/01F933-763229-M-60010-8</t>
@@ -288,53 +357,50 @@
     <t xml:space="preserve">			COMENTARIO: "Orden no comprada"				</t>
   </si>
   <si>
     <t>2025-06-09 21:36:14</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
     <t>2025-06-05 17:26:29</t>
   </si>
   <si>
     <t>7165432201-A</t>
   </si>
   <si>
     <t>2025-06-05 00:00:00</t>
   </si>
   <si>
     <t>/11333394</t>
   </si>
   <si>
     <t>/BB0098S-30008870-001</t>
   </si>
   <si>
     <t>CLOSED</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-07-17 17:23:49</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2025-05-25 09:30:24</t>
   </si>
   <si>
     <t>/VSPOQ1T21</t>
   </si>
   <si>
     <t>REFUNDED</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
     <t>2025-05-26 19:01:12</t>
   </si>
   <si>
     <t>2025-05-23 14:51:57</t>
   </si>
@@ -3484,51 +3550,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U212"/>
+  <dimension ref="A1:U216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3568,12920 +3634,13164 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>596657</v>
+        <v>599768</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2"/>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
       <c r="H2">
-        <v>0</v>
+        <v>52.99</v>
       </c>
       <c r="I2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R2"/>
       <c r="S2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="U2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
-      <c r="C3">
-        <v>3212101410</v>
+      <c r="C3" t="s">
+        <v>38</v>
       </c>
       <c r="D3">
-        <v>595935</v>
+        <v>599640</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
-      <c r="G3"/>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
       <c r="H3">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="K3"/>
+        <v>41</v>
+      </c>
+      <c r="J3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" t="s">
+        <v>28</v>
+      </c>
       <c r="L3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="N3"/>
+        <v>30</v>
+      </c>
+      <c r="N3" t="s">
+        <v>31</v>
+      </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>42</v>
       </c>
       <c r="U3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4">
-        <v>595944</v>
+        <v>599666</v>
       </c>
       <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
         <v>46</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4">
+        <v>87.99</v>
+      </c>
+      <c r="I4" t="s">
         <v>47</v>
       </c>
-      <c r="H4">
-[...4 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R4"/>
       <c r="S4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="U4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5">
+        <v>599285</v>
+      </c>
+      <c r="E5" t="s">
         <v>52</v>
       </c>
-      <c r="C5">
-[...7 lines deleted...]
-      </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
-      <c r="G5"/>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
       <c r="H5">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="I5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="K5"/>
+        <v>41</v>
+      </c>
+      <c r="J5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
       <c r="L5" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="M5" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="N5"/>
+        <v>30</v>
+      </c>
+      <c r="N5" t="s">
+        <v>31</v>
+      </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R5"/>
       <c r="S5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T5" t="s">
+        <v>48</v>
+      </c>
+      <c r="U5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6">
-        <v>593738</v>
+        <v>596657</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6"/>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="K6"/>
+        <v>57</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="N6"/>
+        <v>30</v>
+      </c>
+      <c r="N6" t="s">
+        <v>31</v>
+      </c>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="T6"/>
+        <v>58</v>
+      </c>
+      <c r="R6" t="s">
+        <v>59</v>
+      </c>
+      <c r="S6" t="s">
+        <v>34</v>
+      </c>
+      <c r="T6" t="s">
+        <v>42</v>
+      </c>
       <c r="U6" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>2942958894</v>
+        <v>3212101410</v>
       </c>
       <c r="D7">
-        <v>593702</v>
+        <v>595935</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7"/>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="U7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>2940652802</v>
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
       </c>
       <c r="D8">
-        <v>593572</v>
+        <v>595944</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="G8"/>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
       <c r="H8">
-        <v>0</v>
+        <v>95.99</v>
       </c>
       <c r="I8" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="K8"/>
+        <v>73</v>
+      </c>
+      <c r="J8" t="s">
+        <v>28</v>
+      </c>
+      <c r="K8" t="s">
+        <v>28</v>
+      </c>
       <c r="L8" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="M8" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="N8"/>
+        <v>30</v>
+      </c>
+      <c r="N8" t="s">
+        <v>31</v>
+      </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T8" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="U8" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
+      </c>
+      <c r="C9">
+        <v>3211368031</v>
       </c>
       <c r="D9">
-        <v>592762</v>
+        <v>595937</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9"/>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M9" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R9"/>
-      <c r="S9"/>
-      <c r="T9"/>
+      <c r="S9" t="s">
+        <v>66</v>
+      </c>
+      <c r="T9" t="s">
+        <v>77</v>
+      </c>
       <c r="U9" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="D10">
-        <v>592550</v>
+        <v>593738</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>82</v>
       </c>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>86</v>
+      </c>
+      <c r="C11">
+        <v>2942958894</v>
       </c>
       <c r="D11">
-        <v>592548</v>
+        <v>593702</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11"/>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M11" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R11"/>
-      <c r="S11"/>
-      <c r="T11"/>
+      <c r="S11" t="s">
+        <v>34</v>
+      </c>
+      <c r="T11" t="s">
+        <v>88</v>
+      </c>
       <c r="U11" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>90</v>
+      </c>
+      <c r="C12">
+        <v>2940652802</v>
       </c>
       <c r="D12">
-        <v>592547</v>
+        <v>593572</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12"/>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M12" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R12"/>
-      <c r="S12"/>
-      <c r="T12"/>
+      <c r="S12" t="s">
+        <v>34</v>
+      </c>
+      <c r="T12" t="s">
+        <v>67</v>
+      </c>
       <c r="U12" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="D13">
-        <v>592509</v>
+        <v>592762</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13"/>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="M13" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>2844805379</v>
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
       </c>
       <c r="D14">
-        <v>590959</v>
+        <v>592550</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14"/>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s">
         <v>82</v>
       </c>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="M14" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q14" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R14"/>
-      <c r="S14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S14"/>
+      <c r="T14"/>
       <c r="U14" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="D15">
-        <v>590863</v>
+        <v>592548</v>
       </c>
       <c r="E15" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15"/>
       <c r="H15">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I15" t="s">
-        <v>90</v>
-[...6 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="J15"/>
+      <c r="K15"/>
       <c r="L15" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="M15" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="N15"/>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q15" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
       <c r="U15" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>8460070731</v>
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>101</v>
       </c>
       <c r="D16">
-        <v>590459</v>
+        <v>592547</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16"/>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="M16" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R16"/>
-      <c r="S16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S16"/>
+      <c r="T16"/>
       <c r="U16" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D17">
-        <v>590381</v>
+        <v>592509</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
-      <c r="G17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17"/>
       <c r="H17">
-        <v>32.97</v>
+        <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="J17"/>
+      <c r="K17"/>
       <c r="L17" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="M17" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="N17"/>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q17" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
       <c r="U17" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C18">
-        <v>2813375664</v>
+        <v>2844805379</v>
       </c>
       <c r="D18">
-        <v>590286</v>
+        <v>590959</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18"/>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="J18"/>
+      <c r="K18"/>
       <c r="L18" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
       <c r="M18" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N18"/>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q18" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R18"/>
       <c r="S18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T18" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="U18" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19">
+        <v>590863</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" t="s">
         <v>112</v>
       </c>
-      <c r="C19">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19">
+        <v>79.99</v>
+      </c>
+      <c r="I19" t="s">
         <v>113</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="J19" t="s">
+        <v>28</v>
+      </c>
+      <c r="K19" t="s">
+        <v>28</v>
+      </c>
+      <c r="L19" t="s">
         <v>114</v>
       </c>
-      <c r="H19">
-[...13 lines deleted...]
-      </c>
       <c r="M19" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N19" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R19" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T19" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="U19" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
         <v>117</v>
       </c>
       <c r="C20">
-        <v>8140067824</v>
+        <v>8460070731</v>
       </c>
       <c r="D20">
-        <v>589953</v>
+        <v>590459</v>
       </c>
       <c r="E20" t="s">
+        <v>32</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" t="s">
         <v>118</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="J20"/>
+      <c r="K20"/>
+      <c r="L20" t="s">
         <v>119</v>
       </c>
-      <c r="H20">
-[...2 lines deleted...]
-      <c r="I20" t="s">
+      <c r="M20" t="s">
         <v>120</v>
       </c>
-      <c r="J20" t="s">
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>58</v>
+      </c>
+      <c r="R20"/>
+      <c r="S20" t="s">
+        <v>66</v>
+      </c>
+      <c r="T20" t="s">
+        <v>77</v>
+      </c>
+      <c r="U20" t="s">
         <v>121</v>
-      </c>
-[...31 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
         <v>123</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>590381</v>
+      </c>
+      <c r="E21" t="s">
         <v>124</v>
       </c>
-      <c r="D21">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" t="s">
         <v>125</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21">
+        <v>32.97</v>
+      </c>
+      <c r="I21" t="s">
         <v>126</v>
       </c>
-      <c r="H21">
-[...4 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K21" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R21" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S21" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T21" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="U21" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B22" t="s">
         <v>129</v>
       </c>
       <c r="C22">
-        <v>2793997211</v>
+        <v>2813375664</v>
       </c>
       <c r="D22">
-        <v>589704</v>
+        <v>590286</v>
       </c>
       <c r="E22" t="s">
+        <v>32</v>
+      </c>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22" t="s">
         <v>130</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="J22" t="s">
+        <v>28</v>
+      </c>
+      <c r="K22" t="s">
+        <v>28</v>
+      </c>
+      <c r="L22" t="s">
         <v>131</v>
       </c>
-      <c r="H22">
-[...13 lines deleted...]
-      </c>
       <c r="M22" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N22" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O22"/>
       <c r="P22" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q22" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R22" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T22" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="U22" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
         <v>134</v>
       </c>
       <c r="C23">
-        <v>2791261132</v>
+        <v>2813182021</v>
       </c>
       <c r="D23">
-        <v>589705</v>
+        <v>590283</v>
       </c>
       <c r="E23" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H23">
-        <v>138.4</v>
+        <v>87.99</v>
       </c>
       <c r="I23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L23" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="M23" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N23" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O23"/>
       <c r="P23" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q23" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R23" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T23" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="U23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="B24" t="s">
         <v>139</v>
       </c>
       <c r="C24">
-        <v>232872632</v>
+        <v>8140067824</v>
       </c>
       <c r="D24">
-        <v>589354</v>
+        <v>589953</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G24"/>
+      <c r="G24" t="s">
+        <v>141</v>
+      </c>
       <c r="H24">
-        <v>0</v>
+        <v>80.99</v>
       </c>
       <c r="I24" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="K24"/>
+        <v>142</v>
+      </c>
+      <c r="J24" t="s">
+        <v>143</v>
+      </c>
+      <c r="K24" t="s">
+        <v>143</v>
+      </c>
       <c r="L24" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="M24" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O24"/>
+        <v>30</v>
+      </c>
+      <c r="N24" t="s">
+        <v>31</v>
+      </c>
+      <c r="O24">
+        <v>288551798382</v>
+      </c>
       <c r="P24" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q24" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R24" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S24" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T24" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="U24" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>2787609078</v>
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
       </c>
       <c r="D25">
-        <v>589706</v>
+        <v>589821</v>
       </c>
       <c r="E25" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="H25">
-        <v>80.99</v>
+        <v>94.2</v>
       </c>
       <c r="I25" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="J25" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K25" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L25" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="M25" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N25" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O25"/>
       <c r="P25" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q25" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R25" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S25" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T25" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="U25" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="C26">
-        <v>2786262061</v>
+        <v>2793997211</v>
       </c>
       <c r="D26">
-        <v>589707</v>
+        <v>589704</v>
       </c>
       <c r="E26" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
-      <c r="G26"/>
+      <c r="G26" t="s">
+        <v>153</v>
+      </c>
       <c r="H26">
-        <v>0</v>
+        <v>279.99</v>
       </c>
       <c r="I26" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="J26" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K26" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L26" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="M26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N26" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O26"/>
       <c r="P26" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q26" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R26" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S26" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T26" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="U26" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B27" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C27">
-        <v>2785288999</v>
+        <v>2791261132</v>
       </c>
       <c r="D27">
-        <v>589708</v>
+        <v>589705</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="H27">
-        <v>79.99</v>
+        <v>138.4</v>
       </c>
       <c r="I27" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="J27" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K27" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L27" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="M27" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N27" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O27"/>
       <c r="P27" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q27" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R27" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S27" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T27" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="U27" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B28" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="C28">
-        <v>2784892161</v>
+        <v>232872632</v>
       </c>
       <c r="D28">
-        <v>589709</v>
+        <v>589354</v>
       </c>
       <c r="E28" t="s">
-        <v>130</v>
+        <v>32</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
-      <c r="G28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G28"/>
       <c r="H28">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="I28" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="J28"/>
+      <c r="K28"/>
       <c r="L28" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
       <c r="M28" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N28"/>
+      <c r="O28"/>
       <c r="P28" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q28" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R28" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S28" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T28" t="s">
-        <v>154</v>
+        <v>77</v>
       </c>
       <c r="U28" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="C29">
-        <v>7830064946</v>
+        <v>2787609078</v>
       </c>
       <c r="D29">
-        <v>589096</v>
+        <v>589706</v>
       </c>
       <c r="E29" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="H29">
-        <v>63.99</v>
+        <v>80.99</v>
       </c>
       <c r="I29" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="J29" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K29" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L29" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="M29" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N29" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O29">
-        <v>287967287937</v>
+        <v>288366257309</v>
       </c>
       <c r="P29" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q29" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R29" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S29" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T29" t="s">
-        <v>160</v>
+        <v>42</v>
       </c>
       <c r="U29" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C30">
-        <v>3900065096</v>
+        <v>2786262061</v>
       </c>
       <c r="D30">
-        <v>589012</v>
+        <v>589707</v>
       </c>
       <c r="E30" t="s">
-        <v>163</v>
+        <v>32</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
-      <c r="G30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G30"/>
       <c r="H30">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="J30" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K30" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L30" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="M30" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N30" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O30">
-        <v>288030355012</v>
+        <v>288365662405</v>
       </c>
       <c r="P30" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q30" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R30" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S30" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T30" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="U30" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C31">
-        <v>2780402506</v>
+        <v>2785288999</v>
       </c>
       <c r="D31">
-        <v>589710</v>
+        <v>589708</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="H31">
-        <v>52.8</v>
+        <v>79.99</v>
       </c>
       <c r="I31" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="J31" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K31" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L31" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="M31" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O31">
-        <v>288365822771</v>
+        <v>288366902974</v>
       </c>
       <c r="P31" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q31" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R31" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S31" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T31" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="U31" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B32" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>174</v>
+      </c>
+      <c r="C32">
+        <v>2784892161</v>
       </c>
       <c r="D32">
-        <v>588797</v>
+        <v>589709</v>
       </c>
       <c r="E32" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H32">
-        <v>103.99</v>
+        <v>80.99</v>
       </c>
       <c r="I32" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="J32" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K32" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L32" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="M32" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N32" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O32">
-        <v>880865681568</v>
+        <v>288365991638</v>
       </c>
       <c r="P32" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q32" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R32" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S32" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T32" t="s">
-        <v>34</v>
+        <v>176</v>
       </c>
       <c r="U32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="B33" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C33" t="s">
         <v>178</v>
       </c>
+      <c r="C33">
+        <v>7830064946</v>
+      </c>
       <c r="D33">
-        <v>588753</v>
+        <v>589096</v>
       </c>
       <c r="E33" t="s">
         <v>179</v>
       </c>
       <c r="F33" t="s">
         <v>25</v>
       </c>
       <c r="G33" t="s">
         <v>180</v>
       </c>
       <c r="H33">
-        <v>430</v>
+        <v>63.99</v>
       </c>
       <c r="I33" t="s">
         <v>181</v>
       </c>
       <c r="J33" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K33" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L33" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="M33" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N33" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O33"/>
+        <v>31</v>
+      </c>
+      <c r="O33">
+        <v>287967287937</v>
+      </c>
       <c r="P33" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q33" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R33" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S33" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T33" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="U33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C34">
-        <v>267313232</v>
+        <v>3900065096</v>
       </c>
       <c r="D34">
-        <v>588537</v>
+        <v>589012</v>
       </c>
       <c r="E34" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
-      <c r="G34"/>
+      <c r="G34" t="s">
+        <v>186</v>
+      </c>
       <c r="H34">
-        <v>0</v>
+        <v>95.99</v>
       </c>
       <c r="I34" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="K34"/>
+        <v>187</v>
+      </c>
+      <c r="J34" t="s">
+        <v>143</v>
+      </c>
+      <c r="K34" t="s">
+        <v>143</v>
+      </c>
       <c r="L34" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="M34" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="O34"/>
+        <v>30</v>
+      </c>
+      <c r="N34" t="s">
+        <v>31</v>
+      </c>
+      <c r="O34">
+        <v>288030355012</v>
+      </c>
       <c r="P34" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q34" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R34" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S34" t="s">
-        <v>186</v>
+        <v>66</v>
       </c>
       <c r="T34" t="s">
-        <v>83</v>
+        <v>182</v>
       </c>
       <c r="U34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C35">
-        <v>241513232</v>
+        <v>2780402506</v>
       </c>
       <c r="D35">
-        <v>588529</v>
+        <v>589710</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>152</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
         <v>190</v>
       </c>
       <c r="H35">
-        <v>55.2</v>
+        <v>52.8</v>
       </c>
       <c r="I35" t="s">
         <v>191</v>
       </c>
       <c r="J35" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K35" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L35" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="M35" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O35"/>
+        <v>31</v>
+      </c>
+      <c r="O35">
+        <v>288365822771</v>
+      </c>
       <c r="P35" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q35" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R35" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S35" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T35" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="U35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="B36" t="s">
         <v>193</v>
       </c>
       <c r="C36" t="s">
         <v>194</v>
       </c>
       <c r="D36">
-        <v>588489</v>
+        <v>588797</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H36">
-        <v>106.99</v>
+        <v>103.99</v>
       </c>
       <c r="I36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J36" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K36" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L36" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="M36" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N36" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O36"/>
+        <v>31</v>
+      </c>
+      <c r="O36">
+        <v>880865681568</v>
+      </c>
       <c r="P36" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q36" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R36" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S36" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T36" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="U36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B37" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>256853232</v>
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>200</v>
       </c>
       <c r="D37">
-        <v>588450</v>
+        <v>588753</v>
       </c>
       <c r="E37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H37">
-        <v>63.99</v>
+        <v>430</v>
       </c>
       <c r="I37" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="J37" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K37" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L37" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M37" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N37" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O37"/>
       <c r="P37" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q37" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R37" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S37" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="T37" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="U37" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C38">
-        <v>266453232</v>
+        <v>267313232</v>
       </c>
       <c r="D38">
-        <v>588397</v>
+        <v>588537</v>
       </c>
       <c r="E38" t="s">
-        <v>204</v>
+        <v>32</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
-      <c r="G38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G38"/>
       <c r="H38">
-        <v>59.99</v>
+        <v>0</v>
       </c>
       <c r="I38" t="s">
         <v>206</v>
       </c>
-      <c r="J38" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J38"/>
+      <c r="K38"/>
       <c r="L38" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M38" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="N38"/>
       <c r="O38"/>
       <c r="P38" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q38" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R38" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S38" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="T38" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="U38" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C39">
-        <v>275773232</v>
+        <v>241513232</v>
       </c>
       <c r="D39">
-        <v>588355</v>
+        <v>588529</v>
       </c>
       <c r="E39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H39">
-        <v>63.99</v>
+        <v>55.2</v>
       </c>
       <c r="I39" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="J39" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K39" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L39" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N39" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O39"/>
       <c r="P39" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q39" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R39" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S39" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T39" t="s">
-        <v>92</v>
+        <v>168</v>
       </c>
       <c r="U39" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B40" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>215547532</v>
+        <v>215</v>
+      </c>
+      <c r="C40" t="s">
+        <v>216</v>
       </c>
       <c r="D40">
-        <v>588348</v>
+        <v>588489</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H40">
-        <v>138.4</v>
+        <v>106.99</v>
       </c>
       <c r="I40" t="s">
-        <v>136</v>
+        <v>218</v>
       </c>
       <c r="J40" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K40" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L40" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M40" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N40" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q40" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R40" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S40" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T40" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="U40" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C41">
-        <v>255973232</v>
+        <v>256853232</v>
       </c>
       <c r="D41">
-        <v>588321</v>
+        <v>588450</v>
       </c>
       <c r="E41" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H41">
-        <v>59.99</v>
+        <v>63.99</v>
       </c>
       <c r="I41" t="s">
         <v>206</v>
       </c>
       <c r="J41" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K41" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L41" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M41" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N41" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q41" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R41" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S41" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="T41" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="U41" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C42">
-        <v>267583232</v>
+        <v>266453232</v>
       </c>
       <c r="D42">
-        <v>588265</v>
+        <v>588397</v>
       </c>
       <c r="E42" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="H42">
-        <v>128.99</v>
+        <v>59.99</v>
       </c>
       <c r="I42" t="s">
-        <v>82</v>
+        <v>228</v>
       </c>
       <c r="J42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L42" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M42" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N42" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O42"/>
       <c r="P42" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q42" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R42" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S42" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="T42" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="U42" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="B43" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>230</v>
+      </c>
+      <c r="C43">
+        <v>275773232</v>
       </c>
       <c r="D43">
-        <v>588259</v>
+        <v>588355</v>
       </c>
       <c r="E43" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="H43">
-        <v>10.99</v>
+        <v>63.99</v>
       </c>
       <c r="I43" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="J43" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K43" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L43" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M43" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N43" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O43"/>
       <c r="P43" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q43" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R43" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S43" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T43" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="U43" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B44" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>234</v>
+      </c>
+      <c r="C44">
+        <v>215547532</v>
       </c>
       <c r="D44">
-        <v>588055</v>
+        <v>588348</v>
       </c>
       <c r="E44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H44">
-        <v>84.99</v>
+        <v>138.4</v>
       </c>
       <c r="I44" t="s">
-        <v>231</v>
+        <v>158</v>
       </c>
       <c r="J44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L44" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M44" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N44" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O44"/>
       <c r="P44" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q44" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R44" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S44" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T44" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="U44" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C45">
-        <v>265714532</v>
+        <v>255973232</v>
       </c>
       <c r="D45">
-        <v>587454</v>
+        <v>588321</v>
       </c>
       <c r="E45" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H45">
-        <v>138.4</v>
+        <v>59.99</v>
       </c>
       <c r="I45" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="J45" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K45" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L45" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M45" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N45" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O45"/>
       <c r="P45" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q45" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R45" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S45" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T45" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="U45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B46" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C46">
-        <v>288975732</v>
+        <v>267583232</v>
       </c>
       <c r="D46">
-        <v>586356</v>
+        <v>588265</v>
       </c>
       <c r="E46" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H46">
-        <v>138.4</v>
+        <v>128.99</v>
       </c>
       <c r="I46" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="J46" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K46" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L46" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M46" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N46" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q46" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R46" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S46" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T46" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="U46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="B47" t="s">
+        <v>244</v>
+      </c>
+      <c r="C47" t="s">
+        <v>245</v>
+      </c>
+      <c r="D47">
+        <v>588259</v>
+      </c>
+      <c r="E47" t="s">
         <v>241</v>
       </c>
-      <c r="C47">
-[...7 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="H47">
-        <v>79.2</v>
+        <v>10.99</v>
       </c>
       <c r="I47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J47" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K47" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L47" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="M47" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N47" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O47"/>
       <c r="P47" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q47" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R47" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S47" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T47" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="U47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
-        <v>246</v>
+        <v>108</v>
       </c>
       <c r="B48" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C48" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D48">
-        <v>584737</v>
+        <v>588055</v>
       </c>
       <c r="E48" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
-      <c r="G48"/>
+      <c r="G48" t="s">
+        <v>252</v>
+      </c>
       <c r="H48">
-        <v>0</v>
+        <v>84.99</v>
       </c>
       <c r="I48" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="J48" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K48" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L48" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M48" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N48" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O48"/>
       <c r="P48" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q48" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R48" t="s">
-        <v>250</v>
+        <v>59</v>
       </c>
       <c r="S48" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T48" t="s">
-        <v>251</v>
+        <v>48</v>
       </c>
       <c r="U48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B49" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>255</v>
+      </c>
+      <c r="C49">
+        <v>265714532</v>
       </c>
       <c r="D49">
-        <v>584603</v>
+        <v>587454</v>
       </c>
       <c r="E49" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H49">
-        <v>120.99</v>
+        <v>138.4</v>
       </c>
       <c r="I49" t="s">
-        <v>257</v>
+        <v>158</v>
       </c>
       <c r="J49" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K49" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L49" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="M49" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N49" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O49"/>
       <c r="P49" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q49" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R49" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S49" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T49" t="s">
+        <v>35</v>
+      </c>
+      <c r="U49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B50" t="s">
+        <v>259</v>
+      </c>
+      <c r="C50">
+        <v>288975732</v>
+      </c>
+      <c r="D50">
+        <v>586356</v>
+      </c>
+      <c r="E50" t="s">
         <v>260</v>
       </c>
-      <c r="C50">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" t="s">
         <v>261</v>
       </c>
-      <c r="F50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H50">
-        <v>71.99</v>
+        <v>138.4</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>158</v>
       </c>
       <c r="J50" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K50" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L50" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M50" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N50" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q50" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R50" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S50" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T50" t="s">
-        <v>258</v>
+        <v>48</v>
       </c>
       <c r="U50" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51">
+        <v>6710059185</v>
+      </c>
+      <c r="D51">
+        <v>586322</v>
+      </c>
+      <c r="E51" t="s">
+        <v>264</v>
+      </c>
+      <c r="F51" t="s">
+        <v>25</v>
+      </c>
+      <c r="G51" t="s">
         <v>265</v>
       </c>
-      <c r="C51">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51">
+        <v>79.2</v>
+      </c>
+      <c r="I51" t="s">
         <v>266</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="J51" t="s">
+        <v>143</v>
+      </c>
+      <c r="K51" t="s">
+        <v>143</v>
+      </c>
+      <c r="L51" t="s">
+        <v>119</v>
+      </c>
+      <c r="M51" t="s">
+        <v>30</v>
+      </c>
+      <c r="N51" t="s">
+        <v>31</v>
+      </c>
+      <c r="O51">
+        <v>284936885553</v>
+      </c>
+      <c r="P51" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>33</v>
+      </c>
+      <c r="R51" t="s">
+        <v>59</v>
+      </c>
+      <c r="S51" t="s">
+        <v>66</v>
+      </c>
+      <c r="T51" t="s">
+        <v>42</v>
+      </c>
+      <c r="U51" t="s">
         <v>267</v>
-      </c>
-[...40 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
-        <v>94</v>
+        <v>268</v>
       </c>
       <c r="B52" t="s">
+        <v>269</v>
+      </c>
+      <c r="C52" t="s">
+        <v>270</v>
+      </c>
+      <c r="D52">
+        <v>584737</v>
+      </c>
+      <c r="E52" t="s">
+        <v>32</v>
+      </c>
+      <c r="F52" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52">
+        <v>0</v>
+      </c>
+      <c r="I52" t="s">
         <v>271</v>
       </c>
-      <c r="C52">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="J52" t="s">
+        <v>143</v>
+      </c>
+      <c r="K52" t="s">
+        <v>143</v>
+      </c>
+      <c r="L52" t="s">
+        <v>64</v>
+      </c>
+      <c r="M52" t="s">
+        <v>30</v>
+      </c>
+      <c r="N52" t="s">
+        <v>31</v>
+      </c>
+      <c r="O52">
+        <v>283925482148</v>
+      </c>
+      <c r="P52" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>58</v>
+      </c>
+      <c r="R52" t="s">
         <v>272</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="S52" t="s">
+        <v>66</v>
+      </c>
+      <c r="T52" t="s">
         <v>273</v>
       </c>
-      <c r="H52">
-[...2 lines deleted...]
-      <c r="I52" t="s">
+      <c r="U52" t="s">
         <v>274</v>
-      </c>
-[...34 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B53" t="s">
+        <v>275</v>
+      </c>
+      <c r="C53" t="s">
         <v>276</v>
       </c>
-      <c r="C53">
-[...1 lines deleted...]
-      </c>
       <c r="D53">
-        <v>583999</v>
+        <v>584603</v>
       </c>
       <c r="E53" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H53">
-        <v>102.99</v>
+        <v>120.99</v>
       </c>
       <c r="I53" t="s">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="J53" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K53" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L53" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="M53" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N53" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O53">
-        <v>283569391711</v>
+        <v>283837392787</v>
       </c>
       <c r="P53" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q53" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R53" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S53" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T53" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="U53" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C54">
-        <v>5250054337</v>
+        <v>222376732</v>
       </c>
       <c r="D54">
-        <v>583998</v>
+        <v>584549</v>
       </c>
       <c r="E54" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
+        <v>284</v>
+      </c>
+      <c r="H54">
+        <v>71.99</v>
+      </c>
+      <c r="I54" t="s">
+        <v>285</v>
+      </c>
+      <c r="J54" t="s">
+        <v>28</v>
+      </c>
+      <c r="K54" t="s">
+        <v>28</v>
+      </c>
+      <c r="L54" t="s">
+        <v>64</v>
+      </c>
+      <c r="M54" t="s">
+        <v>30</v>
+      </c>
+      <c r="N54" t="s">
+        <v>31</v>
+      </c>
+      <c r="O54"/>
+      <c r="P54" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>33</v>
+      </c>
+      <c r="R54" t="s">
+        <v>59</v>
+      </c>
+      <c r="S54" t="s">
+        <v>66</v>
+      </c>
+      <c r="T54" t="s">
         <v>280</v>
       </c>
-      <c r="H54">
-[...37 lines deleted...]
-      </c>
       <c r="U54" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B55" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C55">
-        <v>277924732</v>
+        <v>218266732</v>
       </c>
       <c r="D55">
-        <v>583517</v>
+        <v>584350</v>
       </c>
       <c r="E55" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H55">
-        <v>71.99</v>
+        <v>88.99</v>
       </c>
       <c r="I55" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="J55" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K55" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L55" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M55" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N55" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O55"/>
+        <v>31</v>
+      </c>
+      <c r="O55">
+        <v>283862905362</v>
+      </c>
       <c r="P55" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q55" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R55" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S55" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T55" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="U55" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>293</v>
+      </c>
+      <c r="C56">
+        <v>1130092607</v>
       </c>
       <c r="D56">
-        <v>583489</v>
+        <v>584000</v>
       </c>
       <c r="E56" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H56">
-        <v>99</v>
+        <v>79.99</v>
       </c>
       <c r="I56" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="J56" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K56" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L56" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="M56" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N56" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O56">
-        <v>283235923383</v>
+        <v>283567511511</v>
       </c>
       <c r="P56" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q56" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R56" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S56" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T56" t="s">
-        <v>292</v>
+        <v>132</v>
       </c>
       <c r="U56" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B57" t="s">
+        <v>298</v>
+      </c>
+      <c r="C57">
+        <v>1700130263</v>
+      </c>
+      <c r="D57">
+        <v>583999</v>
+      </c>
+      <c r="E57" t="s">
         <v>294</v>
       </c>
-      <c r="C57">
-[...7 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="H57">
-        <v>79.99</v>
+        <v>102.99</v>
       </c>
       <c r="I57" t="s">
-        <v>120</v>
+        <v>172</v>
       </c>
       <c r="J57" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K57" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L57" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="M57" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N57" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O57">
-        <v>282885268947</v>
+        <v>283569391711</v>
       </c>
       <c r="P57" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q57" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R57" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S57" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T57" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="U57" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C58">
-        <v>5870052449</v>
+        <v>5250054337</v>
       </c>
       <c r="D58">
-        <v>582944</v>
+        <v>583998</v>
       </c>
       <c r="E58" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H58">
-        <v>120.99</v>
+        <v>79.99</v>
       </c>
       <c r="I58" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="J58" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K58" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L58" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="M58" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N58" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O58">
-        <v>282866814801</v>
+        <v>283567613859</v>
       </c>
       <c r="P58" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q58" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R58" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S58" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T58" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="U58" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C59">
-        <v>2710052011</v>
+        <v>277924732</v>
       </c>
       <c r="D59">
-        <v>582883</v>
+        <v>583517</v>
       </c>
       <c r="E59" t="s">
-        <v>24</v>
+        <v>305</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
-      <c r="G59"/>
+      <c r="G59" t="s">
+        <v>306</v>
+      </c>
       <c r="H59">
-        <v>0</v>
+        <v>71.99</v>
       </c>
       <c r="I59" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-      <c r="K59"/>
+        <v>285</v>
+      </c>
+      <c r="J59" t="s">
+        <v>28</v>
+      </c>
+      <c r="K59" t="s">
+        <v>28</v>
+      </c>
       <c r="L59" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="M59" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="N59"/>
+        <v>30</v>
+      </c>
+      <c r="N59" t="s">
+        <v>31</v>
+      </c>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q59" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R59" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S59" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T59" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="U59" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>4510052555</v>
+        <v>309</v>
+      </c>
+      <c r="C60" t="s">
+        <v>310</v>
       </c>
       <c r="D60">
-        <v>582873</v>
+        <v>583489</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>311</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
-      <c r="G60"/>
+      <c r="G60" t="s">
+        <v>312</v>
+      </c>
       <c r="H60">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-      <c r="K60"/>
+        <v>313</v>
+      </c>
+      <c r="J60" t="s">
+        <v>143</v>
+      </c>
+      <c r="K60" t="s">
+        <v>143</v>
+      </c>
       <c r="L60" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="M60" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O60"/>
+        <v>30</v>
+      </c>
+      <c r="N60" t="s">
+        <v>31</v>
+      </c>
+      <c r="O60">
+        <v>283235923383</v>
+      </c>
       <c r="P60" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q60" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R60" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S60" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T60" t="s">
-        <v>42</v>
+        <v>314</v>
       </c>
       <c r="U60" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B61" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="C61">
-        <v>4300052307</v>
+        <v>8760053094</v>
       </c>
       <c r="D61">
-        <v>582862</v>
+        <v>582969</v>
       </c>
       <c r="E61" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="H61">
-        <v>57.6</v>
+        <v>79.99</v>
       </c>
       <c r="I61" t="s">
-        <v>311</v>
+        <v>142</v>
       </c>
       <c r="J61" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K61" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L61" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="M61" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N61" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O61">
-        <v>282811666483</v>
+        <v>282885268947</v>
       </c>
       <c r="P61" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q61" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R61" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S61" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T61" t="s">
-        <v>50</v>
+        <v>319</v>
       </c>
       <c r="U61" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B62" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="C62">
-        <v>3980051264</v>
+        <v>5870052449</v>
       </c>
       <c r="D62">
-        <v>581965</v>
+        <v>582944</v>
       </c>
       <c r="E62" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="H62">
-        <v>114.99</v>
+        <v>120.99</v>
       </c>
       <c r="I62" t="s">
-        <v>316</v>
+        <v>279</v>
       </c>
       <c r="J62" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K62" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L62" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="M62" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N62" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O62">
-        <v>282441102686</v>
+        <v>282866814801</v>
       </c>
       <c r="P62" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q62" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R62" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S62" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T62" t="s">
-        <v>292</v>
+        <v>42</v>
       </c>
       <c r="U62" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="B63" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>324</v>
+      </c>
+      <c r="C63">
+        <v>2710052011</v>
       </c>
       <c r="D63">
-        <v>591493</v>
+        <v>582883</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63"/>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="J63"/>
       <c r="K63"/>
       <c r="L63" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="M63" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q63" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="T63"/>
+        <v>58</v>
+      </c>
+      <c r="R63" t="s">
+        <v>59</v>
+      </c>
+      <c r="S63" t="s">
+        <v>66</v>
+      </c>
+      <c r="T63" t="s">
+        <v>326</v>
+      </c>
       <c r="U63" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="B64" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>328</v>
+      </c>
+      <c r="C64">
+        <v>4510052555</v>
       </c>
       <c r="D64">
-        <v>592036</v>
+        <v>582873</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64"/>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="M64" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q64" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="T64"/>
+        <v>58</v>
+      </c>
+      <c r="R64" t="s">
+        <v>59</v>
+      </c>
+      <c r="S64" t="s">
+        <v>66</v>
+      </c>
+      <c r="T64" t="s">
+        <v>67</v>
+      </c>
       <c r="U64" t="s">
-        <v>24</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B65" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="C65">
-        <v>285297932</v>
+        <v>4300052307</v>
       </c>
       <c r="D65">
-        <v>579830</v>
+        <v>582862</v>
       </c>
       <c r="E65" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="F65" t="s">
         <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="H65">
-        <v>183.99</v>
+        <v>57.6</v>
       </c>
       <c r="I65" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="J65" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K65" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L65" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="M65" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N65" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O65">
-        <v>281301776096</v>
+        <v>282811666483</v>
       </c>
       <c r="P65" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q65" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R65" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S65" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T65" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="U65" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B66" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="C66">
-        <v>261239932</v>
+        <v>3980051264</v>
       </c>
       <c r="D66">
-        <v>579176</v>
+        <v>581965</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>336</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
-      <c r="G66"/>
+      <c r="G66" t="s">
+        <v>337</v>
+      </c>
       <c r="H66">
-        <v>0</v>
+        <v>114.99</v>
       </c>
       <c r="I66" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-      <c r="K66"/>
+        <v>338</v>
+      </c>
+      <c r="J66" t="s">
+        <v>143</v>
+      </c>
+      <c r="K66" t="s">
+        <v>143</v>
+      </c>
       <c r="L66" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="M66" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O66"/>
+        <v>30</v>
+      </c>
+      <c r="N66" t="s">
+        <v>31</v>
+      </c>
+      <c r="O66">
+        <v>282441102686</v>
+      </c>
       <c r="P66" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q66" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R66" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S66" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T66" t="s">
-        <v>83</v>
+        <v>314</v>
       </c>
       <c r="U66" t="s">
-        <v>328</v>
+        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="B67" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>6130046428</v>
+        <v>340</v>
+      </c>
+      <c r="C67" t="s">
+        <v>341</v>
       </c>
       <c r="D67">
-        <v>579182</v>
+        <v>591493</v>
       </c>
       <c r="E67" t="s">
-        <v>330</v>
+        <v>32</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
-      <c r="G67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G67"/>
       <c r="H67">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I67" t="s">
-        <v>332</v>
-[...6 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="J67"/>
+      <c r="K67"/>
       <c r="L67" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="M67" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="N67"/>
+      <c r="O67"/>
       <c r="P67" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q67" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67"/>
       <c r="U67" t="s">
-        <v>334</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>79</v>
       </c>
       <c r="B68" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>224282232</v>
+        <v>340</v>
+      </c>
+      <c r="C68" t="s">
+        <v>343</v>
       </c>
       <c r="D68">
-        <v>578562</v>
+        <v>592036</v>
       </c>
       <c r="E68" t="s">
-        <v>336</v>
+        <v>32</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
-      <c r="G68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G68"/>
       <c r="H68">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="I68" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="J68"/>
+      <c r="K68"/>
       <c r="L68" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="M68" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="N68"/>
+      <c r="O68"/>
       <c r="P68" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q68" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R68"/>
+      <c r="S68"/>
+      <c r="T68"/>
       <c r="U68" t="s">
-        <v>338</v>
+        <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B69" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="C69">
-        <v>296494932</v>
+        <v>285297932</v>
       </c>
       <c r="D69">
-        <v>578192</v>
+        <v>579830</v>
       </c>
       <c r="E69" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
-      <c r="G69"/>
+      <c r="G69" t="s">
+        <v>346</v>
+      </c>
       <c r="H69">
-        <v>0</v>
+        <v>183.99</v>
       </c>
       <c r="I69" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-      <c r="K69"/>
+        <v>347</v>
+      </c>
+      <c r="J69" t="s">
+        <v>143</v>
+      </c>
+      <c r="K69" t="s">
+        <v>143</v>
+      </c>
       <c r="L69" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M69" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O69"/>
+        <v>30</v>
+      </c>
+      <c r="N69" t="s">
+        <v>31</v>
+      </c>
+      <c r="O69">
+        <v>281301776096</v>
+      </c>
       <c r="P69" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q69" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R69" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S69" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T69" t="s">
-        <v>54</v>
+        <v>182</v>
       </c>
       <c r="U69" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B70" t="s">
+        <v>349</v>
+      </c>
+      <c r="C70">
+        <v>261239932</v>
+      </c>
+      <c r="D70">
+        <v>579176</v>
+      </c>
+      <c r="E70" t="s">
+        <v>32</v>
+      </c>
+      <c r="F70" t="s">
+        <v>25</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70">
+        <v>0</v>
+      </c>
+      <c r="I70" t="s">
         <v>342</v>
       </c>
-      <c r="C70">
-[...25 lines deleted...]
-      </c>
+      <c r="J70"/>
+      <c r="K70"/>
       <c r="L70" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="M70" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N70"/>
+      <c r="O70"/>
       <c r="P70" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q70" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R70" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S70" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T70" t="s">
-        <v>160</v>
+        <v>106</v>
       </c>
       <c r="U70" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B71" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>351</v>
+      </c>
+      <c r="C71">
+        <v>6130046428</v>
       </c>
       <c r="D71">
-        <v>576169</v>
+        <v>579182</v>
       </c>
       <c r="E71" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F71" t="s">
         <v>25</v>
       </c>
       <c r="G71" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H71">
         <v>79.99</v>
       </c>
       <c r="I71" t="s">
-        <v>274</v>
+        <v>354</v>
       </c>
       <c r="J71" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K71" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L71" t="s">
-        <v>351</v>
+        <v>119</v>
       </c>
       <c r="M71" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N71" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O71">
-        <v>278855713456</v>
+        <v>280866918299</v>
       </c>
       <c r="P71" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q71" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R71" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S71" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T71" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="U71" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B72" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C72">
-        <v>241574632</v>
+        <v>224282232</v>
       </c>
       <c r="D72">
-        <v>576749</v>
+        <v>578562</v>
       </c>
       <c r="E72" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H72">
-        <v>58.99</v>
+        <v>95.99</v>
       </c>
       <c r="I72" t="s">
-        <v>357</v>
+        <v>162</v>
       </c>
       <c r="J72" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K72" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L72" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M72" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N72" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O72">
-        <v>279181927213</v>
+        <v>280503863778</v>
       </c>
       <c r="P72" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q72" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R72" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S72" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T72" t="s">
-        <v>292</v>
+        <v>182</v>
       </c>
       <c r="U72" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B73" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>361</v>
+      </c>
+      <c r="C73">
+        <v>296494932</v>
       </c>
       <c r="D73">
-        <v>574118</v>
+        <v>578192</v>
       </c>
       <c r="E73" t="s">
-        <v>361</v>
+        <v>32</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
-      <c r="G73" t="s">
+      <c r="G73"/>
+      <c r="H73">
+        <v>0</v>
+      </c>
+      <c r="I73" t="s">
         <v>362</v>
       </c>
-      <c r="H73">
-[...2 lines deleted...]
-      <c r="I73" t="s">
+      <c r="J73"/>
+      <c r="K73"/>
+      <c r="L73" t="s">
+        <v>64</v>
+      </c>
+      <c r="M73" t="s">
+        <v>65</v>
+      </c>
+      <c r="N73"/>
+      <c r="O73"/>
+      <c r="P73" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>58</v>
+      </c>
+      <c r="R73" t="s">
+        <v>59</v>
+      </c>
+      <c r="S73" t="s">
+        <v>66</v>
+      </c>
+      <c r="T73" t="s">
+        <v>77</v>
+      </c>
+      <c r="U73" t="s">
         <v>363</v>
-      </c>
-[...34 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B74" t="s">
+        <v>364</v>
+      </c>
+      <c r="C74">
+        <v>5230040670</v>
+      </c>
+      <c r="D74">
+        <v>577923</v>
+      </c>
+      <c r="E74" t="s">
+        <v>365</v>
+      </c>
+      <c r="F74" t="s">
+        <v>25</v>
+      </c>
+      <c r="G74" t="s">
         <v>366</v>
       </c>
-      <c r="C74" t="s">
+      <c r="H74">
+        <v>136</v>
+      </c>
+      <c r="I74" t="s">
         <v>367</v>
       </c>
-      <c r="D74">
-[...8 lines deleted...]
-      <c r="G74" t="s">
+      <c r="J74" t="s">
+        <v>143</v>
+      </c>
+      <c r="K74" t="s">
+        <v>143</v>
+      </c>
+      <c r="L74" t="s">
+        <v>119</v>
+      </c>
+      <c r="M74" t="s">
+        <v>30</v>
+      </c>
+      <c r="N74" t="s">
+        <v>31</v>
+      </c>
+      <c r="O74">
+        <v>280076465635</v>
+      </c>
+      <c r="P74" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>33</v>
+      </c>
+      <c r="R74" t="s">
+        <v>59</v>
+      </c>
+      <c r="S74" t="s">
+        <v>66</v>
+      </c>
+      <c r="T74" t="s">
+        <v>182</v>
+      </c>
+      <c r="U74" t="s">
         <v>368</v>
-      </c>
-[...40 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="B75" t="s">
+        <v>369</v>
+      </c>
+      <c r="C75" t="s">
+        <v>370</v>
+      </c>
+      <c r="D75">
+        <v>576169</v>
+      </c>
+      <c r="E75" t="s">
         <v>371</v>
       </c>
-      <c r="C75">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="F75" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" t="s">
         <v>372</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75">
+        <v>79.99</v>
+      </c>
+      <c r="I75" t="s">
+        <v>296</v>
+      </c>
+      <c r="J75" t="s">
+        <v>143</v>
+      </c>
+      <c r="K75" t="s">
+        <v>143</v>
+      </c>
+      <c r="L75" t="s">
         <v>373</v>
       </c>
-      <c r="H75">
-[...13 lines deleted...]
-      </c>
       <c r="M75" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N75" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O75">
-        <v>277286615901</v>
+        <v>278855713456</v>
       </c>
       <c r="P75" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q75" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R75" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S75" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T75" t="s">
-        <v>258</v>
+        <v>374</v>
       </c>
       <c r="U75" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C76">
-        <v>296424232</v>
+        <v>241574632</v>
       </c>
       <c r="D76">
-        <v>572635</v>
+        <v>576749</v>
       </c>
       <c r="E76" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H76">
-        <v>127.99</v>
+        <v>58.99</v>
       </c>
       <c r="I76" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J76" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K76" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L76" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M76" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N76" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O76">
-        <v>276460592446</v>
+        <v>279181927213</v>
       </c>
       <c r="P76" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q76" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R76" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S76" t="s">
-        <v>201</v>
+        <v>66</v>
       </c>
       <c r="T76" t="s">
-        <v>379</v>
+        <v>314</v>
       </c>
       <c r="U76" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>381</v>
       </c>
-      <c r="C77">
-        <v>226178432</v>
+      <c r="C77" t="s">
+        <v>382</v>
       </c>
       <c r="D77">
-        <v>572476</v>
+        <v>574118</v>
       </c>
       <c r="E77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F77" t="s">
         <v>25</v>
       </c>
       <c r="G77" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H77">
-        <v>79.99</v>
+        <v>46.92</v>
       </c>
       <c r="I77" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J77" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K77" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L77" t="s">
-        <v>39</v>
+        <v>386</v>
       </c>
       <c r="M77" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N77" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O77">
-        <v>276263676181</v>
+        <v>277555026706</v>
       </c>
       <c r="P77" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q77" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R77" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S77" t="s">
-        <v>201</v>
+        <v>66</v>
       </c>
       <c r="T77" t="s">
-        <v>385</v>
+        <v>273</v>
       </c>
       <c r="U77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B78" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>249293432</v>
+        <v>388</v>
+      </c>
+      <c r="C78" t="s">
+        <v>389</v>
       </c>
       <c r="D78">
-        <v>572447</v>
+        <v>574116</v>
       </c>
       <c r="E78" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="F78" t="s">
         <v>25</v>
       </c>
       <c r="G78" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H78">
-        <v>87.99</v>
+        <v>56.44</v>
       </c>
       <c r="I78" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J78" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K78" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L78" t="s">
-        <v>39</v>
+        <v>386</v>
       </c>
       <c r="M78" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N78" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O78">
-        <v>276259405651</v>
+        <v>277554983310</v>
       </c>
       <c r="P78" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q78" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R78" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S78" t="s">
-        <v>201</v>
+        <v>66</v>
       </c>
       <c r="T78" t="s">
-        <v>391</v>
+        <v>273</v>
       </c>
       <c r="U78" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>393</v>
       </c>
       <c r="C79">
-        <v>251278432</v>
+        <v>224895432</v>
       </c>
       <c r="D79">
-        <v>572437</v>
+        <v>573688</v>
       </c>
       <c r="E79" t="s">
         <v>394</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
         <v>395</v>
       </c>
       <c r="H79">
-        <v>79.99</v>
+        <v>68</v>
       </c>
       <c r="I79" t="s">
-        <v>384</v>
+        <v>338</v>
       </c>
       <c r="J79" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K79" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L79" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M79" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N79" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O79">
-        <v>276259322515</v>
+        <v>277286615901</v>
       </c>
       <c r="P79" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q79" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R79" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S79" t="s">
-        <v>201</v>
+        <v>66</v>
       </c>
       <c r="T79" t="s">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="U79" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80">
-        <v>296323432</v>
+        <v>296424232</v>
       </c>
       <c r="D80">
-        <v>572403</v>
+        <v>572635</v>
       </c>
       <c r="E80" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H80">
         <v>127.99</v>
       </c>
       <c r="I80" t="s">
-        <v>378</v>
+        <v>400</v>
       </c>
       <c r="J80" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K80" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L80" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M80" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N80" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O80">
-        <v>276262257649</v>
+        <v>276460592446</v>
       </c>
       <c r="P80" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q80" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R80" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S80" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="T80" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="U80" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="B81" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>403</v>
+      </c>
+      <c r="C81">
+        <v>226178432</v>
       </c>
       <c r="D81">
-        <v>572034</v>
+        <v>572476</v>
       </c>
       <c r="E81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H81">
-        <v>59.4</v>
+        <v>79.99</v>
       </c>
       <c r="I81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J81" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K81" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L81" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M81" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N81" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O81">
-        <v>275746638391</v>
+        <v>276263676181</v>
       </c>
       <c r="P81" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q81" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R81" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S81" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="T81" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="U81" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C82">
-        <v>291419432</v>
+        <v>249293432</v>
       </c>
       <c r="D82">
-        <v>571787</v>
+        <v>572447</v>
       </c>
       <c r="E82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H82">
-        <v>79.99</v>
+        <v>87.99</v>
       </c>
       <c r="I82" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
       <c r="J82" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K82" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L82" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M82" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N82" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O82">
-        <v>275498103418</v>
+        <v>276259405651</v>
       </c>
       <c r="P82" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q82" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R82" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S82" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="T82" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="U82" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B83" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C83">
-        <v>226296432</v>
+        <v>251278432</v>
       </c>
       <c r="D83">
-        <v>570391</v>
+        <v>572437</v>
       </c>
       <c r="E83" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H83">
-        <v>103.99</v>
+        <v>79.99</v>
       </c>
       <c r="I83" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="J83" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K83" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L83" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M83" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N83" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O83">
-        <v>273869262570</v>
+        <v>276259322515</v>
       </c>
       <c r="P83" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q83" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R83" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S83" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="T83" t="s">
-        <v>417</v>
+        <v>35</v>
       </c>
       <c r="U83" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B84" t="s">
         <v>419</v>
       </c>
       <c r="C84">
-        <v>219664312</v>
+        <v>296323432</v>
       </c>
       <c r="D84">
-        <v>569467</v>
+        <v>572403</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>416</v>
       </c>
       <c r="F84" t="s">
         <v>25</v>
       </c>
-      <c r="G84"/>
+      <c r="G84" t="s">
+        <v>420</v>
+      </c>
       <c r="H84">
-        <v>0</v>
+        <v>127.99</v>
       </c>
       <c r="I84" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="K84"/>
+        <v>400</v>
+      </c>
+      <c r="J84" t="s">
+        <v>143</v>
+      </c>
+      <c r="K84" t="s">
+        <v>143</v>
+      </c>
       <c r="L84" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M84" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O84"/>
+        <v>30</v>
+      </c>
+      <c r="N84" t="s">
+        <v>31</v>
+      </c>
+      <c r="O84">
+        <v>276262257649</v>
+      </c>
       <c r="P84" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q84" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R84" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S84" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T84" t="s">
         <v>421</v>
       </c>
       <c r="U84" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="B85" t="s">
         <v>423</v>
       </c>
       <c r="C85" t="s">
         <v>424</v>
       </c>
       <c r="D85">
-        <v>569332</v>
+        <v>572034</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>25</v>
       </c>
       <c r="G85" t="s">
         <v>426</v>
       </c>
       <c r="H85">
-        <v>89</v>
+        <v>59.4</v>
       </c>
       <c r="I85" t="s">
         <v>427</v>
       </c>
       <c r="J85" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K85" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L85" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M85" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N85" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O85">
-        <v>272772957875</v>
+        <v>275746638391</v>
       </c>
       <c r="P85" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q85" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R85" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S85" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T85" t="s">
         <v>428</v>
       </c>
       <c r="U85" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B86" t="s">
         <v>430</v>
       </c>
       <c r="C86">
-        <v>218883112</v>
+        <v>291419432</v>
       </c>
       <c r="D86">
-        <v>569328</v>
+        <v>571787</v>
       </c>
       <c r="E86" t="s">
-        <v>24</v>
+        <v>431</v>
       </c>
       <c r="F86" t="s">
         <v>25</v>
       </c>
-      <c r="G86"/>
+      <c r="G86" t="s">
+        <v>432</v>
+      </c>
       <c r="H86">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="I86" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-      <c r="K86"/>
+        <v>406</v>
+      </c>
+      <c r="J86" t="s">
+        <v>143</v>
+      </c>
+      <c r="K86" t="s">
+        <v>143</v>
+      </c>
       <c r="L86" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M86" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O86"/>
+        <v>30</v>
+      </c>
+      <c r="N86" t="s">
+        <v>31</v>
+      </c>
+      <c r="O86">
+        <v>275498103418</v>
+      </c>
       <c r="P86" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q86" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R86" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S86" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="U86" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B87" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C87">
-        <v>272523112</v>
+        <v>226296432</v>
       </c>
       <c r="D87">
-        <v>569251</v>
+        <v>570391</v>
       </c>
       <c r="E87" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H87">
-        <v>52.8</v>
+        <v>103.99</v>
       </c>
       <c r="I87" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="J87" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K87" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L87" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M87" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N87" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O87">
-        <v>272691635100</v>
+        <v>273869262570</v>
       </c>
       <c r="P87" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q87" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R87" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S87" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T87" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="U87" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B88" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C88">
-        <v>224994432</v>
+        <v>219664312</v>
       </c>
       <c r="D88">
-        <v>568876</v>
+        <v>569467</v>
       </c>
       <c r="E88" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88"/>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M88" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q88" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R88" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S88" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T88" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="U88" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B89" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>278724432</v>
+        <v>445</v>
+      </c>
+      <c r="C89" t="s">
+        <v>446</v>
       </c>
       <c r="D89">
-        <v>568754</v>
+        <v>569332</v>
       </c>
       <c r="E89" t="s">
-        <v>24</v>
+        <v>447</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
-      <c r="G89"/>
+      <c r="G89" t="s">
+        <v>448</v>
+      </c>
       <c r="H89">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="I89" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-      <c r="K89"/>
+        <v>449</v>
+      </c>
+      <c r="J89" t="s">
+        <v>143</v>
+      </c>
+      <c r="K89" t="s">
+        <v>143</v>
+      </c>
       <c r="L89" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M89" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O89"/>
+        <v>30</v>
+      </c>
+      <c r="N89" t="s">
+        <v>31</v>
+      </c>
+      <c r="O89">
+        <v>272772957875</v>
+      </c>
       <c r="P89" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q89" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R89" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S89" t="s">
-        <v>186</v>
+        <v>66</v>
       </c>
       <c r="T89" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="U89" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B90" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>452</v>
+      </c>
+      <c r="C90">
+        <v>218883112</v>
       </c>
       <c r="D90">
-        <v>568314</v>
+        <v>569328</v>
       </c>
       <c r="E90" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F90" t="s">
         <v>25</v>
       </c>
       <c r="G90"/>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M90" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q90" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R90" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S90" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T90" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="U90" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
-        <v>453</v>
+        <v>128</v>
       </c>
       <c r="B91" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>456</v>
+      </c>
+      <c r="C91">
+        <v>272523112</v>
       </c>
       <c r="D91">
-        <v>568280</v>
+        <v>569251</v>
       </c>
       <c r="E91" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H91">
-        <v>71.99</v>
+        <v>52.8</v>
       </c>
       <c r="I91" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J91" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K91" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L91" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M91" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N91" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O91">
-        <v>271570657861</v>
+        <v>272691635100</v>
       </c>
       <c r="P91" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q91" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R91" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S91" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T91" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="U91" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B92" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C92">
-        <v>257424112</v>
+        <v>224994432</v>
       </c>
       <c r="D92">
-        <v>567117</v>
+        <v>568876</v>
       </c>
       <c r="E92" t="s">
-        <v>462</v>
+        <v>32</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
-      <c r="G92" t="s">
+      <c r="G92"/>
+      <c r="H92">
+        <v>0</v>
+      </c>
+      <c r="I92" t="s">
         <v>463</v>
       </c>
-      <c r="H92">
-[...2 lines deleted...]
-      <c r="I92" t="s">
+      <c r="J92"/>
+      <c r="K92"/>
+      <c r="L92" t="s">
+        <v>64</v>
+      </c>
+      <c r="M92" t="s">
+        <v>120</v>
+      </c>
+      <c r="N92"/>
+      <c r="O92"/>
+      <c r="P92" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>58</v>
+      </c>
+      <c r="R92" t="s">
+        <v>59</v>
+      </c>
+      <c r="S92" t="s">
+        <v>66</v>
+      </c>
+      <c r="T92" t="s">
         <v>464</v>
       </c>
-      <c r="J92" t="s">
-[...29 lines deleted...]
-      <c r="T92" t="s">
+      <c r="U92" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B93" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C93">
-        <v>292423512</v>
+        <v>278724432</v>
       </c>
       <c r="D93">
-        <v>566810</v>
+        <v>568754</v>
       </c>
       <c r="E93" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93"/>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J93"/>
       <c r="K93"/>
       <c r="L93" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M93" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q93" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R93" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S93" t="s">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="T93" t="s">
+        <v>468</v>
+      </c>
+      <c r="U93" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B94" t="s">
+        <v>470</v>
+      </c>
+      <c r="C94" t="s">
         <v>471</v>
       </c>
-      <c r="C94">
-[...1 lines deleted...]
-      </c>
       <c r="D94">
-        <v>566808</v>
+        <v>568314</v>
       </c>
       <c r="E94" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94"/>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M94" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q94" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R94" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S94" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T94" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="U94" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
-        <v>138</v>
+        <v>475</v>
       </c>
       <c r="B95" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>293225312</v>
+        <v>476</v>
+      </c>
+      <c r="C95" t="s">
+        <v>477</v>
       </c>
       <c r="D95">
-        <v>565853</v>
+        <v>568280</v>
       </c>
       <c r="E95" t="s">
-        <v>24</v>
+        <v>478</v>
       </c>
       <c r="F95" t="s">
         <v>25</v>
       </c>
-      <c r="G95"/>
+      <c r="G95" t="s">
+        <v>479</v>
+      </c>
       <c r="H95">
-        <v>0</v>
+        <v>71.99</v>
       </c>
       <c r="I95" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-      <c r="K95"/>
+        <v>480</v>
+      </c>
+      <c r="J95" t="s">
+        <v>143</v>
+      </c>
+      <c r="K95" t="s">
+        <v>143</v>
+      </c>
       <c r="L95" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M95" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="O95"/>
+        <v>30</v>
+      </c>
+      <c r="N95" t="s">
+        <v>31</v>
+      </c>
+      <c r="O95">
+        <v>271570657861</v>
+      </c>
       <c r="P95" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q95" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R95" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S95" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T95" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="U95" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B96" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C96">
-        <v>243287312</v>
+        <v>257424112</v>
       </c>
       <c r="D96">
-        <v>565359</v>
+        <v>567117</v>
       </c>
       <c r="E96" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="F96" t="s">
         <v>25</v>
       </c>
       <c r="G96" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="H96">
-        <v>89</v>
+        <v>111.2</v>
       </c>
       <c r="I96" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="J96" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K96" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L96" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M96" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N96" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O96">
-        <v>788187891557</v>
+        <v>270317343625</v>
       </c>
       <c r="P96" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q96" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R96" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S96" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T96" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="U96" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B97" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C97">
-        <v>223158312</v>
+        <v>292423512</v>
       </c>
       <c r="D97">
-        <v>564698</v>
+        <v>566810</v>
       </c>
       <c r="E97" t="s">
-        <v>483</v>
+        <v>32</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
-      <c r="G97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G97"/>
       <c r="H97">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="I97" t="s">
-        <v>485</v>
-[...6 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="J97"/>
+      <c r="K97"/>
       <c r="L97" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M97" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N97"/>
+      <c r="O97"/>
       <c r="P97" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q97" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R97" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S97" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T97" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="U97" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B98" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C98">
-        <v>284274512</v>
+        <v>242423512</v>
       </c>
       <c r="D98">
-        <v>564562</v>
+        <v>566808</v>
       </c>
       <c r="E98" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F98" t="s">
         <v>25</v>
       </c>
       <c r="G98"/>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="J98"/>
       <c r="K98"/>
       <c r="L98" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M98" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q98" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R98" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S98" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T98" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="U98" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B99" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C99">
-        <v>256474512</v>
+        <v>293225312</v>
       </c>
       <c r="D99">
-        <v>564561</v>
+        <v>565853</v>
       </c>
       <c r="E99" t="s">
-        <v>493</v>
+        <v>32</v>
       </c>
       <c r="F99" t="s">
         <v>25</v>
       </c>
-      <c r="G99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G99"/>
       <c r="H99">
-        <v>80.1</v>
+        <v>0</v>
       </c>
       <c r="I99" t="s">
-        <v>495</v>
-[...6 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="J99"/>
+      <c r="K99"/>
       <c r="L99" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M99" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="N99" t="s">
         <v>30</v>
       </c>
-      <c r="O99">
-[...1 lines deleted...]
-      </c>
+      <c r="N99"/>
+      <c r="O99"/>
       <c r="P99" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q99" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R99" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S99" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T99" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="U99" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
-        <v>453</v>
+        <v>160</v>
       </c>
       <c r="B100" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>499</v>
+      </c>
+      <c r="C100">
+        <v>243287312</v>
       </c>
       <c r="D100">
-        <v>563891</v>
+        <v>565359</v>
       </c>
       <c r="E100" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>25</v>
       </c>
       <c r="G100" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H100">
-        <v>71.1</v>
+        <v>89</v>
       </c>
       <c r="I100" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="J100" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K100" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L100" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M100" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N100" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O100"/>
+        <v>31</v>
+      </c>
+      <c r="O100">
+        <v>788187891557</v>
+      </c>
       <c r="P100" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q100" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R100" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S100" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T100" t="s">
         <v>502</v>
       </c>
       <c r="U100" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B101" t="s">
         <v>504</v>
       </c>
       <c r="C101">
-        <v>238439312</v>
+        <v>223158312</v>
       </c>
       <c r="D101">
-        <v>563795</v>
+        <v>564698</v>
       </c>
       <c r="E101" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>25</v>
       </c>
-      <c r="G101"/>
+      <c r="G101" t="s">
+        <v>506</v>
+      </c>
       <c r="H101">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="I101" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J101" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K101" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L101" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M101" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N101" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O101">
-        <v>786984513944</v>
+        <v>787442535599</v>
       </c>
       <c r="P101" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q101" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R101" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S101" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T101" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="U101" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B102" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C102">
-        <v>273689312</v>
+        <v>284274512</v>
       </c>
       <c r="D102">
-        <v>563411</v>
+        <v>564562</v>
       </c>
       <c r="E102" t="s">
-        <v>509</v>
+        <v>32</v>
       </c>
       <c r="F102" t="s">
         <v>25</v>
       </c>
-      <c r="G102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G102"/>
       <c r="H102">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="I102" t="s">
         <v>511</v>
       </c>
-      <c r="J102" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J102"/>
+      <c r="K102"/>
       <c r="L102" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M102" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N102"/>
+      <c r="O102"/>
       <c r="P102" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q102" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R102" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S102" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="T102" t="s">
-        <v>480</v>
+        <v>512</v>
       </c>
       <c r="U102" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B103" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C103">
-        <v>275836312</v>
+        <v>256474512</v>
       </c>
       <c r="D103">
-        <v>562788</v>
+        <v>564561</v>
       </c>
       <c r="E103" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>25</v>
       </c>
       <c r="G103" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H103">
-        <v>99</v>
+        <v>80.1</v>
       </c>
       <c r="I103" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="J103" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K103" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L103" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M103" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N103" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O103">
-        <v>786388232907</v>
+        <v>787412319528</v>
       </c>
       <c r="P103" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q103" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R103" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S103" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T103" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="U103" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B104" t="s">
         <v>519</v>
       </c>
-      <c r="C104">
-        <v>252416712</v>
+      <c r="C104" t="s">
+        <v>520</v>
       </c>
       <c r="D104">
-        <v>562565</v>
+        <v>563891</v>
       </c>
       <c r="E104" t="s">
-        <v>24</v>
+        <v>521</v>
       </c>
       <c r="F104" t="s">
         <v>25</v>
       </c>
-      <c r="G104"/>
+      <c r="G104" t="s">
+        <v>522</v>
+      </c>
       <c r="H104">
-        <v>0</v>
+        <v>71.1</v>
       </c>
       <c r="I104" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-      <c r="K104"/>
+        <v>523</v>
+      </c>
+      <c r="J104" t="s">
+        <v>28</v>
+      </c>
+      <c r="K104" t="s">
+        <v>28</v>
+      </c>
       <c r="L104" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M104" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="N104"/>
+        <v>30</v>
+      </c>
+      <c r="N104" t="s">
+        <v>31</v>
+      </c>
       <c r="O104"/>
       <c r="P104" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q104" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R104" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S104" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T104" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="U104" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B105" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C105">
-        <v>242754312</v>
+        <v>238439312</v>
       </c>
       <c r="D105">
-        <v>560446</v>
+        <v>563795</v>
       </c>
       <c r="E105" t="s">
-        <v>524</v>
+        <v>32</v>
       </c>
       <c r="F105" t="s">
         <v>25</v>
       </c>
-      <c r="G105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G105"/>
       <c r="H105">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="I105" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J105" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K105" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L105" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M105" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N105" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O105">
-        <v>784656573099</v>
+        <v>786984513944</v>
       </c>
       <c r="P105" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q105" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R105" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S105" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T105" t="s">
-        <v>465</v>
+        <v>528</v>
       </c>
       <c r="U105" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="B106" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>530</v>
+      </c>
+      <c r="C106">
+        <v>273689312</v>
       </c>
       <c r="D106">
-        <v>559204</v>
+        <v>563411</v>
       </c>
       <c r="E106" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F106" t="s">
         <v>25</v>
       </c>
       <c r="G106" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H106">
-        <v>278.6</v>
+        <v>29</v>
       </c>
       <c r="I106" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="J106" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K106" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L106" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M106" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N106" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O106"/>
+        <v>31</v>
+      </c>
+      <c r="O106">
+        <v>786759056741</v>
+      </c>
       <c r="P106" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q106" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R106" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S106" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T106" t="s">
-        <v>533</v>
+        <v>502</v>
       </c>
       <c r="U106" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
-        <v>453</v>
+        <v>160</v>
       </c>
       <c r="B107" t="s">
         <v>535</v>
       </c>
-      <c r="C107" t="s">
+      <c r="C107">
+        <v>275836312</v>
+      </c>
+      <c r="D107">
+        <v>562788</v>
+      </c>
+      <c r="E107" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
       <c r="F107" t="s">
         <v>25</v>
       </c>
       <c r="G107" t="s">
         <v>537</v>
       </c>
       <c r="H107">
-        <v>52.8</v>
+        <v>99</v>
       </c>
       <c r="I107" t="s">
         <v>538</v>
       </c>
       <c r="J107" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K107" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L107" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M107" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N107" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O107"/>
+        <v>31</v>
+      </c>
+      <c r="O107">
+        <v>786388232907</v>
+      </c>
       <c r="P107" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q107" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R107" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S107" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T107" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="U107" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B108" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C108">
-        <v>293891912</v>
+        <v>252416712</v>
       </c>
       <c r="D108">
-        <v>559044</v>
+        <v>562565</v>
       </c>
       <c r="E108" t="s">
-        <v>541</v>
+        <v>32</v>
       </c>
       <c r="F108" t="s">
         <v>25</v>
       </c>
-      <c r="G108" t="s">
+      <c r="G108"/>
+      <c r="H108">
+        <v>0</v>
+      </c>
+      <c r="I108" t="s">
         <v>542</v>
       </c>
-      <c r="H108">
-[...10 lines deleted...]
-      </c>
+      <c r="J108"/>
+      <c r="K108"/>
       <c r="L108" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M108" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N108"/>
       <c r="O108"/>
       <c r="P108" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q108" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R108" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S108" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T108" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="U108" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B109" t="s">
         <v>545</v>
       </c>
       <c r="C109">
-        <v>295621912</v>
+        <v>242754312</v>
       </c>
       <c r="D109">
-        <v>558965</v>
+        <v>560446</v>
       </c>
       <c r="E109" t="s">
         <v>546</v>
       </c>
       <c r="F109" t="s">
         <v>25</v>
       </c>
       <c r="G109" t="s">
         <v>547</v>
       </c>
       <c r="H109">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I109" t="s">
         <v>548</v>
       </c>
       <c r="J109" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K109" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L109" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M109" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N109" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O109"/>
+        <v>31</v>
+      </c>
+      <c r="O109">
+        <v>784656573099</v>
+      </c>
       <c r="P109" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q109" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R109" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S109" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T109" t="s">
-        <v>533</v>
+        <v>487</v>
       </c>
       <c r="U109" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B110" t="s">
         <v>550</v>
       </c>
-      <c r="C110">
-        <v>236493112</v>
+      <c r="C110" t="s">
+        <v>551</v>
       </c>
       <c r="D110">
-        <v>558656</v>
+        <v>559204</v>
       </c>
       <c r="E110" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F110" t="s">
         <v>25</v>
       </c>
       <c r="G110" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H110">
-        <v>120</v>
+        <v>278.6</v>
       </c>
       <c r="I110" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J110" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K110" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L110" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M110" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N110" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O110"/>
       <c r="P110" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q110" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R110" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S110" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T110" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="U110" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
-        <v>138</v>
+        <v>475</v>
       </c>
       <c r="B111" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>257763112</v>
+        <v>557</v>
+      </c>
+      <c r="C111" t="s">
+        <v>558</v>
       </c>
       <c r="D111">
-        <v>558595</v>
+        <v>559184</v>
       </c>
       <c r="E111" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="F111" t="s">
         <v>25</v>
       </c>
       <c r="G111" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H111">
-        <v>121.7</v>
+        <v>52.8</v>
       </c>
       <c r="I111" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="J111" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K111" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L111" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M111" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N111" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q111" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R111" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S111" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T111" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="U111" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B112" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="C112" t="s">
         <v>562</v>
       </c>
+      <c r="C112">
+        <v>293891912</v>
+      </c>
       <c r="D112">
-        <v>558146</v>
+        <v>559044</v>
       </c>
       <c r="E112" t="s">
         <v>563</v>
       </c>
       <c r="F112" t="s">
         <v>25</v>
       </c>
       <c r="G112" t="s">
         <v>564</v>
       </c>
       <c r="H112">
-        <v>201.65</v>
+        <v>320</v>
       </c>
       <c r="I112" t="s">
         <v>565</v>
       </c>
       <c r="J112" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K112" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L112" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M112" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N112" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O112"/>
       <c r="P112" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q112" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R112" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S112" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T112" t="s">
+        <v>555</v>
+      </c>
+      <c r="U112" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113" t="s">
-        <v>453</v>
+        <v>128</v>
       </c>
       <c r="B113" t="s">
+        <v>567</v>
+      </c>
+      <c r="C113">
+        <v>295621912</v>
+      </c>
+      <c r="D113">
+        <v>558965</v>
+      </c>
+      <c r="E113" t="s">
         <v>568</v>
       </c>
-      <c r="C113" t="s">
+      <c r="F113" t="s">
+        <v>25</v>
+      </c>
+      <c r="G113" t="s">
         <v>569</v>
       </c>
-      <c r="D113">
-[...2 lines deleted...]
-      <c r="E113" t="s">
+      <c r="H113">
+        <v>60</v>
+      </c>
+      <c r="I113" t="s">
         <v>570</v>
       </c>
-      <c r="F113" t="s">
-[...2 lines deleted...]
-      <c r="G113" t="s">
+      <c r="J113" t="s">
+        <v>28</v>
+      </c>
+      <c r="K113" t="s">
+        <v>28</v>
+      </c>
+      <c r="L113" t="s">
+        <v>64</v>
+      </c>
+      <c r="M113" t="s">
+        <v>30</v>
+      </c>
+      <c r="N113" t="s">
+        <v>31</v>
+      </c>
+      <c r="O113"/>
+      <c r="P113" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>33</v>
+      </c>
+      <c r="R113" t="s">
+        <v>59</v>
+      </c>
+      <c r="S113" t="s">
+        <v>34</v>
+      </c>
+      <c r="T113" t="s">
+        <v>555</v>
+      </c>
+      <c r="U113" t="s">
         <v>571</v>
-      </c>
-[...40 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114" t="s">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="B114" t="s">
+        <v>572</v>
+      </c>
+      <c r="C114">
+        <v>236493112</v>
+      </c>
+      <c r="D114">
+        <v>558656</v>
+      </c>
+      <c r="E114" t="s">
+        <v>573</v>
+      </c>
+      <c r="F114" t="s">
+        <v>25</v>
+      </c>
+      <c r="G114" t="s">
         <v>574</v>
       </c>
-      <c r="C114" t="s">
+      <c r="H114">
+        <v>120</v>
+      </c>
+      <c r="I114" t="s">
         <v>575</v>
       </c>
-      <c r="D114">
-[...16 lines deleted...]
-      <c r="K114"/>
+      <c r="J114" t="s">
+        <v>143</v>
+      </c>
+      <c r="K114" t="s">
+        <v>143</v>
+      </c>
       <c r="L114" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M114" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O114"/>
+        <v>30</v>
+      </c>
+      <c r="N114" t="s">
+        <v>31</v>
+      </c>
+      <c r="O114">
+        <v>783021101963</v>
+      </c>
       <c r="P114" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q114" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R114" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S114" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T114" t="s">
         <v>576</v>
       </c>
       <c r="U114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B115" t="s">
         <v>578</v>
       </c>
       <c r="C115">
-        <v>254571112</v>
+        <v>257763112</v>
       </c>
       <c r="D115">
-        <v>557809</v>
+        <v>558595</v>
       </c>
       <c r="E115" t="s">
-        <v>24</v>
+        <v>579</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
-      <c r="G115"/>
+      <c r="G115" t="s">
+        <v>580</v>
+      </c>
       <c r="H115">
-        <v>0</v>
+        <v>121.7</v>
       </c>
       <c r="I115" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-      <c r="K115"/>
+        <v>581</v>
+      </c>
+      <c r="J115" t="s">
+        <v>28</v>
+      </c>
+      <c r="K115" t="s">
+        <v>28</v>
+      </c>
       <c r="L115" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M115" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="N115"/>
+        <v>30</v>
+      </c>
+      <c r="N115" t="s">
+        <v>31</v>
+      </c>
       <c r="O115"/>
       <c r="P115" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q115" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R115" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S115" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T115" t="s">
-        <v>580</v>
+        <v>555</v>
       </c>
       <c r="U115" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B116" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>213561112</v>
+        <v>583</v>
+      </c>
+      <c r="C116" t="s">
+        <v>584</v>
       </c>
       <c r="D116">
-        <v>557376</v>
+        <v>558146</v>
       </c>
       <c r="E116" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F116" t="s">
         <v>25</v>
       </c>
       <c r="G116" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="H116">
-        <v>79</v>
+        <v>201.65</v>
       </c>
       <c r="I116" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="J116" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K116" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L116" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M116" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N116" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O116">
-        <v>782007374780</v>
+        <v>782659784547</v>
       </c>
       <c r="P116" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q116" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R116" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S116" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T116" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="U116" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B117" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>229466912</v>
+        <v>590</v>
+      </c>
+      <c r="C117" t="s">
+        <v>591</v>
       </c>
       <c r="D117">
-        <v>557164</v>
+        <v>557959</v>
       </c>
       <c r="E117" t="s">
-        <v>24</v>
+        <v>592</v>
       </c>
       <c r="F117" t="s">
         <v>25</v>
       </c>
-      <c r="G117"/>
+      <c r="G117" t="s">
+        <v>593</v>
+      </c>
       <c r="H117">
-        <v>0</v>
+        <v>89.6</v>
       </c>
       <c r="I117" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-      <c r="K117"/>
+        <v>467</v>
+      </c>
+      <c r="J117" t="s">
+        <v>143</v>
+      </c>
+      <c r="K117" t="s">
+        <v>143</v>
+      </c>
       <c r="L117" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M117" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O117"/>
+        <v>30</v>
+      </c>
+      <c r="N117" t="s">
+        <v>31</v>
+      </c>
+      <c r="O117">
+        <v>782471920385</v>
+      </c>
       <c r="P117" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q117" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R117" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S117" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T117" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="U117" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118" t="s">
-        <v>453</v>
+        <v>108</v>
       </c>
       <c r="B118" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C118" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D118">
-        <v>557135</v>
+        <v>557827</v>
       </c>
       <c r="E118" t="s">
-        <v>594</v>
+        <v>32</v>
       </c>
       <c r="F118" t="s">
         <v>25</v>
       </c>
-      <c r="G118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G118"/>
       <c r="H118">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="I118" t="s">
-        <v>596</v>
-[...6 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="J118"/>
+      <c r="K118"/>
       <c r="L118" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M118" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N118"/>
+      <c r="O118"/>
       <c r="P118" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q118" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R118" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S118" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T118" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="U118" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119" t="s">
-        <v>599</v>
+        <v>160</v>
       </c>
       <c r="B119" t="s">
         <v>600</v>
       </c>
       <c r="C119">
-        <v>283757156</v>
+        <v>254571112</v>
       </c>
       <c r="D119">
-        <v>556770</v>
+        <v>557809</v>
       </c>
       <c r="E119" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F119" t="s">
         <v>25</v>
       </c>
       <c r="G119"/>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s">
         <v>601</v>
       </c>
       <c r="J119"/>
       <c r="K119"/>
       <c r="L119" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M119" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q119" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R119" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S119" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T119" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="U119" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B120" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C120">
-        <v>214755112</v>
+        <v>213561112</v>
       </c>
       <c r="D120">
-        <v>556665</v>
+        <v>557376</v>
       </c>
       <c r="E120" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F120" t="s">
         <v>25</v>
       </c>
       <c r="G120" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H120">
-        <v>48.33</v>
+        <v>79</v>
       </c>
       <c r="I120" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="J120" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K120" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L120" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M120" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N120" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O120">
-        <v>781401808150</v>
+        <v>782007374780</v>
       </c>
       <c r="P120" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q120" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R120" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S120" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T120" t="s">
-        <v>590</v>
+        <v>608</v>
       </c>
       <c r="U120" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B121" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C121">
-        <v>235995112</v>
+        <v>229466912</v>
       </c>
       <c r="D121">
-        <v>556366</v>
+        <v>557164</v>
       </c>
       <c r="E121" t="s">
-        <v>609</v>
+        <v>32</v>
       </c>
       <c r="F121" t="s">
         <v>25</v>
       </c>
-      <c r="G121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G121"/>
       <c r="H121">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="I121" t="s">
         <v>611</v>
       </c>
-      <c r="J121" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J121"/>
+      <c r="K121"/>
       <c r="L121" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M121" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N121"/>
+      <c r="O121"/>
       <c r="P121" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q121" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R121" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S121" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T121" t="s">
         <v>612</v>
       </c>
       <c r="U121" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122" t="s">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
-        <v>556319</v>
+        <v>557135</v>
       </c>
       <c r="E122" t="s">
         <v>616</v>
       </c>
       <c r="F122" t="s">
         <v>25</v>
       </c>
       <c r="G122" t="s">
         <v>617</v>
       </c>
       <c r="H122">
-        <v>75.5</v>
+        <v>188</v>
       </c>
       <c r="I122" t="s">
         <v>618</v>
       </c>
       <c r="J122" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K122" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L122" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M122" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N122" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O122">
-        <v>781049873696</v>
+        <v>781830445416</v>
       </c>
       <c r="P122" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q122" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R122" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S122" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T122" t="s">
         <v>619</v>
       </c>
       <c r="U122" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123" t="s">
-        <v>138</v>
+        <v>621</v>
       </c>
       <c r="B123" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C123">
-        <v>286165112</v>
+        <v>283757156</v>
       </c>
       <c r="D123">
-        <v>556258</v>
+        <v>556770</v>
       </c>
       <c r="E123" t="s">
-        <v>622</v>
+        <v>32</v>
       </c>
       <c r="F123" t="s">
         <v>25</v>
       </c>
-      <c r="G123" t="s">
+      <c r="G123"/>
+      <c r="H123">
+        <v>0</v>
+      </c>
+      <c r="I123" t="s">
         <v>623</v>
       </c>
-      <c r="H123">
-[...2 lines deleted...]
-      <c r="I123" t="s">
+      <c r="J123"/>
+      <c r="K123"/>
+      <c r="L123" t="s">
+        <v>64</v>
+      </c>
+      <c r="M123" t="s">
+        <v>65</v>
+      </c>
+      <c r="N123"/>
+      <c r="O123"/>
+      <c r="P123" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>58</v>
+      </c>
+      <c r="R123" t="s">
+        <v>59</v>
+      </c>
+      <c r="S123" t="s">
+        <v>34</v>
+      </c>
+      <c r="T123" t="s">
+        <v>619</v>
+      </c>
+      <c r="U123" t="s">
         <v>624</v>
-      </c>
-[...34 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B124" t="s">
+        <v>625</v>
+      </c>
+      <c r="C124">
+        <v>214755112</v>
+      </c>
+      <c r="D124">
+        <v>556665</v>
+      </c>
+      <c r="E124" t="s">
         <v>626</v>
       </c>
-      <c r="C124">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="F124" t="s">
+        <v>25</v>
+      </c>
+      <c r="G124" t="s">
         <v>627</v>
       </c>
-      <c r="F124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="H124">
+        <v>48.33</v>
+      </c>
+      <c r="I124" t="s">
         <v>628</v>
       </c>
-      <c r="H124">
-[...2 lines deleted...]
-      <c r="I124" t="s">
+      <c r="J124" t="s">
+        <v>143</v>
+      </c>
+      <c r="K124" t="s">
+        <v>143</v>
+      </c>
+      <c r="L124" t="s">
+        <v>64</v>
+      </c>
+      <c r="M124" t="s">
+        <v>30</v>
+      </c>
+      <c r="N124" t="s">
+        <v>31</v>
+      </c>
+      <c r="O124">
+        <v>781401808150</v>
+      </c>
+      <c r="P124" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>33</v>
+      </c>
+      <c r="R124" t="s">
+        <v>59</v>
+      </c>
+      <c r="S124" t="s">
+        <v>34</v>
+      </c>
+      <c r="T124" t="s">
+        <v>612</v>
+      </c>
+      <c r="U124" t="s">
         <v>629</v>
-      </c>
-[...34 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B125" t="s">
+        <v>630</v>
+      </c>
+      <c r="C125">
+        <v>235995112</v>
+      </c>
+      <c r="D125">
+        <v>556366</v>
+      </c>
+      <c r="E125" t="s">
+        <v>631</v>
+      </c>
+      <c r="F125" t="s">
+        <v>25</v>
+      </c>
+      <c r="G125" t="s">
         <v>632</v>
       </c>
-      <c r="C125">
-[...5 lines deleted...]
-      <c r="E125" t="s">
+      <c r="H125">
+        <v>109</v>
+      </c>
+      <c r="I125" t="s">
         <v>633</v>
       </c>
-      <c r="F125" t="s">
-[...2 lines deleted...]
-      <c r="G125" t="s">
+      <c r="J125" t="s">
+        <v>143</v>
+      </c>
+      <c r="K125" t="s">
+        <v>143</v>
+      </c>
+      <c r="L125" t="s">
+        <v>64</v>
+      </c>
+      <c r="M125" t="s">
+        <v>30</v>
+      </c>
+      <c r="N125" t="s">
+        <v>31</v>
+      </c>
+      <c r="O125">
+        <v>781105558121</v>
+      </c>
+      <c r="P125" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>33</v>
+      </c>
+      <c r="R125" t="s">
+        <v>59</v>
+      </c>
+      <c r="S125" t="s">
+        <v>34</v>
+      </c>
+      <c r="T125" t="s">
         <v>634</v>
       </c>
-      <c r="H125">
-[...2 lines deleted...]
-      <c r="I125" t="s">
+      <c r="U125" t="s">
         <v>635</v>
-      </c>
-[...32 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126" t="s">
-        <v>138</v>
+        <v>475</v>
       </c>
       <c r="B126" t="s">
+        <v>636</v>
+      </c>
+      <c r="C126" t="s">
+        <v>637</v>
+      </c>
+      <c r="D126">
+        <v>556319</v>
+      </c>
+      <c r="E126" t="s">
         <v>638</v>
       </c>
-      <c r="C126">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="F126" t="s">
+        <v>25</v>
+      </c>
+      <c r="G126" t="s">
         <v>639</v>
       </c>
-      <c r="F126" t="s">
-[...2 lines deleted...]
-      <c r="G126" t="s">
+      <c r="H126">
+        <v>75.5</v>
+      </c>
+      <c r="I126" t="s">
         <v>640</v>
       </c>
-      <c r="H126">
-[...2 lines deleted...]
-      <c r="I126" t="s">
+      <c r="J126" t="s">
+        <v>143</v>
+      </c>
+      <c r="K126" t="s">
+        <v>143</v>
+      </c>
+      <c r="L126" t="s">
+        <v>114</v>
+      </c>
+      <c r="M126" t="s">
+        <v>30</v>
+      </c>
+      <c r="N126" t="s">
+        <v>31</v>
+      </c>
+      <c r="O126">
+        <v>781049873696</v>
+      </c>
+      <c r="P126" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>33</v>
+      </c>
+      <c r="R126" t="s">
+        <v>59</v>
+      </c>
+      <c r="S126" t="s">
+        <v>34</v>
+      </c>
+      <c r="T126" t="s">
         <v>641</v>
-      </c>
-[...29 lines deleted...]
-        <v>590</v>
       </c>
       <c r="U126" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B127" t="s">
         <v>643</v>
       </c>
       <c r="C127">
-        <v>214967112</v>
+        <v>286165112</v>
       </c>
       <c r="D127">
-        <v>555409</v>
+        <v>556258</v>
       </c>
       <c r="E127" t="s">
         <v>644</v>
       </c>
       <c r="F127" t="s">
         <v>25</v>
       </c>
       <c r="G127" t="s">
         <v>645</v>
       </c>
       <c r="H127">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="I127" t="s">
         <v>646</v>
       </c>
       <c r="J127" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K127" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L127" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M127" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N127" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O127">
-        <v>780371473324</v>
+        <v>780980486553</v>
       </c>
       <c r="P127" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q127" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R127" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S127" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T127" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="U127" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B128" t="s">
         <v>648</v>
       </c>
       <c r="C128">
-        <v>239667112</v>
+        <v>217465112</v>
       </c>
       <c r="D128">
-        <v>555395</v>
+        <v>556156</v>
       </c>
       <c r="E128" t="s">
         <v>649</v>
       </c>
       <c r="F128" t="s">
         <v>25</v>
       </c>
       <c r="G128" t="s">
         <v>650</v>
       </c>
       <c r="H128">
-        <v>58</v>
+        <v>72.27</v>
       </c>
       <c r="I128" t="s">
         <v>651</v>
       </c>
       <c r="J128" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K128" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L128" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M128" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N128" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O128"/>
+        <v>31</v>
+      </c>
+      <c r="O128">
+        <v>780906651599</v>
+      </c>
       <c r="P128" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q128" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R128" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S128" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T128" t="s">
         <v>652</v>
       </c>
       <c r="U128" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B129" t="s">
         <v>654</v>
       </c>
       <c r="C129">
-        <v>219865612</v>
+        <v>284857112</v>
       </c>
       <c r="D129">
-        <v>555388</v>
+        <v>555970</v>
       </c>
       <c r="E129" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F129" t="s">
         <v>25</v>
       </c>
       <c r="G129" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="H129">
-        <v>93.2</v>
+        <v>130.82</v>
       </c>
       <c r="I129" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="J129" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K129" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L129" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M129" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N129" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O129"/>
       <c r="P129" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q129" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R129" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S129" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T129" t="s">
-        <v>590</v>
+        <v>658</v>
       </c>
       <c r="U129" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B130" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C130">
-        <v>264465612</v>
+        <v>253687112</v>
       </c>
       <c r="D130">
-        <v>555362</v>
+        <v>555812</v>
       </c>
       <c r="E130" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="F130" t="s">
         <v>25</v>
       </c>
       <c r="G130" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H130">
-        <v>94.7</v>
+        <v>81.81</v>
       </c>
       <c r="I130" t="s">
-        <v>445</v>
+        <v>663</v>
       </c>
       <c r="J130" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K130" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L130" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M130" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N130" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O130"/>
       <c r="P130" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q130" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R130" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S130" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T130" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="U130" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="131" spans="1:21">
       <c r="A131" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B131" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C131">
-        <v>232127112</v>
+        <v>214967112</v>
       </c>
       <c r="D131">
-        <v>555246</v>
+        <v>555409</v>
       </c>
       <c r="E131" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="F131" t="s">
         <v>25</v>
       </c>
       <c r="G131" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="H131">
-        <v>97.92</v>
+        <v>108</v>
       </c>
       <c r="I131" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="J131" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K131" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L131" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M131" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N131" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O131"/>
+        <v>31</v>
+      </c>
+      <c r="O131">
+        <v>780371473324</v>
+      </c>
       <c r="P131" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q131" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R131" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S131" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T131" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="U131" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="132" spans="1:21">
       <c r="A132" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B132" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C132">
-        <v>261727112</v>
+        <v>239667112</v>
       </c>
       <c r="D132">
-        <v>555203</v>
+        <v>555395</v>
       </c>
       <c r="E132" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="F132" t="s">
         <v>25</v>
       </c>
       <c r="G132" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="H132">
-        <v>142.29</v>
+        <v>58</v>
       </c>
       <c r="I132" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="J132" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K132" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L132" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M132" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N132" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O132"/>
       <c r="P132" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q132" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R132" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S132" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T132" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="U132" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="133" spans="1:21">
       <c r="A133" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="B133" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C133">
-        <v>227627112</v>
+        <v>219865612</v>
       </c>
       <c r="D133">
-        <v>555124</v>
+        <v>555388</v>
       </c>
       <c r="E133" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="F133" t="s">
         <v>25</v>
       </c>
       <c r="G133" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="H133">
-        <v>128.07</v>
+        <v>93.2</v>
       </c>
       <c r="I133" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="J133" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K133" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L133" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M133" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N133" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O133"/>
+        <v>31</v>
+      </c>
+      <c r="O133">
+        <v>780371430251</v>
+      </c>
       <c r="P133" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q133" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R133" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S133" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T133" t="s">
-        <v>428</v>
+        <v>612</v>
       </c>
       <c r="U133" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="134" spans="1:21">
       <c r="A134" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B134" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C134">
-        <v>228127612</v>
+        <v>264465612</v>
       </c>
       <c r="D134">
-        <v>554940</v>
+        <v>555362</v>
       </c>
       <c r="E134" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="F134" t="s">
         <v>25</v>
       </c>
       <c r="G134" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="H134">
-        <v>109.53</v>
+        <v>94.7</v>
       </c>
       <c r="I134" t="s">
-        <v>559</v>
+        <v>467</v>
       </c>
       <c r="J134" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K134" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L134" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M134" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N134" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O134">
-        <v>399724560488</v>
+        <v>780348330824</v>
       </c>
       <c r="P134" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q134" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R134" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S134" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T134" t="s">
-        <v>428</v>
+        <v>612</v>
       </c>
       <c r="U134" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="135" spans="1:21">
       <c r="A135" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B135" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C135">
-        <v>221647112</v>
+        <v>232127112</v>
       </c>
       <c r="D135">
-        <v>554871</v>
+        <v>555246</v>
       </c>
       <c r="E135" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="H135">
-        <v>176.4</v>
+        <v>97.92</v>
       </c>
       <c r="I135" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="J135" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K135" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L135" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M135" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N135" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O135"/>
       <c r="P135" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q135" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R135" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S135" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T135" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="U135" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="136" spans="1:21">
       <c r="A136" t="s">
-        <v>453</v>
+        <v>160</v>
       </c>
       <c r="B136" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>688</v>
+        <v>689</v>
+      </c>
+      <c r="C136">
+        <v>261727112</v>
       </c>
       <c r="D136">
-        <v>554664</v>
+        <v>555203</v>
       </c>
       <c r="E136" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F136" t="s">
         <v>25</v>
       </c>
       <c r="G136" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="H136">
-        <v>43.5</v>
+        <v>142.29</v>
       </c>
       <c r="I136" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="J136" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K136" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L136" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M136" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N136" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O136"/>
       <c r="P136" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q136" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R136" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S136" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T136" t="s">
-        <v>428</v>
+        <v>693</v>
       </c>
       <c r="U136" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="137" spans="1:21">
       <c r="A137" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="B137" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C137">
-        <v>234738112</v>
+        <v>227627112</v>
       </c>
       <c r="D137">
-        <v>555886</v>
+        <v>555124</v>
       </c>
       <c r="E137" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F137" t="s">
         <v>25</v>
       </c>
       <c r="G137" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="H137">
-        <v>81.81</v>
+        <v>128.07</v>
       </c>
       <c r="I137" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="J137" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K137" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L137" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M137" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N137" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O137"/>
       <c r="P137" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q137" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R137" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S137" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T137" t="s">
-        <v>590</v>
+        <v>450</v>
       </c>
       <c r="U137" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="138" spans="1:21">
       <c r="A138" t="s">
-        <v>453</v>
+        <v>128</v>
       </c>
       <c r="B138" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="C138" t="s">
         <v>699</v>
       </c>
+      <c r="C138">
+        <v>228127612</v>
+      </c>
       <c r="D138">
-        <v>554580</v>
+        <v>554940</v>
       </c>
       <c r="E138" t="s">
         <v>700</v>
       </c>
       <c r="F138" t="s">
         <v>25</v>
       </c>
       <c r="G138" t="s">
         <v>701</v>
       </c>
       <c r="H138">
-        <v>41.4</v>
+        <v>109.53</v>
       </c>
       <c r="I138" t="s">
+        <v>581</v>
+      </c>
+      <c r="J138" t="s">
+        <v>143</v>
+      </c>
+      <c r="K138" t="s">
+        <v>143</v>
+      </c>
+      <c r="L138" t="s">
+        <v>64</v>
+      </c>
+      <c r="M138" t="s">
+        <v>30</v>
+      </c>
+      <c r="N138" t="s">
+        <v>31</v>
+      </c>
+      <c r="O138">
+        <v>399724560488</v>
+      </c>
+      <c r="P138" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>33</v>
+      </c>
+      <c r="R138" t="s">
+        <v>59</v>
+      </c>
+      <c r="S138" t="s">
+        <v>34</v>
+      </c>
+      <c r="T138" t="s">
+        <v>450</v>
+      </c>
+      <c r="U138" t="s">
         <v>702</v>
-      </c>
-[...34 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="139" spans="1:21">
       <c r="A139" t="s">
-        <v>453</v>
+        <v>160</v>
       </c>
       <c r="B139" t="s">
+        <v>703</v>
+      </c>
+      <c r="C139">
+        <v>221647112</v>
+      </c>
+      <c r="D139">
+        <v>554871</v>
+      </c>
+      <c r="E139" t="s">
         <v>704</v>
       </c>
-      <c r="C139" t="s">
+      <c r="F139" t="s">
+        <v>25</v>
+      </c>
+      <c r="G139" t="s">
         <v>705</v>
       </c>
-      <c r="D139">
-[...2 lines deleted...]
-      <c r="E139" t="s">
+      <c r="H139">
+        <v>176.4</v>
+      </c>
+      <c r="I139" t="s">
         <v>706</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139" t="s">
+      <c r="J139" t="s">
+        <v>143</v>
+      </c>
+      <c r="K139" t="s">
+        <v>143</v>
+      </c>
+      <c r="L139" t="s">
+        <v>64</v>
+      </c>
+      <c r="M139" t="s">
+        <v>30</v>
+      </c>
+      <c r="N139" t="s">
+        <v>31</v>
+      </c>
+      <c r="O139">
+        <v>399674230283</v>
+      </c>
+      <c r="P139" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>33</v>
+      </c>
+      <c r="R139" t="s">
+        <v>59</v>
+      </c>
+      <c r="S139" t="s">
+        <v>34</v>
+      </c>
+      <c r="T139" t="s">
         <v>707</v>
       </c>
-      <c r="H139">
-[...2 lines deleted...]
-      <c r="I139" t="s">
+      <c r="U139" t="s">
         <v>708</v>
-      </c>
-[...34 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="140" spans="1:21">
       <c r="A140" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B140" t="s">
+        <v>709</v>
+      </c>
+      <c r="C140" t="s">
         <v>710</v>
       </c>
-      <c r="C140">
-[...1 lines deleted...]
-      </c>
       <c r="D140">
-        <v>554281</v>
+        <v>554664</v>
       </c>
       <c r="E140" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="F140" t="s">
         <v>25</v>
       </c>
       <c r="G140" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H140">
-        <v>228</v>
+        <v>43.5</v>
       </c>
       <c r="I140" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="J140" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K140" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L140" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M140" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N140" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O140">
-        <v>399193163398</v>
+        <v>399502813620</v>
       </c>
       <c r="P140" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q140" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R140" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S140" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T140" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U140" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="141" spans="1:21">
       <c r="A141" t="s">
-        <v>453</v>
+        <v>160</v>
       </c>
       <c r="B141" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>715</v>
+      </c>
+      <c r="C141">
+        <v>234738112</v>
       </c>
       <c r="D141">
-        <v>554165</v>
+        <v>555886</v>
       </c>
       <c r="E141" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F141" t="s">
         <v>25</v>
       </c>
       <c r="G141" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H141">
-        <v>658</v>
+        <v>81.81</v>
       </c>
       <c r="I141" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J141" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K141" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L141" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M141" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N141" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O141">
-        <v>399056859927</v>
+        <v>780711896148</v>
       </c>
       <c r="P141" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q141" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R141" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S141" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T141" t="s">
-        <v>428</v>
+        <v>612</v>
       </c>
       <c r="U141" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="142" spans="1:21">
       <c r="A142" t="s">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="B142" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C142" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D142">
-        <v>554132</v>
+        <v>554580</v>
       </c>
       <c r="E142" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F142" t="s">
         <v>25</v>
       </c>
       <c r="G142" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H142">
         <v>41.4</v>
       </c>
       <c r="I142" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="J142" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K142" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L142" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M142" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N142" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O142">
-        <v>399023344355</v>
+        <v>399499211058</v>
       </c>
       <c r="P142" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q142" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R142" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S142" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T142" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U142" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="143" spans="1:21">
       <c r="A143" t="s">
-        <v>246</v>
+        <v>475</v>
       </c>
       <c r="B143" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C143" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D143">
-        <v>554021</v>
+        <v>554309</v>
       </c>
       <c r="E143" t="s">
-        <v>24</v>
+        <v>728</v>
       </c>
       <c r="F143" t="s">
         <v>25</v>
       </c>
-      <c r="G143"/>
+      <c r="G143" t="s">
+        <v>729</v>
+      </c>
       <c r="H143">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="I143" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-      <c r="K143"/>
+        <v>730</v>
+      </c>
+      <c r="J143" t="s">
+        <v>143</v>
+      </c>
+      <c r="K143" t="s">
+        <v>143</v>
+      </c>
       <c r="L143" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M143" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="O143"/>
+        <v>30</v>
+      </c>
+      <c r="N143" t="s">
+        <v>31</v>
+      </c>
+      <c r="O143">
+        <v>399194946945</v>
+      </c>
       <c r="P143" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q143" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="R143"/>
+        <v>33</v>
+      </c>
+      <c r="R143" t="s">
+        <v>59</v>
+      </c>
       <c r="S143" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T143" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U143" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
     </row>
     <row r="144" spans="1:21">
       <c r="A144" t="s">
-        <v>729</v>
+        <v>128</v>
       </c>
       <c r="B144" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>732</v>
+      </c>
+      <c r="C144">
+        <v>225949612</v>
       </c>
       <c r="D144">
-        <v>553976</v>
+        <v>554281</v>
       </c>
       <c r="E144" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="F144" t="s">
         <v>25</v>
       </c>
       <c r="G144" t="s">
         <v>733</v>
       </c>
       <c r="H144">
-        <v>29</v>
+        <v>228</v>
       </c>
       <c r="I144" t="s">
+        <v>730</v>
+      </c>
+      <c r="J144" t="s">
+        <v>143</v>
+      </c>
+      <c r="K144" t="s">
+        <v>143</v>
+      </c>
+      <c r="L144" t="s">
+        <v>64</v>
+      </c>
+      <c r="M144" t="s">
+        <v>30</v>
+      </c>
+      <c r="N144" t="s">
+        <v>31</v>
+      </c>
+      <c r="O144">
+        <v>399193163398</v>
+      </c>
+      <c r="P144" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>33</v>
+      </c>
+      <c r="R144" t="s">
+        <v>59</v>
+      </c>
+      <c r="S144" t="s">
+        <v>34</v>
+      </c>
+      <c r="T144" t="s">
+        <v>450</v>
+      </c>
+      <c r="U144" t="s">
         <v>734</v>
-      </c>
-[...30 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="145" spans="1:21">
       <c r="A145" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B145" t="s">
+        <v>735</v>
+      </c>
+      <c r="C145" t="s">
+        <v>736</v>
+      </c>
+      <c r="D145">
+        <v>554165</v>
+      </c>
+      <c r="E145" t="s">
+        <v>737</v>
+      </c>
+      <c r="F145" t="s">
+        <v>25</v>
+      </c>
+      <c r="G145" t="s">
         <v>738</v>
       </c>
-      <c r="C145">
-[...11 lines deleted...]
-      <c r="G145" t="s">
+      <c r="H145">
+        <v>658</v>
+      </c>
+      <c r="I145" t="s">
         <v>739</v>
       </c>
-      <c r="H145">
-[...4 lines deleted...]
-      </c>
       <c r="J145" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K145" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L145" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M145" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N145" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O145">
-        <v>398972909827</v>
+        <v>399056859927</v>
       </c>
       <c r="P145" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q145" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R145" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S145" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T145" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U145" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="146" spans="1:21">
       <c r="A146" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B146" t="s">
         <v>741</v>
       </c>
-      <c r="C146">
-        <v>268641212</v>
+      <c r="C146" t="s">
+        <v>742</v>
       </c>
       <c r="D146">
-        <v>553955</v>
+        <v>554132</v>
       </c>
       <c r="E146" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F146" t="s">
         <v>25</v>
       </c>
       <c r="G146" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H146">
-        <v>41.1</v>
+        <v>41.4</v>
       </c>
       <c r="I146" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="J146" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K146" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L146" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M146" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N146" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O146">
-        <v>398941496753</v>
+        <v>399023344355</v>
       </c>
       <c r="P146" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q146" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R146" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S146" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T146" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U146" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="147" spans="1:21">
       <c r="A147" t="s">
-        <v>729</v>
+        <v>268</v>
       </c>
       <c r="B147" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C147" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D147">
-        <v>553901</v>
+        <v>554021</v>
       </c>
       <c r="E147" t="s">
-        <v>748</v>
+        <v>32</v>
       </c>
       <c r="F147" t="s">
         <v>25</v>
       </c>
-      <c r="G147" t="s">
+      <c r="G147"/>
+      <c r="H147">
+        <v>0</v>
+      </c>
+      <c r="I147" t="s">
         <v>749</v>
       </c>
-      <c r="H147">
-[...10 lines deleted...]
-      </c>
+      <c r="J147"/>
+      <c r="K147"/>
       <c r="L147" t="s">
-        <v>735</v>
+        <v>64</v>
       </c>
       <c r="M147" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="N147" t="s">
         <v>30</v>
       </c>
+      <c r="N147"/>
       <c r="O147"/>
       <c r="P147" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q147" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R147"/>
       <c r="S147" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T147" t="s">
-        <v>751</v>
+        <v>450</v>
       </c>
       <c r="U147" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
     </row>
     <row r="148" spans="1:21">
       <c r="A148" t="s">
-        <v>453</v>
+        <v>751</v>
       </c>
       <c r="B148" t="s">
+        <v>752</v>
+      </c>
+      <c r="C148" t="s">
         <v>753</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148">
+        <v>553976</v>
+      </c>
+      <c r="E148" t="s">
         <v>754</v>
       </c>
-      <c r="D148">
-[...2 lines deleted...]
-      <c r="E148" t="s">
+      <c r="F148" t="s">
+        <v>25</v>
+      </c>
+      <c r="G148" t="s">
         <v>755</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148" t="s">
+      <c r="H148">
+        <v>29</v>
+      </c>
+      <c r="I148" t="s">
         <v>756</v>
       </c>
-      <c r="H148">
-[...2 lines deleted...]
-      <c r="I148" t="s">
+      <c r="J148" t="s">
+        <v>28</v>
+      </c>
+      <c r="K148" t="s">
+        <v>28</v>
+      </c>
+      <c r="L148" t="s">
         <v>757</v>
       </c>
-      <c r="J148" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M148" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N148" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O148"/>
       <c r="P148" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q148" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R148"/>
       <c r="S148" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T148" t="s">
-        <v>428</v>
+        <v>758</v>
       </c>
       <c r="U148" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="149" spans="1:21">
       <c r="A149" t="s">
-        <v>453</v>
+        <v>128</v>
       </c>
       <c r="B149" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="C149" t="s">
         <v>760</v>
       </c>
+      <c r="C149">
+        <v>288321212</v>
+      </c>
       <c r="D149">
-        <v>553603</v>
+        <v>553981</v>
       </c>
       <c r="E149" t="s">
+        <v>754</v>
+      </c>
+      <c r="F149" t="s">
+        <v>25</v>
+      </c>
+      <c r="G149" t="s">
         <v>761</v>
       </c>
-      <c r="F149" t="s">
-[...2 lines deleted...]
-      <c r="G149" t="s">
+      <c r="H149">
+        <v>40.2</v>
+      </c>
+      <c r="I149" t="s">
+        <v>459</v>
+      </c>
+      <c r="J149" t="s">
+        <v>143</v>
+      </c>
+      <c r="K149" t="s">
+        <v>143</v>
+      </c>
+      <c r="L149" t="s">
+        <v>64</v>
+      </c>
+      <c r="M149" t="s">
+        <v>30</v>
+      </c>
+      <c r="N149" t="s">
+        <v>31</v>
+      </c>
+      <c r="O149">
+        <v>398972909827</v>
+      </c>
+      <c r="P149" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>33</v>
+      </c>
+      <c r="R149" t="s">
+        <v>59</v>
+      </c>
+      <c r="S149" t="s">
+        <v>34</v>
+      </c>
+      <c r="T149" t="s">
+        <v>450</v>
+      </c>
+      <c r="U149" t="s">
         <v>762</v>
-      </c>
-[...40 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="150" spans="1:21">
       <c r="A150" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B150" t="s">
+        <v>763</v>
+      </c>
+      <c r="C150">
+        <v>268641212</v>
+      </c>
+      <c r="D150">
+        <v>553955</v>
+      </c>
+      <c r="E150" t="s">
+        <v>764</v>
+      </c>
+      <c r="F150" t="s">
+        <v>25</v>
+      </c>
+      <c r="G150" t="s">
         <v>765</v>
       </c>
-      <c r="C150">
-[...5 lines deleted...]
-      <c r="E150" t="s">
+      <c r="H150">
+        <v>41.1</v>
+      </c>
+      <c r="I150" t="s">
         <v>766</v>
       </c>
-      <c r="F150" t="s">
-[...2 lines deleted...]
-      <c r="G150" t="s">
+      <c r="J150" t="s">
+        <v>143</v>
+      </c>
+      <c r="K150" t="s">
+        <v>143</v>
+      </c>
+      <c r="L150" t="s">
+        <v>64</v>
+      </c>
+      <c r="M150" t="s">
+        <v>30</v>
+      </c>
+      <c r="N150" t="s">
+        <v>31</v>
+      </c>
+      <c r="O150">
+        <v>398941496753</v>
+      </c>
+      <c r="P150" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>33</v>
+      </c>
+      <c r="R150" t="s">
+        <v>59</v>
+      </c>
+      <c r="S150" t="s">
+        <v>34</v>
+      </c>
+      <c r="T150" t="s">
+        <v>450</v>
+      </c>
+      <c r="U150" t="s">
         <v>767</v>
-      </c>
-[...40 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="151" spans="1:21">
       <c r="A151" t="s">
-        <v>453</v>
+        <v>751</v>
       </c>
       <c r="B151" t="s">
+        <v>768</v>
+      </c>
+      <c r="C151" t="s">
         <v>769</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151">
+        <v>553901</v>
+      </c>
+      <c r="E151" t="s">
         <v>770</v>
-      </c>
-[...4 lines deleted...]
-        <v>766</v>
       </c>
       <c r="F151" t="s">
         <v>25</v>
       </c>
       <c r="G151" t="s">
         <v>771</v>
       </c>
       <c r="H151">
-        <v>83.2</v>
+        <v>29</v>
       </c>
       <c r="I151" t="s">
         <v>772</v>
       </c>
       <c r="J151" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K151" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L151" t="s">
-        <v>91</v>
+        <v>757</v>
       </c>
       <c r="M151" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N151" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O151"/>
       <c r="P151" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q151" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="R151"/>
       <c r="S151" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T151" t="s">
-        <v>428</v>
+        <v>773</v>
       </c>
       <c r="U151" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="152" spans="1:21">
       <c r="A152" t="s">
-        <v>106</v>
+        <v>475</v>
       </c>
       <c r="B152" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>281586212</v>
+        <v>775</v>
+      </c>
+      <c r="C152" t="s">
+        <v>776</v>
       </c>
       <c r="D152">
-        <v>552127</v>
+        <v>553855</v>
       </c>
       <c r="E152" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="F152" t="s">
         <v>25</v>
       </c>
       <c r="G152" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="H152">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="I152" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="J152" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K152" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L152" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M152" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N152" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O152">
-        <v>397401606334</v>
+        <v>398818045533</v>
       </c>
       <c r="P152" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q152" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R152" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S152" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T152" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U152" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="153" spans="1:21">
       <c r="A153" t="s">
-        <v>85</v>
+        <v>475</v>
       </c>
       <c r="B153" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C153" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D153">
-        <v>551560</v>
+        <v>553603</v>
       </c>
       <c r="E153" t="s">
-        <v>24</v>
+        <v>783</v>
       </c>
       <c r="F153" t="s">
         <v>25</v>
       </c>
-      <c r="G153"/>
+      <c r="G153" t="s">
+        <v>784</v>
+      </c>
       <c r="H153">
-        <v>0</v>
+        <v>74.7</v>
       </c>
       <c r="I153" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-      <c r="K153"/>
+        <v>785</v>
+      </c>
+      <c r="J153" t="s">
+        <v>143</v>
+      </c>
+      <c r="K153" t="s">
+        <v>143</v>
+      </c>
       <c r="L153" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M153" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O153"/>
+        <v>30</v>
+      </c>
+      <c r="N153" t="s">
+        <v>31</v>
+      </c>
+      <c r="O153">
+        <v>398596488783</v>
+      </c>
       <c r="P153" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q153" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R153" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S153" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T153" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U153" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
     </row>
     <row r="154" spans="1:21">
       <c r="A154" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B154" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-        <v>784</v>
+        <v>787</v>
+      </c>
+      <c r="C154">
+        <v>246958212</v>
       </c>
       <c r="D154">
-        <v>551616</v>
+        <v>552907</v>
       </c>
       <c r="E154" t="s">
-        <v>24</v>
+        <v>788</v>
       </c>
       <c r="F154" t="s">
         <v>25</v>
       </c>
-      <c r="G154"/>
+      <c r="G154" t="s">
+        <v>789</v>
+      </c>
       <c r="H154">
-        <v>0</v>
+        <v>93.8</v>
       </c>
       <c r="I154" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-      <c r="K154"/>
+        <v>538</v>
+      </c>
+      <c r="J154" t="s">
+        <v>143</v>
+      </c>
+      <c r="K154" t="s">
+        <v>143</v>
+      </c>
       <c r="L154" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M154" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O154"/>
+        <v>30</v>
+      </c>
+      <c r="N154" t="s">
+        <v>31</v>
+      </c>
+      <c r="O154">
+        <v>397999148259</v>
+      </c>
       <c r="P154" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q154" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R154" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S154" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T154" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U154" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
     </row>
     <row r="155" spans="1:21">
       <c r="A155" t="s">
-        <v>85</v>
+        <v>475</v>
       </c>
       <c r="B155" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C155" t="s">
+        <v>792</v>
+      </c>
+      <c r="D155">
+        <v>552866</v>
+      </c>
+      <c r="E155" t="s">
         <v>788</v>
       </c>
-      <c r="D155">
-[...4 lines deleted...]
-      </c>
       <c r="F155" t="s">
         <v>25</v>
       </c>
-      <c r="G155"/>
+      <c r="G155" t="s">
+        <v>793</v>
+      </c>
       <c r="H155">
-        <v>0</v>
+        <v>83.2</v>
       </c>
       <c r="I155" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="K155"/>
+        <v>794</v>
+      </c>
+      <c r="J155" t="s">
+        <v>143</v>
+      </c>
+      <c r="K155" t="s">
+        <v>143</v>
+      </c>
       <c r="L155" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M155" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O155"/>
+        <v>30</v>
+      </c>
+      <c r="N155" t="s">
+        <v>31</v>
+      </c>
+      <c r="O155">
+        <v>397999348541</v>
+      </c>
       <c r="P155" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q155" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R155" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S155" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T155" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U155" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="156" spans="1:21">
       <c r="A156" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B156" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>796</v>
+      </c>
+      <c r="C156">
+        <v>281586212</v>
       </c>
       <c r="D156">
-        <v>551558</v>
+        <v>552127</v>
       </c>
       <c r="E156" t="s">
-        <v>24</v>
+        <v>797</v>
       </c>
       <c r="F156" t="s">
         <v>25</v>
       </c>
-      <c r="G156"/>
+      <c r="G156" t="s">
+        <v>798</v>
+      </c>
       <c r="H156">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="I156" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-      <c r="K156"/>
+        <v>799</v>
+      </c>
+      <c r="J156" t="s">
+        <v>143</v>
+      </c>
+      <c r="K156" t="s">
+        <v>143</v>
+      </c>
       <c r="L156" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M156" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O156"/>
+        <v>30</v>
+      </c>
+      <c r="N156" t="s">
+        <v>31</v>
+      </c>
+      <c r="O156">
+        <v>397401606334</v>
+      </c>
       <c r="P156" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q156" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R156" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S156" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T156" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U156" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
     </row>
     <row r="157" spans="1:21">
       <c r="A157" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B157" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C157" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="D157">
-        <v>551557</v>
+        <v>551560</v>
       </c>
       <c r="E157" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F157" t="s">
         <v>25</v>
       </c>
       <c r="G157"/>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="J157"/>
       <c r="K157"/>
       <c r="L157" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M157" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q157" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R157" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S157" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T157" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U157" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
     </row>
     <row r="158" spans="1:21">
       <c r="A158" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B158" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="C158" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="D158">
-        <v>551556</v>
+        <v>551616</v>
       </c>
       <c r="E158" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F158" t="s">
         <v>25</v>
       </c>
       <c r="G158"/>
       <c r="H158">
         <v>0</v>
       </c>
       <c r="I158" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="J158"/>
       <c r="K158"/>
       <c r="L158" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M158" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q158" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R158" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S158" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T158" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U158" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
     </row>
     <row r="159" spans="1:21">
       <c r="A159" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B159" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="C159" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="D159">
-        <v>551555</v>
+        <v>551559</v>
       </c>
       <c r="E159" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F159" t="s">
         <v>25</v>
       </c>
       <c r="G159"/>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="J159"/>
       <c r="K159"/>
       <c r="L159" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M159" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q159" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R159" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S159" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T159" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U159" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
     </row>
     <row r="160" spans="1:21">
       <c r="A160" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B160" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="C160" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="D160">
-        <v>551554</v>
+        <v>551558</v>
       </c>
       <c r="E160" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F160" t="s">
         <v>25</v>
       </c>
       <c r="G160"/>
       <c r="H160">
         <v>0</v>
       </c>
       <c r="I160" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J160"/>
       <c r="K160"/>
       <c r="L160" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M160" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q160" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R160" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S160" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T160" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U160" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
     </row>
     <row r="161" spans="1:21">
       <c r="A161" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B161" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="C161" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="D161">
-        <v>551553</v>
+        <v>551557</v>
       </c>
       <c r="E161" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F161" t="s">
         <v>25</v>
       </c>
       <c r="G161"/>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="J161"/>
       <c r="K161"/>
       <c r="L161" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M161" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q161" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R161" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S161" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T161" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U161" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
     </row>
     <row r="162" spans="1:21">
       <c r="A162" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B162" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>265293412</v>
+        <v>821</v>
+      </c>
+      <c r="C162" t="s">
+        <v>822</v>
       </c>
       <c r="D162">
-        <v>550875</v>
+        <v>551556</v>
       </c>
       <c r="E162" t="s">
-        <v>816</v>
+        <v>32</v>
       </c>
       <c r="F162" t="s">
         <v>25</v>
       </c>
-      <c r="G162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G162"/>
       <c r="H162">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="I162" t="s">
-        <v>553</v>
-[...6 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="J162"/>
+      <c r="K162"/>
       <c r="L162" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M162" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N162"/>
+      <c r="O162"/>
       <c r="P162" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q162" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R162" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S162" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T162" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U162" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
     </row>
     <row r="163" spans="1:21">
       <c r="A163" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B163" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>227863412</v>
+        <v>825</v>
+      </c>
+      <c r="C163" t="s">
+        <v>826</v>
       </c>
       <c r="D163">
-        <v>550852</v>
+        <v>551555</v>
       </c>
       <c r="E163" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F163" t="s">
         <v>25</v>
       </c>
       <c r="G163"/>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s">
-        <v>696</v>
+        <v>827</v>
       </c>
       <c r="J163"/>
       <c r="K163"/>
       <c r="L163" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M163" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q163" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R163" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S163" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T163" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U163" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
     </row>
     <row r="164" spans="1:21">
       <c r="A164" t="s">
-        <v>453</v>
+        <v>108</v>
       </c>
       <c r="B164" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="C164" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="D164">
-        <v>550827</v>
+        <v>551554</v>
       </c>
       <c r="E164" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F164" t="s">
         <v>25</v>
       </c>
       <c r="G164"/>
       <c r="H164">
         <v>0</v>
       </c>
       <c r="I164" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="J164"/>
       <c r="K164"/>
       <c r="L164" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M164" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q164" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R164" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S164" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T164" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U164" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
     </row>
     <row r="165" spans="1:21">
       <c r="A165" t="s">
-        <v>453</v>
+        <v>108</v>
       </c>
       <c r="B165" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="C165" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="D165">
-        <v>593971</v>
+        <v>551553</v>
       </c>
       <c r="E165" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F165" t="s">
         <v>25</v>
       </c>
       <c r="G165"/>
       <c r="H165">
         <v>0</v>
       </c>
       <c r="I165" t="s">
-        <v>384</v>
+        <v>835</v>
       </c>
       <c r="J165"/>
       <c r="K165"/>
       <c r="L165" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M165" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q165" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R165" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S165" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T165" t="s">
-        <v>83</v>
+        <v>450</v>
       </c>
       <c r="U165" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
     </row>
     <row r="166" spans="1:21">
       <c r="A166" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B166" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="C166">
-        <v>298957412</v>
+        <v>265293412</v>
       </c>
       <c r="D166">
-        <v>549708</v>
+        <v>550875</v>
       </c>
       <c r="E166" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="F166" t="s">
         <v>25</v>
       </c>
       <c r="G166" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="H166">
         <v>98</v>
       </c>
       <c r="I166" t="s">
-        <v>777</v>
+        <v>575</v>
       </c>
       <c r="J166" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K166" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L166" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M166" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N166" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O166">
-        <v>395542337243</v>
+        <v>396463219346</v>
       </c>
       <c r="P166" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q166" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R166" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S166" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T166" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U166" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="167" spans="1:21">
       <c r="A167" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B167" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="C167">
-        <v>294399412</v>
+        <v>227863412</v>
       </c>
       <c r="D167">
-        <v>548438</v>
+        <v>550852</v>
       </c>
       <c r="E167" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F167" t="s">
         <v>25</v>
       </c>
       <c r="G167"/>
       <c r="H167">
         <v>0</v>
       </c>
       <c r="I167" t="s">
-        <v>833</v>
+        <v>718</v>
       </c>
       <c r="J167"/>
       <c r="K167"/>
       <c r="L167" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M167" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q167" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R167" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S167" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T167" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U167" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
     </row>
     <row r="168" spans="1:21">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>475</v>
       </c>
       <c r="B168" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>281823176</v>
+        <v>843</v>
+      </c>
+      <c r="C168" t="s">
+        <v>844</v>
       </c>
       <c r="D168">
-        <v>548326</v>
+        <v>550827</v>
       </c>
       <c r="E168" t="s">
-        <v>836</v>
+        <v>32</v>
       </c>
       <c r="F168" t="s">
         <v>25</v>
       </c>
-      <c r="G168" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G168"/>
       <c r="H168">
-        <v>38.4</v>
+        <v>0</v>
       </c>
       <c r="I168" t="s">
-        <v>838</v>
-[...6 lines deleted...]
-      </c>
+        <v>845</v>
+      </c>
+      <c r="J168"/>
+      <c r="K168"/>
       <c r="L168" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M168" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N168"/>
+      <c r="O168"/>
       <c r="P168" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q168" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R168" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S168" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T168" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U168" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
     </row>
     <row r="169" spans="1:21">
       <c r="A169" t="s">
+        <v>475</v>
+      </c>
+      <c r="B169" t="s">
+        <v>847</v>
+      </c>
+      <c r="C169" t="s">
+        <v>848</v>
+      </c>
+      <c r="D169">
+        <v>593971</v>
+      </c>
+      <c r="E169" t="s">
+        <v>32</v>
+      </c>
+      <c r="F169" t="s">
+        <v>25</v>
+      </c>
+      <c r="G169"/>
+      <c r="H169">
+        <v>0</v>
+      </c>
+      <c r="I169" t="s">
+        <v>406</v>
+      </c>
+      <c r="J169"/>
+      <c r="K169"/>
+      <c r="L169" t="s">
+        <v>114</v>
+      </c>
+      <c r="M169" t="s">
+        <v>65</v>
+      </c>
+      <c r="N169"/>
+      <c r="O169"/>
+      <c r="P169" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>58</v>
+      </c>
+      <c r="R169" t="s">
+        <v>59</v>
+      </c>
+      <c r="S169" t="s">
+        <v>66</v>
+      </c>
+      <c r="T169" t="s">
         <v>106</v>
       </c>
-      <c r="B169" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="U169" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
     </row>
     <row r="170" spans="1:21">
       <c r="A170" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B170" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="C170">
-        <v>279112412</v>
+        <v>298957412</v>
       </c>
       <c r="D170">
-        <v>547136</v>
+        <v>549708</v>
       </c>
       <c r="E170" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="F170" t="s">
         <v>25</v>
       </c>
       <c r="G170" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="H170">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I170" t="s">
-        <v>848</v>
+        <v>799</v>
       </c>
       <c r="J170" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K170" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L170" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M170" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N170" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O170">
-        <v>393625264930</v>
+        <v>395542337243</v>
       </c>
       <c r="P170" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q170" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R170" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S170" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T170" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U170" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
     </row>
     <row r="171" spans="1:21">
       <c r="A171" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B171" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>854</v>
+      </c>
+      <c r="C171">
+        <v>294399412</v>
       </c>
       <c r="D171">
-        <v>546967</v>
+        <v>548438</v>
       </c>
       <c r="E171" t="s">
-        <v>852</v>
+        <v>32</v>
       </c>
       <c r="F171" t="s">
         <v>25</v>
       </c>
-      <c r="G171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G171"/>
       <c r="H171">
-        <v>92.9</v>
+        <v>0</v>
       </c>
       <c r="I171" t="s">
-        <v>854</v>
-[...6 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="J171"/>
+      <c r="K171"/>
       <c r="L171" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M171" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N171"/>
       <c r="O171"/>
       <c r="P171" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q171" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R171" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S171" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T171" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U171" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="172" spans="1:21">
       <c r="A172" t="s">
-        <v>85</v>
+        <v>621</v>
       </c>
       <c r="B172" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="C172" t="s">
         <v>857</v>
       </c>
+      <c r="C172">
+        <v>281823176</v>
+      </c>
       <c r="D172">
-        <v>546678</v>
+        <v>548326</v>
       </c>
       <c r="E172" t="s">
-        <v>24</v>
+        <v>858</v>
       </c>
       <c r="F172" t="s">
         <v>25</v>
       </c>
-      <c r="G172"/>
+      <c r="G172" t="s">
+        <v>859</v>
+      </c>
       <c r="H172">
-        <v>0</v>
+        <v>38.4</v>
       </c>
       <c r="I172" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-      <c r="K172"/>
+        <v>860</v>
+      </c>
+      <c r="J172" t="s">
+        <v>143</v>
+      </c>
+      <c r="K172" t="s">
+        <v>143</v>
+      </c>
       <c r="L172" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M172" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O172"/>
+        <v>30</v>
+      </c>
+      <c r="N172" t="s">
+        <v>31</v>
+      </c>
+      <c r="O172">
+        <v>394445408960</v>
+      </c>
       <c r="P172" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q172" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R172" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S172" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T172" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U172" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="173" spans="1:21">
       <c r="A173" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B173" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>862</v>
+      </c>
+      <c r="C173">
+        <v>286949412</v>
       </c>
       <c r="D173">
-        <v>546677</v>
+        <v>548184</v>
       </c>
       <c r="E173" t="s">
-        <v>24</v>
+        <v>863</v>
       </c>
       <c r="F173" t="s">
         <v>25</v>
       </c>
-      <c r="G173"/>
+      <c r="G173" t="s">
+        <v>864</v>
+      </c>
       <c r="H173">
-        <v>0</v>
+        <v>101.15</v>
       </c>
       <c r="I173" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-      <c r="K173"/>
+        <v>865</v>
+      </c>
+      <c r="J173" t="s">
+        <v>143</v>
+      </c>
+      <c r="K173" t="s">
+        <v>143</v>
+      </c>
       <c r="L173" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M173" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O173"/>
+        <v>30</v>
+      </c>
+      <c r="N173" t="s">
+        <v>31</v>
+      </c>
+      <c r="O173">
+        <v>394334795589</v>
+      </c>
       <c r="P173" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q173" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R173" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S173" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T173" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U173" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="174" spans="1:21">
       <c r="A174" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B174" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>867</v>
+      </c>
+      <c r="C174">
+        <v>279112412</v>
       </c>
       <c r="D174">
-        <v>546472</v>
+        <v>547136</v>
       </c>
       <c r="E174" t="s">
-        <v>24</v>
+        <v>868</v>
       </c>
       <c r="F174" t="s">
         <v>25</v>
       </c>
-      <c r="G174"/>
+      <c r="G174" t="s">
+        <v>869</v>
+      </c>
       <c r="H174">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="I174" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-      <c r="K174"/>
+        <v>870</v>
+      </c>
+      <c r="J174" t="s">
+        <v>143</v>
+      </c>
+      <c r="K174" t="s">
+        <v>143</v>
+      </c>
       <c r="L174" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M174" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="O174"/>
+        <v>30</v>
+      </c>
+      <c r="N174" t="s">
+        <v>31</v>
+      </c>
+      <c r="O174">
+        <v>393625264930</v>
+      </c>
       <c r="P174" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q174" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R174" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S174" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T174" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U174" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
     </row>
     <row r="175" spans="1:21">
       <c r="A175" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B175" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>239492412</v>
+        <v>872</v>
+      </c>
+      <c r="C175" t="s">
+        <v>873</v>
       </c>
       <c r="D175">
-        <v>546328</v>
+        <v>546967</v>
       </c>
       <c r="E175" t="s">
-        <v>24</v>
+        <v>874</v>
       </c>
       <c r="F175" t="s">
         <v>25</v>
       </c>
-      <c r="G175"/>
+      <c r="G175" t="s">
+        <v>875</v>
+      </c>
       <c r="H175">
-        <v>0</v>
+        <v>92.9</v>
       </c>
       <c r="I175" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-      <c r="K175"/>
+        <v>876</v>
+      </c>
+      <c r="J175" t="s">
+        <v>28</v>
+      </c>
+      <c r="K175" t="s">
+        <v>28</v>
+      </c>
       <c r="L175" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M175" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="N175"/>
+        <v>30</v>
+      </c>
+      <c r="N175" t="s">
+        <v>31</v>
+      </c>
       <c r="O175"/>
       <c r="P175" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q175" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R175" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S175" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T175" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U175" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
     </row>
     <row r="176" spans="1:21">
       <c r="A176" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B176" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="C176" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="D176">
-        <v>545901</v>
+        <v>546678</v>
       </c>
       <c r="E176" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F176" t="s">
         <v>25</v>
       </c>
       <c r="G176"/>
       <c r="H176">
         <v>0</v>
       </c>
       <c r="I176" t="s">
-        <v>611</v>
+        <v>880</v>
       </c>
       <c r="J176"/>
       <c r="K176"/>
       <c r="L176" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M176" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q176" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R176" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S176" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T176" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U176" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
     </row>
     <row r="177" spans="1:21">
       <c r="A177" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B177" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>288222412</v>
+        <v>882</v>
+      </c>
+      <c r="C177" t="s">
+        <v>883</v>
       </c>
       <c r="D177">
-        <v>545693</v>
+        <v>546677</v>
       </c>
       <c r="E177" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F177" t="s">
         <v>25</v>
       </c>
       <c r="G177"/>
       <c r="H177">
         <v>0</v>
       </c>
       <c r="I177" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M177" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q177" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R177" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S177" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T177" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U177" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
     </row>
     <row r="178" spans="1:21">
       <c r="A178" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B178" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="C178" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="D178">
-        <v>545665</v>
+        <v>546472</v>
       </c>
       <c r="E178" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F178" t="s">
         <v>25</v>
       </c>
       <c r="G178"/>
       <c r="H178">
         <v>0</v>
       </c>
       <c r="I178" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="J178"/>
       <c r="K178"/>
       <c r="L178" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M178" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q178" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R178" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S178" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T178" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U178" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
     </row>
     <row r="179" spans="1:21">
       <c r="A179" t="s">
-        <v>599</v>
+        <v>128</v>
       </c>
       <c r="B179" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="C179">
-        <v>241192776</v>
+        <v>239492412</v>
       </c>
       <c r="D179">
-        <v>545259</v>
+        <v>546328</v>
       </c>
       <c r="E179" t="s">
-        <v>882</v>
+        <v>32</v>
       </c>
       <c r="F179" t="s">
         <v>25</v>
       </c>
-      <c r="G179" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G179"/>
       <c r="H179">
-        <v>307.1</v>
+        <v>0</v>
       </c>
       <c r="I179" t="s">
-        <v>884</v>
-[...6 lines deleted...]
-      </c>
+        <v>891</v>
+      </c>
+      <c r="J179"/>
+      <c r="K179"/>
       <c r="L179" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M179" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N179"/>
+      <c r="O179"/>
       <c r="P179" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q179" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R179" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S179" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T179" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U179" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
     </row>
     <row r="180" spans="1:21">
       <c r="A180" t="s">
-        <v>246</v>
+        <v>108</v>
       </c>
       <c r="B180" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="C180" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="D180">
-        <v>546253</v>
+        <v>545901</v>
       </c>
       <c r="E180" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F180" t="s">
         <v>25</v>
       </c>
       <c r="G180"/>
       <c r="H180">
         <v>0</v>
       </c>
       <c r="I180" t="s">
-        <v>888</v>
+        <v>633</v>
       </c>
       <c r="J180"/>
       <c r="K180"/>
       <c r="L180" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M180" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q180" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="R180"/>
+        <v>58</v>
+      </c>
+      <c r="R180" t="s">
+        <v>59</v>
+      </c>
       <c r="S180" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T180" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U180" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
     </row>
     <row r="181" spans="1:21">
       <c r="A181" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B181" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>891</v>
+        <v>896</v>
+      </c>
+      <c r="C181">
+        <v>288222412</v>
       </c>
       <c r="D181">
-        <v>542989</v>
+        <v>545693</v>
       </c>
       <c r="E181" t="s">
-        <v>892</v>
+        <v>32</v>
       </c>
       <c r="F181" t="s">
         <v>25</v>
       </c>
-      <c r="G181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G181"/>
       <c r="H181">
-        <v>112.3</v>
+        <v>0</v>
       </c>
       <c r="I181" t="s">
-        <v>894</v>
-[...6 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="J181"/>
+      <c r="K181"/>
       <c r="L181" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M181" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N181"/>
+      <c r="O181"/>
       <c r="P181" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q181" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R181" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S181" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T181" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U181" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
     </row>
     <row r="182" spans="1:21">
       <c r="A182" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B182" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>287925352</v>
+        <v>899</v>
+      </c>
+      <c r="C182" t="s">
+        <v>900</v>
       </c>
       <c r="D182">
-        <v>542907</v>
+        <v>545665</v>
       </c>
       <c r="E182" t="s">
-        <v>897</v>
+        <v>32</v>
       </c>
       <c r="F182" t="s">
         <v>25</v>
       </c>
-      <c r="G182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G182"/>
       <c r="H182">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I182" t="s">
-        <v>899</v>
-[...6 lines deleted...]
-      </c>
+        <v>901</v>
+      </c>
+      <c r="J182"/>
+      <c r="K182"/>
       <c r="L182" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M182" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N182"/>
+      <c r="O182"/>
       <c r="P182" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q182" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R182" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S182" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T182" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U182" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
     </row>
     <row r="183" spans="1:21">
       <c r="A183" t="s">
-        <v>106</v>
+        <v>621</v>
       </c>
       <c r="B183" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C183">
-        <v>281625352</v>
+        <v>241192776</v>
       </c>
       <c r="D183">
-        <v>542899</v>
+        <v>545259</v>
       </c>
       <c r="E183" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="F183" t="s">
         <v>25</v>
       </c>
       <c r="G183" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="H183">
-        <v>109</v>
+        <v>307.1</v>
       </c>
       <c r="I183" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="J183" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K183" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L183" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M183" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N183" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O183">
-        <v>391244167880</v>
+        <v>392540035858</v>
       </c>
       <c r="P183" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q183" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R183" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S183" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T183" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U183" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
     </row>
     <row r="184" spans="1:21">
       <c r="A184" t="s">
-        <v>85</v>
+        <v>268</v>
       </c>
       <c r="B184" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C184" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D184">
-        <v>542866</v>
+        <v>546253</v>
       </c>
       <c r="E184" t="s">
-        <v>897</v>
+        <v>32</v>
       </c>
       <c r="F184" t="s">
         <v>25</v>
       </c>
-      <c r="G184" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G184"/>
       <c r="H184">
-        <v>82.56</v>
+        <v>0</v>
       </c>
       <c r="I184" t="s">
-        <v>908</v>
-[...6 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="J184"/>
+      <c r="K184"/>
       <c r="L184" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M184" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="N184"/>
+      <c r="O184"/>
       <c r="P184" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q184" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="R184"/>
       <c r="S184" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T184" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U184" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="185" spans="1:21">
       <c r="A185" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B185" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>294445352</v>
+        <v>912</v>
+      </c>
+      <c r="C185" t="s">
+        <v>913</v>
       </c>
       <c r="D185">
-        <v>542817</v>
+        <v>542989</v>
       </c>
       <c r="E185" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="F185" t="s">
         <v>25</v>
       </c>
       <c r="G185" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="H185">
-        <v>56.96</v>
+        <v>112.3</v>
       </c>
       <c r="I185" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="J185" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K185" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L185" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M185" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N185" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O185"/>
+        <v>31</v>
+      </c>
+      <c r="O185">
+        <v>391243872322</v>
+      </c>
       <c r="P185" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q185" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R185" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S185" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T185" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U185" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
     </row>
     <row r="186" spans="1:21">
       <c r="A186" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B186" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C186">
-        <v>268577352</v>
+        <v>287925352</v>
       </c>
       <c r="D186">
-        <v>542612</v>
+        <v>542907</v>
       </c>
       <c r="E186" t="s">
-        <v>24</v>
+        <v>919</v>
       </c>
       <c r="F186" t="s">
         <v>25</v>
       </c>
-      <c r="G186"/>
+      <c r="G186" t="s">
+        <v>920</v>
+      </c>
       <c r="H186">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="I186" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-      <c r="K186"/>
+        <v>921</v>
+      </c>
+      <c r="J186" t="s">
+        <v>143</v>
+      </c>
+      <c r="K186" t="s">
+        <v>143</v>
+      </c>
       <c r="L186" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M186" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O186"/>
+        <v>30</v>
+      </c>
+      <c r="N186" t="s">
+        <v>31</v>
+      </c>
+      <c r="O186">
+        <v>391248267075</v>
+      </c>
       <c r="P186" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q186" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R186" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S186" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T186" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U186" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="187" spans="1:21">
       <c r="A187" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B187" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="C187">
-        <v>222197352</v>
+        <v>281625352</v>
       </c>
       <c r="D187">
-        <v>542449</v>
+        <v>542899</v>
       </c>
       <c r="E187" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F187" t="s">
         <v>25</v>
       </c>
       <c r="G187" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="H187">
-        <v>95.2</v>
+        <v>109</v>
       </c>
       <c r="I187" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="J187" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K187" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L187" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M187" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N187" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O187">
-        <v>391098169144</v>
+        <v>391244167880</v>
       </c>
       <c r="P187" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q187" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R187" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S187" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T187" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U187" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
     </row>
     <row r="188" spans="1:21">
       <c r="A188" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B188" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>265969852</v>
+        <v>927</v>
+      </c>
+      <c r="C188" t="s">
+        <v>928</v>
       </c>
       <c r="D188">
-        <v>542448</v>
+        <v>542866</v>
       </c>
       <c r="E188" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F188" t="s">
         <v>25</v>
       </c>
       <c r="G188" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="H188">
-        <v>68.8</v>
+        <v>82.56</v>
       </c>
       <c r="I188" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="J188" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K188" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L188" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M188" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N188" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O188"/>
+        <v>31</v>
+      </c>
+      <c r="O188">
+        <v>391239534560</v>
+      </c>
       <c r="P188" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q188" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R188" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S188" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T188" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U188" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
     </row>
     <row r="189" spans="1:21">
       <c r="A189" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B189" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="C189">
-        <v>258727352</v>
+        <v>294445352</v>
       </c>
       <c r="D189">
-        <v>542242</v>
+        <v>542817</v>
       </c>
       <c r="E189" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
       <c r="F189" t="s">
         <v>25</v>
       </c>
       <c r="G189" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="H189">
-        <v>38.5</v>
+        <v>56.96</v>
       </c>
       <c r="I189" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="J189" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K189" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L189" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M189" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N189" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O189"/>
       <c r="P189" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q189" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R189" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S189" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T189" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U189" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
     </row>
     <row r="190" spans="1:21">
       <c r="A190" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B190" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-        <v>932</v>
+        <v>936</v>
+      </c>
+      <c r="C190">
+        <v>268577352</v>
       </c>
       <c r="D190">
-        <v>542212</v>
+        <v>542612</v>
       </c>
       <c r="E190" t="s">
-        <v>927</v>
+        <v>32</v>
       </c>
       <c r="F190" t="s">
         <v>25</v>
       </c>
-      <c r="G190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G190"/>
       <c r="H190">
-        <v>72.1</v>
+        <v>0</v>
       </c>
       <c r="I190" t="s">
-        <v>934</v>
-[...6 lines deleted...]
-      </c>
+        <v>937</v>
+      </c>
+      <c r="J190"/>
+      <c r="K190"/>
       <c r="L190" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M190" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N190"/>
+      <c r="O190"/>
       <c r="P190" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q190" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R190" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S190" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T190" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U190" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
     </row>
     <row r="191" spans="1:21">
       <c r="A191" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B191" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="C191">
-        <v>251878352</v>
+        <v>222197352</v>
       </c>
       <c r="D191">
-        <v>541849</v>
+        <v>542449</v>
       </c>
       <c r="E191" t="s">
-        <v>24</v>
+        <v>940</v>
       </c>
       <c r="F191" t="s">
         <v>25</v>
       </c>
-      <c r="G191"/>
+      <c r="G191" t="s">
+        <v>941</v>
+      </c>
       <c r="H191">
-        <v>0</v>
+        <v>95.2</v>
       </c>
       <c r="I191" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-      <c r="K191"/>
+        <v>942</v>
+      </c>
+      <c r="J191" t="s">
+        <v>143</v>
+      </c>
+      <c r="K191" t="s">
+        <v>143</v>
+      </c>
       <c r="L191" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M191" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="O191"/>
+        <v>30</v>
+      </c>
+      <c r="N191" t="s">
+        <v>31</v>
+      </c>
+      <c r="O191">
+        <v>391098169144</v>
+      </c>
       <c r="P191" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q191" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R191" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S191" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T191" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U191" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
     </row>
     <row r="192" spans="1:21">
       <c r="A192" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="B192" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="C192">
-        <v>257978352</v>
+        <v>265969852</v>
       </c>
       <c r="D192">
-        <v>541840</v>
+        <v>542448</v>
       </c>
       <c r="E192" t="s">
-        <v>24</v>
+        <v>940</v>
       </c>
       <c r="F192" t="s">
         <v>25</v>
       </c>
-      <c r="G192"/>
+      <c r="G192" t="s">
+        <v>945</v>
+      </c>
       <c r="H192">
-        <v>0</v>
+        <v>68.8</v>
       </c>
       <c r="I192" t="s">
-        <v>939</v>
-[...2 lines deleted...]
-      <c r="K192"/>
+        <v>946</v>
+      </c>
+      <c r="J192" t="s">
+        <v>28</v>
+      </c>
+      <c r="K192" t="s">
+        <v>28</v>
+      </c>
       <c r="L192" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M192" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="N192"/>
+        <v>30</v>
+      </c>
+      <c r="N192" t="s">
+        <v>31</v>
+      </c>
       <c r="O192"/>
       <c r="P192" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q192" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R192" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S192" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T192" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U192" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
     </row>
     <row r="193" spans="1:21">
       <c r="A193" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B193" t="s">
-        <v>941</v>
-[...2 lines deleted...]
-        <v>942</v>
+        <v>948</v>
+      </c>
+      <c r="C193">
+        <v>258727352</v>
       </c>
       <c r="D193">
-        <v>541208</v>
+        <v>542242</v>
       </c>
       <c r="E193" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="F193" t="s">
         <v>25</v>
       </c>
       <c r="G193" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="H193">
         <v>38.5</v>
       </c>
       <c r="I193" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="J193" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K193" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L193" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M193" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N193" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O193">
-        <v>390305857144</v>
+        <v>390940233701</v>
       </c>
       <c r="P193" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q193" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R193" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S193" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T193" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U193" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
     </row>
     <row r="194" spans="1:21">
       <c r="A194" t="s">
-        <v>947</v>
+        <v>108</v>
       </c>
       <c r="B194" t="s">
-        <v>948</v>
-[...2 lines deleted...]
-        <v>264463586</v>
+        <v>953</v>
+      </c>
+      <c r="C194" t="s">
+        <v>954</v>
       </c>
       <c r="D194">
-        <v>540294</v>
+        <v>542212</v>
       </c>
       <c r="E194" t="s">
-        <v>24</v>
+        <v>949</v>
       </c>
       <c r="F194" t="s">
         <v>25</v>
       </c>
-      <c r="G194"/>
+      <c r="G194" t="s">
+        <v>955</v>
+      </c>
       <c r="H194">
-        <v>0</v>
+        <v>72.1</v>
       </c>
       <c r="I194" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-      <c r="K194"/>
+        <v>956</v>
+      </c>
+      <c r="J194" t="s">
+        <v>143</v>
+      </c>
+      <c r="K194" t="s">
+        <v>143</v>
+      </c>
       <c r="L194" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M194" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O194"/>
+        <v>30</v>
+      </c>
+      <c r="N194" t="s">
+        <v>31</v>
+      </c>
+      <c r="O194">
+        <v>390935435435</v>
+      </c>
       <c r="P194" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q194" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R194" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S194" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T194" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U194" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
     </row>
     <row r="195" spans="1:21">
       <c r="A195" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B195" t="s">
-        <v>951</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>958</v>
+      </c>
+      <c r="C195">
+        <v>251878352</v>
       </c>
       <c r="D195">
-        <v>590290</v>
+        <v>541849</v>
       </c>
       <c r="E195" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F195" t="s">
         <v>25</v>
       </c>
       <c r="G195"/>
       <c r="H195">
         <v>0</v>
       </c>
       <c r="I195" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="J195"/>
       <c r="K195"/>
       <c r="L195" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M195" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q195" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R195" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S195" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="T195" t="s">
-        <v>54</v>
+        <v>450</v>
       </c>
       <c r="U195" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
     </row>
     <row r="196" spans="1:21">
       <c r="A196" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B196" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>960</v>
+      </c>
+      <c r="C196">
+        <v>257978352</v>
       </c>
       <c r="D196">
-        <v>540173</v>
+        <v>541840</v>
       </c>
       <c r="E196" t="s">
-        <v>957</v>
+        <v>32</v>
       </c>
       <c r="F196" t="s">
         <v>25</v>
       </c>
-      <c r="G196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G196"/>
       <c r="H196">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="I196" t="s">
-        <v>445</v>
-[...6 lines deleted...]
-      </c>
+        <v>961</v>
+      </c>
+      <c r="J196"/>
+      <c r="K196"/>
       <c r="L196" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M196" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="N196" t="s">
         <v>30</v>
       </c>
+      <c r="N196"/>
       <c r="O196"/>
       <c r="P196" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q196" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R196" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S196" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T196" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U196" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
     </row>
     <row r="197" spans="1:21">
       <c r="A197" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B197" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="C197" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="D197">
-        <v>539967</v>
+        <v>541208</v>
       </c>
       <c r="E197" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="F197" t="s">
         <v>25</v>
       </c>
       <c r="G197" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="H197">
-        <v>145</v>
+        <v>38.5</v>
       </c>
       <c r="I197" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="J197" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K197" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L197" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M197" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N197" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O197">
-        <v>278963746540</v>
+        <v>390305857144</v>
       </c>
       <c r="P197" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q197" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R197" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S197" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T197" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U197" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
     </row>
     <row r="198" spans="1:21">
       <c r="A198" t="s">
-        <v>106</v>
+        <v>969</v>
       </c>
       <c r="B198" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C198">
-        <v>284299152</v>
+        <v>264463586</v>
       </c>
       <c r="D198">
-        <v>539695</v>
+        <v>540294</v>
       </c>
       <c r="E198" t="s">
-        <v>967</v>
+        <v>32</v>
       </c>
       <c r="F198" t="s">
         <v>25</v>
       </c>
-      <c r="G198" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G198"/>
       <c r="H198">
-        <v>94.8</v>
+        <v>0</v>
       </c>
       <c r="I198" t="s">
-        <v>969</v>
-[...6 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="J198"/>
+      <c r="K198"/>
       <c r="L198" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M198" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N198"/>
+      <c r="O198"/>
       <c r="P198" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q198" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R198" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S198" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T198" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U198" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="199" spans="1:21">
       <c r="A199" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B199" t="s">
-        <v>971</v>
-[...2 lines deleted...]
-        <v>214762552</v>
+        <v>973</v>
+      </c>
+      <c r="C199" t="s">
+        <v>974</v>
       </c>
       <c r="D199">
-        <v>539528</v>
+        <v>590290</v>
       </c>
       <c r="E199" t="s">
-        <v>972</v>
+        <v>32</v>
       </c>
       <c r="F199" t="s">
         <v>25</v>
       </c>
-      <c r="G199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G199"/>
       <c r="H199">
-        <v>73.6</v>
+        <v>0</v>
       </c>
       <c r="I199" t="s">
-        <v>974</v>
-[...6 lines deleted...]
-      </c>
+        <v>975</v>
+      </c>
+      <c r="J199"/>
+      <c r="K199"/>
       <c r="L199" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M199" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N199"/>
+      <c r="O199"/>
       <c r="P199" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q199" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R199" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S199" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="T199" t="s">
-        <v>428</v>
+        <v>77</v>
       </c>
       <c r="U199" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="200" spans="1:21">
       <c r="A200" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B200" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>238293752</v>
+        <v>977</v>
+      </c>
+      <c r="C200" t="s">
+        <v>978</v>
       </c>
       <c r="D200">
-        <v>539501</v>
+        <v>540173</v>
       </c>
       <c r="E200" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="F200" t="s">
         <v>25</v>
       </c>
       <c r="G200" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="H200">
-        <v>94.8</v>
+        <v>99</v>
       </c>
       <c r="I200" t="s">
-        <v>978</v>
+        <v>467</v>
       </c>
       <c r="J200" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="K200" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="L200" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M200" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N200" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="O200"/>
       <c r="P200" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q200" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R200" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S200" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T200" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U200" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="201" spans="1:21">
       <c r="A201" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B201" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>253935752</v>
+        <v>982</v>
+      </c>
+      <c r="C201" t="s">
+        <v>983</v>
       </c>
       <c r="D201">
-        <v>539469</v>
+        <v>539967</v>
       </c>
       <c r="E201" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="F201" t="s">
         <v>25</v>
       </c>
       <c r="G201" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="H201">
-        <v>119</v>
+        <v>145</v>
       </c>
       <c r="I201" t="s">
-        <v>378</v>
+        <v>986</v>
       </c>
       <c r="J201" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K201" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L201" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M201" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N201" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O201">
-        <v>278693913777</v>
+        <v>278963746540</v>
       </c>
       <c r="P201" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q201" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R201" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S201" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T201" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U201" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
     </row>
     <row r="202" spans="1:21">
       <c r="A202" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B202" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>988</v>
+      </c>
+      <c r="C202">
+        <v>284299152</v>
       </c>
       <c r="D202">
-        <v>538518</v>
+        <v>539695</v>
       </c>
       <c r="E202" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="F202" t="s">
         <v>25</v>
       </c>
       <c r="G202" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="H202">
-        <v>99</v>
+        <v>94.8</v>
       </c>
       <c r="I202" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="J202" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="K202" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="L202" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M202" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N202" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O202">
-        <v>277872963176</v>
+        <v>278819777643</v>
       </c>
       <c r="P202" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q202" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R202" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S202" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T202" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U202" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
     </row>
     <row r="203" spans="1:21">
       <c r="A203" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B203" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>991</v>
+        <v>993</v>
+      </c>
+      <c r="C203">
+        <v>214762552</v>
       </c>
       <c r="D203">
-        <v>535837</v>
+        <v>539528</v>
       </c>
       <c r="E203" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F203" t="s">
         <v>25</v>
       </c>
       <c r="G203" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H203">
-        <v>44.9</v>
+        <v>73.6</v>
       </c>
       <c r="I203" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="J203" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="K203" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="L203" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M203" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N203" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="O203"/>
+        <v>31</v>
+      </c>
+      <c r="O203">
+        <v>278701345790</v>
+      </c>
       <c r="P203" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q203" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R203" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S203" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T203" t="s">
-        <v>995</v>
+        <v>450</v>
       </c>
       <c r="U203" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="204" spans="1:21">
       <c r="A204" t="s">
-        <v>246</v>
+        <v>128</v>
       </c>
       <c r="B204" t="s">
-        <v>997</v>
-[...1 lines deleted...]
-      <c r="C204" t="s">
         <v>998</v>
       </c>
+      <c r="C204">
+        <v>238293752</v>
+      </c>
       <c r="D204">
-        <v>535721</v>
+        <v>539501</v>
       </c>
       <c r="E204" t="s">
-        <v>24</v>
+        <v>994</v>
       </c>
       <c r="F204" t="s">
         <v>25</v>
       </c>
-      <c r="G204"/>
+      <c r="G204" t="s">
+        <v>999</v>
+      </c>
       <c r="H204">
-        <v>0</v>
+        <v>94.8</v>
       </c>
       <c r="I204" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-      <c r="K204"/>
+        <v>1000</v>
+      </c>
+      <c r="J204" t="s">
+        <v>143</v>
+      </c>
+      <c r="K204" t="s">
+        <v>143</v>
+      </c>
       <c r="L204" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="M204" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="O204"/>
+        <v>30</v>
+      </c>
+      <c r="N204" t="s">
+        <v>31</v>
+      </c>
+      <c r="O204">
+        <v>278673640510</v>
+      </c>
       <c r="P204" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q204" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R204" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S204" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T204" t="s">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="U204" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="205" spans="1:21">
       <c r="A205" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B205" t="s">
         <v>1002</v>
       </c>
-      <c r="C205" t="s">
+      <c r="C205">
+        <v>253935752</v>
+      </c>
+      <c r="D205">
+        <v>539469</v>
+      </c>
+      <c r="E205" t="s">
         <v>1003</v>
       </c>
-      <c r="D205">
-[...2 lines deleted...]
-      <c r="E205" t="s">
+      <c r="F205" t="s">
+        <v>25</v>
+      </c>
+      <c r="G205" t="s">
         <v>1004</v>
       </c>
-      <c r="F205" t="s">
-[...2 lines deleted...]
-      <c r="G205" t="s">
+      <c r="H205">
+        <v>119</v>
+      </c>
+      <c r="I205" t="s">
+        <v>400</v>
+      </c>
+      <c r="J205" t="s">
+        <v>143</v>
+      </c>
+      <c r="K205" t="s">
+        <v>143</v>
+      </c>
+      <c r="L205" t="s">
+        <v>64</v>
+      </c>
+      <c r="M205" t="s">
+        <v>30</v>
+      </c>
+      <c r="N205" t="s">
+        <v>31</v>
+      </c>
+      <c r="O205">
+        <v>278693913777</v>
+      </c>
+      <c r="P205" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>33</v>
+      </c>
+      <c r="R205" t="s">
+        <v>59</v>
+      </c>
+      <c r="S205" t="s">
+        <v>34</v>
+      </c>
+      <c r="T205" t="s">
+        <v>450</v>
+      </c>
+      <c r="U205" t="s">
         <v>1005</v>
-      </c>
-[...38 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="206" spans="1:21">
       <c r="A206" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B206" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D206">
+        <v>538518</v>
+      </c>
+      <c r="E206" t="s">
         <v>1008</v>
       </c>
-      <c r="C206" t="s">
+      <c r="F206" t="s">
+        <v>25</v>
+      </c>
+      <c r="G206" t="s">
         <v>1009</v>
       </c>
-      <c r="D206">
-[...2 lines deleted...]
-      <c r="E206" t="s">
+      <c r="H206">
+        <v>99</v>
+      </c>
+      <c r="I206" t="s">
         <v>1010</v>
       </c>
-      <c r="F206" t="s">
-[...2 lines deleted...]
-      <c r="G206" t="s">
+      <c r="J206" t="s">
+        <v>143</v>
+      </c>
+      <c r="K206" t="s">
+        <v>143</v>
+      </c>
+      <c r="L206" t="s">
+        <v>114</v>
+      </c>
+      <c r="M206" t="s">
+        <v>30</v>
+      </c>
+      <c r="N206" t="s">
+        <v>31</v>
+      </c>
+      <c r="O206">
+        <v>277872963176</v>
+      </c>
+      <c r="P206" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>33</v>
+      </c>
+      <c r="R206" t="s">
+        <v>59</v>
+      </c>
+      <c r="S206" t="s">
+        <v>34</v>
+      </c>
+      <c r="T206" t="s">
+        <v>450</v>
+      </c>
+      <c r="U206" t="s">
         <v>1011</v>
-      </c>
-[...40 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="207" spans="1:21">
       <c r="A207" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B207" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D207">
+        <v>535837</v>
+      </c>
+      <c r="E207" t="s">
         <v>1014</v>
       </c>
-      <c r="C207" t="s">
+      <c r="F207" t="s">
+        <v>25</v>
+      </c>
+      <c r="G207" t="s">
         <v>1015</v>
       </c>
-      <c r="D207">
-[...8 lines deleted...]
-      <c r="G207"/>
       <c r="H207">
-        <v>0</v>
+        <v>44.9</v>
       </c>
       <c r="I207" t="s">
         <v>1016</v>
       </c>
-      <c r="J207"/>
-      <c r="K207"/>
+      <c r="J207" t="s">
+        <v>28</v>
+      </c>
+      <c r="K207" t="s">
+        <v>28</v>
+      </c>
       <c r="L207" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M207" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="N207"/>
+        <v>30</v>
+      </c>
+      <c r="N207" t="s">
+        <v>31</v>
+      </c>
       <c r="O207"/>
       <c r="P207" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q207" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R207" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S207" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
       <c r="T207" t="s">
         <v>1017</v>
       </c>
       <c r="U207" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="208" spans="1:21">
       <c r="A208" t="s">
-        <v>85</v>
+        <v>268</v>
       </c>
       <c r="B208" t="s">
         <v>1019</v>
       </c>
       <c r="C208" t="s">
         <v>1020</v>
       </c>
       <c r="D208">
-        <v>534345</v>
+        <v>535721</v>
       </c>
       <c r="E208" t="s">
+        <v>32</v>
+      </c>
+      <c r="F208" t="s">
+        <v>25</v>
+      </c>
+      <c r="G208"/>
+      <c r="H208">
+        <v>0</v>
+      </c>
+      <c r="I208" t="s">
         <v>1021</v>
       </c>
-      <c r="F208" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="J208"/>
+      <c r="K208"/>
       <c r="L208" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M208" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="N208"/>
       <c r="O208"/>
       <c r="P208" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q208" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="R208" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S208" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T208" t="s">
-        <v>428</v>
+        <v>1022</v>
       </c>
       <c r="U208" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="209" spans="1:21">
       <c r="A209" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B209" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C209" t="s">
         <v>1025</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209">
+        <v>535393</v>
+      </c>
+      <c r="E209" t="s">
         <v>1026</v>
       </c>
-      <c r="D209">
-[...2 lines deleted...]
-      <c r="E209" t="s">
+      <c r="F209" t="s">
+        <v>25</v>
+      </c>
+      <c r="G209" t="s">
         <v>1027</v>
       </c>
-      <c r="F209" t="s">
-[...2 lines deleted...]
-      <c r="G209" t="s">
+      <c r="H209">
+        <v>41.4</v>
+      </c>
+      <c r="I209" t="s">
         <v>1028</v>
       </c>
-      <c r="H209">
-[...4 lines deleted...]
-      </c>
       <c r="J209" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K209" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L209" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M209" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N209" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O209"/>
       <c r="P209" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q209" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="R209" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S209" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T209" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
       <c r="U209" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="210" spans="1:21">
       <c r="A210" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B210" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C210" t="s">
         <v>1031</v>
       </c>
-      <c r="C210">
-[...1 lines deleted...]
-      </c>
       <c r="D210">
-        <v>533507</v>
+        <v>535179</v>
       </c>
       <c r="E210" t="s">
-        <v>24</v>
+        <v>1032</v>
       </c>
       <c r="F210" t="s">
         <v>25</v>
       </c>
-      <c r="G210"/>
+      <c r="G210" t="s">
+        <v>1033</v>
+      </c>
       <c r="H210">
-        <v>0</v>
+        <v>180.6</v>
       </c>
       <c r="I210" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-      <c r="K210"/>
+        <v>1034</v>
+      </c>
+      <c r="J210" t="s">
+        <v>143</v>
+      </c>
+      <c r="K210" t="s">
+        <v>143</v>
+      </c>
       <c r="L210" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M210" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="O210"/>
+        <v>30</v>
+      </c>
+      <c r="N210" t="s">
+        <v>31</v>
+      </c>
+      <c r="O210">
+        <v>275383343021</v>
+      </c>
       <c r="P210" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q210" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="R210" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S210" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
       <c r="T210" t="s">
-        <v>1033</v>
+        <v>450</v>
       </c>
       <c r="U210" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="211" spans="1:21">
       <c r="A211" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B211" t="s">
-        <v>1035</v>
-[...2 lines deleted...]
-        <v>221665572</v>
+        <v>1036</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1037</v>
       </c>
       <c r="D211">
-        <v>533506</v>
+        <v>534624</v>
       </c>
       <c r="E211" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F211" t="s">
         <v>25</v>
       </c>
       <c r="G211"/>
       <c r="H211">
         <v>0</v>
       </c>
       <c r="I211" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="J211"/>
       <c r="K211"/>
       <c r="L211" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M211" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q211" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="R211" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="S211" t="s">
-        <v>186</v>
+        <v>208</v>
       </c>
       <c r="T211" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="U211" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="212" spans="1:21">
       <c r="A212" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B212" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>256845572</v>
+        <v>1041</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1042</v>
       </c>
       <c r="D212">
-        <v>533501</v>
+        <v>534345</v>
       </c>
       <c r="E212" t="s">
-        <v>24</v>
+        <v>1043</v>
       </c>
       <c r="F212" t="s">
         <v>25</v>
       </c>
-      <c r="G212"/>
+      <c r="G212" t="s">
+        <v>1044</v>
+      </c>
       <c r="H212">
-        <v>0</v>
+        <v>77.5</v>
       </c>
       <c r="I212" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-      <c r="K212"/>
+        <v>1045</v>
+      </c>
+      <c r="J212" t="s">
+        <v>28</v>
+      </c>
+      <c r="K212" t="s">
+        <v>28</v>
+      </c>
       <c r="L212" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="M212" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="N212"/>
+        <v>30</v>
+      </c>
+      <c r="N212" t="s">
+        <v>31</v>
+      </c>
       <c r="O212"/>
       <c r="P212" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="Q212" t="s">
+        <v>33</v>
+      </c>
+      <c r="R212" t="s">
+        <v>59</v>
+      </c>
+      <c r="S212" t="s">
+        <v>34</v>
+      </c>
+      <c r="T212" t="s">
+        <v>450</v>
+      </c>
+      <c r="U212" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="213" spans="1:21">
+      <c r="A213" t="s">
+        <v>108</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D213">
+        <v>534136</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F213" t="s">
+        <v>25</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H213">
+        <v>80.4</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J213" t="s">
+        <v>28</v>
+      </c>
+      <c r="K213" t="s">
+        <v>28</v>
+      </c>
+      <c r="L213" t="s">
+        <v>114</v>
+      </c>
+      <c r="M213" t="s">
+        <v>30</v>
+      </c>
+      <c r="N213" t="s">
         <v>31</v>
       </c>
-      <c r="R212" t="s">
-[...9 lines deleted...]
-        <v>1041</v>
+      <c r="O213"/>
+      <c r="P213" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>33</v>
+      </c>
+      <c r="R213" t="s">
+        <v>59</v>
+      </c>
+      <c r="S213" t="s">
+        <v>34</v>
+      </c>
+      <c r="T213" t="s">
+        <v>450</v>
+      </c>
+      <c r="U213" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="214" spans="1:21">
+      <c r="A214" t="s">
+        <v>128</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C214">
+        <v>253665572</v>
+      </c>
+      <c r="D214">
+        <v>533507</v>
+      </c>
+      <c r="E214" t="s">
+        <v>32</v>
+      </c>
+      <c r="F214" t="s">
+        <v>25</v>
+      </c>
+      <c r="G214"/>
+      <c r="H214">
+        <v>0</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J214"/>
+      <c r="K214"/>
+      <c r="L214" t="s">
+        <v>64</v>
+      </c>
+      <c r="M214" t="s">
+        <v>30</v>
+      </c>
+      <c r="N214"/>
+      <c r="O214"/>
+      <c r="P214" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>58</v>
+      </c>
+      <c r="R214" t="s">
+        <v>59</v>
+      </c>
+      <c r="S214" t="s">
+        <v>208</v>
+      </c>
+      <c r="T214" t="s">
+        <v>1055</v>
+      </c>
+      <c r="U214" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="215" spans="1:21">
+      <c r="A215" t="s">
+        <v>128</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C215">
+        <v>221665572</v>
+      </c>
+      <c r="D215">
+        <v>533506</v>
+      </c>
+      <c r="E215" t="s">
+        <v>32</v>
+      </c>
+      <c r="F215" t="s">
+        <v>25</v>
+      </c>
+      <c r="G215"/>
+      <c r="H215">
+        <v>0</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J215"/>
+      <c r="K215"/>
+      <c r="L215" t="s">
+        <v>64</v>
+      </c>
+      <c r="M215" t="s">
+        <v>30</v>
+      </c>
+      <c r="N215"/>
+      <c r="O215"/>
+      <c r="P215" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>58</v>
+      </c>
+      <c r="R215" t="s">
+        <v>59</v>
+      </c>
+      <c r="S215" t="s">
+        <v>208</v>
+      </c>
+      <c r="T215" t="s">
+        <v>1055</v>
+      </c>
+      <c r="U215" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="216" spans="1:21">
+      <c r="A216" t="s">
+        <v>128</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C216">
+        <v>256845572</v>
+      </c>
+      <c r="D216">
+        <v>533501</v>
+      </c>
+      <c r="E216" t="s">
+        <v>32</v>
+      </c>
+      <c r="F216" t="s">
+        <v>25</v>
+      </c>
+      <c r="G216"/>
+      <c r="H216">
+        <v>0</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J216"/>
+      <c r="K216"/>
+      <c r="L216" t="s">
+        <v>64</v>
+      </c>
+      <c r="M216" t="s">
+        <v>30</v>
+      </c>
+      <c r="N216"/>
+      <c r="O216"/>
+      <c r="P216" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>58</v>
+      </c>
+      <c r="R216" t="s">
+        <v>59</v>
+      </c>
+      <c r="S216" t="s">
+        <v>208</v>
+      </c>
+      <c r="T216" t="s">
+        <v>1062</v>
+      </c>
+      <c r="U216" t="s">
+        <v>1063</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">