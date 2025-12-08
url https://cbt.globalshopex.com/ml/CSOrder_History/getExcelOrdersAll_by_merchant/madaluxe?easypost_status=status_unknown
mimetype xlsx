--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,342 +80,318 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-10-07 18:48:27</t>
-[...5 lines deleted...]
-    <t>2025-10-07 00:00:00</t>
+    <t>2025-11-28 01:22:48</t>
+  </si>
+  <si>
+    <t>24150854501-A</t>
+  </si>
+  <si>
+    <t>2025-11-28 00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/11420004</t>
-[...2 lines deleted...]
-    <t>/VSPHF3421</t>
+    <t>/11442425</t>
+  </si>
+  <si>
+    <t>/VSPEN4221</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>SHIPPING</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-09-11 00:06:28</t>
-[...26 lines deleted...]
-    <t>/VSP1S3621</t>
+    <t>RIPLEYPE</t>
+  </si>
+  <si>
+    <t>2025-11-28 01:09:34</t>
+  </si>
+  <si>
+    <t>7435058401-A</t>
+  </si>
+  <si>
+    <t>/11442426</t>
+  </si>
+  <si>
+    <t>/VSPOY5421</t>
+  </si>
+  <si>
+    <t>2025-11-26 20:49:29</t>
+  </si>
+  <si>
+    <t>24145358701-A</t>
+  </si>
+  <si>
+    <t>2025-11-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/11441638</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-11-23 23:05:03</t>
+  </si>
+  <si>
+    <t>24139266801-A</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/11440057</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:04:10</t>
+  </si>
+  <si>
+    <t>7391826101-A</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>/11431485</t>
+  </si>
+  <si>
+    <t>/VE3F00222</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
-    <t>RIPLEYPE</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-07 21:51:48</t>
   </si>
   <si>
     <t>7302440501-A</t>
   </si>
   <si>
     <t>2025-09-08 00:00:00</t>
   </si>
   <si>
     <t>/11402239</t>
   </si>
   <si>
     <t>/PWPFA0724-BLACK-OS</t>
   </si>
   <si>
-    <t>2025-09-07 20:26:43</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-08-31 18:22:30</t>
   </si>
   <si>
     <t>7296535101-A</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>/11395957</t>
   </si>
   <si>
     <t>/CH0021OA-30009911-003-00287-NS</t>
   </si>
   <si>
     <t>2025-08-28 11:24:35</t>
   </si>
   <si>
     <t>7293496101-A</t>
   </si>
   <si>
     <t>2025-08-28 00:00:00</t>
   </si>
   <si>
     <t>/11390364</t>
   </si>
   <si>
     <t>/SL301LOULO-30007818-003-00285-NS</t>
   </si>
   <si>
-    <t>2025-07-31 00:56:04</t>
-[...26 lines deleted...]
-    <t>/VSP470821</t>
+    <t>2025-07-27 22:23:10</t>
+  </si>
+  <si>
+    <t>23779398201-A</t>
+  </si>
+  <si>
+    <t>2025-07-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11359580</t>
+  </si>
+  <si>
+    <t>/VSPOQ1F21</t>
+  </si>
+  <si>
+    <t>2025-01-24 23:24:55</t>
+  </si>
+  <si>
+    <t>6992962401-A</t>
+  </si>
+  <si>
+    <t>2025-01-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11260619</t>
+  </si>
+  <si>
+    <t>/GG0326S-30002857-001</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
+    <t>2025-01-15 20:26:35</t>
+  </si>
+  <si>
+    <t>23262164401-A</t>
+  </si>
+  <si>
+    <t>2025-01-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/11254584</t>
+  </si>
+  <si>
+    <t>/AM0331SK-30011454-004</t>
+  </si>
+  <si>
+    <t>2024-12-09 16:39:46</t>
+  </si>
+  <si>
+    <t>6936788101-A</t>
+  </si>
+  <si>
+    <t>2024-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>/11228793</t>
+  </si>
+  <si>
+    <t>/VSPOY8021</t>
+  </si>
+  <si>
+    <t>2024-11-13 15:03:30</t>
+  </si>
+  <si>
+    <t>23049373601-A</t>
+  </si>
+  <si>
+    <t>2024-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11204460</t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>2024-09-07 15:02:56</t>
+  </si>
+  <si>
+    <t>22838335501-A</t>
+  </si>
+  <si>
+    <t>2024-09-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11167196</t>
+  </si>
+  <si>
+    <t>/VSPBH8521</t>
+  </si>
+  <si>
+    <t>2024-08-25 15:45:50</t>
+  </si>
+  <si>
+    <t>6784286101-A</t>
+  </si>
+  <si>
+    <t>2024-08-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11160699</t>
+  </si>
+  <si>
+    <t>/GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>2024-04-19 12:50:44</t>
+  </si>
+  <si>
+    <t>22378276101-A</t>
+  </si>
+  <si>
+    <t>2024-04-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11096087</t>
+  </si>
+  <si>
+    <t>/VSPBH3321</t>
+  </si>
+  <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
-  </si>
-[...124 lines deleted...]
-    <t>/VSPBH3321</t>
   </si>
   <si>
     <t xml:space="preserve">						CARGA PERDIDA - DESISTIMIENTO DE COMPRA	</t>
   </si>
   <si>
     <t>2024-05-29 18:16:26</t>
   </si>
   <si>
     <t>2024-03-01 14:02:26</t>
   </si>
   <si>
     <t>22261890801-A</t>
   </si>
   <si>
     <t>2024-03-01 00:00:00</t>
   </si>
   <si>
     <t>/11076322</t>
   </si>
   <si>
     <t>/VSPCD1F21</t>
   </si>
   <si>
     <t xml:space="preserve">							ORDEN PERDIDA ADUANAS</t>
   </si>
@@ -880,51 +856,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U26"/>
+  <dimension ref="A1:U25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -964,1554 +940,1489 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594695</v>
+        <v>597291</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>103.99</v>
+        <v>77.4</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>394014238979</v>
+        <v>395879276953</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D3">
-        <v>593997</v>
+        <v>597290</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
-        <v>559.99</v>
+        <v>55.2</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3">
-        <v>393100986010</v>
+        <v>395878980000</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4">
-        <v>593979</v>
+        <v>597214</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
-        <v>76.99</v>
+        <v>52.99</v>
       </c>
       <c r="I4" t="s">
         <v>42</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>393067682138</v>
+        <v>395881819850</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5">
+        <v>596942</v>
+      </c>
+      <c r="E5" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H5">
-        <v>616</v>
+        <v>52.99</v>
       </c>
       <c r="I5" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>392980888674</v>
+        <v>395710457546</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D6">
-        <v>593918</v>
+        <v>595756</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>556.2</v>
+      </c>
+      <c r="I6" t="s">
+        <v>51</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6" t="s">
         <v>52</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M6" t="s">
         <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>392980025678</v>
+        <v>394978466627</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
         <v>54</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>593914</v>
+      </c>
+      <c r="E7" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7">
+        <v>616</v>
+      </c>
+      <c r="I7" t="s">
         <v>57</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="M7" t="s">
         <v>28</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
-        <v>392757375460</v>
+        <v>392980888674</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
         <v>59</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>593690</v>
+      </c>
+      <c r="E8" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>71.99</v>
+      </c>
+      <c r="I8" t="s">
         <v>62</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="M8" t="s">
         <v>28</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>392615061412</v>
+        <v>392757375460</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
         <v>64</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>593586</v>
+      </c>
+      <c r="E9" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H9">
         <v>95.99</v>
       </c>
       <c r="I9" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="M9" t="s">
         <v>28</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>391619397075</v>
+        <v>392615061412</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10">
+        <v>592620</v>
+      </c>
+      <c r="E10" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>50.32</v>
+      </c>
+      <c r="I10" t="s">
         <v>72</v>
       </c>
-      <c r="H10">
-[...4 lines deleted...]
-      </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>391619259185</v>
+        <v>391483654831</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
-      <c r="R10" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R10"/>
+      <c r="S10"/>
+      <c r="T10"/>
       <c r="U10" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D11">
-        <v>592620</v>
+        <v>585985</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="H11">
-        <v>50.32</v>
+        <v>99.99</v>
       </c>
       <c r="I11" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="M11" t="s">
         <v>28</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
-        <v>391483654831</v>
+        <v>284797077273</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D12">
-        <v>585985</v>
+        <v>585539</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="H12">
-        <v>99.99</v>
+        <v>58.4</v>
       </c>
       <c r="I12" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M12" t="s">
         <v>28</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
-        <v>284797077273</v>
+        <v>284442019482</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C13" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D13">
-        <v>585539</v>
+        <v>583186</v>
       </c>
       <c r="E13" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="H13">
-        <v>58.4</v>
+        <v>55.2</v>
       </c>
       <c r="I13" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M13" t="s">
         <v>28</v>
       </c>
       <c r="N13" t="s">
         <v>30</v>
       </c>
       <c r="O13">
-        <v>284442019482</v>
+        <v>282999242534</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C14" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D14">
-        <v>583186</v>
+        <v>580606</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="H14">
-        <v>55.2</v>
+        <v>79.99</v>
       </c>
       <c r="I14" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M14" t="s">
         <v>28</v>
       </c>
       <c r="N14" t="s">
         <v>30</v>
       </c>
       <c r="O14">
-        <v>282999242534</v>
+        <v>281768359781</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="D15">
-        <v>580606</v>
+        <v>576839</v>
       </c>
       <c r="E15" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H15">
-        <v>79.99</v>
+        <v>88.99</v>
       </c>
       <c r="I15" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" t="s">
         <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M15" t="s">
         <v>28</v>
       </c>
       <c r="N15" t="s">
         <v>30</v>
       </c>
       <c r="O15">
-        <v>281768359781</v>
+        <v>279261056352</v>
       </c>
       <c r="P15" t="s">
         <v>31</v>
       </c>
       <c r="Q15" t="s">
         <v>32</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C16" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D16">
-        <v>576839</v>
+        <v>575948</v>
       </c>
       <c r="E16" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="H16">
-        <v>88.99</v>
+        <v>97.99</v>
       </c>
       <c r="I16" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" t="s">
         <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M16" t="s">
         <v>28</v>
       </c>
       <c r="N16" t="s">
         <v>30</v>
       </c>
       <c r="O16">
-        <v>279261056352</v>
+        <v>278723362503</v>
       </c>
       <c r="P16" t="s">
         <v>31</v>
       </c>
       <c r="Q16" t="s">
         <v>32</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="D17">
-        <v>575948</v>
+        <v>570125</v>
       </c>
       <c r="E17" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="G17" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="H17">
-        <v>97.99</v>
+        <v>129.6</v>
       </c>
       <c r="I17" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" t="s">
         <v>28</v>
       </c>
       <c r="L17" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M17" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="N17" t="s">
         <v>30</v>
       </c>
       <c r="O17">
-        <v>278723362503</v>
+        <v>273628716009</v>
       </c>
       <c r="P17" t="s">
         <v>31</v>
       </c>
       <c r="Q17" t="s">
         <v>32</v>
       </c>
-      <c r="R17"/>
-[...1 lines deleted...]
-      <c r="T17"/>
+      <c r="R17" t="s">
+        <v>110</v>
+      </c>
+      <c r="S17" t="s">
+        <v>111</v>
+      </c>
+      <c r="T17" t="s">
+        <v>112</v>
+      </c>
       <c r="U17" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
         <v>115</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>568336</v>
+      </c>
+      <c r="E18" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18">
+        <v>79.99</v>
+      </c>
+      <c r="I18" t="s">
         <v>118</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M18" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="N18" t="s">
         <v>30</v>
       </c>
       <c r="O18">
-        <v>273628716009</v>
+        <v>271632899501</v>
       </c>
       <c r="P18" t="s">
         <v>31</v>
       </c>
       <c r="Q18" t="s">
         <v>32</v>
       </c>
       <c r="R18" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="S18" t="s">
-        <v>77</v>
+        <v>111</v>
       </c>
       <c r="T18" t="s">
+        <v>119</v>
+      </c>
+      <c r="U18" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
         <v>122</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19">
+        <v>556880</v>
+      </c>
+      <c r="E19" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
       <c r="G19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H19">
+        <v>65.88</v>
+      </c>
+      <c r="I19" t="s">
         <v>125</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" t="s">
         <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M19" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="N19" t="s">
         <v>30</v>
       </c>
       <c r="O19">
-        <v>271632899501</v>
+        <v>781534080984</v>
       </c>
       <c r="P19" t="s">
         <v>31</v>
       </c>
       <c r="Q19" t="s">
         <v>32</v>
       </c>
       <c r="R19" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="S19" t="s">
-        <v>77</v>
+        <v>126</v>
       </c>
       <c r="T19" t="s">
         <v>127</v>
       </c>
       <c r="U19" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>129</v>
       </c>
       <c r="C20" t="s">
         <v>130</v>
       </c>
       <c r="D20">
-        <v>556880</v>
+        <v>554969</v>
       </c>
       <c r="E20" t="s">
         <v>131</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
       <c r="G20" t="s">
         <v>132</v>
       </c>
       <c r="H20">
-        <v>65.88</v>
+        <v>37.44</v>
       </c>
       <c r="I20" t="s">
         <v>133</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" t="s">
         <v>28</v>
       </c>
       <c r="L20" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M20" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="N20" t="s">
         <v>30</v>
       </c>
       <c r="O20">
-        <v>781534080984</v>
+        <v>780044710820</v>
       </c>
       <c r="P20" t="s">
         <v>31</v>
       </c>
       <c r="Q20" t="s">
         <v>32</v>
       </c>
       <c r="R20" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="S20" t="s">
+        <v>126</v>
+      </c>
+      <c r="T20" t="s">
         <v>134</v>
       </c>
-      <c r="T20" t="s">
+      <c r="U20" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
         <v>137</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>554018</v>
+      </c>
+      <c r="E21" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
+        <v>139</v>
+      </c>
+      <c r="H21">
+        <v>59.5</v>
+      </c>
+      <c r="I21" t="s">
         <v>140</v>
       </c>
-      <c r="H21">
-[...4 lines deleted...]
-      </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" t="s">
         <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M21" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="N21" t="s">
         <v>30</v>
       </c>
       <c r="O21">
-        <v>780044710820</v>
+        <v>398936918488</v>
       </c>
       <c r="P21" t="s">
         <v>31</v>
       </c>
       <c r="Q21" t="s">
         <v>32</v>
       </c>
       <c r="R21" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="S21" t="s">
+        <v>126</v>
+      </c>
+      <c r="T21" t="s">
         <v>134</v>
       </c>
-      <c r="T21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U21" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22">
+        <v>549175</v>
+      </c>
+      <c r="E22" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F22" t="s">
         <v>25</v>
       </c>
       <c r="G22" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="H22">
-        <v>59.5</v>
+        <v>99</v>
       </c>
       <c r="I22" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22" t="s">
         <v>28</v>
       </c>
       <c r="L22" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M22" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="N22" t="s">
         <v>30</v>
       </c>
       <c r="O22">
-        <v>398936918488</v>
+        <v>395093266299</v>
       </c>
       <c r="P22" t="s">
         <v>31</v>
       </c>
       <c r="Q22" t="s">
         <v>32</v>
       </c>
-      <c r="R22" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
       <c r="U22" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D23">
-        <v>549175</v>
+        <v>546747</v>
       </c>
       <c r="E23" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="H23">
-        <v>99</v>
+        <v>165.2</v>
       </c>
       <c r="I23" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="J23" t="s">
         <v>28</v>
       </c>
       <c r="K23" t="s">
         <v>28</v>
       </c>
       <c r="L23" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M23" t="s">
         <v>28</v>
       </c>
       <c r="N23" t="s">
         <v>30</v>
       </c>
       <c r="O23">
-        <v>395093266299</v>
+        <v>393349059691</v>
       </c>
       <c r="P23" t="s">
         <v>31</v>
       </c>
       <c r="Q23" t="s">
         <v>32</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C24" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D24">
-        <v>546747</v>
+        <v>544762</v>
       </c>
       <c r="E24" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
       <c r="G24" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="H24">
-        <v>165.2</v>
+        <v>129</v>
       </c>
       <c r="I24" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="J24" t="s">
         <v>28</v>
       </c>
       <c r="K24" t="s">
         <v>28</v>
       </c>
       <c r="L24" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M24" t="s">
         <v>28</v>
       </c>
       <c r="N24" t="s">
         <v>30</v>
       </c>
       <c r="O24">
-        <v>393349059691</v>
+        <v>392239107973</v>
       </c>
       <c r="P24" t="s">
         <v>31</v>
       </c>
       <c r="Q24" t="s">
         <v>32</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>157</v>
       </c>
       <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>159</v>
+      </c>
+      <c r="D25">
+        <v>535456</v>
+      </c>
+      <c r="E25" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
+        <v>161</v>
+      </c>
+      <c r="H25">
+        <v>99</v>
+      </c>
+      <c r="I25" t="s">
+        <v>162</v>
+      </c>
+      <c r="J25" t="s">
+        <v>28</v>
+      </c>
+      <c r="K25" t="s">
+        <v>28</v>
+      </c>
+      <c r="L25" t="s">
         <v>163</v>
       </c>
-      <c r="H25">
-[...2 lines deleted...]
-      <c r="I25" t="s">
+      <c r="M25" t="s">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="N25" t="s">
         <v>30</v>
       </c>
       <c r="O25">
-        <v>392239107973</v>
+        <v>275668442872</v>
       </c>
       <c r="P25" t="s">
         <v>31</v>
       </c>
       <c r="Q25" t="s">
         <v>32</v>
       </c>
-      <c r="R25"/>
-[...1 lines deleted...]
-      <c r="T25"/>
+      <c r="R25" t="s">
+        <v>28</v>
+      </c>
+      <c r="S25" t="s">
+        <v>126</v>
+      </c>
+      <c r="T25" t="s">
+        <v>134</v>
+      </c>
       <c r="U25" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="A26" t="s">
         <v>165</v>
-      </c>
-[...58 lines deleted...]
-        <v>173</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">