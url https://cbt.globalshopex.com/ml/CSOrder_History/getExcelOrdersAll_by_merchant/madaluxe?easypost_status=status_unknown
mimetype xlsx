--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -77,456 +77,402 @@
   <si>
     <t>Carrier</t>
   </si>
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
+    <t>RIPLEYPE</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:04:10</t>
+  </si>
+  <si>
+    <t>7391826101-A</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11431485</t>
+  </si>
+  <si>
+    <t>/VE3F00222</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>RECEIVED</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-09-07 21:51:48</t>
+  </si>
+  <si>
+    <t>7302440501-A</t>
+  </si>
+  <si>
+    <t>2025-09-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11402239</t>
+  </si>
+  <si>
+    <t>/PWPFA0724-BLACK-OS</t>
+  </si>
+  <si>
+    <t>2025-08-31 18:22:30</t>
+  </si>
+  <si>
+    <t>7296535101-A</t>
+  </si>
+  <si>
+    <t>2025-09-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11395957</t>
+  </si>
+  <si>
+    <t>/CH0021OA-30009911-003-00287-NS</t>
+  </si>
+  <si>
+    <t>CLOSED</t>
+  </si>
+  <si>
+    <t>2025-08-28 11:24:35</t>
+  </si>
+  <si>
+    <t>7293496101-A</t>
+  </si>
+  <si>
+    <t>2025-08-28 00:00:00</t>
+  </si>
+  <si>
+    <t>/11390364</t>
+  </si>
+  <si>
+    <t>/SL301LOULO-30007818-003-00285-NS</t>
+  </si>
+  <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
-    <t>2025-11-28 01:22:48</t>
-[...17 lines deleted...]
-    <t>Shipped</t>
+    <t>2025-07-27 22:23:10</t>
+  </si>
+  <si>
+    <t>23779398201-A</t>
+  </si>
+  <si>
+    <t>2025-07-27 00:00:00</t>
+  </si>
+  <si>
+    <t>/11359580</t>
+  </si>
+  <si>
+    <t>/VSPOQ1F21</t>
+  </si>
+  <si>
+    <t>2025-01-24 23:24:55</t>
+  </si>
+  <si>
+    <t>6992962401-A</t>
+  </si>
+  <si>
+    <t>2025-01-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11260619</t>
+  </si>
+  <si>
+    <t>/GG0326S-30002857-001</t>
+  </si>
+  <si>
+    <t>2025-01-15 20:26:35</t>
+  </si>
+  <si>
+    <t>23262164401-A</t>
+  </si>
+  <si>
+    <t>2025-01-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/11254584</t>
+  </si>
+  <si>
+    <t>/AM0331SK-30011454-004</t>
+  </si>
+  <si>
+    <t>2024-12-09 16:39:46</t>
+  </si>
+  <si>
+    <t>6936788101-A</t>
+  </si>
+  <si>
+    <t>2024-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>/11228793</t>
+  </si>
+  <si>
+    <t>/VSPOY8021</t>
+  </si>
+  <si>
+    <t>2024-11-13 15:03:30</t>
+  </si>
+  <si>
+    <t>23049373601-A</t>
+  </si>
+  <si>
+    <t>2024-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11204460</t>
+  </si>
+  <si>
+    <t>/VSP1H0721</t>
+  </si>
+  <si>
+    <t>2024-09-07 15:02:56</t>
+  </si>
+  <si>
+    <t>22838335501-A</t>
+  </si>
+  <si>
+    <t>2024-09-08 00:00:00</t>
+  </si>
+  <si>
+    <t>/11167196</t>
+  </si>
+  <si>
+    <t>/VSPBH8521</t>
+  </si>
+  <si>
+    <t>2024-08-25 15:45:50</t>
+  </si>
+  <si>
+    <t>6784286101-A</t>
+  </si>
+  <si>
+    <t>2024-08-25 00:00:00</t>
+  </si>
+  <si>
+    <t>/11160699</t>
+  </si>
+  <si>
+    <t>/GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>2024-04-19 12:50:44</t>
+  </si>
+  <si>
+    <t>22378276101-A</t>
+  </si>
+  <si>
+    <t>2024-04-19 00:00:00</t>
+  </si>
+  <si>
+    <t>/11096087</t>
+  </si>
+  <si>
+    <t>/VSPBH3321</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						CARGA PERDIDA - DESISTIMIENTO DE COMPRA	</t>
+  </si>
+  <si>
+    <t>2024-05-29 18:16:26</t>
+  </si>
+  <si>
+    <t>2024-03-01 14:02:26</t>
+  </si>
+  <si>
+    <t>22261890801-A</t>
+  </si>
+  <si>
+    <t>2024-03-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11076322</t>
+  </si>
+  <si>
+    <t>/VSPCD1F21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ORDEN PERDIDA ADUANAS</t>
+  </si>
+  <si>
+    <t>2024-04-17 14:52:31</t>
+  </si>
+  <si>
+    <t>2023-07-24 03:54:05</t>
+  </si>
+  <si>
+    <t>21638928001-A</t>
+  </si>
+  <si>
+    <t>2023-07-24 00:00:00</t>
+  </si>
+  <si>
+    <t>/10982714</t>
+  </si>
+  <si>
+    <t>/VSPCD2B21</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">					El producto se encuentra en oficina de Peru		</t>
+  </si>
+  <si>
+    <t>2023-08-18 14:21:50</t>
+  </si>
+  <si>
+    <t>2023-06-16 21:24:00</t>
+  </si>
+  <si>
+    <t>21556659301-A</t>
+  </si>
+  <si>
+    <t>2023-06-16 00:00:00</t>
+  </si>
+  <si>
+    <t>/10970120</t>
+  </si>
+  <si>
+    <t>/VSPOY7821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							</t>
+  </si>
+  <si>
+    <t>2023-06-26 14:04:01</t>
+  </si>
+  <si>
+    <t>2023-05-29 19:44:45</t>
+  </si>
+  <si>
+    <t>21448108501-A</t>
+  </si>
+  <si>
+    <t>2023-05-29 00:00:00</t>
+  </si>
+  <si>
+    <t>/10964139</t>
+  </si>
+  <si>
+    <t>/VSPHI0220</t>
+  </si>
+  <si>
+    <t>2023-06-07 14:50:38</t>
+  </si>
+  <si>
+    <t>2023-02-25 23:30:08</t>
+  </si>
+  <si>
+    <t>6173665401-A</t>
+  </si>
+  <si>
+    <t>2023-02-26 00:00:00</t>
+  </si>
+  <si>
+    <t>/10933078</t>
+  </si>
+  <si>
+    <t>/BB0025SA-30007768-005</t>
+  </si>
+  <si>
+    <t>2023-01-12 14:43:42</t>
+  </si>
+  <si>
+    <t>21049026201-A</t>
+  </si>
+  <si>
+    <t>2023-01-12 00:00:00</t>
+  </si>
+  <si>
+    <t>/10918692</t>
+  </si>
+  <si>
+    <t>/PWFAA0221</t>
+  </si>
+  <si>
+    <t>2022-12-14 22:22:22</t>
+  </si>
+  <si>
+    <t>NA000002-A</t>
+  </si>
+  <si>
+    <t>2022-12-15 00:00:00</t>
+  </si>
+  <si>
+    <t>/10907736</t>
+  </si>
+  <si>
+    <t>/VSPBH8721</t>
   </si>
   <si>
     <t>SHIPPING</t>
-  </si>
-[...379 lines deleted...]
-    <t>/VSPBH8721</t>
   </si>
   <si>
     <t>INTERCORPPE</t>
   </si>
   <si>
     <t>2022-07-14 07:19:10</t>
   </si>
   <si>
     <t>1246801152377-01</t>
   </si>
   <si>
     <t>2022-07-16 00:00:00</t>
   </si>
   <si>
     <t>/10843452</t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
   </si>
   <si>
     <t>canceled</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
@@ -856,51 +802,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U25"/>
+  <dimension ref="A1:U21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -940,1489 +886,1253 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>597291</v>
+        <v>595756</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>77.4</v>
+        <v>556.2</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>395879276953</v>
+        <v>394978466627</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
         <v>33</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>34</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>593914</v>
+      </c>
+      <c r="E3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
-        <v>55.2</v>
+        <v>616</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3">
-        <v>395878980000</v>
+        <v>392980888674</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4">
-        <v>597214</v>
+        <v>593690</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
-        <v>52.99</v>
+        <v>71.99</v>
       </c>
       <c r="I4" t="s">
         <v>42</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>395881819850</v>
+        <v>392757375460</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D5">
-        <v>596942</v>
+        <v>593586</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H5">
-        <v>52.99</v>
+        <v>95.99</v>
       </c>
       <c r="I5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>395710457546</v>
+        <v>392615061412</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D6">
-        <v>595756</v>
+        <v>592620</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H6">
-        <v>556.2</v>
+        <v>50.32</v>
       </c>
       <c r="I6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>394978466627</v>
+        <v>391483654831</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D7">
-        <v>593914</v>
+        <v>585985</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H7">
-        <v>616</v>
+        <v>99.99</v>
       </c>
       <c r="I7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M7" t="s">
         <v>28</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
-        <v>392980888674</v>
+        <v>284797077273</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D8">
-        <v>593690</v>
+        <v>585539</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H8">
-        <v>71.99</v>
+        <v>58.4</v>
       </c>
       <c r="I8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M8" t="s">
         <v>28</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>392757375460</v>
+        <v>284442019482</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D9">
-        <v>593586</v>
+        <v>583186</v>
       </c>
       <c r="E9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H9">
-        <v>95.99</v>
+        <v>55.2</v>
       </c>
       <c r="I9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M9" t="s">
         <v>28</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>392615061412</v>
+        <v>282999242534</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D10">
-        <v>592620</v>
+        <v>580606</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H10">
-        <v>50.32</v>
+        <v>79.99</v>
       </c>
       <c r="I10" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M10" t="s">
         <v>28</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>391483654831</v>
+        <v>281768359781</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D11">
-        <v>585985</v>
+        <v>576839</v>
       </c>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H11">
-        <v>99.99</v>
+        <v>88.99</v>
       </c>
       <c r="I11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M11" t="s">
         <v>28</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
-        <v>284797077273</v>
+        <v>279261056352</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D12">
-        <v>585539</v>
+        <v>575948</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H12">
-        <v>58.4</v>
+        <v>97.99</v>
       </c>
       <c r="I12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M12" t="s">
         <v>28</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
-        <v>284442019482</v>
+        <v>278723362503</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D13">
-        <v>583186</v>
+        <v>570125</v>
       </c>
       <c r="E13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F13" t="s">
         <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H13">
-        <v>55.2</v>
+        <v>129.6</v>
       </c>
       <c r="I13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M13" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="N13" t="s">
         <v>30</v>
       </c>
       <c r="O13">
-        <v>282999242534</v>
+        <v>273628716009</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
-      <c r="R13"/>
-[...1 lines deleted...]
-      <c r="T13"/>
+      <c r="R13" t="s">
+        <v>91</v>
+      </c>
+      <c r="S13" t="s">
+        <v>92</v>
+      </c>
+      <c r="T13" t="s">
+        <v>93</v>
+      </c>
       <c r="U13" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D14">
-        <v>580606</v>
+        <v>568336</v>
       </c>
       <c r="E14" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H14">
         <v>79.99</v>
       </c>
       <c r="I14" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M14" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="N14" t="s">
         <v>30</v>
       </c>
       <c r="O14">
-        <v>281768359781</v>
+        <v>271632899501</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
-      <c r="R14"/>
-[...1 lines deleted...]
-      <c r="T14"/>
+      <c r="R14" t="s">
+        <v>91</v>
+      </c>
+      <c r="S14" t="s">
+        <v>92</v>
+      </c>
+      <c r="T14" t="s">
+        <v>100</v>
+      </c>
       <c r="U14" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D15">
-        <v>576839</v>
+        <v>556880</v>
       </c>
       <c r="E15" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="H15">
-        <v>88.99</v>
+        <v>65.88</v>
       </c>
       <c r="I15" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" t="s">
         <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M15" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="N15" t="s">
         <v>30</v>
       </c>
       <c r="O15">
-        <v>279261056352</v>
+        <v>781534080984</v>
       </c>
       <c r="P15" t="s">
         <v>31</v>
       </c>
       <c r="Q15" t="s">
         <v>32</v>
       </c>
-      <c r="R15"/>
-[...1 lines deleted...]
-      <c r="T15"/>
+      <c r="R15" t="s">
+        <v>91</v>
+      </c>
+      <c r="S15" t="s">
+        <v>107</v>
+      </c>
+      <c r="T15" t="s">
+        <v>108</v>
+      </c>
       <c r="U15" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="D16">
-        <v>575948</v>
+        <v>554969</v>
       </c>
       <c r="E16" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H16">
-        <v>97.99</v>
+        <v>37.44</v>
       </c>
       <c r="I16" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" t="s">
         <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M16" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="N16" t="s">
         <v>30</v>
       </c>
       <c r="O16">
-        <v>278723362503</v>
+        <v>780044710820</v>
       </c>
       <c r="P16" t="s">
         <v>31</v>
       </c>
       <c r="Q16" t="s">
         <v>32</v>
       </c>
-      <c r="R16"/>
-[...1 lines deleted...]
-      <c r="T16"/>
+      <c r="R16" t="s">
+        <v>91</v>
+      </c>
+      <c r="S16" t="s">
+        <v>107</v>
+      </c>
+      <c r="T16" t="s">
+        <v>115</v>
+      </c>
       <c r="U16" t="s">
-        <v>31</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="C17" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D17">
-        <v>570125</v>
+        <v>554018</v>
       </c>
       <c r="E17" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="G17" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="H17">
-        <v>129.6</v>
+        <v>59.5</v>
       </c>
       <c r="I17" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" t="s">
         <v>28</v>
       </c>
       <c r="L17" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M17" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="N17" t="s">
         <v>30</v>
       </c>
       <c r="O17">
-        <v>273628716009</v>
+        <v>398936918488</v>
       </c>
       <c r="P17" t="s">
         <v>31</v>
       </c>
       <c r="Q17" t="s">
         <v>32</v>
       </c>
       <c r="R17" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="S17" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="T17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="U17" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D18">
-        <v>568336</v>
+        <v>549175</v>
       </c>
       <c r="E18" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="H18">
-        <v>79.99</v>
+        <v>99</v>
       </c>
       <c r="I18" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M18" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="N18" t="s">
         <v>30</v>
       </c>
       <c r="O18">
-        <v>271632899501</v>
+        <v>395093266299</v>
       </c>
       <c r="P18" t="s">
         <v>31</v>
       </c>
       <c r="Q18" t="s">
         <v>32</v>
       </c>
-      <c r="R18" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
       <c r="U18" t="s">
-        <v>120</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="C19" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="D19">
-        <v>556880</v>
+        <v>546747</v>
       </c>
       <c r="E19" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="H19">
-        <v>65.88</v>
+        <v>165.2</v>
       </c>
       <c r="I19" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" t="s">
         <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="M19" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="N19" t="s">
         <v>30</v>
       </c>
       <c r="O19">
-        <v>781534080984</v>
+        <v>393349059691</v>
       </c>
       <c r="P19" t="s">
         <v>31</v>
       </c>
       <c r="Q19" t="s">
         <v>32</v>
       </c>
-      <c r="R19" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
       <c r="U19" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D20">
-        <v>554969</v>
+        <v>544762</v>
       </c>
       <c r="E20" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
       <c r="G20" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H20">
-        <v>37.44</v>
+        <v>129</v>
       </c>
       <c r="I20" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" t="s">
         <v>28</v>
       </c>
       <c r="L20" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="N20" t="s">
         <v>30</v>
       </c>
       <c r="O20">
-        <v>780044710820</v>
+        <v>392239107973</v>
       </c>
       <c r="P20" t="s">
         <v>31</v>
       </c>
       <c r="Q20" t="s">
         <v>32</v>
       </c>
-      <c r="R20" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
       <c r="U20" t="s">
-        <v>135</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D21">
-        <v>554018</v>
+        <v>535456</v>
       </c>
       <c r="E21" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="H21">
-        <v>59.5</v>
+        <v>99</v>
       </c>
       <c r="I21" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" t="s">
         <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
       <c r="M21" t="s">
-        <v>109</v>
+        <v>146</v>
       </c>
       <c r="N21" t="s">
         <v>30</v>
       </c>
       <c r="O21">
-        <v>398936918488</v>
+        <v>275668442872</v>
       </c>
       <c r="P21" t="s">
         <v>31</v>
       </c>
       <c r="Q21" t="s">
         <v>32</v>
       </c>
       <c r="R21" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
       <c r="S21" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="T21" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="U21" t="s">
-        <v>141</v>
-[...65 lines deleted...]
-      <c r="B23" t="s">
         <v>147</v>
-      </c>
-[...173 lines deleted...]
-        <v>165</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">