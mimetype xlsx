--- v0 (2025-10-10)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -80,83 +80,227 @@
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2025-12-23 03:00:07</t>
+  </si>
+  <si>
+    <t>A7F8603809E0E</t>
+  </si>
+  <si>
+    <t>2025-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11456252</t>
+  </si>
+  <si>
+    <t>/GG1539S-30014815-004-80008-NS</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-22 10:00:08</t>
+  </si>
+  <si>
+    <t>A317A64D48F4F</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>/11455703</t>
+  </si>
+  <si>
+    <t>/MB0176S-30011374-002-20356-NS</t>
+  </si>
+  <si>
+    <t>2025-12-03 10:00:08</t>
+  </si>
+  <si>
+    <t>A8112C2BDBE34</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446756</t>
+  </si>
+  <si>
+    <t>/GG0748S-30008888-003-20357-NS</t>
+  </si>
+  <si>
+    <t>2025-12-02 11:00:09</t>
+  </si>
+  <si>
+    <t>AC0CE8D92FE27</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>/11446265</t>
+  </si>
+  <si>
+    <t>/VSPOS4521</t>
+  </si>
+  <si>
+    <t>2025-11-29 10:00:08</t>
+  </si>
+  <si>
+    <t>A616F67032912</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>/11443774</t>
+  </si>
+  <si>
+    <t>/PWUFA0525-TTE-OS</t>
+  </si>
+  <si>
+    <t>2025-11-25 10:00:08</t>
+  </si>
+  <si>
+    <t>ADA23ECDDE2EC</t>
+  </si>
+  <si>
+    <t>/GG0271S-30002360-001</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-11-01 01:15:04</t>
+  </si>
+  <si>
+    <t>AFA727BCC13CE</t>
+  </si>
+  <si>
+    <t>2025-11-01 00:00:00</t>
+  </si>
+  <si>
+    <t>/11430037</t>
+  </si>
+  <si>
+    <t>/BV1125S-30011527-001-00011-NS</t>
+  </si>
+  <si>
+    <t>2025-10-30 12:15:06</t>
+  </si>
+  <si>
+    <t>A245CC8F929AA</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:00:00</t>
+  </si>
+  <si>
+    <t>/11429303</t>
+  </si>
+  <si>
+    <t>/BB0346S-30014948-004-60032-NS</t>
+  </si>
+  <si>
+    <t>2025-10-30 11:45:05</t>
+  </si>
+  <si>
+    <t>A5ED70B6228C6</t>
+  </si>
+  <si>
+    <t>/11429304</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t>2025-10-23 09:00:06</t>
+  </si>
+  <si>
+    <t>AD80FF0901531</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>/11426350</t>
+  </si>
+  <si>
+    <t>/SL309-30008020-012</t>
+  </si>
+  <si>
     <t>2025-09-30 09:00:06</t>
   </si>
   <si>
     <t>A1C87B1BE204A</t>
   </si>
   <si>
     <t>2025-09-30 00:00:00</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALUXE, </t>
-[...1 lines deleted...]
-  <si>
     <t>/11416931</t>
   </si>
   <si>
     <t>/PWPWA0324-BLACK-OS</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-09-26 09:00:05</t>
   </si>
   <si>
     <t>ACAFF6F42332B</t>
   </si>
   <si>
     <t>2025-09-26 00:00:00</t>
   </si>
   <si>
     <t>/11415151</t>
   </si>
   <si>
     <t>/GG1634S-30014927-005-10303-NS</t>
   </si>
   <si>
     <t>2025-09-25 12:30:06</t>
   </si>
   <si>
     <t>A79A12A3AE8BB</t>
   </si>
   <si>
     <t>2025-09-25 00:00:00</t>
   </si>
   <si>
     <t>/11414487</t>
@@ -179,98 +323,83 @@
   <si>
     <t>/GG1331S-30013890-006-20355-NS</t>
   </si>
   <si>
     <t>2025-09-18 09:00:08</t>
   </si>
   <si>
     <t>AB6CB8211BBAC</t>
   </si>
   <si>
     <t>2025-09-18 00:00:00</t>
   </si>
   <si>
     <t>/11410150</t>
   </si>
   <si>
     <t>/VSPEN5821</t>
   </si>
   <si>
     <t>2025-09-11 10:06:11</t>
   </si>
   <si>
     <t>A68D6838FC50D</t>
   </si>
   <si>
-    <t>2025-09-12 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSP1R1721</t>
   </si>
   <si>
     <t>2025-09-05 02:48:47</t>
   </si>
   <si>
     <t>A03893ED3C39C</t>
   </si>
   <si>
     <t>2025-09-05 00:00:00</t>
   </si>
   <si>
     <t>/11399570</t>
   </si>
   <si>
     <t>/VSPEN5721/VSP1R1721</t>
   </si>
   <si>
     <t>2025-09-05 02:21:45</t>
   </si>
   <si>
     <t>A22E169EF58C7</t>
   </si>
   <si>
-    <t>/11399554</t>
-[...1 lines deleted...]
-  <si>
     <t>/GG0024S-30000971-009-20356-NS</t>
   </si>
   <si>
     <t>2025-09-03 01:54:23</t>
   </si>
   <si>
     <t>AD35785AD1F71</t>
   </si>
   <si>
-    <t>2025-09-03 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/MQ0372O-30013584-003-20360-NS</t>
   </si>
   <si>
     <t>LINIOPE</t>
   </si>
   <si>
     <t>2025-05-22 19:49:23</t>
   </si>
   <si>
     <t>2025-05-23 00:00:00</t>
   </si>
   <si>
     <t>/11327364</t>
   </si>
   <si>
     <t>/VSPLD1221</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>LINIOCL</t>
   </si>
   <si>
     <t>2025-05-13 17:13:41</t>
@@ -293,104 +422,95 @@
   <si>
     <t>/11323150</t>
   </si>
   <si>
     <t>/VSP1R1521</t>
   </si>
   <si>
     <t>2025-05-12 10:12:10</t>
   </si>
   <si>
     <t>/11323149</t>
   </si>
   <si>
     <t>/VSPHK0820</t>
   </si>
   <si>
     <t>2025-05-09 20:41:58</t>
   </si>
   <si>
     <t>/11323151</t>
   </si>
   <si>
     <t>2025-05-09 17:18:32</t>
   </si>
   <si>
-    <t>/11323152</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPOY7821</t>
   </si>
   <si>
     <t>2025-05-06 08:55:34</t>
   </si>
   <si>
     <t>2025-05-06 00:00:00</t>
   </si>
   <si>
     <t>/11319937</t>
   </si>
   <si>
     <t>/VSPLM4421/VSP470221</t>
   </si>
   <si>
     <t>2025-05-04 21:06:03</t>
   </si>
   <si>
     <t>2025-05-05 00:00:00</t>
   </si>
   <si>
     <t>/11319492</t>
   </si>
   <si>
     <t>/VSPHF3321</t>
   </si>
   <si>
     <t>2025-05-04 02:26:21</t>
   </si>
   <si>
-    <t>/11319471</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSP1H0721</t>
   </si>
   <si>
     <t>2025-05-02 11:24:51</t>
   </si>
   <si>
+    <t>/VSPVP1121</t>
+  </si>
+  <si>
+    <t>2025-05-01 21:03:13</t>
+  </si>
+  <si>
     <t>2025-05-02 00:00:00</t>
   </si>
   <si>
-    <t>/11318309</t>
-[...7 lines deleted...]
-  <si>
     <t>/11318308</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2025-01-02 09:04:07</t>
   </si>
   <si>
     <t>2025-01-02 00:00:00</t>
   </si>
   <si>
     <t>/11246483</t>
   </si>
   <si>
     <t>/VSPOQ1K21</t>
   </si>
   <si>
     <t>RECEIVED</t>
   </si>
   <si>
     <t>2024-12-10 05:24:48</t>
   </si>
   <si>
     <t>2024-12-10 00:00:00</t>
@@ -729,53 +849,50 @@
     <t>4570052666-A</t>
   </si>
   <si>
     <t>/11149021</t>
   </si>
   <si>
     <t>2024-08-01 03:32:38</t>
   </si>
   <si>
     <t>3570041633-A</t>
   </si>
   <si>
     <t>/11149022</t>
   </si>
   <si>
     <t>/VSP764321</t>
   </si>
   <si>
     <t>2024-08-01 01:53:41</t>
   </si>
   <si>
     <t>0590040075-A</t>
   </si>
   <si>
     <t>/11149023</t>
-  </si>
-[...1 lines deleted...]
-    <t>/VSPOS4521</t>
   </si>
   <si>
     <t>2024-07-31 01:33:31</t>
   </si>
   <si>
     <t>5420039879-A</t>
   </si>
   <si>
     <t>/11149024</t>
   </si>
   <si>
     <t>2024-07-30 12:25:02</t>
   </si>
   <si>
     <t>2840035945-A</t>
   </si>
   <si>
     <t>2024-07-30 00:00:00</t>
   </si>
   <si>
     <t>/11147850</t>
   </si>
   <si>
     <t>/VSPBH8521</t>
   </si>
@@ -1813,51 +1930,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U111"/>
+  <dimension ref="A1:U121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1897,6524 +2014,7100 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2">
-        <v>594507</v>
+        <v>598948</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>360</v>
+        <v>119.99</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2">
-        <v>393747723301</v>
+        <v>397115905974</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3">
-        <v>594400</v>
+        <v>598894</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
-        <v>119.99</v>
+        <v>95.99</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3">
-        <v>393642040035</v>
+        <v>397110804675</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4">
-        <v>594371</v>
+        <v>597821</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
-        <v>119.99</v>
+        <v>71.99</v>
       </c>
       <c r="I4" t="s">
         <v>42</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4">
-        <v>393599788620</v>
+        <v>396170626250</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5">
-        <v>594236</v>
+        <v>597720</v>
       </c>
       <c r="E5" t="s">
         <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>46</v>
       </c>
       <c r="H5">
-        <v>127.99</v>
+        <v>88.99</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5" t="s">
         <v>30</v>
       </c>
       <c r="O5">
-        <v>393459696078</v>
+        <v>396142086536</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s">
         <v>49</v>
       </c>
       <c r="D6">
-        <v>594184</v>
+        <v>597411</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
         <v>51</v>
       </c>
       <c r="H6">
-        <v>79</v>
+        <v>368</v>
       </c>
       <c r="I6" t="s">
         <v>52</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>28</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6">
-        <v>393359846411</v>
+        <v>395937153783</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>53</v>
       </c>
       <c r="C7" t="s">
         <v>54</v>
       </c>
       <c r="D7">
-        <v>594006</v>
+        <v>597078</v>
       </c>
       <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>29</v>
       </c>
       <c r="M7" t="s">
         <v>28</v>
       </c>
       <c r="N7" t="s">
         <v>30</v>
       </c>
       <c r="O7">
-        <v>393169469130</v>
+        <v>395771651453</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
         <v>58</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>595582</v>
+      </c>
+      <c r="E8" t="s">
         <v>59</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
         <v>60</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8">
+        <v>99</v>
+      </c>
+      <c r="I8" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
         <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>28</v>
       </c>
       <c r="N8" t="s">
         <v>30</v>
       </c>
       <c r="O8">
-        <v>392912758219</v>
+        <v>394913441188</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
         <v>63</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>595496</v>
+      </c>
+      <c r="E9" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
         <v>65</v>
       </c>
       <c r="H9">
-        <v>79.99</v>
+        <v>111.99</v>
       </c>
       <c r="I9" t="s">
         <v>66</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
       <c r="L9" t="s">
         <v>29</v>
       </c>
       <c r="M9" t="s">
         <v>28</v>
       </c>
       <c r="N9" t="s">
         <v>30</v>
       </c>
       <c r="O9">
-        <v>884150512180</v>
+        <v>394816080890</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="s">
         <v>68</v>
       </c>
       <c r="D10">
-        <v>593765</v>
+        <v>595494</v>
       </c>
       <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" t="s">
         <v>69</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10">
+        <v>52.8</v>
+      </c>
+      <c r="I10" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" t="s">
         <v>28</v>
       </c>
       <c r="L10" t="s">
         <v>29</v>
       </c>
       <c r="M10" t="s">
         <v>28</v>
       </c>
       <c r="N10" t="s">
         <v>30</v>
       </c>
       <c r="O10">
-        <v>392827172503</v>
+        <v>394824530865</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
         <v>72</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>595247</v>
+      </c>
+      <c r="E11" t="s">
         <v>73</v>
       </c>
-      <c r="C11">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" t="s">
         <v>74</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11">
+        <v>111.99</v>
+      </c>
+      <c r="I11" t="s">
         <v>75</v>
       </c>
-      <c r="H11">
-[...4 lines deleted...]
-      </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M11" t="s">
         <v>28</v>
       </c>
       <c r="N11" t="s">
         <v>30</v>
       </c>
       <c r="O11">
-        <v>288997967841</v>
+        <v>394568700538</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12">
+        <v>594507</v>
+      </c>
+      <c r="E12" t="s">
         <v>78</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" t="s">
         <v>79</v>
       </c>
-      <c r="C12">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="H12">
+        <v>360</v>
+      </c>
+      <c r="I12" t="s">
         <v>80</v>
       </c>
-      <c r="F12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M12" t="s">
         <v>28</v>
       </c>
       <c r="N12" t="s">
         <v>30</v>
       </c>
       <c r="O12">
-        <v>881403157545</v>
+        <v>393747723301</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13">
+        <v>594400</v>
+      </c>
+      <c r="E13" t="s">
         <v>83</v>
       </c>
-      <c r="C13">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="s">
         <v>84</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13">
+        <v>119.99</v>
+      </c>
+      <c r="I13" t="s">
         <v>85</v>
       </c>
-      <c r="H13">
-[...4 lines deleted...]
-      </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M13" t="s">
         <v>28</v>
       </c>
       <c r="N13" t="s">
         <v>30</v>
       </c>
       <c r="O13">
-        <v>288625037777</v>
+        <v>393642040035</v>
       </c>
       <c r="P13" t="s">
         <v>31</v>
       </c>
       <c r="Q13" t="s">
         <v>32</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
         <v>87</v>
       </c>
-      <c r="C14">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>590053</v>
+        <v>594371</v>
       </c>
       <c r="E14" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H14">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="I14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" t="s">
         <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>28</v>
       </c>
       <c r="N14" t="s">
         <v>30</v>
       </c>
       <c r="O14">
-        <v>288626059355</v>
+        <v>393599788620</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>32</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>2802399963</v>
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
       </c>
       <c r="D15">
-        <v>590051</v>
+        <v>594236</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="H15">
-        <v>52.8</v>
+        <v>127.99</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" t="s">
         <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M15" t="s">
         <v>28</v>
       </c>
       <c r="N15" t="s">
         <v>30</v>
       </c>
       <c r="O15">
-        <v>288624957869</v>
+        <v>393459696078</v>
       </c>
       <c r="P15" t="s">
         <v>31</v>
       </c>
       <c r="Q15" t="s">
         <v>32</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>2802266653</v>
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
       </c>
       <c r="D16">
-        <v>590050</v>
+        <v>594184</v>
       </c>
       <c r="E16" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="H16">
-        <v>52.8</v>
+        <v>79</v>
       </c>
       <c r="I16" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" t="s">
         <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M16" t="s">
         <v>28</v>
       </c>
       <c r="N16" t="s">
         <v>30</v>
       </c>
       <c r="O16">
-        <v>288626103388</v>
+        <v>393359846411</v>
       </c>
       <c r="P16" t="s">
         <v>31</v>
       </c>
       <c r="Q16" t="s">
         <v>32</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>2798923834</v>
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>102</v>
       </c>
       <c r="D17">
-        <v>589848</v>
+        <v>594006</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
-      <c r="G17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17"/>
       <c r="H17">
-        <v>315.99</v>
+        <v>0</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" t="s">
         <v>28</v>
       </c>
       <c r="L17" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M17" t="s">
         <v>28</v>
       </c>
       <c r="N17" t="s">
         <v>30</v>
       </c>
-      <c r="O17"/>
+      <c r="O17">
+        <v>393169469130</v>
+      </c>
       <c r="P17" t="s">
         <v>31</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>2797705514</v>
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
       </c>
       <c r="D18">
-        <v>589806</v>
+        <v>593843</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="G18" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="H18">
-        <v>95.99</v>
+        <v>142.2</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M18" t="s">
         <v>28</v>
       </c>
       <c r="N18" t="s">
         <v>30</v>
       </c>
       <c r="O18">
-        <v>288365732004</v>
+        <v>392912758219</v>
       </c>
       <c r="P18" t="s">
         <v>31</v>
       </c>
       <c r="Q18" t="s">
         <v>32</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>2797036562</v>
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
       </c>
       <c r="D19">
-        <v>589804</v>
+        <v>593841</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
-      <c r="G19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G19"/>
       <c r="H19">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="I19" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" t="s">
         <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M19" t="s">
         <v>28</v>
       </c>
       <c r="N19" t="s">
         <v>30</v>
       </c>
       <c r="O19">
-        <v>288364827696</v>
+        <v>884150512180</v>
       </c>
       <c r="P19" t="s">
         <v>31</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>2795574286</v>
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
       </c>
       <c r="D20">
-        <v>589701</v>
+        <v>593765</v>
       </c>
       <c r="E20" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
-      <c r="G20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G20"/>
       <c r="H20">
-        <v>103.99</v>
+        <v>0</v>
       </c>
       <c r="I20" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" t="s">
         <v>28</v>
       </c>
       <c r="L20" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M20" t="s">
         <v>28</v>
       </c>
       <c r="N20" t="s">
         <v>30</v>
       </c>
       <c r="O20">
-        <v>288365775290</v>
+        <v>392827172503</v>
       </c>
       <c r="P20" t="s">
         <v>31</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C21">
-        <v>2795159447</v>
+        <v>2815410700</v>
       </c>
       <c r="D21">
-        <v>589702</v>
+        <v>590386</v>
       </c>
       <c r="E21" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="H21">
-        <v>80.99</v>
+        <v>88.99</v>
       </c>
       <c r="I21" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" t="s">
         <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="M21" t="s">
         <v>28</v>
       </c>
       <c r="N21" t="s">
         <v>30</v>
       </c>
       <c r="O21">
-        <v>288365156726</v>
+        <v>288997967841</v>
       </c>
       <c r="P21" t="s">
         <v>31</v>
       </c>
       <c r="Q21" t="s">
         <v>32</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="C22">
-        <v>2240055950</v>
+        <v>2806286020</v>
       </c>
       <c r="D22">
-        <v>584894</v>
+        <v>590086</v>
       </c>
       <c r="E22" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="F22" t="s">
         <v>25</v>
       </c>
       <c r="G22" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H22">
-        <v>63.2</v>
+        <v>88.99</v>
       </c>
       <c r="I22" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22" t="s">
         <v>28</v>
       </c>
       <c r="L22" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M22" t="s">
         <v>28</v>
       </c>
       <c r="N22" t="s">
         <v>30</v>
       </c>
       <c r="O22">
-        <v>283972914257</v>
+        <v>881403157545</v>
       </c>
       <c r="P22" t="s">
         <v>31</v>
       </c>
       <c r="Q22" t="s">
         <v>32</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C23">
-        <v>7970054024</v>
+        <v>2804030592</v>
       </c>
       <c r="D23">
-        <v>583300</v>
+        <v>590052</v>
       </c>
       <c r="E23" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23" t="s">
+        <v>128</v>
+      </c>
+      <c r="H23">
+        <v>52.8</v>
+      </c>
+      <c r="I23" t="s">
+        <v>129</v>
+      </c>
+      <c r="J23" t="s">
+        <v>28</v>
+      </c>
+      <c r="K23" t="s">
+        <v>28</v>
+      </c>
+      <c r="L23" t="s">
         <v>120</v>
       </c>
-      <c r="H23">
-[...13 lines deleted...]
-      </c>
       <c r="M23" t="s">
         <v>28</v>
       </c>
       <c r="N23" t="s">
         <v>30</v>
       </c>
       <c r="O23">
-        <v>283065656384</v>
+        <v>288625037777</v>
       </c>
       <c r="P23" t="s">
         <v>31</v>
       </c>
       <c r="Q23" t="s">
         <v>32</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B24" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="C24">
-        <v>5340053934</v>
+        <v>2803857672</v>
       </c>
       <c r="D24">
-        <v>583252</v>
+        <v>590053</v>
       </c>
       <c r="E24" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
       <c r="G24" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="H24">
-        <v>114.99</v>
+        <v>79.99</v>
       </c>
       <c r="I24" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="J24" t="s">
         <v>28</v>
       </c>
       <c r="K24" t="s">
         <v>28</v>
       </c>
       <c r="L24" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M24" t="s">
         <v>28</v>
       </c>
       <c r="N24" t="s">
         <v>30</v>
       </c>
       <c r="O24">
-        <v>283036953825</v>
+        <v>288626059355</v>
       </c>
       <c r="P24" t="s">
         <v>31</v>
       </c>
       <c r="Q24" t="s">
         <v>32</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B25" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C25">
-        <v>4110052865</v>
+        <v>2802399963</v>
       </c>
       <c r="D25">
-        <v>583078</v>
+        <v>590051</v>
       </c>
       <c r="E25" t="s">
         <v>127</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="G25" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H25">
-        <v>99.99</v>
+        <v>52.8</v>
       </c>
       <c r="I25" t="s">
         <v>129</v>
       </c>
       <c r="J25" t="s">
         <v>28</v>
       </c>
       <c r="K25" t="s">
         <v>28</v>
       </c>
       <c r="L25" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M25" t="s">
         <v>28</v>
       </c>
       <c r="N25" t="s">
         <v>30</v>
       </c>
       <c r="O25">
-        <v>282978159024</v>
+        <v>288624957869</v>
       </c>
       <c r="P25" t="s">
         <v>31</v>
       </c>
       <c r="Q25" t="s">
         <v>32</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>135</v>
+      </c>
+      <c r="C26">
+        <v>2802266653</v>
       </c>
       <c r="D26">
-        <v>583007</v>
+        <v>590050</v>
       </c>
       <c r="E26" t="s">
-        <v>132</v>
+        <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>25</v>
       </c>
-      <c r="G26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G26"/>
       <c r="H26">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="I26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J26" t="s">
         <v>28</v>
       </c>
       <c r="K26" t="s">
         <v>28</v>
       </c>
       <c r="L26" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M26" t="s">
         <v>28</v>
       </c>
       <c r="N26" t="s">
         <v>30</v>
       </c>
       <c r="O26">
-        <v>282959136771</v>
+        <v>288626103388</v>
       </c>
       <c r="P26" t="s">
         <v>31</v>
       </c>
       <c r="Q26" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C27">
-        <v>1170150029</v>
+        <v>2798923834</v>
       </c>
       <c r="D27">
-        <v>582806</v>
+        <v>589848</v>
       </c>
       <c r="E27" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H27">
-        <v>79.99</v>
+        <v>315.99</v>
       </c>
       <c r="I27" t="s">
-        <v>105</v>
+        <v>140</v>
       </c>
       <c r="J27" t="s">
         <v>28</v>
       </c>
       <c r="K27" t="s">
         <v>28</v>
       </c>
       <c r="L27" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M27" t="s">
         <v>28</v>
       </c>
       <c r="N27" t="s">
         <v>30</v>
       </c>
-      <c r="O27">
-[...1 lines deleted...]
-      </c>
+      <c r="O27"/>
       <c r="P27" t="s">
         <v>31</v>
       </c>
       <c r="Q27" t="s">
         <v>32</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>141</v>
+      </c>
+      <c r="C28">
+        <v>2797705514</v>
       </c>
       <c r="D28">
-        <v>582203</v>
+        <v>589806</v>
       </c>
       <c r="E28" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F28" t="s">
         <v>25</v>
       </c>
       <c r="G28" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H28">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="I28" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J28" t="s">
         <v>28</v>
       </c>
       <c r="K28" t="s">
         <v>28</v>
       </c>
       <c r="L28" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M28" t="s">
         <v>28</v>
       </c>
       <c r="N28" t="s">
         <v>30</v>
       </c>
       <c r="O28">
-        <v>282475527656</v>
+        <v>288365732004</v>
       </c>
       <c r="P28" t="s">
         <v>31</v>
       </c>
       <c r="Q28" t="s">
         <v>32</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>145</v>
+      </c>
+      <c r="C29">
+        <v>2797036562</v>
       </c>
       <c r="D29">
-        <v>582119</v>
+        <v>589804</v>
       </c>
       <c r="E29" t="s">
-        <v>145</v>
+        <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
-      <c r="G29" t="s">
+      <c r="G29"/>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29" t="s">
         <v>146</v>
       </c>
-      <c r="H29">
-[...4 lines deleted...]
-      </c>
       <c r="J29" t="s">
         <v>28</v>
       </c>
       <c r="K29" t="s">
         <v>28</v>
       </c>
       <c r="L29" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M29" t="s">
         <v>28</v>
       </c>
       <c r="N29" t="s">
         <v>30</v>
       </c>
       <c r="O29">
-        <v>282448842180</v>
+        <v>288364827696</v>
       </c>
       <c r="P29" t="s">
         <v>31</v>
       </c>
       <c r="Q29" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
+        <v>147</v>
+      </c>
+      <c r="C30">
+        <v>2795574286</v>
+      </c>
+      <c r="D30">
+        <v>589701</v>
+      </c>
+      <c r="E30" t="s">
+        <v>31</v>
+      </c>
+      <c r="F30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30" t="s">
         <v>148</v>
       </c>
-      <c r="C30">
-[...19 lines deleted...]
-      </c>
       <c r="J30" t="s">
         <v>28</v>
       </c>
       <c r="K30" t="s">
         <v>28</v>
       </c>
       <c r="L30" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M30" t="s">
         <v>28</v>
       </c>
       <c r="N30" t="s">
         <v>30</v>
       </c>
       <c r="O30">
-        <v>282115462283</v>
+        <v>288365775290</v>
       </c>
       <c r="P30" t="s">
         <v>31</v>
       </c>
       <c r="Q30" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C31">
-        <v>6540050135</v>
+        <v>2795159447</v>
       </c>
       <c r="D31">
-        <v>581022</v>
+        <v>589702</v>
       </c>
       <c r="E31" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H31">
-        <v>120.99</v>
+        <v>80.99</v>
       </c>
       <c r="I31" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="J31" t="s">
         <v>28</v>
       </c>
       <c r="K31" t="s">
         <v>28</v>
       </c>
       <c r="L31" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M31" t="s">
         <v>28</v>
       </c>
       <c r="N31" t="s">
         <v>30</v>
       </c>
       <c r="O31">
-        <v>282007957850</v>
+        <v>288365156726</v>
       </c>
       <c r="P31" t="s">
         <v>31</v>
       </c>
       <c r="Q31" t="s">
         <v>32</v>
       </c>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B32" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32">
+        <v>2240055950</v>
+      </c>
+      <c r="D32">
+        <v>584894</v>
+      </c>
+      <c r="E32" t="s">
+        <v>154</v>
+      </c>
+      <c r="F32" t="s">
+        <v>25</v>
+      </c>
+      <c r="G32" t="s">
+        <v>155</v>
+      </c>
+      <c r="H32">
+        <v>63.2</v>
+      </c>
+      <c r="I32" t="s">
         <v>156</v>
       </c>
-      <c r="C32" t="s">
+      <c r="J32" t="s">
+        <v>28</v>
+      </c>
+      <c r="K32" t="s">
+        <v>28</v>
+      </c>
+      <c r="L32" t="s">
         <v>157</v>
       </c>
-      <c r="D32">
-[...25 lines deleted...]
-      </c>
       <c r="M32" t="s">
         <v>28</v>
       </c>
       <c r="N32" t="s">
         <v>30</v>
       </c>
       <c r="O32">
-        <v>282007409730</v>
+        <v>283972914257</v>
       </c>
       <c r="P32" t="s">
         <v>31</v>
       </c>
       <c r="Q32" t="s">
         <v>32</v>
       </c>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B33" t="s">
+        <v>158</v>
+      </c>
+      <c r="C33">
+        <v>7970054024</v>
+      </c>
+      <c r="D33">
+        <v>583300</v>
+      </c>
+      <c r="E33" t="s">
+        <v>159</v>
+      </c>
+      <c r="F33" t="s">
+        <v>25</v>
+      </c>
+      <c r="G33" t="s">
         <v>160</v>
       </c>
-      <c r="C33" t="s">
+      <c r="H33">
+        <v>61.6</v>
+      </c>
+      <c r="I33" t="s">
         <v>161</v>
       </c>
-      <c r="D33">
-[...16 lines deleted...]
-      </c>
       <c r="J33" t="s">
         <v>28</v>
       </c>
       <c r="K33" t="s">
         <v>28</v>
       </c>
       <c r="L33" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M33" t="s">
         <v>28</v>
       </c>
       <c r="N33" t="s">
         <v>30</v>
       </c>
       <c r="O33">
-        <v>282007226473</v>
+        <v>283065656384</v>
       </c>
       <c r="P33" t="s">
         <v>31</v>
       </c>
       <c r="Q33" t="s">
         <v>32</v>
       </c>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B34" t="s">
+        <v>162</v>
+      </c>
+      <c r="C34">
+        <v>5340053934</v>
+      </c>
+      <c r="D34">
+        <v>583252</v>
+      </c>
+      <c r="E34" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G34" t="s">
+        <v>163</v>
+      </c>
+      <c r="H34">
+        <v>114.99</v>
+      </c>
+      <c r="I34" t="s">
         <v>164</v>
       </c>
-      <c r="C34" t="s">
+      <c r="J34" t="s">
+        <v>28</v>
+      </c>
+      <c r="K34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L34" t="s">
         <v>165</v>
       </c>
-      <c r="D34">
-[...25 lines deleted...]
-      </c>
       <c r="M34" t="s">
         <v>28</v>
       </c>
       <c r="N34" t="s">
         <v>30</v>
       </c>
       <c r="O34">
-        <v>280887130002</v>
+        <v>283036953825</v>
       </c>
       <c r="P34" t="s">
         <v>31</v>
       </c>
       <c r="Q34" t="s">
         <v>32</v>
       </c>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
+        <v>166</v>
+      </c>
+      <c r="C35">
+        <v>4110052865</v>
+      </c>
+      <c r="D35">
+        <v>583078</v>
+      </c>
+      <c r="E35" t="s">
+        <v>167</v>
+      </c>
+      <c r="F35" t="s">
+        <v>25</v>
+      </c>
+      <c r="G35" t="s">
+        <v>168</v>
+      </c>
+      <c r="H35">
+        <v>99.99</v>
+      </c>
+      <c r="I35" t="s">
         <v>169</v>
       </c>
-      <c r="C35" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J35" t="s">
         <v>28</v>
       </c>
       <c r="K35" t="s">
         <v>28</v>
       </c>
       <c r="L35" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="M35" t="s">
         <v>28</v>
       </c>
       <c r="N35" t="s">
         <v>30</v>
       </c>
       <c r="O35">
-        <v>279608181713</v>
+        <v>282978159024</v>
       </c>
       <c r="P35" t="s">
         <v>31</v>
       </c>
       <c r="Q35" t="s">
         <v>32</v>
       </c>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" t="s">
+        <v>171</v>
+      </c>
+      <c r="D36">
+        <v>583007</v>
+      </c>
+      <c r="E36" t="s">
+        <v>172</v>
+      </c>
+      <c r="F36" t="s">
+        <v>25</v>
+      </c>
+      <c r="G36" t="s">
+        <v>173</v>
+      </c>
+      <c r="H36">
+        <v>216</v>
+      </c>
+      <c r="I36" t="s">
         <v>174</v>
       </c>
-      <c r="C36" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J36" t="s">
         <v>28</v>
       </c>
       <c r="K36" t="s">
         <v>28</v>
       </c>
       <c r="L36" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="M36" t="s">
         <v>28</v>
       </c>
       <c r="N36" t="s">
         <v>30</v>
       </c>
       <c r="O36">
-        <v>279612957893</v>
+        <v>282959136771</v>
       </c>
       <c r="P36" t="s">
         <v>31</v>
       </c>
       <c r="Q36" t="s">
         <v>32</v>
       </c>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>175</v>
+      </c>
+      <c r="C37">
+        <v>1170150029</v>
       </c>
       <c r="D37">
-        <v>576942</v>
+        <v>582806</v>
       </c>
       <c r="E37" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="H37">
-        <v>213.5</v>
+        <v>79.99</v>
       </c>
       <c r="I37" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
       <c r="J37" t="s">
         <v>28</v>
       </c>
       <c r="K37" t="s">
         <v>28</v>
       </c>
       <c r="L37" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="M37" t="s">
         <v>28</v>
       </c>
       <c r="N37" t="s">
         <v>30</v>
       </c>
       <c r="O37">
-        <v>279327986585</v>
+        <v>282768041870</v>
       </c>
       <c r="P37" t="s">
         <v>31</v>
       </c>
       <c r="Q37" t="s">
         <v>32</v>
       </c>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C38" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="D38">
-        <v>576891</v>
+        <v>582203</v>
       </c>
       <c r="E38" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="H38">
-        <v>119.99</v>
+        <v>79.99</v>
       </c>
       <c r="I38" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="J38" t="s">
         <v>28</v>
       </c>
       <c r="K38" t="s">
         <v>28</v>
       </c>
       <c r="L38" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="M38" t="s">
         <v>28</v>
       </c>
       <c r="N38" t="s">
         <v>30</v>
       </c>
       <c r="O38">
-        <v>279281005434</v>
+        <v>282475527656</v>
       </c>
       <c r="P38" t="s">
         <v>31</v>
       </c>
       <c r="Q38" t="s">
         <v>32</v>
       </c>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C39" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D39">
-        <v>576799</v>
+        <v>582119</v>
       </c>
       <c r="E39" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="H39">
-        <v>63</v>
+        <v>88.99</v>
       </c>
       <c r="I39" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="J39" t="s">
         <v>28</v>
       </c>
       <c r="K39" t="s">
         <v>28</v>
       </c>
       <c r="L39" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M39" t="s">
         <v>28</v>
       </c>
       <c r="N39" t="s">
         <v>30</v>
       </c>
       <c r="O39">
-        <v>279256811213</v>
+        <v>282448842180</v>
       </c>
       <c r="P39" t="s">
         <v>31</v>
       </c>
       <c r="Q39" t="s">
         <v>32</v>
       </c>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B40" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>188</v>
+      </c>
+      <c r="C40">
+        <v>5300051210</v>
       </c>
       <c r="D40">
-        <v>575681</v>
+        <v>581168</v>
       </c>
       <c r="E40" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="H40">
-        <v>79.99</v>
+        <v>103.99</v>
       </c>
       <c r="I40" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="J40" t="s">
         <v>28</v>
       </c>
       <c r="K40" t="s">
         <v>28</v>
       </c>
       <c r="L40" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M40" t="s">
         <v>28</v>
       </c>
       <c r="N40" t="s">
         <v>30</v>
       </c>
       <c r="O40">
-        <v>278481094321</v>
+        <v>282115462283</v>
       </c>
       <c r="P40" t="s">
         <v>31</v>
       </c>
       <c r="Q40" t="s">
         <v>32</v>
       </c>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B41" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>192</v>
+      </c>
+      <c r="C41">
+        <v>6540050135</v>
       </c>
       <c r="D41">
-        <v>575683</v>
+        <v>581022</v>
       </c>
       <c r="E41" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="H41">
-        <v>52.8</v>
+        <v>120.99</v>
       </c>
       <c r="I41" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="J41" t="s">
         <v>28</v>
       </c>
       <c r="K41" t="s">
         <v>28</v>
       </c>
       <c r="L41" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="M41" t="s">
         <v>28</v>
       </c>
       <c r="N41" t="s">
         <v>30</v>
       </c>
       <c r="O41">
-        <v>278481177480</v>
+        <v>282007957850</v>
       </c>
       <c r="P41" t="s">
         <v>31</v>
       </c>
       <c r="Q41" t="s">
         <v>32</v>
       </c>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="C42" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="D42">
-        <v>575682</v>
+        <v>581015</v>
       </c>
       <c r="E42" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="H42">
-        <v>76.8</v>
+        <v>119.99</v>
       </c>
       <c r="I42" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="J42" t="s">
         <v>28</v>
       </c>
       <c r="K42" t="s">
         <v>28</v>
       </c>
       <c r="L42" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M42" t="s">
         <v>28</v>
       </c>
       <c r="N42" t="s">
         <v>30</v>
       </c>
       <c r="O42">
-        <v>278481061904</v>
+        <v>282007409730</v>
       </c>
       <c r="P42" t="s">
         <v>31</v>
       </c>
       <c r="Q42" t="s">
         <v>32</v>
       </c>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B43" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C43" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D43">
-        <v>575301</v>
+        <v>581013</v>
       </c>
       <c r="E43" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="H43">
-        <v>302.38</v>
+        <v>103.99</v>
       </c>
       <c r="I43" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="J43" t="s">
         <v>28</v>
       </c>
       <c r="K43" t="s">
         <v>28</v>
       </c>
       <c r="L43" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M43" t="s">
         <v>28</v>
       </c>
       <c r="N43" t="s">
         <v>30</v>
       </c>
       <c r="O43">
-        <v>278229452988</v>
+        <v>282007226473</v>
       </c>
       <c r="P43" t="s">
         <v>31</v>
       </c>
       <c r="Q43" t="s">
         <v>32</v>
       </c>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B44" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C44" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D44">
-        <v>575278</v>
+        <v>579233</v>
       </c>
       <c r="E44" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="H44">
-        <v>119.99</v>
+        <v>103.99</v>
       </c>
       <c r="I44" t="s">
-        <v>159</v>
+        <v>208</v>
       </c>
       <c r="J44" t="s">
         <v>28</v>
       </c>
       <c r="K44" t="s">
         <v>28</v>
       </c>
       <c r="L44" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="M44" t="s">
         <v>28</v>
       </c>
       <c r="N44" t="s">
         <v>30</v>
       </c>
       <c r="O44">
-        <v>278193009169</v>
+        <v>280887130002</v>
       </c>
       <c r="P44" t="s">
         <v>31</v>
       </c>
       <c r="Q44" t="s">
         <v>32</v>
       </c>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B45" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C45" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D45">
-        <v>574810</v>
+        <v>577365</v>
       </c>
       <c r="E45" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="H45">
-        <v>87.99</v>
+        <v>135.99</v>
       </c>
       <c r="I45" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="J45" t="s">
         <v>28</v>
       </c>
       <c r="K45" t="s">
         <v>28</v>
       </c>
       <c r="L45" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M45" t="s">
         <v>28</v>
       </c>
       <c r="N45" t="s">
         <v>30</v>
       </c>
       <c r="O45">
-        <v>277929412472</v>
+        <v>279608181713</v>
       </c>
       <c r="P45" t="s">
         <v>31</v>
       </c>
       <c r="Q45" t="s">
         <v>32</v>
       </c>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B46" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C46" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D46">
-        <v>574809</v>
+        <v>577364</v>
       </c>
       <c r="E46" t="s">
+        <v>211</v>
+      </c>
+      <c r="F46" t="s">
+        <v>25</v>
+      </c>
+      <c r="G46" t="s">
+        <v>216</v>
+      </c>
+      <c r="H46">
+        <v>68.99</v>
+      </c>
+      <c r="I46" t="s">
         <v>217</v>
       </c>
-      <c r="F46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J46" t="s">
         <v>28</v>
       </c>
       <c r="K46" t="s">
         <v>28</v>
       </c>
       <c r="L46" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M46" t="s">
         <v>28</v>
       </c>
       <c r="N46" t="s">
         <v>30</v>
       </c>
       <c r="O46">
-        <v>277929232192</v>
+        <v>279612957893</v>
       </c>
       <c r="P46" t="s">
         <v>31</v>
       </c>
       <c r="Q46" t="s">
         <v>32</v>
       </c>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C47" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D47">
-        <v>574555</v>
+        <v>576942</v>
       </c>
       <c r="E47" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F47" t="s">
         <v>25</v>
       </c>
       <c r="G47" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="H47">
-        <v>119.99</v>
+        <v>213.5</v>
       </c>
       <c r="I47" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="J47" t="s">
         <v>28</v>
       </c>
       <c r="K47" t="s">
         <v>28</v>
       </c>
       <c r="L47" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M47" t="s">
         <v>28</v>
       </c>
       <c r="N47" t="s">
         <v>30</v>
       </c>
       <c r="O47">
-        <v>277783999469</v>
+        <v>279327986585</v>
       </c>
       <c r="P47" t="s">
         <v>31</v>
       </c>
       <c r="Q47" t="s">
         <v>32</v>
       </c>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B48" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C48" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D48">
-        <v>574554</v>
+        <v>576891</v>
       </c>
       <c r="E48" t="s">
         <v>226</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="H48">
-        <v>63</v>
+        <v>119.99</v>
       </c>
       <c r="I48" t="s">
-        <v>193</v>
+        <v>228</v>
       </c>
       <c r="J48" t="s">
         <v>28</v>
       </c>
       <c r="K48" t="s">
         <v>28</v>
       </c>
       <c r="L48" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M48" t="s">
         <v>28</v>
       </c>
       <c r="N48" t="s">
         <v>30</v>
       </c>
       <c r="O48">
-        <v>277783906266</v>
+        <v>279281005434</v>
       </c>
       <c r="P48" t="s">
         <v>31</v>
       </c>
       <c r="Q48" t="s">
         <v>32</v>
       </c>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B49" t="s">
+        <v>229</v>
+      </c>
+      <c r="C49" t="s">
+        <v>230</v>
+      </c>
+      <c r="D49">
+        <v>576799</v>
+      </c>
+      <c r="E49" t="s">
+        <v>231</v>
+      </c>
+      <c r="F49" t="s">
+        <v>25</v>
+      </c>
+      <c r="G49" t="s">
         <v>232</v>
       </c>
-      <c r="C49" t="s">
+      <c r="H49">
+        <v>63</v>
+      </c>
+      <c r="I49" t="s">
         <v>233</v>
       </c>
-      <c r="D49">
-[...16 lines deleted...]
-      </c>
       <c r="J49" t="s">
         <v>28</v>
       </c>
       <c r="K49" t="s">
         <v>28</v>
       </c>
       <c r="L49" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M49" t="s">
         <v>28</v>
       </c>
       <c r="N49" t="s">
         <v>30</v>
       </c>
       <c r="O49">
-        <v>277784173555</v>
+        <v>279256811213</v>
       </c>
       <c r="P49" t="s">
         <v>31</v>
       </c>
       <c r="Q49" t="s">
         <v>32</v>
       </c>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B50" t="s">
+        <v>234</v>
+      </c>
+      <c r="C50" t="s">
+        <v>235</v>
+      </c>
+      <c r="D50">
+        <v>575681</v>
+      </c>
+      <c r="E50" t="s">
         <v>236</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" t="s">
         <v>237</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
       <c r="H50">
         <v>79.99</v>
       </c>
       <c r="I50" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J50" t="s">
         <v>28</v>
       </c>
       <c r="K50" t="s">
         <v>28</v>
       </c>
       <c r="L50" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M50" t="s">
         <v>28</v>
       </c>
       <c r="N50" t="s">
         <v>30</v>
       </c>
       <c r="O50">
-        <v>277784520780</v>
+        <v>278481094321</v>
       </c>
       <c r="P50" t="s">
         <v>31</v>
       </c>
       <c r="Q50" t="s">
         <v>32</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B51" t="s">
+        <v>239</v>
+      </c>
+      <c r="C51" t="s">
         <v>240</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51">
+        <v>575683</v>
+      </c>
+      <c r="E51" t="s">
+        <v>236</v>
+      </c>
+      <c r="F51" t="s">
+        <v>25</v>
+      </c>
+      <c r="G51" t="s">
         <v>241</v>
       </c>
-      <c r="D51">
-[...8 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51">
+        <v>52.8</v>
+      </c>
+      <c r="I51" t="s">
         <v>242</v>
       </c>
-      <c r="H51">
-[...4 lines deleted...]
-      </c>
       <c r="J51" t="s">
         <v>28</v>
       </c>
       <c r="K51" t="s">
         <v>28</v>
       </c>
       <c r="L51" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M51" t="s">
         <v>28</v>
       </c>
       <c r="N51" t="s">
         <v>30</v>
       </c>
       <c r="O51">
-        <v>277784124925</v>
+        <v>278481177480</v>
       </c>
       <c r="P51" t="s">
         <v>31</v>
       </c>
       <c r="Q51" t="s">
         <v>32</v>
       </c>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B52" t="s">
         <v>243</v>
       </c>
       <c r="C52" t="s">
         <v>244</v>
       </c>
       <c r="D52">
-        <v>574368</v>
+        <v>575682</v>
       </c>
       <c r="E52" t="s">
+        <v>236</v>
+      </c>
+      <c r="F52" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52" t="s">
         <v>245</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52">
+        <v>76.8</v>
+      </c>
+      <c r="I52" t="s">
         <v>246</v>
       </c>
-      <c r="H52">
-[...4 lines deleted...]
-      </c>
       <c r="J52" t="s">
         <v>28</v>
       </c>
       <c r="K52" t="s">
         <v>28</v>
       </c>
       <c r="L52" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M52" t="s">
         <v>28</v>
       </c>
       <c r="N52" t="s">
         <v>30</v>
       </c>
       <c r="O52">
-        <v>277725811053</v>
+        <v>278481061904</v>
       </c>
       <c r="P52" t="s">
         <v>31</v>
       </c>
       <c r="Q52" t="s">
         <v>32</v>
       </c>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B53" t="s">
+        <v>247</v>
+      </c>
+      <c r="C53" t="s">
         <v>248</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53">
+        <v>575301</v>
+      </c>
+      <c r="E53" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
         <v>250</v>
       </c>
       <c r="H53">
-        <v>80</v>
+        <v>302.38</v>
       </c>
       <c r="I53" t="s">
         <v>251</v>
       </c>
       <c r="J53" t="s">
         <v>28</v>
       </c>
       <c r="K53" t="s">
         <v>28</v>
       </c>
       <c r="L53" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M53" t="s">
         <v>28</v>
       </c>
       <c r="N53" t="s">
         <v>30</v>
       </c>
       <c r="O53">
-        <v>277725610213</v>
+        <v>278229452988</v>
       </c>
       <c r="P53" t="s">
         <v>31</v>
       </c>
       <c r="Q53" t="s">
         <v>32</v>
       </c>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B54" t="s">
         <v>252</v>
       </c>
       <c r="C54" t="s">
         <v>253</v>
       </c>
       <c r="D54">
-        <v>574370</v>
+        <v>575278</v>
       </c>
       <c r="E54" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
         <v>254</v>
       </c>
       <c r="H54">
-        <v>136</v>
+        <v>119.99</v>
       </c>
       <c r="I54" t="s">
-        <v>255</v>
+        <v>199</v>
       </c>
       <c r="J54" t="s">
         <v>28</v>
       </c>
       <c r="K54" t="s">
         <v>28</v>
       </c>
       <c r="L54" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M54" t="s">
         <v>28</v>
       </c>
       <c r="N54" t="s">
         <v>30</v>
       </c>
       <c r="O54">
-        <v>277725548865</v>
+        <v>278193009169</v>
       </c>
       <c r="P54" t="s">
         <v>31</v>
       </c>
       <c r="Q54" t="s">
         <v>32</v>
       </c>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B55" t="s">
+        <v>255</v>
+      </c>
+      <c r="C55" t="s">
         <v>256</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55">
+        <v>574810</v>
+      </c>
+      <c r="E55" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
         <v>258</v>
       </c>
       <c r="H55">
-        <v>79.99</v>
+        <v>87.99</v>
       </c>
       <c r="I55" t="s">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="J55" t="s">
         <v>28</v>
       </c>
       <c r="K55" t="s">
         <v>28</v>
       </c>
       <c r="L55" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M55" t="s">
         <v>28</v>
       </c>
       <c r="N55" t="s">
         <v>30</v>
       </c>
       <c r="O55">
-        <v>277726070079</v>
+        <v>277929412472</v>
       </c>
       <c r="P55" t="s">
         <v>31</v>
       </c>
       <c r="Q55" t="s">
         <v>32</v>
       </c>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C56" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D56">
-        <v>574120</v>
+        <v>574809</v>
       </c>
       <c r="E56" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
         <v>262</v>
       </c>
       <c r="H56">
-        <v>115.6</v>
+        <v>57.6</v>
       </c>
       <c r="I56" t="s">
         <v>263</v>
       </c>
       <c r="J56" t="s">
         <v>28</v>
       </c>
       <c r="K56" t="s">
         <v>28</v>
       </c>
       <c r="L56" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M56" t="s">
         <v>28</v>
       </c>
       <c r="N56" t="s">
         <v>30</v>
       </c>
       <c r="O56">
-        <v>277555113466</v>
+        <v>277929232192</v>
       </c>
       <c r="P56" t="s">
         <v>31</v>
       </c>
       <c r="Q56" t="s">
         <v>32</v>
       </c>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B57" t="s">
         <v>264</v>
       </c>
       <c r="C57" t="s">
         <v>265</v>
       </c>
       <c r="D57">
-        <v>574119</v>
+        <v>574555</v>
       </c>
       <c r="E57" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H57">
-        <v>102</v>
+        <v>119.99</v>
       </c>
       <c r="I57" t="s">
-        <v>228</v>
+        <v>268</v>
       </c>
       <c r="J57" t="s">
         <v>28</v>
       </c>
       <c r="K57" t="s">
         <v>28</v>
       </c>
       <c r="L57" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M57" t="s">
         <v>28</v>
       </c>
       <c r="N57" t="s">
         <v>30</v>
       </c>
       <c r="O57">
-        <v>277555069628</v>
+        <v>277783999469</v>
       </c>
       <c r="P57" t="s">
         <v>31</v>
       </c>
       <c r="Q57" t="s">
         <v>32</v>
       </c>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B58" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C58" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D58">
-        <v>574117</v>
+        <v>574554</v>
       </c>
       <c r="E58" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H58">
-        <v>46.92</v>
+        <v>63</v>
       </c>
       <c r="I58" t="s">
-        <v>270</v>
+        <v>233</v>
       </c>
       <c r="J58" t="s">
         <v>28</v>
       </c>
       <c r="K58" t="s">
         <v>28</v>
       </c>
       <c r="L58" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M58" t="s">
         <v>28</v>
       </c>
       <c r="N58" t="s">
         <v>30</v>
       </c>
       <c r="O58">
-        <v>277554946268</v>
+        <v>277783906266</v>
       </c>
       <c r="P58" t="s">
         <v>31</v>
       </c>
       <c r="Q58" t="s">
         <v>32</v>
       </c>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C59" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D59">
-        <v>574070</v>
+        <v>574553</v>
       </c>
       <c r="E59" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
         <v>274</v>
       </c>
       <c r="H59">
-        <v>84.15</v>
+        <v>79.99</v>
       </c>
       <c r="I59" t="s">
-        <v>177</v>
+        <v>275</v>
       </c>
       <c r="J59" t="s">
         <v>28</v>
       </c>
       <c r="K59" t="s">
         <v>28</v>
       </c>
       <c r="L59" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M59" t="s">
         <v>28</v>
       </c>
       <c r="N59" t="s">
         <v>30</v>
       </c>
       <c r="O59">
-        <v>277516436722</v>
+        <v>277784173555</v>
       </c>
       <c r="P59" t="s">
         <v>31</v>
       </c>
       <c r="Q59" t="s">
         <v>32</v>
       </c>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B60" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C60" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D60">
-        <v>574069</v>
+        <v>574552</v>
       </c>
       <c r="E60" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H60">
-        <v>46.92</v>
+        <v>79.99</v>
       </c>
       <c r="I60" t="s">
-        <v>278</v>
+        <v>47</v>
       </c>
       <c r="J60" t="s">
         <v>28</v>
       </c>
       <c r="K60" t="s">
         <v>28</v>
       </c>
       <c r="L60" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M60" t="s">
         <v>28</v>
       </c>
       <c r="N60" t="s">
         <v>30</v>
       </c>
       <c r="O60">
-        <v>277516321999</v>
+        <v>277784520780</v>
       </c>
       <c r="P60" t="s">
         <v>31</v>
       </c>
       <c r="Q60" t="s">
         <v>32</v>
       </c>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
         <v>279</v>
       </c>
       <c r="C61" t="s">
         <v>280</v>
       </c>
       <c r="D61">
-        <v>574081</v>
+        <v>574551</v>
       </c>
       <c r="E61" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
         <v>281</v>
       </c>
       <c r="H61">
-        <v>90.44</v>
+        <v>119.99</v>
       </c>
       <c r="I61" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="J61" t="s">
         <v>28</v>
       </c>
       <c r="K61" t="s">
         <v>28</v>
       </c>
       <c r="L61" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M61" t="s">
         <v>28</v>
       </c>
       <c r="N61" t="s">
         <v>30</v>
       </c>
       <c r="O61">
-        <v>277536393143</v>
+        <v>277784124925</v>
       </c>
       <c r="P61" t="s">
         <v>31</v>
       </c>
       <c r="Q61" t="s">
         <v>32</v>
       </c>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B62" t="s">
+        <v>282</v>
+      </c>
+      <c r="C62" t="s">
         <v>283</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62">
+        <v>574368</v>
+      </c>
+      <c r="E62" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
         <v>285</v>
       </c>
       <c r="H62">
-        <v>51</v>
+        <v>87.92</v>
       </c>
       <c r="I62" t="s">
         <v>286</v>
       </c>
       <c r="J62" t="s">
         <v>28</v>
       </c>
       <c r="K62" t="s">
         <v>28</v>
       </c>
       <c r="L62" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M62" t="s">
         <v>28</v>
       </c>
       <c r="N62" t="s">
         <v>30</v>
       </c>
       <c r="O62">
-        <v>277516464001</v>
+        <v>277725811053</v>
       </c>
       <c r="P62" t="s">
         <v>31</v>
       </c>
       <c r="Q62" t="s">
         <v>32</v>
       </c>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B63" t="s">
         <v>287</v>
       </c>
       <c r="C63" t="s">
         <v>288</v>
       </c>
       <c r="D63">
-        <v>574010</v>
+        <v>574371</v>
       </c>
       <c r="E63" t="s">
+        <v>284</v>
+      </c>
+      <c r="F63" t="s">
+        <v>25</v>
+      </c>
+      <c r="G63" t="s">
         <v>289</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63">
+        <v>80</v>
+      </c>
+      <c r="I63" t="s">
         <v>290</v>
       </c>
-      <c r="H63">
-[...4 lines deleted...]
-      </c>
       <c r="J63" t="s">
         <v>28</v>
       </c>
       <c r="K63" t="s">
         <v>28</v>
       </c>
       <c r="L63" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M63" t="s">
         <v>28</v>
       </c>
       <c r="N63" t="s">
         <v>30</v>
       </c>
       <c r="O63">
-        <v>277472743432</v>
+        <v>277725610213</v>
       </c>
       <c r="P63" t="s">
         <v>31</v>
       </c>
       <c r="Q63" t="s">
         <v>32</v>
       </c>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B64" t="s">
+        <v>291</v>
+      </c>
+      <c r="C64" t="s">
         <v>292</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64">
+        <v>574370</v>
+      </c>
+      <c r="E64" t="s">
+        <v>284</v>
+      </c>
+      <c r="F64" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" t="s">
         <v>293</v>
       </c>
-      <c r="D64">
-[...8 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64">
+        <v>136</v>
+      </c>
+      <c r="I64" t="s">
         <v>294</v>
       </c>
-      <c r="H64">
-[...4 lines deleted...]
-      </c>
       <c r="J64" t="s">
         <v>28</v>
       </c>
       <c r="K64" t="s">
         <v>28</v>
       </c>
       <c r="L64" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M64" t="s">
         <v>28</v>
       </c>
       <c r="N64" t="s">
         <v>30</v>
       </c>
       <c r="O64">
-        <v>277472843376</v>
+        <v>277725548865</v>
       </c>
       <c r="P64" t="s">
         <v>31</v>
       </c>
       <c r="Q64" t="s">
         <v>32</v>
       </c>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B65" t="s">
+        <v>295</v>
+      </c>
+      <c r="C65" t="s">
         <v>296</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65">
+        <v>574367</v>
+      </c>
+      <c r="E65" t="s">
+        <v>284</v>
+      </c>
+      <c r="F65" t="s">
+        <v>25</v>
+      </c>
+      <c r="G65" t="s">
         <v>297</v>
       </c>
-      <c r="D65">
-[...10 lines deleted...]
-      </c>
       <c r="H65">
-        <v>81.6</v>
+        <v>79.99</v>
       </c>
       <c r="I65" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="J65" t="s">
         <v>28</v>
       </c>
       <c r="K65" t="s">
         <v>28</v>
       </c>
       <c r="L65" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M65" t="s">
         <v>28</v>
       </c>
       <c r="N65" t="s">
         <v>30</v>
       </c>
       <c r="O65">
-        <v>277472792095</v>
+        <v>277726070079</v>
       </c>
       <c r="P65" t="s">
         <v>31</v>
       </c>
       <c r="Q65" t="s">
         <v>32</v>
       </c>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B66" t="s">
+        <v>298</v>
+      </c>
+      <c r="C66" t="s">
+        <v>299</v>
+      </c>
+      <c r="D66">
+        <v>574120</v>
+      </c>
+      <c r="E66" t="s">
         <v>300</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66" t="s">
+        <v>25</v>
+      </c>
+      <c r="G66" t="s">
         <v>301</v>
       </c>
-      <c r="D66">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="H66">
+        <v>115.6</v>
+      </c>
+      <c r="I66" t="s">
         <v>302</v>
       </c>
-      <c r="F66" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J66" t="s">
         <v>28</v>
       </c>
       <c r="K66" t="s">
         <v>28</v>
       </c>
       <c r="L66" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M66" t="s">
         <v>28</v>
       </c>
       <c r="N66" t="s">
         <v>30</v>
       </c>
       <c r="O66">
-        <v>277374222669</v>
+        <v>277555113466</v>
       </c>
       <c r="P66" t="s">
         <v>31</v>
       </c>
       <c r="Q66" t="s">
         <v>32</v>
       </c>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B67" t="s">
+        <v>303</v>
+      </c>
+      <c r="C67" t="s">
         <v>304</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67">
+        <v>574119</v>
+      </c>
+      <c r="E67" t="s">
+        <v>300</v>
+      </c>
+      <c r="F67" t="s">
+        <v>25</v>
+      </c>
+      <c r="G67" t="s">
         <v>305</v>
       </c>
-      <c r="D67">
-[...10 lines deleted...]
-      </c>
       <c r="H67">
-        <v>67.32</v>
+        <v>102</v>
       </c>
       <c r="I67" t="s">
-        <v>308</v>
+        <v>268</v>
       </c>
       <c r="J67" t="s">
         <v>28</v>
       </c>
       <c r="K67" t="s">
         <v>28</v>
       </c>
       <c r="L67" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M67" t="s">
         <v>28</v>
       </c>
       <c r="N67" t="s">
         <v>30</v>
       </c>
       <c r="O67">
-        <v>277112508214</v>
+        <v>277555069628</v>
       </c>
       <c r="P67" t="s">
         <v>31</v>
       </c>
       <c r="Q67" t="s">
         <v>32</v>
       </c>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
+        <v>306</v>
+      </c>
+      <c r="C68" t="s">
+        <v>307</v>
+      </c>
+      <c r="D68">
+        <v>574117</v>
+      </c>
+      <c r="E68" t="s">
+        <v>300</v>
+      </c>
+      <c r="F68" t="s">
+        <v>25</v>
+      </c>
+      <c r="G68" t="s">
+        <v>308</v>
+      </c>
+      <c r="H68">
+        <v>46.92</v>
+      </c>
+      <c r="I68" t="s">
         <v>309</v>
       </c>
-      <c r="C68" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J68" t="s">
         <v>28</v>
       </c>
       <c r="K68" t="s">
         <v>28</v>
       </c>
       <c r="L68" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M68" t="s">
         <v>28</v>
       </c>
       <c r="N68" t="s">
         <v>30</v>
       </c>
       <c r="O68">
-        <v>277112385445</v>
+        <v>277554946268</v>
       </c>
       <c r="P68" t="s">
         <v>31</v>
       </c>
       <c r="Q68" t="s">
         <v>32</v>
       </c>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B69" t="s">
+        <v>310</v>
+      </c>
+      <c r="C69" t="s">
+        <v>311</v>
+      </c>
+      <c r="D69">
+        <v>574070</v>
+      </c>
+      <c r="E69" t="s">
         <v>312</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
+        <v>25</v>
+      </c>
+      <c r="G69" t="s">
         <v>313</v>
       </c>
-      <c r="D69">
-[...10 lines deleted...]
-      </c>
       <c r="H69">
-        <v>53.55</v>
+        <v>84.15</v>
       </c>
       <c r="I69" t="s">
-        <v>193</v>
+        <v>217</v>
       </c>
       <c r="J69" t="s">
         <v>28</v>
       </c>
       <c r="K69" t="s">
         <v>28</v>
       </c>
       <c r="L69" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M69" t="s">
         <v>28</v>
       </c>
       <c r="N69" t="s">
         <v>30</v>
       </c>
       <c r="O69">
-        <v>277112464303</v>
+        <v>277516436722</v>
       </c>
       <c r="P69" t="s">
         <v>31</v>
       </c>
       <c r="Q69" t="s">
         <v>32</v>
       </c>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B70" t="s">
+        <v>314</v>
+      </c>
+      <c r="C70" t="s">
         <v>315</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70">
+        <v>574069</v>
+      </c>
+      <c r="E70" t="s">
+        <v>312</v>
+      </c>
+      <c r="F70" t="s">
+        <v>25</v>
+      </c>
+      <c r="G70" t="s">
         <v>316</v>
       </c>
-      <c r="D70">
-[...2 lines deleted...]
-      <c r="E70" t="s">
+      <c r="H70">
+        <v>46.92</v>
+      </c>
+      <c r="I70" t="s">
         <v>317</v>
       </c>
-      <c r="F70" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J70" t="s">
         <v>28</v>
       </c>
       <c r="K70" t="s">
         <v>28</v>
       </c>
       <c r="L70" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M70" t="s">
         <v>28</v>
       </c>
       <c r="N70" t="s">
         <v>30</v>
       </c>
       <c r="O70">
-        <v>276961948690</v>
+        <v>277516321999</v>
       </c>
       <c r="P70" t="s">
         <v>31</v>
       </c>
       <c r="Q70" t="s">
         <v>32</v>
       </c>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B71" t="s">
+        <v>318</v>
+      </c>
+      <c r="C71" t="s">
+        <v>319</v>
+      </c>
+      <c r="D71">
+        <v>574081</v>
+      </c>
+      <c r="E71" t="s">
+        <v>312</v>
+      </c>
+      <c r="F71" t="s">
+        <v>25</v>
+      </c>
+      <c r="G71" t="s">
         <v>320</v>
       </c>
-      <c r="C71" t="s">
+      <c r="H71">
+        <v>90.44</v>
+      </c>
+      <c r="I71" t="s">
         <v>321</v>
       </c>
-      <c r="D71">
-[...16 lines deleted...]
-      </c>
       <c r="J71" t="s">
         <v>28</v>
       </c>
       <c r="K71" t="s">
         <v>28</v>
       </c>
       <c r="L71" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M71" t="s">
         <v>28</v>
       </c>
       <c r="N71" t="s">
         <v>30</v>
       </c>
       <c r="O71">
-        <v>276859934912</v>
+        <v>277536393143</v>
       </c>
       <c r="P71" t="s">
         <v>31</v>
       </c>
       <c r="Q71" t="s">
         <v>32</v>
       </c>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B72" t="s">
+        <v>322</v>
+      </c>
+      <c r="C72" t="s">
+        <v>323</v>
+      </c>
+      <c r="D72">
+        <v>574071</v>
+      </c>
+      <c r="E72" t="s">
+        <v>312</v>
+      </c>
+      <c r="F72" t="s">
+        <v>25</v>
+      </c>
+      <c r="G72" t="s">
+        <v>324</v>
+      </c>
+      <c r="H72">
+        <v>51</v>
+      </c>
+      <c r="I72" t="s">
         <v>325</v>
       </c>
-      <c r="C72" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J72" t="s">
         <v>28</v>
       </c>
       <c r="K72" t="s">
         <v>28</v>
       </c>
       <c r="L72" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M72" t="s">
         <v>28</v>
       </c>
       <c r="N72" t="s">
         <v>30</v>
       </c>
       <c r="O72">
-        <v>276859972887</v>
+        <v>277516464001</v>
       </c>
       <c r="P72" t="s">
         <v>31</v>
       </c>
       <c r="Q72" t="s">
         <v>32</v>
       </c>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B73" t="s">
+        <v>326</v>
+      </c>
+      <c r="C73" t="s">
+        <v>327</v>
+      </c>
+      <c r="D73">
+        <v>574010</v>
+      </c>
+      <c r="E73" t="s">
+        <v>328</v>
+      </c>
+      <c r="F73" t="s">
+        <v>25</v>
+      </c>
+      <c r="G73" t="s">
         <v>329</v>
       </c>
-      <c r="C73" t="s">
+      <c r="H73">
+        <v>107.44</v>
+      </c>
+      <c r="I73" t="s">
         <v>330</v>
       </c>
-      <c r="D73">
-[...16 lines deleted...]
-      </c>
       <c r="J73" t="s">
         <v>28</v>
       </c>
       <c r="K73" t="s">
         <v>28</v>
       </c>
       <c r="L73" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M73" t="s">
         <v>28</v>
       </c>
       <c r="N73" t="s">
         <v>30</v>
       </c>
       <c r="O73">
-        <v>276860016978</v>
+        <v>277472743432</v>
       </c>
       <c r="P73" t="s">
         <v>31</v>
       </c>
       <c r="Q73" t="s">
         <v>32</v>
       </c>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
+        <v>331</v>
+      </c>
+      <c r="C74" t="s">
         <v>332</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74">
+        <v>574009</v>
+      </c>
+      <c r="E74" t="s">
+        <v>328</v>
+      </c>
+      <c r="F74" t="s">
+        <v>25</v>
+      </c>
+      <c r="G74" t="s">
         <v>333</v>
       </c>
-      <c r="D74">
-[...8 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74">
+        <v>57.8</v>
+      </c>
+      <c r="I74" t="s">
         <v>334</v>
       </c>
-      <c r="H74">
-[...4 lines deleted...]
-      </c>
       <c r="J74" t="s">
         <v>28</v>
       </c>
       <c r="K74" t="s">
         <v>28</v>
       </c>
       <c r="L74" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M74" t="s">
         <v>28</v>
       </c>
       <c r="N74" t="s">
         <v>30</v>
       </c>
       <c r="O74">
-        <v>276860464400</v>
+        <v>277472843376</v>
       </c>
       <c r="P74" t="s">
         <v>31</v>
       </c>
       <c r="Q74" t="s">
         <v>32</v>
       </c>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B75" t="s">
+        <v>335</v>
+      </c>
+      <c r="C75" t="s">
         <v>336</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75">
+        <v>574008</v>
+      </c>
+      <c r="E75" t="s">
+        <v>328</v>
+      </c>
+      <c r="F75" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" t="s">
         <v>337</v>
       </c>
-      <c r="D75">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="H75">
+        <v>81.6</v>
+      </c>
+      <c r="I75" t="s">
         <v>338</v>
       </c>
-      <c r="F75" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J75" t="s">
         <v>28</v>
       </c>
       <c r="K75" t="s">
         <v>28</v>
       </c>
       <c r="L75" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M75" t="s">
         <v>28</v>
       </c>
       <c r="N75" t="s">
         <v>30</v>
       </c>
       <c r="O75">
-        <v>276859732281</v>
+        <v>277472792095</v>
       </c>
       <c r="P75" t="s">
         <v>31</v>
       </c>
       <c r="Q75" t="s">
         <v>32</v>
       </c>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B76" t="s">
+        <v>339</v>
+      </c>
+      <c r="C76" t="s">
         <v>340</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76">
+        <v>573737</v>
+      </c>
+      <c r="E76" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
         <v>342</v>
       </c>
       <c r="H76">
-        <v>80</v>
+        <v>65.28</v>
       </c>
       <c r="I76" t="s">
-        <v>343</v>
+        <v>246</v>
       </c>
       <c r="J76" t="s">
         <v>28</v>
       </c>
       <c r="K76" t="s">
         <v>28</v>
       </c>
       <c r="L76" t="s">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="M76" t="s">
         <v>28</v>
       </c>
       <c r="N76" t="s">
         <v>30</v>
       </c>
       <c r="O76">
-        <v>276860271852</v>
+        <v>277374222669</v>
       </c>
       <c r="P76" t="s">
         <v>31</v>
       </c>
       <c r="Q76" t="s">
         <v>32</v>
       </c>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B77" t="s">
+        <v>343</v>
+      </c>
+      <c r="C77" t="s">
         <v>344</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77">
+        <v>573485</v>
+      </c>
+      <c r="E77" t="s">
         <v>345</v>
       </c>
-      <c r="D77">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="F77" t="s">
+        <v>25</v>
+      </c>
+      <c r="G77" t="s">
         <v>346</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="H77">
+        <v>67.32</v>
+      </c>
+      <c r="I77" t="s">
         <v>347</v>
       </c>
-      <c r="H77">
-[...4 lines deleted...]
-      </c>
       <c r="J77" t="s">
         <v>28</v>
       </c>
       <c r="K77" t="s">
         <v>28</v>
       </c>
       <c r="L77" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M77" t="s">
         <v>28</v>
       </c>
       <c r="N77" t="s">
         <v>30</v>
       </c>
       <c r="O77">
-        <v>276860355620</v>
+        <v>277112508214</v>
       </c>
       <c r="P77" t="s">
         <v>31</v>
       </c>
       <c r="Q77" t="s">
         <v>32</v>
       </c>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B78" t="s">
+        <v>348</v>
+      </c>
+      <c r="C78" t="s">
         <v>349</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78">
+        <v>573484</v>
+      </c>
+      <c r="E78" t="s">
+        <v>345</v>
+      </c>
+      <c r="F78" t="s">
+        <v>25</v>
+      </c>
+      <c r="G78" t="s">
         <v>350</v>
       </c>
-      <c r="D78">
-[...10 lines deleted...]
-      </c>
       <c r="H78">
-        <v>115.2</v>
+        <v>53.55</v>
       </c>
       <c r="I78" t="s">
-        <v>142</v>
+        <v>233</v>
       </c>
       <c r="J78" t="s">
         <v>28</v>
       </c>
       <c r="K78" t="s">
         <v>28</v>
       </c>
       <c r="L78" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M78" t="s">
         <v>28</v>
       </c>
       <c r="N78" t="s">
         <v>30</v>
       </c>
       <c r="O78">
-        <v>276393660041</v>
+        <v>277112385445</v>
       </c>
       <c r="P78" t="s">
         <v>31</v>
       </c>
       <c r="Q78" t="s">
         <v>32</v>
       </c>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B79" t="s">
+        <v>351</v>
+      </c>
+      <c r="C79" t="s">
+        <v>352</v>
+      </c>
+      <c r="D79">
+        <v>573482</v>
+      </c>
+      <c r="E79" t="s">
+        <v>345</v>
+      </c>
+      <c r="F79" t="s">
+        <v>25</v>
+      </c>
+      <c r="G79" t="s">
         <v>353</v>
       </c>
-      <c r="C79" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H79">
-        <v>79.99</v>
+        <v>53.55</v>
       </c>
       <c r="I79" t="s">
-        <v>151</v>
+        <v>233</v>
       </c>
       <c r="J79" t="s">
         <v>28</v>
       </c>
       <c r="K79" t="s">
         <v>28</v>
       </c>
       <c r="L79" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M79" t="s">
         <v>28</v>
       </c>
       <c r="N79" t="s">
         <v>30</v>
       </c>
       <c r="O79">
-        <v>276342084030</v>
+        <v>277112464303</v>
       </c>
       <c r="P79" t="s">
         <v>31</v>
       </c>
       <c r="Q79" t="s">
         <v>32</v>
       </c>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B80" t="s">
+        <v>354</v>
+      </c>
+      <c r="C80" t="s">
+        <v>355</v>
+      </c>
+      <c r="D80">
+        <v>573282</v>
+      </c>
+      <c r="E80" t="s">
+        <v>356</v>
+      </c>
+      <c r="F80" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" t="s">
         <v>357</v>
       </c>
-      <c r="C80" t="s">
+      <c r="H80">
+        <v>83.2</v>
+      </c>
+      <c r="I80" t="s">
         <v>358</v>
       </c>
-      <c r="D80">
-[...16 lines deleted...]
-      </c>
       <c r="J80" t="s">
         <v>28</v>
       </c>
       <c r="K80" t="s">
         <v>28</v>
       </c>
       <c r="L80" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M80" t="s">
         <v>28</v>
       </c>
       <c r="N80" t="s">
         <v>30</v>
       </c>
       <c r="O80">
-        <v>276344749280</v>
+        <v>276961948690</v>
       </c>
       <c r="P80" t="s">
         <v>31</v>
       </c>
       <c r="Q80" t="s">
         <v>32</v>
       </c>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B81" t="s">
+        <v>359</v>
+      </c>
+      <c r="C81" t="s">
+        <v>360</v>
+      </c>
+      <c r="D81">
+        <v>573151</v>
+      </c>
+      <c r="E81" t="s">
         <v>361</v>
       </c>
-      <c r="C81" t="s">
+      <c r="F81" t="s">
+        <v>25</v>
+      </c>
+      <c r="G81" t="s">
         <v>362</v>
       </c>
-      <c r="D81">
-[...8 lines deleted...]
-      <c r="G81" t="s">
+      <c r="H81">
+        <v>95.2</v>
+      </c>
+      <c r="I81" t="s">
         <v>363</v>
       </c>
-      <c r="H81">
-[...4 lines deleted...]
-      </c>
       <c r="J81" t="s">
         <v>28</v>
       </c>
       <c r="K81" t="s">
         <v>28</v>
       </c>
       <c r="L81" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M81" t="s">
         <v>28</v>
       </c>
       <c r="N81" t="s">
         <v>30</v>
       </c>
       <c r="O81">
-        <v>276342252887</v>
+        <v>276859934912</v>
       </c>
       <c r="P81" t="s">
         <v>31</v>
       </c>
       <c r="Q81" t="s">
         <v>32</v>
       </c>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B82" t="s">
         <v>364</v>
       </c>
       <c r="C82" t="s">
         <v>365</v>
       </c>
       <c r="D82">
-        <v>572378</v>
+        <v>573150</v>
       </c>
       <c r="E82" t="s">
+        <v>361</v>
+      </c>
+      <c r="F82" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="H82">
         <v>79.99</v>
       </c>
       <c r="I82" t="s">
-        <v>105</v>
+        <v>367</v>
       </c>
       <c r="J82" t="s">
         <v>28</v>
       </c>
       <c r="K82" t="s">
         <v>28</v>
       </c>
       <c r="L82" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M82" t="s">
         <v>28</v>
       </c>
       <c r="N82" t="s">
         <v>30</v>
       </c>
       <c r="O82">
-        <v>276158428940</v>
+        <v>276859972887</v>
       </c>
       <c r="P82" t="s">
         <v>31</v>
       </c>
       <c r="Q82" t="s">
         <v>32</v>
       </c>
       <c r="R82"/>
       <c r="S82"/>
       <c r="T82"/>
       <c r="U82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B83" t="s">
         <v>368</v>
       </c>
       <c r="C83" t="s">
         <v>369</v>
       </c>
       <c r="D83">
-        <v>572315</v>
+        <v>573149</v>
       </c>
       <c r="E83" t="s">
+        <v>361</v>
+      </c>
+      <c r="F83" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" t="s">
         <v>370</v>
       </c>
-      <c r="F83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H83">
-        <v>79.2</v>
+        <v>79.99</v>
       </c>
       <c r="I83" t="s">
-        <v>308</v>
+        <v>238</v>
       </c>
       <c r="J83" t="s">
         <v>28</v>
       </c>
       <c r="K83" t="s">
         <v>28</v>
       </c>
       <c r="L83" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M83" t="s">
         <v>28</v>
       </c>
       <c r="N83" t="s">
         <v>30</v>
       </c>
       <c r="O83">
-        <v>276073126844</v>
+        <v>276860016978</v>
       </c>
       <c r="P83" t="s">
         <v>31</v>
       </c>
       <c r="Q83" t="s">
         <v>32</v>
       </c>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B84" t="s">
+        <v>371</v>
+      </c>
+      <c r="C84" t="s">
         <v>372</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84">
+        <v>573148</v>
+      </c>
+      <c r="E84" t="s">
+        <v>361</v>
+      </c>
+      <c r="F84" t="s">
+        <v>25</v>
+      </c>
+      <c r="G84" t="s">
         <v>373</v>
       </c>
-      <c r="D84">
-[...8 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84">
+        <v>121.6</v>
+      </c>
+      <c r="I84" t="s">
         <v>374</v>
       </c>
-      <c r="H84">
-[...4 lines deleted...]
-      </c>
       <c r="J84" t="s">
         <v>28</v>
       </c>
       <c r="K84" t="s">
         <v>28</v>
       </c>
       <c r="L84" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M84" t="s">
         <v>28</v>
       </c>
       <c r="N84" t="s">
         <v>30</v>
       </c>
       <c r="O84">
-        <v>276073067587</v>
+        <v>276860464400</v>
       </c>
       <c r="P84" t="s">
         <v>31</v>
       </c>
       <c r="Q84" t="s">
         <v>32</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B85" t="s">
+        <v>375</v>
+      </c>
+      <c r="C85" t="s">
         <v>376</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85">
+        <v>572866</v>
+      </c>
+      <c r="E85" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F85" t="s">
         <v>25</v>
       </c>
       <c r="G85" t="s">
         <v>378</v>
       </c>
       <c r="H85">
-        <v>87</v>
+        <v>79.99</v>
       </c>
       <c r="I85" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="J85" t="s">
         <v>28</v>
       </c>
       <c r="K85" t="s">
         <v>28</v>
       </c>
       <c r="L85" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M85" t="s">
         <v>28</v>
       </c>
       <c r="N85" t="s">
         <v>30</v>
       </c>
       <c r="O85">
-        <v>276073094786</v>
+        <v>276859732281</v>
       </c>
       <c r="P85" t="s">
         <v>31</v>
       </c>
       <c r="Q85" t="s">
         <v>32</v>
       </c>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B86" t="s">
+        <v>379</v>
+      </c>
+      <c r="C86" t="s">
         <v>380</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86">
+        <v>572865</v>
+      </c>
+      <c r="E86" t="s">
+        <v>377</v>
+      </c>
+      <c r="F86" t="s">
+        <v>25</v>
+      </c>
+      <c r="G86" t="s">
         <v>381</v>
       </c>
-      <c r="D86">
-[...8 lines deleted...]
-      <c r="G86" t="s">
+      <c r="H86">
+        <v>80</v>
+      </c>
+      <c r="I86" t="s">
         <v>382</v>
       </c>
-      <c r="H86">
-[...4 lines deleted...]
-      </c>
       <c r="J86" t="s">
         <v>28</v>
       </c>
       <c r="K86" t="s">
         <v>28</v>
       </c>
       <c r="L86" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M86" t="s">
         <v>28</v>
       </c>
       <c r="N86" t="s">
         <v>30</v>
       </c>
       <c r="O86">
-        <v>276073041348</v>
+        <v>276860271852</v>
       </c>
       <c r="P86" t="s">
         <v>31</v>
       </c>
       <c r="Q86" t="s">
         <v>32</v>
       </c>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B87" t="s">
         <v>383</v>
       </c>
       <c r="C87" t="s">
         <v>384</v>
       </c>
       <c r="D87">
-        <v>572311</v>
+        <v>572743</v>
       </c>
       <c r="E87" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H87">
-        <v>79.99</v>
+        <v>204</v>
       </c>
       <c r="I87" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J87" t="s">
         <v>28</v>
       </c>
       <c r="K87" t="s">
         <v>28</v>
       </c>
       <c r="L87" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M87" t="s">
         <v>28</v>
       </c>
       <c r="N87" t="s">
         <v>30</v>
       </c>
       <c r="O87">
-        <v>276071804949</v>
+        <v>276860355620</v>
       </c>
       <c r="P87" t="s">
         <v>31</v>
       </c>
       <c r="Q87" t="s">
         <v>32</v>
       </c>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B88" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C88" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D88">
-        <v>572309</v>
+        <v>572575</v>
       </c>
       <c r="E88" t="s">
-        <v>370</v>
+        <v>390</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H88">
         <v>115.2</v>
       </c>
       <c r="I88" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="J88" t="s">
         <v>28</v>
       </c>
       <c r="K88" t="s">
         <v>28</v>
       </c>
       <c r="L88" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M88" t="s">
         <v>28</v>
       </c>
       <c r="N88" t="s">
         <v>30</v>
       </c>
       <c r="O88">
-        <v>276071837491</v>
+        <v>276393660041</v>
       </c>
       <c r="P88" t="s">
         <v>31</v>
       </c>
       <c r="Q88" t="s">
         <v>32</v>
       </c>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B89" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C89" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D89">
-        <v>572182</v>
+        <v>572539</v>
       </c>
       <c r="E89" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="H89">
-        <v>66.56</v>
+        <v>79.99</v>
       </c>
       <c r="I89" t="s">
-        <v>394</v>
+        <v>191</v>
       </c>
       <c r="J89" t="s">
         <v>28</v>
       </c>
       <c r="K89" t="s">
         <v>28</v>
       </c>
       <c r="L89" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M89" t="s">
         <v>28</v>
       </c>
       <c r="N89" t="s">
         <v>30</v>
       </c>
       <c r="O89">
-        <v>275928407290</v>
+        <v>276342084030</v>
       </c>
       <c r="P89" t="s">
         <v>31</v>
       </c>
       <c r="Q89" t="s">
         <v>32</v>
       </c>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B90" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C90" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D90">
-        <v>572033</v>
+        <v>572538</v>
       </c>
       <c r="E90" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="F90" t="s">
         <v>25</v>
       </c>
       <c r="G90" t="s">
         <v>398</v>
       </c>
       <c r="H90">
-        <v>95.2</v>
+        <v>79</v>
       </c>
       <c r="I90" t="s">
         <v>399</v>
       </c>
       <c r="J90" t="s">
         <v>28</v>
       </c>
       <c r="K90" t="s">
         <v>28</v>
       </c>
       <c r="L90" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M90" t="s">
         <v>28</v>
       </c>
       <c r="N90" t="s">
         <v>30</v>
       </c>
       <c r="O90">
-        <v>275746712902</v>
+        <v>276344749280</v>
       </c>
       <c r="P90" t="s">
         <v>31</v>
       </c>
       <c r="Q90" t="s">
         <v>32</v>
       </c>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B91" t="s">
         <v>400</v>
       </c>
       <c r="C91" t="s">
         <v>401</v>
       </c>
       <c r="D91">
-        <v>572032</v>
+        <v>572537</v>
       </c>
       <c r="E91" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
         <v>402</v>
       </c>
       <c r="H91">
-        <v>95.99</v>
+        <v>55.2</v>
       </c>
       <c r="I91" t="s">
-        <v>403</v>
+        <v>317</v>
       </c>
       <c r="J91" t="s">
         <v>28</v>
       </c>
       <c r="K91" t="s">
         <v>28</v>
       </c>
       <c r="L91" t="s">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="M91" t="s">
         <v>28</v>
       </c>
       <c r="N91" t="s">
         <v>30</v>
       </c>
       <c r="O91">
-        <v>275746571939</v>
+        <v>276342252887</v>
       </c>
       <c r="P91" t="s">
         <v>31</v>
       </c>
       <c r="Q91" t="s">
         <v>32</v>
       </c>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B92" t="s">
+        <v>403</v>
+      </c>
+      <c r="C92" t="s">
         <v>404</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92">
+        <v>572378</v>
+      </c>
+      <c r="E92" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
       <c r="G92" t="s">
         <v>406</v>
       </c>
       <c r="H92">
-        <v>95.99</v>
+        <v>79.99</v>
       </c>
       <c r="I92" t="s">
-        <v>407</v>
+        <v>146</v>
       </c>
       <c r="J92" t="s">
         <v>28</v>
       </c>
       <c r="K92" t="s">
         <v>28</v>
       </c>
       <c r="L92" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M92" t="s">
         <v>28</v>
       </c>
       <c r="N92" t="s">
         <v>30</v>
       </c>
       <c r="O92">
-        <v>275746485428</v>
+        <v>276158428940</v>
       </c>
       <c r="P92" t="s">
         <v>31</v>
       </c>
       <c r="Q92" t="s">
         <v>32</v>
       </c>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B93" t="s">
+        <v>407</v>
+      </c>
+      <c r="C93" t="s">
         <v>408</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93">
+        <v>572315</v>
+      </c>
+      <c r="E93" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
         <v>410</v>
       </c>
       <c r="H93">
-        <v>99</v>
+        <v>79.2</v>
       </c>
       <c r="I93" t="s">
-        <v>177</v>
+        <v>347</v>
       </c>
       <c r="J93" t="s">
         <v>28</v>
       </c>
       <c r="K93" t="s">
         <v>28</v>
       </c>
       <c r="L93" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M93" t="s">
         <v>28</v>
       </c>
       <c r="N93" t="s">
         <v>30</v>
       </c>
       <c r="O93">
-        <v>275746606890</v>
+        <v>276073126844</v>
       </c>
       <c r="P93" t="s">
         <v>31</v>
       </c>
       <c r="Q93" t="s">
         <v>32</v>
       </c>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B94" t="s">
         <v>411</v>
       </c>
       <c r="C94" t="s">
         <v>412</v>
       </c>
       <c r="D94">
-        <v>572029</v>
+        <v>572316</v>
       </c>
       <c r="E94" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94" t="s">
         <v>413</v>
       </c>
       <c r="H94">
-        <v>79.99</v>
+        <v>59.4</v>
       </c>
       <c r="I94" t="s">
-        <v>105</v>
+        <v>414</v>
       </c>
       <c r="J94" t="s">
         <v>28</v>
       </c>
       <c r="K94" t="s">
         <v>28</v>
       </c>
       <c r="L94" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M94" t="s">
         <v>28</v>
       </c>
       <c r="N94" t="s">
         <v>30</v>
       </c>
       <c r="O94">
-        <v>275746678237</v>
+        <v>276073067587</v>
       </c>
       <c r="P94" t="s">
         <v>31</v>
       </c>
       <c r="Q94" t="s">
         <v>32</v>
       </c>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95" t="s">
-        <v>414</v>
+        <v>152</v>
       </c>
       <c r="B95" t="s">
         <v>415</v>
       </c>
       <c r="C95" t="s">
         <v>416</v>
       </c>
       <c r="D95">
-        <v>571362</v>
+        <v>572314</v>
       </c>
       <c r="E95" t="s">
+        <v>409</v>
+      </c>
+      <c r="F95" t="s">
+        <v>25</v>
+      </c>
+      <c r="G95" t="s">
         <v>417</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="H95">
+        <v>87</v>
+      </c>
+      <c r="I95" t="s">
         <v>418</v>
       </c>
-      <c r="H95">
-[...4 lines deleted...]
-      </c>
       <c r="J95" t="s">
         <v>28</v>
       </c>
       <c r="K95" t="s">
         <v>28</v>
       </c>
       <c r="L95" t="s">
-        <v>420</v>
+        <v>157</v>
       </c>
       <c r="M95" t="s">
         <v>28</v>
       </c>
       <c r="N95" t="s">
         <v>30</v>
       </c>
       <c r="O95">
-        <v>275051816484</v>
+        <v>276073094786</v>
       </c>
       <c r="P95" t="s">
         <v>31</v>
       </c>
       <c r="Q95" t="s">
         <v>32</v>
       </c>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96" t="s">
-        <v>414</v>
+        <v>152</v>
       </c>
       <c r="B96" t="s">
+        <v>419</v>
+      </c>
+      <c r="C96" t="s">
+        <v>420</v>
+      </c>
+      <c r="D96">
+        <v>572312</v>
+      </c>
+      <c r="E96" t="s">
+        <v>409</v>
+      </c>
+      <c r="F96" t="s">
+        <v>25</v>
+      </c>
+      <c r="G96" t="s">
         <v>421</v>
       </c>
-      <c r="C96" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H96">
-        <v>76.8</v>
+        <v>55.2</v>
       </c>
       <c r="I96" t="s">
-        <v>206</v>
+        <v>317</v>
       </c>
       <c r="J96" t="s">
         <v>28</v>
       </c>
       <c r="K96" t="s">
         <v>28</v>
       </c>
       <c r="L96" t="s">
-        <v>420</v>
+        <v>157</v>
       </c>
       <c r="M96" t="s">
         <v>28</v>
       </c>
       <c r="N96" t="s">
         <v>30</v>
       </c>
       <c r="O96">
-        <v>274929506404</v>
+        <v>276073041348</v>
       </c>
       <c r="P96" t="s">
         <v>31</v>
       </c>
       <c r="Q96" t="s">
         <v>32</v>
       </c>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97" t="s">
-        <v>414</v>
+        <v>152</v>
       </c>
       <c r="B97" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C97" t="s">
+        <v>423</v>
+      </c>
+      <c r="D97">
+        <v>572311</v>
+      </c>
+      <c r="E97" t="s">
+        <v>409</v>
+      </c>
+      <c r="F97" t="s">
+        <v>25</v>
+      </c>
+      <c r="G97" t="s">
+        <v>424</v>
+      </c>
+      <c r="H97">
+        <v>79.99</v>
+      </c>
+      <c r="I97" t="s">
         <v>425</v>
       </c>
-      <c r="D97">
-[...16 lines deleted...]
-      </c>
       <c r="J97" t="s">
         <v>28</v>
       </c>
       <c r="K97" t="s">
         <v>28</v>
       </c>
       <c r="L97" t="s">
-        <v>420</v>
+        <v>157</v>
       </c>
       <c r="M97" t="s">
         <v>28</v>
       </c>
       <c r="N97" t="s">
         <v>30</v>
       </c>
       <c r="O97">
-        <v>274931235376</v>
+        <v>276071804949</v>
       </c>
       <c r="P97" t="s">
         <v>31</v>
       </c>
       <c r="Q97" t="s">
         <v>32</v>
       </c>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98" t="s">
-        <v>414</v>
+        <v>152</v>
       </c>
       <c r="B98" t="s">
+        <v>426</v>
+      </c>
+      <c r="C98" t="s">
+        <v>427</v>
+      </c>
+      <c r="D98">
+        <v>572309</v>
+      </c>
+      <c r="E98" t="s">
+        <v>409</v>
+      </c>
+      <c r="F98" t="s">
+        <v>25</v>
+      </c>
+      <c r="G98" t="s">
         <v>428</v>
       </c>
-      <c r="C98" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H98">
-        <v>79.99</v>
+        <v>115.2</v>
       </c>
       <c r="I98" t="s">
-        <v>431</v>
+        <v>182</v>
       </c>
       <c r="J98" t="s">
         <v>28</v>
       </c>
       <c r="K98" t="s">
         <v>28</v>
       </c>
       <c r="L98" t="s">
-        <v>420</v>
+        <v>157</v>
       </c>
       <c r="M98" t="s">
         <v>28</v>
       </c>
       <c r="N98" t="s">
         <v>30</v>
       </c>
       <c r="O98">
-        <v>274929596067</v>
+        <v>276071837491</v>
       </c>
       <c r="P98" t="s">
         <v>31</v>
       </c>
       <c r="Q98" t="s">
         <v>32</v>
       </c>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B99" t="s">
+        <v>429</v>
+      </c>
+      <c r="C99" t="s">
+        <v>430</v>
+      </c>
+      <c r="D99">
+        <v>572182</v>
+      </c>
+      <c r="E99" t="s">
+        <v>431</v>
+      </c>
+      <c r="F99" t="s">
+        <v>25</v>
+      </c>
+      <c r="G99" t="s">
         <v>432</v>
       </c>
-      <c r="C99" t="s">
+      <c r="H99">
+        <v>66.56</v>
+      </c>
+      <c r="I99" t="s">
         <v>433</v>
       </c>
-      <c r="D99">
-[...16 lines deleted...]
-      </c>
       <c r="J99" t="s">
         <v>28</v>
       </c>
       <c r="K99" t="s">
         <v>28</v>
       </c>
       <c r="L99" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M99" t="s">
         <v>28</v>
       </c>
       <c r="N99" t="s">
         <v>30</v>
       </c>
       <c r="O99">
-        <v>274787659095</v>
+        <v>275928407290</v>
       </c>
       <c r="P99" t="s">
         <v>31</v>
       </c>
       <c r="Q99" t="s">
         <v>32</v>
       </c>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B100" t="s">
+        <v>434</v>
+      </c>
+      <c r="C100" t="s">
+        <v>435</v>
+      </c>
+      <c r="D100">
+        <v>572033</v>
+      </c>
+      <c r="E100" t="s">
         <v>436</v>
       </c>
-      <c r="C100" t="s">
+      <c r="F100" t="s">
+        <v>25</v>
+      </c>
+      <c r="G100" t="s">
         <v>437</v>
       </c>
-      <c r="D100">
-[...2 lines deleted...]
-      <c r="E100" t="s">
+      <c r="H100">
+        <v>95.2</v>
+      </c>
+      <c r="I100" t="s">
         <v>438</v>
       </c>
-      <c r="F100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J100" t="s">
         <v>28</v>
       </c>
       <c r="K100" t="s">
         <v>28</v>
       </c>
       <c r="L100" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M100" t="s">
         <v>28</v>
       </c>
       <c r="N100" t="s">
         <v>30</v>
       </c>
       <c r="O100">
-        <v>274653073919</v>
+        <v>275746712902</v>
       </c>
       <c r="P100" t="s">
         <v>31</v>
       </c>
       <c r="Q100" t="s">
         <v>32</v>
       </c>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B101" t="s">
+        <v>439</v>
+      </c>
+      <c r="C101" t="s">
+        <v>440</v>
+      </c>
+      <c r="D101">
+        <v>572032</v>
+      </c>
+      <c r="E101" t="s">
+        <v>436</v>
+      </c>
+      <c r="F101" t="s">
+        <v>25</v>
+      </c>
+      <c r="G101" t="s">
         <v>441</v>
       </c>
-      <c r="C101" t="s">
+      <c r="H101">
+        <v>95.99</v>
+      </c>
+      <c r="I101" t="s">
         <v>442</v>
       </c>
-      <c r="D101">
-[...16 lines deleted...]
-      </c>
       <c r="J101" t="s">
         <v>28</v>
       </c>
       <c r="K101" t="s">
         <v>28</v>
       </c>
       <c r="L101" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M101" t="s">
         <v>28</v>
       </c>
       <c r="N101" t="s">
         <v>30</v>
       </c>
       <c r="O101">
-        <v>274653106215</v>
+        <v>275746571939</v>
       </c>
       <c r="P101" t="s">
         <v>31</v>
       </c>
       <c r="Q101" t="s">
         <v>32</v>
       </c>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B102" t="s">
+        <v>443</v>
+      </c>
+      <c r="C102" t="s">
+        <v>444</v>
+      </c>
+      <c r="D102">
+        <v>572031</v>
+      </c>
+      <c r="E102" t="s">
+        <v>436</v>
+      </c>
+      <c r="F102" t="s">
+        <v>25</v>
+      </c>
+      <c r="G102" t="s">
         <v>445</v>
       </c>
-      <c r="C102" t="s">
+      <c r="H102">
+        <v>95.99</v>
+      </c>
+      <c r="I102" t="s">
         <v>446</v>
       </c>
-      <c r="D102">
-[...16 lines deleted...]
-      </c>
       <c r="J102" t="s">
         <v>28</v>
       </c>
       <c r="K102" t="s">
         <v>28</v>
       </c>
       <c r="L102" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M102" t="s">
         <v>28</v>
       </c>
       <c r="N102" t="s">
         <v>30</v>
       </c>
       <c r="O102">
-        <v>273260168115</v>
+        <v>275746485428</v>
       </c>
       <c r="P102" t="s">
         <v>31</v>
       </c>
       <c r="Q102" t="s">
         <v>32</v>
       </c>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B103" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C103" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D103">
-        <v>569809</v>
+        <v>572030</v>
       </c>
       <c r="E103" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="F103" t="s">
         <v>25</v>
       </c>
       <c r="G103" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="H103">
-        <v>95.99</v>
+        <v>99</v>
       </c>
       <c r="I103" t="s">
-        <v>453</v>
+        <v>217</v>
       </c>
       <c r="J103" t="s">
         <v>28</v>
       </c>
       <c r="K103" t="s">
         <v>28</v>
       </c>
       <c r="L103" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M103" t="s">
         <v>28</v>
       </c>
       <c r="N103" t="s">
         <v>30</v>
       </c>
       <c r="O103">
-        <v>273260231235</v>
+        <v>275746606890</v>
       </c>
       <c r="P103" t="s">
         <v>31</v>
       </c>
       <c r="Q103" t="s">
         <v>32</v>
       </c>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B104" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C104" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D104">
-        <v>569653</v>
+        <v>572029</v>
       </c>
       <c r="E104" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="F104" t="s">
         <v>25</v>
       </c>
       <c r="G104" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="H104">
         <v>79.99</v>
       </c>
       <c r="I104" t="s">
-        <v>328</v>
+        <v>146</v>
       </c>
       <c r="J104" t="s">
         <v>28</v>
       </c>
       <c r="K104" t="s">
         <v>28</v>
       </c>
       <c r="L104" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M104" t="s">
         <v>28</v>
       </c>
       <c r="N104" t="s">
         <v>30</v>
       </c>
       <c r="O104">
-        <v>273129982270</v>
+        <v>275746678237</v>
       </c>
       <c r="P104" t="s">
         <v>31</v>
       </c>
       <c r="Q104" t="s">
         <v>32</v>
       </c>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105" t="s">
-        <v>112</v>
+        <v>453</v>
       </c>
       <c r="B105" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C105" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D105">
-        <v>569652</v>
+        <v>571362</v>
       </c>
       <c r="E105" t="s">
         <v>456</v>
       </c>
       <c r="F105" t="s">
         <v>25</v>
       </c>
       <c r="G105" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="H105">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="I105" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="J105" t="s">
         <v>28</v>
       </c>
       <c r="K105" t="s">
         <v>28</v>
       </c>
       <c r="L105" t="s">
-        <v>117</v>
+        <v>459</v>
       </c>
       <c r="M105" t="s">
         <v>28</v>
       </c>
       <c r="N105" t="s">
         <v>30</v>
       </c>
       <c r="O105">
-        <v>273128917095</v>
+        <v>275051816484</v>
       </c>
       <c r="P105" t="s">
         <v>31</v>
       </c>
       <c r="Q105" t="s">
         <v>32</v>
       </c>
       <c r="R105"/>
       <c r="S105"/>
       <c r="T105"/>
       <c r="U105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106" t="s">
-        <v>112</v>
+        <v>453</v>
       </c>
       <c r="B106" t="s">
+        <v>460</v>
+      </c>
+      <c r="C106" t="s">
+        <v>461</v>
+      </c>
+      <c r="D106">
+        <v>571254</v>
+      </c>
+      <c r="E106" t="s">
         <v>462</v>
       </c>
-      <c r="C106" t="s">
+      <c r="F106" t="s">
+        <v>25</v>
+      </c>
+      <c r="G106" t="s">
         <v>463</v>
       </c>
-      <c r="D106">
-[...10 lines deleted...]
-      </c>
       <c r="H106">
-        <v>60</v>
+        <v>76.8</v>
       </c>
       <c r="I106" t="s">
-        <v>465</v>
+        <v>246</v>
       </c>
       <c r="J106" t="s">
         <v>28</v>
       </c>
       <c r="K106" t="s">
         <v>28</v>
       </c>
       <c r="L106" t="s">
-        <v>178</v>
+        <v>459</v>
       </c>
       <c r="M106" t="s">
         <v>28</v>
       </c>
       <c r="N106" t="s">
         <v>30</v>
       </c>
       <c r="O106">
-        <v>273129739220</v>
+        <v>274929506404</v>
       </c>
       <c r="P106" t="s">
         <v>31</v>
       </c>
       <c r="Q106" t="s">
         <v>32</v>
       </c>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107" t="s">
-        <v>112</v>
+        <v>453</v>
       </c>
       <c r="B107" t="s">
+        <v>460</v>
+      </c>
+      <c r="C107" t="s">
+        <v>464</v>
+      </c>
+      <c r="D107">
+        <v>571255</v>
+      </c>
+      <c r="E107" t="s">
+        <v>462</v>
+      </c>
+      <c r="F107" t="s">
+        <v>25</v>
+      </c>
+      <c r="G107" t="s">
+        <v>465</v>
+      </c>
+      <c r="H107">
+        <v>63</v>
+      </c>
+      <c r="I107" t="s">
         <v>466</v>
       </c>
-      <c r="C107" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J107" t="s">
         <v>28</v>
       </c>
       <c r="K107" t="s">
         <v>28</v>
       </c>
       <c r="L107" t="s">
-        <v>117</v>
+        <v>459</v>
       </c>
       <c r="M107" t="s">
         <v>28</v>
       </c>
       <c r="N107" t="s">
         <v>30</v>
       </c>
       <c r="O107">
-        <v>273130286902</v>
+        <v>274931235376</v>
       </c>
       <c r="P107" t="s">
         <v>31</v>
       </c>
       <c r="Q107" t="s">
         <v>32</v>
       </c>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108" t="s">
-        <v>112</v>
+        <v>453</v>
       </c>
       <c r="B108" t="s">
+        <v>467</v>
+      </c>
+      <c r="C108" t="s">
+        <v>468</v>
+      </c>
+      <c r="D108">
+        <v>571252</v>
+      </c>
+      <c r="E108" t="s">
+        <v>462</v>
+      </c>
+      <c r="F108" t="s">
+        <v>25</v>
+      </c>
+      <c r="G108" t="s">
+        <v>469</v>
+      </c>
+      <c r="H108">
+        <v>79.99</v>
+      </c>
+      <c r="I108" t="s">
         <v>470</v>
       </c>
-      <c r="C108" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J108" t="s">
         <v>28</v>
       </c>
       <c r="K108" t="s">
         <v>28</v>
       </c>
       <c r="L108" t="s">
-        <v>117</v>
+        <v>459</v>
       </c>
       <c r="M108" t="s">
         <v>28</v>
       </c>
       <c r="N108" t="s">
         <v>30</v>
       </c>
       <c r="O108">
-        <v>273129898920</v>
+        <v>274929596067</v>
       </c>
       <c r="P108" t="s">
         <v>31</v>
       </c>
       <c r="Q108" t="s">
         <v>32</v>
       </c>
       <c r="R108"/>
       <c r="S108"/>
       <c r="T108"/>
       <c r="U108" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B109" t="s">
+        <v>471</v>
+      </c>
+      <c r="C109" t="s">
+        <v>472</v>
+      </c>
+      <c r="D109">
+        <v>571150</v>
+      </c>
+      <c r="E109" t="s">
         <v>473</v>
       </c>
-      <c r="C109" t="s">
+      <c r="F109" t="s">
+        <v>25</v>
+      </c>
+      <c r="G109" t="s">
         <v>474</v>
       </c>
-      <c r="D109">
-[...10 lines deleted...]
-      </c>
       <c r="H109">
-        <v>479.2</v>
+        <v>102.4</v>
       </c>
       <c r="I109" t="s">
-        <v>476</v>
+        <v>195</v>
       </c>
       <c r="J109" t="s">
         <v>28</v>
       </c>
       <c r="K109" t="s">
         <v>28</v>
       </c>
       <c r="L109" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="M109" t="s">
         <v>28</v>
       </c>
       <c r="N109" t="s">
         <v>30</v>
       </c>
       <c r="O109">
-        <v>273070227054</v>
+        <v>274787659095</v>
       </c>
       <c r="P109" t="s">
         <v>31</v>
       </c>
       <c r="Q109" t="s">
         <v>32</v>
       </c>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B110" t="s">
+        <v>475</v>
+      </c>
+      <c r="C110" t="s">
+        <v>476</v>
+      </c>
+      <c r="D110">
+        <v>571051</v>
+      </c>
+      <c r="E110" t="s">
         <v>477</v>
       </c>
-      <c r="C110" t="s">
+      <c r="F110" t="s">
+        <v>25</v>
+      </c>
+      <c r="G110" t="s">
         <v>478</v>
       </c>
-      <c r="D110">
-[...8 lines deleted...]
-      <c r="G110" t="s">
+      <c r="H110">
+        <v>79.99</v>
+      </c>
+      <c r="I110" t="s">
         <v>479</v>
       </c>
-      <c r="H110">
-[...4 lines deleted...]
-      </c>
       <c r="J110" t="s">
         <v>28</v>
       </c>
       <c r="K110" t="s">
         <v>28</v>
       </c>
       <c r="L110" t="s">
-        <v>117</v>
+        <v>218</v>
       </c>
       <c r="M110" t="s">
         <v>28</v>
       </c>
       <c r="N110" t="s">
         <v>30</v>
       </c>
       <c r="O110">
-        <v>273066343407</v>
+        <v>274653073919</v>
       </c>
       <c r="P110" t="s">
         <v>31</v>
       </c>
       <c r="Q110" t="s">
         <v>32</v>
       </c>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111" t="s">
-        <v>78</v>
+        <v>152</v>
       </c>
       <c r="B111" t="s">
+        <v>480</v>
+      </c>
+      <c r="C111" t="s">
         <v>481</v>
       </c>
-      <c r="C111">
-[...1 lines deleted...]
-      </c>
       <c r="D111">
-        <v>542233</v>
+        <v>571050</v>
       </c>
       <c r="E111" t="s">
+        <v>477</v>
+      </c>
+      <c r="F111" t="s">
+        <v>25</v>
+      </c>
+      <c r="G111" t="s">
         <v>482</v>
       </c>
-      <c r="F111" t="s">
-[...2 lines deleted...]
-      <c r="G111" t="s">
+      <c r="H111">
+        <v>55.99</v>
+      </c>
+      <c r="I111" t="s">
         <v>483</v>
       </c>
-      <c r="H111">
-[...4 lines deleted...]
-      </c>
       <c r="J111" t="s">
         <v>28</v>
       </c>
       <c r="K111" t="s">
         <v>28</v>
       </c>
       <c r="L111" t="s">
-        <v>77</v>
+        <v>157</v>
       </c>
       <c r="M111" t="s">
         <v>28</v>
       </c>
       <c r="N111" t="s">
         <v>30</v>
       </c>
       <c r="O111">
-        <v>390933960172</v>
+        <v>274653106215</v>
       </c>
       <c r="P111" t="s">
         <v>31</v>
       </c>
       <c r="Q111" t="s">
         <v>32</v>
       </c>
       <c r="R111"/>
       <c r="S111"/>
       <c r="T111"/>
       <c r="U111" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="112" spans="1:21">
+      <c r="A112" t="s">
+        <v>152</v>
+      </c>
+      <c r="B112" t="s">
+        <v>484</v>
+      </c>
+      <c r="C112" t="s">
+        <v>485</v>
+      </c>
+      <c r="D112">
+        <v>569810</v>
+      </c>
+      <c r="E112" t="s">
+        <v>486</v>
+      </c>
+      <c r="F112" t="s">
+        <v>25</v>
+      </c>
+      <c r="G112" t="s">
+        <v>487</v>
+      </c>
+      <c r="H112">
+        <v>79.2</v>
+      </c>
+      <c r="I112" t="s">
+        <v>488</v>
+      </c>
+      <c r="J112" t="s">
+        <v>28</v>
+      </c>
+      <c r="K112" t="s">
+        <v>28</v>
+      </c>
+      <c r="L112" t="s">
+        <v>218</v>
+      </c>
+      <c r="M112" t="s">
+        <v>28</v>
+      </c>
+      <c r="N112" t="s">
+        <v>30</v>
+      </c>
+      <c r="O112">
+        <v>273260168115</v>
+      </c>
+      <c r="P112" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>32</v>
+      </c>
+      <c r="R112"/>
+      <c r="S112"/>
+      <c r="T112"/>
+      <c r="U112" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21">
+      <c r="A113" t="s">
+        <v>152</v>
+      </c>
+      <c r="B113" t="s">
+        <v>489</v>
+      </c>
+      <c r="C113" t="s">
+        <v>490</v>
+      </c>
+      <c r="D113">
+        <v>569809</v>
+      </c>
+      <c r="E113" t="s">
+        <v>486</v>
+      </c>
+      <c r="F113" t="s">
+        <v>25</v>
+      </c>
+      <c r="G113" t="s">
+        <v>491</v>
+      </c>
+      <c r="H113">
+        <v>95.99</v>
+      </c>
+      <c r="I113" t="s">
+        <v>492</v>
+      </c>
+      <c r="J113" t="s">
+        <v>28</v>
+      </c>
+      <c r="K113" t="s">
+        <v>28</v>
+      </c>
+      <c r="L113" t="s">
+        <v>218</v>
+      </c>
+      <c r="M113" t="s">
+        <v>28</v>
+      </c>
+      <c r="N113" t="s">
+        <v>30</v>
+      </c>
+      <c r="O113">
+        <v>273260231235</v>
+      </c>
+      <c r="P113" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>32</v>
+      </c>
+      <c r="R113"/>
+      <c r="S113"/>
+      <c r="T113"/>
+      <c r="U113" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="114" spans="1:21">
+      <c r="A114" t="s">
+        <v>152</v>
+      </c>
+      <c r="B114" t="s">
+        <v>493</v>
+      </c>
+      <c r="C114" t="s">
+        <v>494</v>
+      </c>
+      <c r="D114">
+        <v>569653</v>
+      </c>
+      <c r="E114" t="s">
+        <v>495</v>
+      </c>
+      <c r="F114" t="s">
+        <v>25</v>
+      </c>
+      <c r="G114" t="s">
+        <v>496</v>
+      </c>
+      <c r="H114">
+        <v>79.99</v>
+      </c>
+      <c r="I114" t="s">
+        <v>367</v>
+      </c>
+      <c r="J114" t="s">
+        <v>28</v>
+      </c>
+      <c r="K114" t="s">
+        <v>28</v>
+      </c>
+      <c r="L114" t="s">
+        <v>157</v>
+      </c>
+      <c r="M114" t="s">
+        <v>28</v>
+      </c>
+      <c r="N114" t="s">
+        <v>30</v>
+      </c>
+      <c r="O114">
+        <v>273129982270</v>
+      </c>
+      <c r="P114" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>32</v>
+      </c>
+      <c r="R114"/>
+      <c r="S114"/>
+      <c r="T114"/>
+      <c r="U114" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21">
+      <c r="A115" t="s">
+        <v>152</v>
+      </c>
+      <c r="B115" t="s">
+        <v>497</v>
+      </c>
+      <c r="C115" t="s">
+        <v>498</v>
+      </c>
+      <c r="D115">
+        <v>569652</v>
+      </c>
+      <c r="E115" t="s">
+        <v>495</v>
+      </c>
+      <c r="F115" t="s">
+        <v>25</v>
+      </c>
+      <c r="G115" t="s">
+        <v>499</v>
+      </c>
+      <c r="H115">
+        <v>100</v>
+      </c>
+      <c r="I115" t="s">
+        <v>500</v>
+      </c>
+      <c r="J115" t="s">
+        <v>28</v>
+      </c>
+      <c r="K115" t="s">
+        <v>28</v>
+      </c>
+      <c r="L115" t="s">
+        <v>157</v>
+      </c>
+      <c r="M115" t="s">
+        <v>28</v>
+      </c>
+      <c r="N115" t="s">
+        <v>30</v>
+      </c>
+      <c r="O115">
+        <v>273128917095</v>
+      </c>
+      <c r="P115" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>32</v>
+      </c>
+      <c r="R115"/>
+      <c r="S115"/>
+      <c r="T115"/>
+      <c r="U115" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21">
+      <c r="A116" t="s">
+        <v>152</v>
+      </c>
+      <c r="B116" t="s">
+        <v>501</v>
+      </c>
+      <c r="C116" t="s">
+        <v>502</v>
+      </c>
+      <c r="D116">
+        <v>569651</v>
+      </c>
+      <c r="E116" t="s">
+        <v>495</v>
+      </c>
+      <c r="F116" t="s">
+        <v>25</v>
+      </c>
+      <c r="G116" t="s">
+        <v>503</v>
+      </c>
+      <c r="H116">
+        <v>60</v>
+      </c>
+      <c r="I116" t="s">
+        <v>504</v>
+      </c>
+      <c r="J116" t="s">
+        <v>28</v>
+      </c>
+      <c r="K116" t="s">
+        <v>28</v>
+      </c>
+      <c r="L116" t="s">
+        <v>218</v>
+      </c>
+      <c r="M116" t="s">
+        <v>28</v>
+      </c>
+      <c r="N116" t="s">
+        <v>30</v>
+      </c>
+      <c r="O116">
+        <v>273129739220</v>
+      </c>
+      <c r="P116" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>32</v>
+      </c>
+      <c r="R116"/>
+      <c r="S116"/>
+      <c r="T116"/>
+      <c r="U116" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21">
+      <c r="A117" t="s">
+        <v>152</v>
+      </c>
+      <c r="B117" t="s">
+        <v>505</v>
+      </c>
+      <c r="C117" t="s">
+        <v>506</v>
+      </c>
+      <c r="D117">
+        <v>569649</v>
+      </c>
+      <c r="E117" t="s">
+        <v>495</v>
+      </c>
+      <c r="F117" t="s">
+        <v>25</v>
+      </c>
+      <c r="G117" t="s">
+        <v>507</v>
+      </c>
+      <c r="H117">
+        <v>66.4</v>
+      </c>
+      <c r="I117" t="s">
+        <v>508</v>
+      </c>
+      <c r="J117" t="s">
+        <v>28</v>
+      </c>
+      <c r="K117" t="s">
+        <v>28</v>
+      </c>
+      <c r="L117" t="s">
+        <v>157</v>
+      </c>
+      <c r="M117" t="s">
+        <v>28</v>
+      </c>
+      <c r="N117" t="s">
+        <v>30</v>
+      </c>
+      <c r="O117">
+        <v>273130286902</v>
+      </c>
+      <c r="P117" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>32</v>
+      </c>
+      <c r="R117"/>
+      <c r="S117"/>
+      <c r="T117"/>
+      <c r="U117" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="118" spans="1:21">
+      <c r="A118" t="s">
+        <v>152</v>
+      </c>
+      <c r="B118" t="s">
+        <v>509</v>
+      </c>
+      <c r="C118" t="s">
+        <v>510</v>
+      </c>
+      <c r="D118">
+        <v>569648</v>
+      </c>
+      <c r="E118" t="s">
+        <v>495</v>
+      </c>
+      <c r="F118" t="s">
+        <v>25</v>
+      </c>
+      <c r="G118" t="s">
+        <v>511</v>
+      </c>
+      <c r="H118">
+        <v>47.99</v>
+      </c>
+      <c r="I118" t="s">
+        <v>309</v>
+      </c>
+      <c r="J118" t="s">
+        <v>28</v>
+      </c>
+      <c r="K118" t="s">
+        <v>28</v>
+      </c>
+      <c r="L118" t="s">
+        <v>157</v>
+      </c>
+      <c r="M118" t="s">
+        <v>28</v>
+      </c>
+      <c r="N118" t="s">
+        <v>30</v>
+      </c>
+      <c r="O118">
+        <v>273129898920</v>
+      </c>
+      <c r="P118" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>32</v>
+      </c>
+      <c r="R118"/>
+      <c r="S118"/>
+      <c r="T118"/>
+      <c r="U118" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21">
+      <c r="A119" t="s">
+        <v>152</v>
+      </c>
+      <c r="B119" t="s">
+        <v>512</v>
+      </c>
+      <c r="C119" t="s">
+        <v>513</v>
+      </c>
+      <c r="D119">
+        <v>569629</v>
+      </c>
+      <c r="E119" t="s">
+        <v>495</v>
+      </c>
+      <c r="F119" t="s">
+        <v>25</v>
+      </c>
+      <c r="G119" t="s">
+        <v>514</v>
+      </c>
+      <c r="H119">
+        <v>479.2</v>
+      </c>
+      <c r="I119" t="s">
+        <v>515</v>
+      </c>
+      <c r="J119" t="s">
+        <v>28</v>
+      </c>
+      <c r="K119" t="s">
+        <v>28</v>
+      </c>
+      <c r="L119" t="s">
+        <v>218</v>
+      </c>
+      <c r="M119" t="s">
+        <v>28</v>
+      </c>
+      <c r="N119" t="s">
+        <v>30</v>
+      </c>
+      <c r="O119">
+        <v>273070227054</v>
+      </c>
+      <c r="P119" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>32</v>
+      </c>
+      <c r="R119"/>
+      <c r="S119"/>
+      <c r="T119"/>
+      <c r="U119" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="120" spans="1:21">
+      <c r="A120" t="s">
+        <v>152</v>
+      </c>
+      <c r="B120" t="s">
+        <v>516</v>
+      </c>
+      <c r="C120" t="s">
+        <v>517</v>
+      </c>
+      <c r="D120">
+        <v>569624</v>
+      </c>
+      <c r="E120" t="s">
+        <v>495</v>
+      </c>
+      <c r="F120" t="s">
+        <v>25</v>
+      </c>
+      <c r="G120" t="s">
+        <v>518</v>
+      </c>
+      <c r="H120">
+        <v>212</v>
+      </c>
+      <c r="I120" t="s">
+        <v>519</v>
+      </c>
+      <c r="J120" t="s">
+        <v>28</v>
+      </c>
+      <c r="K120" t="s">
+        <v>28</v>
+      </c>
+      <c r="L120" t="s">
+        <v>157</v>
+      </c>
+      <c r="M120" t="s">
+        <v>28</v>
+      </c>
+      <c r="N120" t="s">
+        <v>30</v>
+      </c>
+      <c r="O120">
+        <v>273066343407</v>
+      </c>
+      <c r="P120" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>32</v>
+      </c>
+      <c r="R120"/>
+      <c r="S120"/>
+      <c r="T120"/>
+      <c r="U120" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21">
+      <c r="A121" t="s">
+        <v>121</v>
+      </c>
+      <c r="B121" t="s">
+        <v>520</v>
+      </c>
+      <c r="C121">
+        <v>241827352</v>
+      </c>
+      <c r="D121">
+        <v>542233</v>
+      </c>
+      <c r="E121" t="s">
+        <v>521</v>
+      </c>
+      <c r="F121" t="s">
+        <v>25</v>
+      </c>
+      <c r="G121" t="s">
+        <v>522</v>
+      </c>
+      <c r="H121">
+        <v>243.4</v>
+      </c>
+      <c r="I121" t="s">
+        <v>523</v>
+      </c>
+      <c r="J121" t="s">
+        <v>28</v>
+      </c>
+      <c r="K121" t="s">
+        <v>28</v>
+      </c>
+      <c r="L121" t="s">
+        <v>120</v>
+      </c>
+      <c r="M121" t="s">
+        <v>28</v>
+      </c>
+      <c r="N121" t="s">
+        <v>30</v>
+      </c>
+      <c r="O121">
+        <v>390933960172</v>
+      </c>
+      <c r="P121" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>32</v>
+      </c>
+      <c r="R121"/>
+      <c r="S121"/>
+      <c r="T121"/>
+      <c r="U121" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>