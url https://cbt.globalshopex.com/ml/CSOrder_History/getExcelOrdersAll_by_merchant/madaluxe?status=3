--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>PO Date</t>
   </si>
   <si>
     <t>Merchant Name</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Amount USD</t>
   </si>
   <si>
@@ -77,237 +77,171 @@
   <si>
     <t>Carrier</t>
   </si>
   <si>
     <t>Tracking</t>
   </si>
   <si>
     <t>Last Date</t>
   </si>
   <si>
     <t>Type of purchase</t>
   </si>
   <si>
     <t>Status OMS</t>
   </si>
   <si>
     <t>Reason Cancellation</t>
   </si>
   <si>
     <t>Commentary Cancellation</t>
   </si>
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
+    <t>RIPLEYCL</t>
+  </si>
+  <si>
+    <t>2026-01-22 05:29:05</t>
+  </si>
+  <si>
+    <t>24361205301-A</t>
+  </si>
+  <si>
+    <t>2026-01-22 00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/11466294</t>
+  </si>
+  <si>
+    <t>/PJ0016O-30002079-007-60073</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>SHIPPING</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-22 01:37:43</t>
+  </si>
+  <si>
+    <t>24360864401-A</t>
+  </si>
+  <si>
+    <t>/11466263</t>
+  </si>
+  <si>
+    <t>/PJ0030O-30006264-003-40048</t>
+  </si>
+  <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-10-10 15:45:30</t>
-[...104 lines deleted...]
-    <t>/11416705</t>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>canceled</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2025-10-25 05:45:05</t>
+  </si>
+  <si>
+    <t>A474196448327</t>
+  </si>
+  <si>
+    <t>/PSRBA0323-BLACK-OS</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
     <t>2025-09-20 01:15:06</t>
   </si>
   <si>
     <t>AA5FFE70EAA4E</t>
   </si>
   <si>
-    <t>2025-09-20 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/GG0636SK-30008627-003-20009-NS</t>
   </si>
   <si>
-    <t>new</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-18 09:00:11</t>
   </si>
   <si>
     <t>AFB3F81C1E715</t>
   </si>
   <si>
-    <t>2025-09-18 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>/MB0132O-30009113-001-00018-NS</t>
   </si>
   <si>
     <t>2025-09-15 12:05:11</t>
   </si>
   <si>
     <t>A7628E5D421AD</t>
   </si>
   <si>
-    <t>2025-09-15 00:00:00</t>
-[...19 lines deleted...]
-  <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
   <si>
     <t>/VSP217121</t>
-  </si>
-[...1 lines deleted...]
-    <t>canceled</t>
   </si>
   <si>
     <t>2025-06-07 10:16:25</t>
   </si>
   <si>
     <t>2025-06-09 00:00:00</t>
   </si>
   <si>
     <t>/11334941</t>
   </si>
   <si>
     <t>/VSPCD2L21</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>2025-05-09 12:34:13</t>
   </si>
   <si>
     <t>2025-05-09 00:00:00</t>
   </si>
   <si>
     <t>/11321393</t>
   </si>
@@ -769,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U26"/>
+  <dimension ref="A1:U23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -849,1466 +783,1287 @@
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
-      <c r="C2">
-        <v>3014462733</v>
+      <c r="C2" t="s">
+        <v>23</v>
       </c>
       <c r="D2">
-        <v>594783</v>
+        <v>599927</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H2">
-        <v>71.99</v>
+        <v>10.99</v>
       </c>
       <c r="I2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>34</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3">
-        <v>594704</v>
+        <v>599923</v>
       </c>
       <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H3">
         <v>10.99</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4">
+        <v>3212668104</v>
+      </c>
+      <c r="D4">
+        <v>596284</v>
+      </c>
+      <c r="E4" t="s">
         <v>40</v>
       </c>
-      <c r="C4">
-[...7 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
-        <v>88.99</v>
+        <v>87</v>
       </c>
       <c r="I4" t="s">
         <v>42</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D5">
-        <v>594673</v>
+        <v>595330</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G5"/>
       <c r="H5">
-        <v>10.99</v>
+        <v>0</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
       <c r="J5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6">
+        <v>594234</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
         <v>54</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>594185</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" t="s">
         <v>55</v>
       </c>
-      <c r="D7">
-[...16 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="M7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D8">
-        <v>594234</v>
+        <v>594103</v>
       </c>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G8"/>
       <c r="H8">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="I8" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="J8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="M8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>58</v>
       </c>
-      <c r="B9" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="C9">
+        <v>2919988871</v>
       </c>
       <c r="D9">
-        <v>594185</v>
+        <v>592958</v>
       </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="H9">
-        <v>127.99</v>
+        <v>79</v>
       </c>
       <c r="I9" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="J9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="M9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>62</v>
+      </c>
+      <c r="C10">
+        <v>2844850469</v>
       </c>
       <c r="D10">
-        <v>594103</v>
+        <v>590958</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G10" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="H10">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="I10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="M10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>67</v>
+      </c>
+      <c r="C11">
+        <v>4740068255</v>
       </c>
       <c r="D11">
-        <v>593731</v>
+        <v>589926</v>
       </c>
       <c r="E11" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G11" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="H11">
-        <v>10.99</v>
+        <v>121.99</v>
       </c>
       <c r="I11" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L11" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="M11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C12">
-        <v>2919988871</v>
+        <v>4100067496</v>
       </c>
       <c r="D12">
-        <v>592958</v>
+        <v>589779</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="H12">
-        <v>79</v>
+        <v>121.99</v>
       </c>
       <c r="I12" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="M12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="C13">
-        <v>2844850469</v>
+        <v>7760065961</v>
       </c>
       <c r="D13">
-        <v>590958</v>
+        <v>589568</v>
       </c>
       <c r="E13" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="H13">
-        <v>95.99</v>
+        <v>87.99</v>
       </c>
       <c r="I13" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="M13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="C14">
-        <v>4740068255</v>
+        <v>4440065757</v>
       </c>
       <c r="D14">
-        <v>589926</v>
+        <v>589566</v>
       </c>
       <c r="E14" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="H14">
-        <v>121.99</v>
+        <v>87.99</v>
       </c>
       <c r="I14" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="C15">
-        <v>4100067496</v>
+        <v>1230063823</v>
       </c>
       <c r="D15">
-        <v>589779</v>
+        <v>588318</v>
       </c>
       <c r="E15" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="H15">
-        <v>121.99</v>
+        <v>79.99</v>
       </c>
       <c r="I15" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="J15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16">
+        <v>5920062222</v>
+      </c>
+      <c r="D16">
+        <v>587764</v>
+      </c>
+      <c r="E16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
+        <v>87</v>
+      </c>
+      <c r="H16">
+        <v>199.2</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K16" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N16" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="C17">
-        <v>4440065757</v>
+        <v>7230061898</v>
       </c>
       <c r="D17">
-        <v>589566</v>
+        <v>587679</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="F17" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G17" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="H17">
-        <v>87.99</v>
+        <v>118.99</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="J17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L17" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>1230063823</v>
+        <v>92</v>
+      </c>
+      <c r="C18" t="s">
+        <v>93</v>
       </c>
       <c r="D18">
-        <v>588318</v>
+        <v>587578</v>
       </c>
       <c r="E18" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G18" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="H18">
-        <v>79.99</v>
+        <v>119</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="J18" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K18" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M18" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N18" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="C19">
-        <v>5920062222</v>
+        <v>2100061552</v>
       </c>
       <c r="D19">
-        <v>587764</v>
+        <v>587377</v>
       </c>
       <c r="E19" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="F19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="H19">
-        <v>199.2</v>
+        <v>115.19</v>
       </c>
       <c r="I19" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="J19" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K19" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M19" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N19" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="C20">
-        <v>7230061898</v>
+        <v>2040061753</v>
       </c>
       <c r="D20">
-        <v>587679</v>
+        <v>587376</v>
       </c>
       <c r="E20" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="F20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G20" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="H20">
-        <v>118.99</v>
+        <v>55.2</v>
       </c>
       <c r="I20" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="J20" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K20" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L20" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M20" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N20" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>104</v>
+      </c>
+      <c r="C21">
+        <v>8460063198</v>
       </c>
       <c r="D21">
-        <v>587578</v>
+        <v>587402</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="F21" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="H21">
-        <v>119</v>
+        <v>94.99</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="J21" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K21" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="C22">
-        <v>2100061552</v>
+        <v>3790065034</v>
       </c>
       <c r="D22">
-        <v>587377</v>
+        <v>587039</v>
       </c>
       <c r="E22" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G22" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="H22">
-        <v>115.19</v>
+        <v>89</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="J22" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K22" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L22" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M22" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N22" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O22"/>
       <c r="P22" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="C23">
-        <v>2040061753</v>
+        <v>4170062785</v>
       </c>
       <c r="D23">
-        <v>587376</v>
+        <v>586858</v>
       </c>
       <c r="E23" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G23" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="H23">
-        <v>55.2</v>
+        <v>87.99</v>
       </c>
       <c r="I23" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="J23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L23" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="M23" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N23" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O23"/>
       <c r="P23" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23" t="s">
-        <v>31</v>
-[...170 lines deleted...]
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">