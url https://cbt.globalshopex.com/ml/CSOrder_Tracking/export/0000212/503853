--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -585,80 +585,80 @@
       </c>
       <c r="C2">
         <v>503853</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69855030</v>
+        <v>70325016</v>
       </c>
       <c r="B3">
         <v>990090606543</v>
       </c>
       <c r="C3">
         <v>503853</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69855029</v>
+        <v>70325015</v>
       </c>
       <c r="B4">
         <v>990090606543</v>
       </c>
       <c r="C4">
         <v>503853</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
@@ -672,51 +672,51 @@
       </c>
       <c r="C5">
         <v>503853</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>19</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69855028</v>
+        <v>70325014</v>
       </c>
       <c r="B6">
         <v>990090606543</v>
       </c>
       <c r="C6">
         <v>503853</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
@@ -759,51 +759,51 @@
       </c>
       <c r="C8">
         <v>503853</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69855027</v>
+        <v>70325013</v>
       </c>
       <c r="B9">
         <v>990090606543</v>
       </c>
       <c r="C9">
         <v>503853</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
@@ -817,78 +817,78 @@
       </c>
       <c r="C10">
         <v>503853</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69855032</v>
+        <v>70325018</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11">
         <v>503853</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69855031</v>
+        <v>70325017</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12">
         <v>503853</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -929,132 +929,132 @@
       </c>
       <c r="C14">
         <v>503853</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14" t="s">
         <v>42</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69855034</v>
+        <v>70325020</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>503853</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69855035</v>
+        <v>70325021</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16">
         <v>503853</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69855033</v>
+        <v>70325019</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17">
         <v>503853</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69855036</v>
+        <v>70325022</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>503853</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:9">