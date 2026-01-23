--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -585,80 +585,80 @@
       </c>
       <c r="C2">
         <v>503853</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70325016</v>
+        <v>70777963</v>
       </c>
       <c r="B3">
         <v>990090606543</v>
       </c>
       <c r="C3">
         <v>503853</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70325015</v>
+        <v>70777962</v>
       </c>
       <c r="B4">
         <v>990090606543</v>
       </c>
       <c r="C4">
         <v>503853</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
@@ -672,51 +672,51 @@
       </c>
       <c r="C5">
         <v>503853</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>19</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70325014</v>
+        <v>70777961</v>
       </c>
       <c r="B6">
         <v>990090606543</v>
       </c>
       <c r="C6">
         <v>503853</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
@@ -759,51 +759,51 @@
       </c>
       <c r="C8">
         <v>503853</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70325013</v>
+        <v>70777960</v>
       </c>
       <c r="B9">
         <v>990090606543</v>
       </c>
       <c r="C9">
         <v>503853</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
@@ -817,78 +817,78 @@
       </c>
       <c r="C10">
         <v>503853</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70325018</v>
+        <v>70777965</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11">
         <v>503853</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70325017</v>
+        <v>70777964</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12">
         <v>503853</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -929,132 +929,132 @@
       </c>
       <c r="C14">
         <v>503853</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14" t="s">
         <v>42</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70325020</v>
+        <v>70777967</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>503853</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70325021</v>
+        <v>70777968</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16">
         <v>503853</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70325019</v>
+        <v>70777966</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17">
         <v>503853</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70325022</v>
+        <v>70777969</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>503853</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:9">