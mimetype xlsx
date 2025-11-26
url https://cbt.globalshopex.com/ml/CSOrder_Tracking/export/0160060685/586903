--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -592,712 +592,712 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69857241</v>
+        <v>70263167</v>
       </c>
       <c r="B2">
         <v>5109131742</v>
       </c>
       <c r="C2">
         <v>586903</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69857240</v>
+        <v>70263166</v>
       </c>
       <c r="B3">
         <v>5109131742</v>
       </c>
       <c r="C3">
         <v>586903</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69857239</v>
+        <v>70263165</v>
       </c>
       <c r="B4">
         <v>5109131742</v>
       </c>
       <c r="C4">
         <v>586903</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69857238</v>
+        <v>70263164</v>
       </c>
       <c r="B5">
         <v>5109131742</v>
       </c>
       <c r="C5">
         <v>586903</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69857237</v>
+        <v>70263163</v>
       </c>
       <c r="B6">
         <v>5109131742</v>
       </c>
       <c r="C6">
         <v>586903</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69857236</v>
+        <v>70263162</v>
       </c>
       <c r="B7">
         <v>5109131742</v>
       </c>
       <c r="C7">
         <v>586903</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69857235</v>
+        <v>70263161</v>
       </c>
       <c r="B8">
         <v>5109131742</v>
       </c>
       <c r="C8">
         <v>586903</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69857234</v>
+        <v>70263160</v>
       </c>
       <c r="B9">
         <v>5109131742</v>
       </c>
       <c r="C9">
         <v>586903</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69857233</v>
+        <v>70263159</v>
       </c>
       <c r="B10">
         <v>5109131742</v>
       </c>
       <c r="C10">
         <v>586903</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69857232</v>
+        <v>70263158</v>
       </c>
       <c r="B11">
         <v>5109131742</v>
       </c>
       <c r="C11">
         <v>586903</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69857231</v>
+        <v>70263157</v>
       </c>
       <c r="B12">
         <v>5109131742</v>
       </c>
       <c r="C12">
         <v>586903</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>13</v>
       </c>
       <c r="I12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69857230</v>
+        <v>70263156</v>
       </c>
       <c r="B13">
         <v>5109131742</v>
       </c>
       <c r="C13">
         <v>586903</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>13</v>
       </c>
       <c r="I13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69857229</v>
+        <v>70263155</v>
       </c>
       <c r="B14">
         <v>5109131742</v>
       </c>
       <c r="C14">
         <v>586903</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>29</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69857228</v>
+        <v>70263154</v>
       </c>
       <c r="B15">
         <v>5109131742</v>
       </c>
       <c r="C15">
         <v>586903</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
       <c r="I15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69857227</v>
+        <v>70263153</v>
       </c>
       <c r="B16">
         <v>5109131742</v>
       </c>
       <c r="C16">
         <v>586903</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>13</v>
       </c>
       <c r="I16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69857226</v>
+        <v>70263152</v>
       </c>
       <c r="B17">
         <v>5109131742</v>
       </c>
       <c r="C17">
         <v>586903</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>13</v>
       </c>
       <c r="I17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69857225</v>
+        <v>70263151</v>
       </c>
       <c r="B18">
         <v>5109131742</v>
       </c>
       <c r="C18">
         <v>586903</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>13</v>
       </c>
       <c r="I18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69857224</v>
+        <v>70263150</v>
       </c>
       <c r="B19">
         <v>5109131742</v>
       </c>
       <c r="C19">
         <v>586903</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>13</v>
       </c>
       <c r="I19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69857223</v>
+        <v>70263149</v>
       </c>
       <c r="B20">
         <v>5109131742</v>
       </c>
       <c r="C20">
         <v>586903</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20" t="s">
         <v>13</v>
       </c>
       <c r="I20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69857222</v>
+        <v>70263148</v>
       </c>
       <c r="B21">
         <v>5109131742</v>
       </c>
       <c r="C21">
         <v>586903</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21" t="s">
         <v>13</v>
       </c>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69857242</v>
+        <v>70025168</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22">
         <v>586903</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>56</v>
       </c>
       <c r="F22" t="s">
         <v>57</v>
       </c>
       <c r="G22" t="s">
         <v>58</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69857244</v>
+        <v>70025170</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
       <c r="C23">
         <v>586903</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
         <v>56</v>
       </c>
       <c r="F23" t="s">
         <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>60</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69857245</v>
+        <v>70025171</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24">
         <v>586903</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24" t="s">
         <v>62</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69857243</v>
+        <v>70025169</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>586903</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>64</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>