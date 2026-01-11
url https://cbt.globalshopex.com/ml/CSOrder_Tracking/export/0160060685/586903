--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -71,99 +71,99 @@
   <si>
     <t>Delivered</t>
   </si>
   <si>
     <t>2025-09-22 10:10:44</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t>easypost</t>
   </si>
   <si>
     <t>out_for_delivery</t>
   </si>
   <si>
     <t>Shipment is out with courier for delivery</t>
   </si>
   <si>
     <t>2025-09-22 09:06:21</t>
   </si>
   <si>
     <t>in_transit</t>
   </si>
   <si>
-    <t>Arrived at DHL Delivery Facility SOUTHAMPTON-GBR</t>
+    <t>Arrived at DHL Delivery Facility EASTLEIGH-GBR</t>
   </si>
   <si>
     <t>2025-09-20 08:50:35</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility LONDON-HEATHROW-GBR</t>
   </si>
   <si>
     <t>2025-09-20 07:05:35</t>
   </si>
   <si>
     <t>Processed at LONDON-HEATHROW-GBR</t>
   </si>
   <si>
     <t>2025-09-20 06:53:56</t>
   </si>
   <si>
     <t>Arrived at DHL Sort Facility LONDON-HEATHROW-GBR</t>
   </si>
   <si>
     <t>2025-09-20 06:15:36</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility LUTON-GBR</t>
   </si>
   <si>
     <t>2025-09-20 05:36:48</t>
   </si>
   <si>
     <t>Shipment is in transit to destination</t>
   </si>
   <si>
     <t>2025-09-20 04:59:38</t>
   </si>
   <si>
-    <t>Shipment has departed from a DHL facility LEIPZIG-DEU</t>
+    <t>Shipment has departed from a DHL facility LEIPZIG,SN-DEU</t>
   </si>
   <si>
     <t>2025-09-20 04:17:19</t>
   </si>
   <si>
-    <t>Processed at LEIPZIG-DEU</t>
+    <t>Processed at LEIPZIG,SN-DEU</t>
   </si>
   <si>
     <t>2025-09-20 03:24:45</t>
   </si>
   <si>
-    <t>Arrived at DHL Sort Facility LEIPZIG-DEU</t>
+    <t>Arrived at DHL Sort Facility LEIPZIG,SN-DEU</t>
   </si>
   <si>
     <t>2025-09-20 01:17:13</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility PARIS-FRA</t>
   </si>
   <si>
     <t>2025-09-19 23:34:01</t>
   </si>
   <si>
     <t>2025-09-19 23:33:40</t>
   </si>
   <si>
     <t>Shipment has departed from a DHL facility CASABLANCA-MAR</t>
   </si>
   <si>
     <t>2025-09-19 18:00:58</t>
   </si>
   <si>
     <t>Processed at CASABLANCA-MAR</t>
   </si>
   <si>
     <t>2025-09-19 17:20:58</t>
   </si>
@@ -592,712 +592,712 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70263167</v>
+        <v>70583041</v>
       </c>
       <c r="B2">
         <v>5109131742</v>
       </c>
       <c r="C2">
         <v>586903</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70263166</v>
+        <v>70583040</v>
       </c>
       <c r="B3">
         <v>5109131742</v>
       </c>
       <c r="C3">
         <v>586903</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70263165</v>
+        <v>70583039</v>
       </c>
       <c r="B4">
         <v>5109131742</v>
       </c>
       <c r="C4">
         <v>586903</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70263164</v>
+        <v>70583038</v>
       </c>
       <c r="B5">
         <v>5109131742</v>
       </c>
       <c r="C5">
         <v>586903</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70263163</v>
+        <v>70583037</v>
       </c>
       <c r="B6">
         <v>5109131742</v>
       </c>
       <c r="C6">
         <v>586903</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70263162</v>
+        <v>70583035</v>
       </c>
       <c r="B7">
         <v>5109131742</v>
       </c>
       <c r="C7">
         <v>586903</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70263161</v>
+        <v>70583033</v>
       </c>
       <c r="B8">
         <v>5109131742</v>
       </c>
       <c r="C8">
         <v>586903</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70263160</v>
+        <v>70583031</v>
       </c>
       <c r="B9">
         <v>5109131742</v>
       </c>
       <c r="C9">
         <v>586903</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70263159</v>
+        <v>70583029</v>
       </c>
       <c r="B10">
         <v>5109131742</v>
       </c>
       <c r="C10">
         <v>586903</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70263158</v>
+        <v>70583027</v>
       </c>
       <c r="B11">
         <v>5109131742</v>
       </c>
       <c r="C11">
         <v>586903</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70263157</v>
+        <v>70583025</v>
       </c>
       <c r="B12">
         <v>5109131742</v>
       </c>
       <c r="C12">
         <v>586903</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>13</v>
       </c>
       <c r="I12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70263156</v>
+        <v>70583023</v>
       </c>
       <c r="B13">
         <v>5109131742</v>
       </c>
       <c r="C13">
         <v>586903</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>13</v>
       </c>
       <c r="I13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70263155</v>
+        <v>70583021</v>
       </c>
       <c r="B14">
         <v>5109131742</v>
       </c>
       <c r="C14">
         <v>586903</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>29</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70263154</v>
+        <v>70583018</v>
       </c>
       <c r="B15">
         <v>5109131742</v>
       </c>
       <c r="C15">
         <v>586903</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
       <c r="I15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70263153</v>
+        <v>70583017</v>
       </c>
       <c r="B16">
         <v>5109131742</v>
       </c>
       <c r="C16">
         <v>586903</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>13</v>
       </c>
       <c r="I16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70263152</v>
+        <v>70583015</v>
       </c>
       <c r="B17">
         <v>5109131742</v>
       </c>
       <c r="C17">
         <v>586903</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>13</v>
       </c>
       <c r="I17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70263151</v>
+        <v>70583013</v>
       </c>
       <c r="B18">
         <v>5109131742</v>
       </c>
       <c r="C18">
         <v>586903</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>13</v>
       </c>
       <c r="I18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70263150</v>
+        <v>70583011</v>
       </c>
       <c r="B19">
         <v>5109131742</v>
       </c>
       <c r="C19">
         <v>586903</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>13</v>
       </c>
       <c r="I19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70263149</v>
+        <v>70583009</v>
       </c>
       <c r="B20">
         <v>5109131742</v>
       </c>
       <c r="C20">
         <v>586903</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20" t="s">
         <v>13</v>
       </c>
       <c r="I20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70263148</v>
+        <v>70583006</v>
       </c>
       <c r="B21">
         <v>5109131742</v>
       </c>
       <c r="C21">
         <v>586903</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21" t="s">
         <v>13</v>
       </c>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70025168</v>
+        <v>70583090</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22">
         <v>586903</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>56</v>
       </c>
       <c r="F22" t="s">
         <v>57</v>
       </c>
       <c r="G22" t="s">
         <v>58</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70025170</v>
+        <v>70583100</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
       <c r="C23">
         <v>586903</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
         <v>56</v>
       </c>
       <c r="F23" t="s">
         <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>60</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70025171</v>
+        <v>70583101</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24">
         <v>586903</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24" t="s">
         <v>62</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70025169</v>
+        <v>70583092</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>586903</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>64</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>