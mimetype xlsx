--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -552,78 +552,78 @@
       </c>
       <c r="C3">
         <v>492705</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69861977</v>
+        <v>70258710</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4">
         <v>492705</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69861976</v>
+        <v>70258709</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5">
         <v>492705</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -664,105 +664,105 @@
       </c>
       <c r="C7">
         <v>492705</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69861979</v>
+        <v>70258712</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8">
         <v>492705</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69861980</v>
+        <v>70258713</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9">
         <v>492705</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69861978</v>
+        <v>70258711</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10">
         <v>492705</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>