--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -552,78 +552,78 @@
       </c>
       <c r="C3">
         <v>492705</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70258710</v>
+        <v>70496315</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4">
         <v>492705</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70258709</v>
+        <v>70496314</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5">
         <v>492705</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -664,105 +664,105 @@
       </c>
       <c r="C7">
         <v>492705</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70258712</v>
+        <v>70496317</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8">
         <v>492705</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70258713</v>
+        <v>70496318</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9">
         <v>492705</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70258711</v>
+        <v>70496316</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10">
         <v>492705</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>