--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -876,78 +876,78 @@
       </c>
       <c r="C12">
         <v>492956</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>31</v>
       </c>
       <c r="I12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69855291</v>
+        <v>70327213</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13">
         <v>492956</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
         <v>40</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69855290</v>
+        <v>70327210</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14">
         <v>492956</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14" t="s">
         <v>42</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -988,105 +988,105 @@
       </c>
       <c r="C16">
         <v>492956</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16" t="s">
         <v>31</v>
       </c>
       <c r="I16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69855293</v>
+        <v>70327227</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>492956</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69855292</v>
+        <v>70327226</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18">
         <v>492956</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69855294</v>
+        <v>70327229</v>
       </c>
       <c r="B19" t="s">
         <v>37</v>
       </c>
       <c r="C19">
         <v>492956</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" t="s">
         <v>51</v>
       </c>
       <c r="G19" t="s">
         <v>52</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>