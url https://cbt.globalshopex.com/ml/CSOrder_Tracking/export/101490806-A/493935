--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1448,51 +1448,51 @@
       </c>
       <c r="C30">
         <v>493935</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
         <v>19</v>
       </c>
       <c r="F30" t="s">
         <v>49</v>
       </c>
       <c r="G30" t="s">
         <v>50</v>
       </c>
       <c r="H30" t="s">
         <v>13</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69855790</v>
+        <v>70327377</v>
       </c>
       <c r="B31" t="s">
         <v>51</v>
       </c>
       <c r="C31">
         <v>493935</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>53</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1533,51 +1533,51 @@
       </c>
       <c r="C33">
         <v>493935</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
       <c r="E33" t="s">
         <v>14</v>
       </c>
       <c r="F33" t="s">
         <v>57</v>
       </c>
       <c r="G33" t="s">
         <v>58</v>
       </c>
       <c r="H33" t="s">
         <v>59</v>
       </c>
       <c r="I33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69855789</v>
+        <v>70327376</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34">
         <v>493935</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34" t="s">
         <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>60</v>
       </c>
       <c r="G34" t="s">
         <v>61</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:9">
@@ -1589,105 +1589,105 @@
       </c>
       <c r="C35">
         <v>493935</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
       <c r="F35" t="s">
         <v>62</v>
       </c>
       <c r="G35" t="s">
         <v>63</v>
       </c>
       <c r="H35" t="s">
         <v>59</v>
       </c>
       <c r="I35" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69855792</v>
+        <v>70327379</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36">
         <v>493935</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36" t="s">
         <v>52</v>
       </c>
       <c r="F36" t="s">
         <v>64</v>
       </c>
       <c r="G36" t="s">
         <v>65</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>69855791</v>
+        <v>70327378</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37">
         <v>493935</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>52</v>
       </c>
       <c r="F37" t="s">
         <v>66</v>
       </c>
       <c r="G37" t="s">
         <v>67</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>69855793</v>
+        <v>70327380</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38">
         <v>493935</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
       <c r="E38" t="s">
         <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>68</v>
       </c>
       <c r="G38" t="s">
         <v>69</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>