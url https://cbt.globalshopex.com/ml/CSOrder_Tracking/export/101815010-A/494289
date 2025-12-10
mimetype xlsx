--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -837,51 +837,51 @@
       </c>
       <c r="C11">
         <v>494289</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69870312</v>
+        <v>70327582</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12">
         <v>494289</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -893,51 +893,51 @@
       </c>
       <c r="C13">
         <v>494289</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>39</v>
       </c>
       <c r="I13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69870311</v>
+        <v>70327581</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>494289</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -949,105 +949,105 @@
       </c>
       <c r="C15">
         <v>494289</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15" t="s">
         <v>39</v>
       </c>
       <c r="I15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69870314</v>
+        <v>70327592</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16">
         <v>494289</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69870315</v>
+        <v>70327593</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17">
         <v>494289</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69870313</v>
+        <v>70327584</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>494289</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>