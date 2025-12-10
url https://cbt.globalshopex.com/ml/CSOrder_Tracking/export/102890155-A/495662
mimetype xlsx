--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -700,78 +700,78 @@
       </c>
       <c r="C7">
         <v>495662</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69855656</v>
+        <v>70327457</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8">
         <v>495662</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69855655</v>
+        <v>70327456</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9">
         <v>495662</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -812,105 +812,105 @@
       </c>
       <c r="C11">
         <v>495662</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11" t="s">
         <v>34</v>
       </c>
       <c r="I11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69855658</v>
+        <v>70327459</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>495662</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69855657</v>
+        <v>70327458</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13">
         <v>495662</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
         <v>40</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69855659</v>
+        <v>70327460</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14">
         <v>495662</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14" t="s">
         <v>42</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>