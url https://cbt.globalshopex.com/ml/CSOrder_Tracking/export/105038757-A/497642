--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -895,51 +895,51 @@
       </c>
       <c r="C13">
         <v>497642</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>22</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>17</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69856724</v>
+        <v>70255570</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>497642</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -951,51 +951,51 @@
       </c>
       <c r="C15">
         <v>497642</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69856723</v>
+        <v>70255567</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16">
         <v>497642</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1007,105 +1007,105 @@
       </c>
       <c r="C17">
         <v>497642</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17" t="s">
         <v>13</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69856726</v>
+        <v>70255575</v>
       </c>
       <c r="B18" t="s">
         <v>32</v>
       </c>
       <c r="C18">
         <v>497642</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>43</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69856727</v>
+        <v>70255576</v>
       </c>
       <c r="B19" t="s">
         <v>32</v>
       </c>
       <c r="C19">
         <v>497642</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69856725</v>
+        <v>70255572</v>
       </c>
       <c r="B20" t="s">
         <v>32</v>
       </c>
       <c r="C20">
         <v>497642</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:9">