--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -895,51 +895,51 @@
       </c>
       <c r="C13">
         <v>497642</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>22</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>17</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70255570</v>
+        <v>70509683</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>497642</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -951,51 +951,51 @@
       </c>
       <c r="C15">
         <v>497642</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70255567</v>
+        <v>70509682</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16">
         <v>497642</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1007,105 +1007,105 @@
       </c>
       <c r="C17">
         <v>497642</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17" t="s">
         <v>13</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70255575</v>
+        <v>70509685</v>
       </c>
       <c r="B18" t="s">
         <v>32</v>
       </c>
       <c r="C18">
         <v>497642</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>43</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70255576</v>
+        <v>70509686</v>
       </c>
       <c r="B19" t="s">
         <v>32</v>
       </c>
       <c r="C19">
         <v>497642</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70255572</v>
+        <v>70509684</v>
       </c>
       <c r="B20" t="s">
         <v>32</v>
       </c>
       <c r="C20">
         <v>497642</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:9">