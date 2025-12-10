--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1446,51 +1446,51 @@
       </c>
       <c r="C29">
         <v>497521</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>40</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>42</v>
       </c>
       <c r="H29" t="s">
         <v>13</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69856505</v>
+        <v>70327195</v>
       </c>
       <c r="B30" t="s">
         <v>44</v>
       </c>
       <c r="C30">
         <v>497521</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>46</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:9">
@@ -1850,51 +1850,51 @@
       </c>
       <c r="C43">
         <v>497521</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43" t="s">
         <v>40</v>
       </c>
       <c r="F43" t="s">
         <v>66</v>
       </c>
       <c r="G43" t="s">
         <v>67</v>
       </c>
       <c r="H43" t="s">
         <v>13</v>
       </c>
       <c r="I43" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>69856504</v>
+        <v>70327194</v>
       </c>
       <c r="B44" t="s">
         <v>44</v>
       </c>
       <c r="C44">
         <v>497521</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44" t="s">
         <v>45</v>
       </c>
       <c r="F44" t="s">
         <v>68</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:9">
@@ -1906,105 +1906,105 @@
       </c>
       <c r="C45">
         <v>497521</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45" t="s">
         <v>40</v>
       </c>
       <c r="F45" t="s">
         <v>66</v>
       </c>
       <c r="G45" t="s">
         <v>70</v>
       </c>
       <c r="H45" t="s">
         <v>13</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>69856506</v>
+        <v>70327196</v>
       </c>
       <c r="B46" t="s">
         <v>44</v>
       </c>
       <c r="C46">
         <v>497521</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46" t="s">
         <v>45</v>
       </c>
       <c r="F46" t="s">
         <v>71</v>
       </c>
       <c r="G46" t="s">
         <v>72</v>
       </c>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>69856507</v>
+        <v>70327197</v>
       </c>
       <c r="B47" t="s">
         <v>44</v>
       </c>
       <c r="C47">
         <v>497521</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
       <c r="E47" t="s">
         <v>45</v>
       </c>
       <c r="F47" t="s">
         <v>73</v>
       </c>
       <c r="G47" t="s">
         <v>74</v>
       </c>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>69856508</v>
+        <v>70327198</v>
       </c>
       <c r="B48" t="s">
         <v>44</v>
       </c>
       <c r="C48">
         <v>497521</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" t="s">
         <v>45</v>
       </c>
       <c r="F48" t="s">
         <v>75</v>
       </c>
       <c r="G48" t="s">
         <v>76</v>
       </c>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:9">