--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -573,51 +573,51 @@
       </c>
       <c r="C2">
         <v>498113</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69615944</v>
+        <v>70327336</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>498113</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -861,51 +861,51 @@
       </c>
       <c r="C12">
         <v>498113</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
       <c r="I12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69615943</v>
+        <v>70327335</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13">
         <v>498113</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
         <v>40</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -917,105 +917,105 @@
       </c>
       <c r="C14">
         <v>498113</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
       <c r="G14" t="s">
         <v>42</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69615946</v>
+        <v>70327338</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15">
         <v>498113</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69615947</v>
+        <v>70327339</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16">
         <v>498113</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69615945</v>
+        <v>70327337</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17">
         <v>498113</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>