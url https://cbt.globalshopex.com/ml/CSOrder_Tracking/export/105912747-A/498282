--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -599,51 +599,51 @@
       </c>
       <c r="C3">
         <v>498282</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69854852</v>
+        <v>70327382</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4">
         <v>498282</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -829,51 +829,51 @@
       </c>
       <c r="C11">
         <v>498282</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>35</v>
       </c>
       <c r="I11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69854851</v>
+        <v>70327381</v>
       </c>
       <c r="B12" t="s">
         <v>17</v>
       </c>
       <c r="C12">
         <v>498282</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -885,105 +885,105 @@
       </c>
       <c r="C13">
         <v>498282</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
         <v>35</v>
       </c>
       <c r="I13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69854854</v>
+        <v>70327384</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14">
         <v>498282</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69854855</v>
+        <v>70327385</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15">
         <v>498282</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69854853</v>
+        <v>70327383</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="C16">
         <v>498282</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>