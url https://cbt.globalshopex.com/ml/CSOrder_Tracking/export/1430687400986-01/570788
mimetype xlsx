--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -559,536 +559,536 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69873663</v>
+        <v>70262658</v>
       </c>
       <c r="B2">
         <v>523500018997</v>
       </c>
       <c r="C2">
         <v>570788</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69873664</v>
+        <v>70262660</v>
       </c>
       <c r="B3">
         <v>523500018997</v>
       </c>
       <c r="C3">
         <v>570788</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69873665</v>
+        <v>70262661</v>
       </c>
       <c r="B4">
         <v>523500018997</v>
       </c>
       <c r="C4">
         <v>570788</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69873666</v>
+        <v>70262664</v>
       </c>
       <c r="B5">
         <v>523500018997</v>
       </c>
       <c r="C5">
         <v>570788</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69873667</v>
+        <v>70262665</v>
       </c>
       <c r="B6">
         <v>523500018997</v>
       </c>
       <c r="C6">
         <v>570788</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69873668</v>
+        <v>70262667</v>
       </c>
       <c r="B7">
         <v>523500018997</v>
       </c>
       <c r="C7">
         <v>570788</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>16</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69873669</v>
+        <v>70262669</v>
       </c>
       <c r="B8">
         <v>523500018997</v>
       </c>
       <c r="C8">
         <v>570788</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69873677</v>
+        <v>70262687</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9">
         <v>570788</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69873670</v>
+        <v>70262671</v>
       </c>
       <c r="B10">
         <v>523500018997</v>
       </c>
       <c r="C10">
         <v>570788</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69873671</v>
+        <v>70262673</v>
       </c>
       <c r="B11">
         <v>523500018997</v>
       </c>
       <c r="C11">
         <v>570788</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69873672</v>
+        <v>70262675</v>
       </c>
       <c r="B12">
         <v>523500018997</v>
       </c>
       <c r="C12">
         <v>570788</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12" t="s">
         <v>13</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69873673</v>
+        <v>70262677</v>
       </c>
       <c r="B13">
         <v>523500018997</v>
       </c>
       <c r="C13">
         <v>570788</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
         <v>13</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69873674</v>
+        <v>70262679</v>
       </c>
       <c r="B14">
         <v>523500018997</v>
       </c>
       <c r="C14">
         <v>570788</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69873676</v>
+        <v>70262686</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15">
         <v>570788</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>30</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69873675</v>
+        <v>70262680</v>
       </c>
       <c r="B16">
         <v>523500018997</v>
       </c>
       <c r="C16">
         <v>570788</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>13</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69873679</v>
+        <v>70262689</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17">
         <v>570788</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>30</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69873680</v>
+        <v>70262690</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18">
         <v>570788</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>30</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69873678</v>
+        <v>70262688</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="C19">
         <v>570788</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>30</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>53</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>