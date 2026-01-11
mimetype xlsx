--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -119,60 +119,60 @@
   <si>
     <t>SALIO A RUTA - ER</t>
   </si>
   <si>
     <t>2024-05-16 06:30:00</t>
   </si>
   <si>
     <t>1430687400986-01570788</t>
   </si>
   <si>
     <t>sistema</t>
   </si>
   <si>
     <t>523500018997 urbano WYB252057341</t>
   </si>
   <si>
     <t>2024-05-16 05:02:30</t>
   </si>
   <si>
     <t>ARRIBADO EN DESTINO - AD</t>
   </si>
   <si>
     <t>2024-05-16 04:55:00</t>
   </si>
   <si>
+    <t>DESPACHADO A DESTINO - DD</t>
+  </si>
+  <si>
+    <t>2024-05-15 20:55:00</t>
+  </si>
+  <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>ADMITIDO EN HUB - AO</t>
-  </si>
-[...4 lines deleted...]
-    <t>DESPACHADO A DESTINO - DD</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>SOLICITUD DE SERVICIO - SS</t>
   </si>
   <si>
     <t>2024-05-15 09:52:00</t>
   </si>
   <si>
     <t>shipped - ENTREGADO</t>
   </si>
   <si>
     <t>2024-05-11 13:45:00</t>
   </si>
   <si>
     <t>570788 eshopex 523500018997</t>
   </si>
   <si>
     <t>2024-05-10 04:55:41</t>
   </si>
   <si>
     <t>Ready to go - ENTREGADO</t>
   </si>
@@ -559,536 +559,536 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70262658</v>
+        <v>70590901</v>
       </c>
       <c r="B2">
         <v>523500018997</v>
       </c>
       <c r="C2">
         <v>570788</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70262660</v>
+        <v>70590902</v>
       </c>
       <c r="B3">
         <v>523500018997</v>
       </c>
       <c r="C3">
         <v>570788</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70262661</v>
+        <v>70590905</v>
       </c>
       <c r="B4">
         <v>523500018997</v>
       </c>
       <c r="C4">
         <v>570788</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70262664</v>
+        <v>70590906</v>
       </c>
       <c r="B5">
         <v>523500018997</v>
       </c>
       <c r="C5">
         <v>570788</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70262665</v>
+        <v>70590907</v>
       </c>
       <c r="B6">
         <v>523500018997</v>
       </c>
       <c r="C6">
         <v>570788</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70262667</v>
+        <v>70590908</v>
       </c>
       <c r="B7">
         <v>523500018997</v>
       </c>
       <c r="C7">
         <v>570788</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>16</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70262669</v>
+        <v>70590909</v>
       </c>
       <c r="B8">
         <v>523500018997</v>
       </c>
       <c r="C8">
         <v>570788</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70262687</v>
+        <v>70590930</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9">
         <v>570788</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70262671</v>
+        <v>70590910</v>
       </c>
       <c r="B10">
         <v>523500018997</v>
       </c>
       <c r="C10">
         <v>570788</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70262673</v>
+        <v>70590912</v>
       </c>
       <c r="B11">
         <v>523500018997</v>
       </c>
       <c r="C11">
         <v>570788</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11" t="s">
         <v>35</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>13</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70262675</v>
+        <v>70590911</v>
       </c>
       <c r="B12">
         <v>523500018997</v>
       </c>
       <c r="C12">
         <v>570788</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>13</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70262677</v>
+        <v>70590913</v>
       </c>
       <c r="B13">
         <v>523500018997</v>
       </c>
       <c r="C13">
         <v>570788</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13" t="s">
         <v>13</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70262679</v>
+        <v>70590914</v>
       </c>
       <c r="B14">
         <v>523500018997</v>
       </c>
       <c r="C14">
         <v>570788</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70262686</v>
+        <v>70590929</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15">
         <v>570788</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>30</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70262680</v>
+        <v>70590915</v>
       </c>
       <c r="B16">
         <v>523500018997</v>
       </c>
       <c r="C16">
         <v>570788</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>13</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70262689</v>
+        <v>70590932</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17">
         <v>570788</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>30</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70262690</v>
+        <v>70590933</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18">
         <v>570788</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>30</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70262688</v>
+        <v>70590931</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="C19">
         <v>570788</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>30</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>53</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>