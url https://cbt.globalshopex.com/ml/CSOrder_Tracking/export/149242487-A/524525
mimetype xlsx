--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -624,186 +624,186 @@
       </c>
       <c r="C5">
         <v>524525</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69903761</v>
+        <v>70661839</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6">
         <v>524525</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69903760</v>
+        <v>70661838</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7">
         <v>524525</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69903763</v>
+        <v>70661841</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8">
         <v>524525</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69903764</v>
+        <v>70661842</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>524525</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69903762</v>
+        <v>70661840</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10">
         <v>524525</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69903759</v>
+        <v>70661837</v>
       </c>
       <c r="B11">
         <v>523500009432</v>
       </c>
       <c r="C11">
         <v>524525</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11" t="s">
         <v>36</v>
       </c>
       <c r="I11" t="s">
         <v>36</v>
       </c>