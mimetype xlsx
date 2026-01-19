--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -5703,186 +5703,186 @@
       </c>
       <c r="C164">
         <v>524568</v>
       </c>
       <c r="D164" t="s">
         <v>9</v>
       </c>
       <c r="E164" t="s">
         <v>10</v>
       </c>
       <c r="F164" t="s">
         <v>175</v>
       </c>
       <c r="G164" t="s">
         <v>176</v>
       </c>
       <c r="H164" t="s">
         <v>13</v>
       </c>
       <c r="I164" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>69903432</v>
+        <v>70747923</v>
       </c>
       <c r="B165" t="s">
         <v>177</v>
       </c>
       <c r="C165">
         <v>524568</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
       <c r="E165" t="s">
         <v>178</v>
       </c>
       <c r="F165" t="s">
         <v>179</v>
       </c>
       <c r="G165" t="s">
         <v>180</v>
       </c>
       <c r="H165"/>
       <c r="I165" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>69903431</v>
+        <v>70747922</v>
       </c>
       <c r="B166" t="s">
         <v>177</v>
       </c>
       <c r="C166">
         <v>524568</v>
       </c>
       <c r="D166" t="s">
         <v>9</v>
       </c>
       <c r="E166" t="s">
         <v>178</v>
       </c>
       <c r="F166" t="s">
         <v>181</v>
       </c>
       <c r="G166" t="s">
         <v>182</v>
       </c>
       <c r="H166"/>
       <c r="I166" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>69903434</v>
+        <v>70747925</v>
       </c>
       <c r="B167" t="s">
         <v>177</v>
       </c>
       <c r="C167">
         <v>524568</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
       <c r="E167" t="s">
         <v>178</v>
       </c>
       <c r="F167" t="s">
         <v>183</v>
       </c>
       <c r="G167" t="s">
         <v>184</v>
       </c>
       <c r="H167"/>
       <c r="I167" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>69903435</v>
+        <v>70747926</v>
       </c>
       <c r="B168" t="s">
         <v>177</v>
       </c>
       <c r="C168">
         <v>524568</v>
       </c>
       <c r="D168" t="s">
         <v>9</v>
       </c>
       <c r="E168" t="s">
         <v>178</v>
       </c>
       <c r="F168" t="s">
         <v>185</v>
       </c>
       <c r="G168" t="s">
         <v>186</v>
       </c>
       <c r="H168"/>
       <c r="I168" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>69903433</v>
+        <v>70747924</v>
       </c>
       <c r="B169" t="s">
         <v>177</v>
       </c>
       <c r="C169">
         <v>524568</v>
       </c>
       <c r="D169" t="s">
         <v>9</v>
       </c>
       <c r="E169" t="s">
         <v>178</v>
       </c>
       <c r="F169" t="s">
         <v>187</v>
       </c>
       <c r="G169" t="s">
         <v>188</v>
       </c>
       <c r="H169"/>
       <c r="I169" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>69903430</v>
+        <v>70747921</v>
       </c>
       <c r="B170">
         <v>523500009486</v>
       </c>
       <c r="C170">
         <v>524568</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170" t="s">
         <v>189</v>
       </c>
       <c r="F170" t="s">
         <v>190</v>
       </c>
       <c r="G170" t="s">
         <v>191</v>
       </c>
       <c r="H170" t="s">
         <v>192</v>
       </c>
       <c r="I170" t="s">
         <v>192</v>
       </c>