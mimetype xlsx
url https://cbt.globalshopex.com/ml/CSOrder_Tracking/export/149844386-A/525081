--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -694,186 +694,186 @@
       </c>
       <c r="C7">
         <v>525081</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69902161</v>
+        <v>70742772</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8">
         <v>525081</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69902160</v>
+        <v>70742771</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9">
         <v>525081</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69902163</v>
+        <v>70742774</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>525081</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69902164</v>
+        <v>70742775</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>525081</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69902162</v>
+        <v>70742773</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12">
         <v>525081</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69902159</v>
+        <v>70742770</v>
       </c>
       <c r="B13">
         <v>523500009536</v>
       </c>
       <c r="C13">
         <v>525081</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>40</v>
       </c>