--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -906,186 +906,186 @@
       </c>
       <c r="C14">
         <v>525574</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14" t="s">
         <v>26</v>
       </c>
       <c r="G14" t="s">
         <v>27</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69901388</v>
+        <v>70742140</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15">
         <v>525574</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>29</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69901387</v>
+        <v>70742139</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16">
         <v>525574</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>29</v>
       </c>
       <c r="F16" t="s">
         <v>32</v>
       </c>
       <c r="G16" t="s">
         <v>33</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69901390</v>
+        <v>70742142</v>
       </c>
       <c r="B17" t="s">
         <v>28</v>
       </c>
       <c r="C17">
         <v>525574</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>29</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69901391</v>
+        <v>70742143</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18">
         <v>525574</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>29</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69901389</v>
+        <v>70742141</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19">
         <v>525574</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>29</v>
       </c>
       <c r="F19" t="s">
         <v>38</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69901386</v>
+        <v>70742138</v>
       </c>
       <c r="B20">
         <v>523500009745</v>
       </c>
       <c r="C20">
         <v>525574</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>40</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20" t="s">
         <v>42</v>
       </c>
       <c r="H20" t="s">
         <v>43</v>
       </c>
       <c r="I20" t="s">
         <v>43</v>
       </c>