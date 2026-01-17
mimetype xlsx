--- v0 (2025-10-14)
+++ v1 (2026-01-17)
@@ -956,186 +956,186 @@
       </c>
       <c r="C15">
         <v>525891</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69896228</v>
+        <v>70742252</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>525891</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69896227</v>
+        <v>70742251</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
         <v>525891</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69896230</v>
+        <v>70742254</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18">
         <v>525891</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>43</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69896231</v>
+        <v>70742255</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19">
         <v>525891</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69896229</v>
+        <v>70742253</v>
       </c>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20">
         <v>525891</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69896226</v>
+        <v>70742250</v>
       </c>
       <c r="B21">
         <v>523500009793</v>
       </c>
       <c r="C21">
         <v>525891</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>14</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s">
         <v>50</v>
       </c>