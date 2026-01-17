--- v0 (2025-10-14)
+++ v1 (2026-01-17)
@@ -119,57 +119,57 @@
   <si>
     <t>523500009794 correosdechile 880002316447</t>
   </si>
   <si>
     <t>2022-02-01 07:48:17</t>
   </si>
   <si>
     <t>525947 eshopex 523500009794</t>
   </si>
   <si>
     <t>2022-01-26 17:22:19</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2022-01-23 06:22:19</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2022-01-23 05:12:05</t>
   </si>
   <si>
+    <t>114-8759726-2309056 3004 17.11</t>
+  </si>
+  <si>
+    <t>2022-01-23 00:00:00</t>
+  </si>
+  <si>
     <t>114-7752756-7437809 3004 17.11</t>
-  </si>
-[...4 lines deleted...]
-    <t>114-8759726-2309056 3004 17.11</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>0000-00-00 00:00:00</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -697,213 +697,213 @@
       </c>
       <c r="C7">
         <v>525947</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69896297</v>
+        <v>70657955</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8">
         <v>525947</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69896296</v>
+        <v>70657954</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9">
         <v>525947</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69896300</v>
+        <v>70657958</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>525947</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69896301</v>
+        <v>70657959</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>525947</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69896298</v>
+        <v>70657957</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12">
         <v>525947</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69896299</v>
+        <v>70657956</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13">
         <v>525947</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>26</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69896295</v>
+        <v>70657951</v>
       </c>
       <c r="B14">
         <v>523500009794</v>
       </c>
       <c r="C14">
         <v>525947</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
         <v>41</v>
       </c>
       <c r="I14" t="s">
         <v>41</v>
       </c>