--- v0 (2025-10-13)
+++ v1 (2026-01-17)
@@ -758,186 +758,186 @@
       </c>
       <c r="C9">
         <v>526155</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9" t="s">
         <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69893736</v>
+        <v>70741695</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10">
         <v>526155</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69893735</v>
+        <v>70741694</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>526155</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69893738</v>
+        <v>70741697</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>526155</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69893739</v>
+        <v>70741698</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13">
         <v>526155</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>28</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69893737</v>
+        <v>70741696</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14">
         <v>526155</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>28</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69893734</v>
+        <v>70741693</v>
       </c>
       <c r="B15">
         <v>523500009889</v>
       </c>
       <c r="C15">
         <v>526155</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>42</v>
       </c>
       <c r="I15" t="s">
         <v>42</v>
       </c>